--- v0 (2025-10-17)
+++ v1 (2026-01-29)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Experiencias Turísticas" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Localidad</t>
   </si>
   <si>
     <t>PVP. (desde)</t>
   </si>
   <si>
     <t>Teléfono</t>
   </si>
   <si>
     <t>Ubicación</t>
   </si>
   <si>
     <t>Web</t>
   </si>
   <si>
     <t>Aromas del Campo de Elche</t>
   </si>
   <si>
@@ -260,75 +260,72 @@
   <si>
     <t>Inmersión en el Cañón Rojo de Teruel</t>
   </si>
   <si>
     <t>belendy_44@hotmail.com</t>
   </si>
   <si>
     <t>Teruel</t>
   </si>
   <si>
     <t>https://experienciaelreencuentro.com/</t>
   </si>
   <si>
     <t>Visita &amp; Cata en Raíces Ibéricas</t>
   </si>
   <si>
     <t>p.gutierrez@raices.wine</t>
   </si>
   <si>
     <t>Maluenda</t>
   </si>
   <si>
     <t>651 401 315</t>
   </si>
   <si>
-    <t>https://raicesibericas.com/products/visita-a-la-bodega-enoturismo</t>
+    <t>https://raicesibericas.com/</t>
   </si>
   <si>
     <t>Cata de vinos de autor/premium con visita</t>
   </si>
   <si>
     <t>https://raicesibericas.com/products/cata-premium-con-visita</t>
   </si>
   <si>
     <t>Los secretos del maridaje: los vinos y quesos de Calatayud</t>
   </si>
   <si>
     <t>P.gutierrez@raices.wine</t>
   </si>
   <si>
     <t>675 726 222</t>
   </si>
   <si>
     <t>www.raicesibéricas.com</t>
   </si>
   <si>
     <t>Descubre los vinos y la gastronomía local de Calatayud</t>
-  </si>
-[...1 lines deleted...]
-    <t>https://raicesibericas.com/</t>
   </si>
   <si>
     <t>DORMIR EN UN ANTIGUA SINAGOGA JUDIA DEL SIGLO XII</t>
   </si>
   <si>
     <t>info@hospederiajaramillo.com</t>
   </si>
   <si>
     <t>Peñaranda de Duero</t>
   </si>
   <si>
     <t>639 867 886</t>
   </si>
   <si>
     <t>C/ Real, 7 (09410)</t>
   </si>
   <si>
     <t>www.hospederiajaramillo.com</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -667,51 +664,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:G25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="85.979" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="77.695" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="70.697" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
@@ -1175,74 +1172,74 @@
         <v>87</v>
       </c>
       <c r="F23" s="1"/>
       <c r="G23" s="1" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="1" t="s">
         <v>89</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>79</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>80</v>
       </c>
       <c r="D24" s="1">
         <v>25</v>
       </c>
       <c r="E24" s="1">
         <v>675726222</v>
       </c>
       <c r="F24" s="1"/>
       <c r="G24" s="1" t="s">
-        <v>90</v>
+        <v>82</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="B25" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="B25" s="1" t="s">
+      <c r="C25" s="1" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="D25" s="1">
         <v>280</v>
       </c>
       <c r="E25" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="F25" s="1" t="s">
         <v>94</v>
       </c>
-      <c r="F25" s="1" t="s">
+      <c r="G25" s="1" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>