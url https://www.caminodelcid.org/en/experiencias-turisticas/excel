--- v0 (2025-11-12)
+++ v1 (2026-01-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Experiencias Turísticas" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="178">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="177">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Localidad</t>
   </si>
   <si>
     <t>PVP. (desde)</t>
   </si>
   <si>
     <t>Teléfono</t>
   </si>
   <si>
     <t>Ubicación</t>
   </si>
   <si>
     <t>Web</t>
   </si>
   <si>
     <t>Senderismo, Vuelos en Globo, Enoturismo, Naturaleza de la Sierra de Mariola</t>
   </si>
   <si>
@@ -305,75 +305,72 @@
   <si>
     <t>Inmersión en el Cañón Rojo de Teruel</t>
   </si>
   <si>
     <t>belendy_44@hotmail.com</t>
   </si>
   <si>
     <t>Teruel</t>
   </si>
   <si>
     <t>https://experienciaelreencuentro.com/</t>
   </si>
   <si>
     <t>Visita &amp; Cata en Raíces Ibéricas</t>
   </si>
   <si>
     <t>p.gutierrez@raices.wine</t>
   </si>
   <si>
     <t>Maluenda</t>
   </si>
   <si>
     <t>651 401 315</t>
   </si>
   <si>
-    <t>https://raicesibericas.com/products/visita-a-la-bodega-enoturismo</t>
+    <t>https://raicesibericas.com/</t>
   </si>
   <si>
     <t>Cata de vinos de autor/premium con visita</t>
   </si>
   <si>
     <t>https://raicesibericas.com/products/cata-premium-con-visita</t>
   </si>
   <si>
     <t>Los secretos del maridaje: los vinos y quesos de Calatayud</t>
   </si>
   <si>
     <t>P.gutierrez@raices.wine</t>
   </si>
   <si>
     <t>675 726 222</t>
   </si>
   <si>
     <t>www.raicesibéricas.com</t>
   </si>
   <si>
     <t>Descubre los vinos y la gastronomía local de Calatayud</t>
-  </si>
-[...1 lines deleted...]
-    <t>https://raicesibericas.com/</t>
   </si>
   <si>
     <t>DORMIR EN UN ANTIGUA SINAGOGA JUDIA DEL SIGLO XII</t>
   </si>
   <si>
     <t>info@hospederiajaramillo.com</t>
   </si>
   <si>
     <t>Peñaranda de Duero</t>
   </si>
   <si>
     <t>639 867 886</t>
   </si>
   <si>
     <t>C/ Real, 7 (09410)</t>
   </si>
   <si>
     <t>www.hospederiajaramillo.com</t>
   </si>
   <si>
     <t>Una escapada en grupo - Explorando el Albarracín Medieval</t>
   </si>
   <si>
     <t>visitasguiadas@elandador.es</t>
   </si>
@@ -1481,500 +1478,500 @@
         <v>102</v>
       </c>
       <c r="F26" s="1"/>
       <c r="G26" s="1" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="1" t="s">
         <v>104</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>94</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>95</v>
       </c>
       <c r="D27" s="1">
         <v>25</v>
       </c>
       <c r="E27" s="1">
         <v>675726222</v>
       </c>
       <c r="F27" s="1"/>
       <c r="G27" s="1" t="s">
-        <v>105</v>
+        <v>97</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="B28" s="1" t="s">
         <v>106</v>
       </c>
-      <c r="B28" s="1" t="s">
+      <c r="C28" s="1" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="D28" s="1">
         <v>280</v>
       </c>
       <c r="E28" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="F28" s="1" t="s">
         <v>109</v>
       </c>
-      <c r="F28" s="1" t="s">
+      <c r="G28" s="1" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="B29" s="1" t="s">
         <v>112</v>
       </c>
-      <c r="B29" s="1" t="s">
+      <c r="C29" s="1" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="D29" s="1">
         <v>48</v>
       </c>
       <c r="E29" s="1">
         <v>667260601</v>
       </c>
       <c r="F29" s="1"/>
       <c r="G29" s="1" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="1" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="B30" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="C30" s="1" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="D30" s="1">
         <v>85</v>
       </c>
       <c r="E30" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="F30" s="1" t="s">
         <v>117</v>
       </c>
-      <c r="F30" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G30" s="1" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="B31" s="1" t="s">
         <v>119</v>
       </c>
-      <c r="B31" s="1" t="s">
+      <c r="C31" s="1" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="D31" s="1">
         <v>45</v>
       </c>
       <c r="E31" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="F31" s="1" t="s">
         <v>122</v>
       </c>
-      <c r="F31" s="1" t="s">
+      <c r="G31" s="1" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" s="1" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="B32" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="C32" s="1" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="D32" s="1">
         <v>295</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="F32" s="1"/>
       <c r="G32" s="1" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="B33" s="1" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>45</v>
       </c>
       <c r="D33" s="1">
         <v>620</v>
       </c>
       <c r="E33" s="1">
         <v>633039886</v>
       </c>
       <c r="F33" s="1"/>
       <c r="G33" s="1" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="B34" s="1" t="s">
         <v>129</v>
       </c>
-      <c r="B34" s="1" t="s">
+      <c r="C34" s="1" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="D34" s="1">
         <v>22</v>
       </c>
       <c r="E34" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="F34" s="1" t="s">
         <v>132</v>
       </c>
-      <c r="F34" s="1" t="s">
+      <c r="G34" s="1" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="B35" s="1" t="s">
         <v>135</v>
       </c>
-      <c r="B35" s="1" t="s">
+      <c r="C35" s="1" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="D35" s="1">
         <v>790</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="F35" s="1"/>
       <c r="G35" s="1" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" s="1" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>91</v>
       </c>
       <c r="D36" s="1">
         <v>790</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="F36" s="1"/>
       <c r="G36" s="1" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="C37" s="1" t="s">
         <v>141</v>
-      </c>
-[...4 lines deleted...]
-        <v>142</v>
       </c>
       <c r="D37" s="1">
         <v>790</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="F37" s="1"/>
       <c r="G37" s="1" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="C38" s="1" t="s">
         <v>144</v>
-      </c>
-[...4 lines deleted...]
-        <v>145</v>
       </c>
       <c r="D38" s="1">
         <v>790</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="F38" s="1"/>
       <c r="G38" s="1" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="C39" s="1" t="s">
         <v>146</v>
-      </c>
-[...4 lines deleted...]
-        <v>147</v>
       </c>
       <c r="D39" s="1">
         <v>790</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="F39" s="1"/>
       <c r="G39" s="1" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="B40" s="1" t="s">
         <v>148</v>
       </c>
-      <c r="B40" s="1" t="s">
+      <c r="C40" s="1" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
       <c r="D40" s="1">
         <v>645</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="F40" s="1"/>
       <c r="G40" s="1" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="B41" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="B41" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" s="1" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="D41" s="1">
         <v>595</v>
       </c>
       <c r="E41" s="1">
         <v>629522300</v>
       </c>
       <c r="F41" s="1"/>
       <c r="G41" s="1" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" s="1" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="D42" s="1">
         <v>833</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="F42" s="1"/>
       <c r="G42" s="1" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="B43" s="1" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>91</v>
       </c>
       <c r="D43" s="1">
         <v>86</v>
       </c>
       <c r="E43" s="1" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="F43" s="1"/>
       <c r="G43" s="1" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="B44" s="1" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>59</v>
       </c>
       <c r="D44" s="1">
         <v>30</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="F44" s="1"/>
       <c r="G44" s="1" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="B45" s="1" t="s">
         <v>167</v>
       </c>
-      <c r="B45" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45" s="1" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="D45" s="1">
         <v>1699</v>
       </c>
       <c r="E45" s="1" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="F45" s="1"/>
       <c r="G45" s="1" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" s="1" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="D46" s="1">
         <v>1699</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="F46" s="1"/>
       <c r="G46" s="1" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" s="1" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="D47" s="1">
         <v>1699</v>
       </c>
       <c r="E47" s="1" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="F47" s="1"/>
       <c r="G47" s="1" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="B48" s="1" t="s">
         <v>174</v>
       </c>
-      <c r="B48" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48" s="1" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="D48" s="1">
         <v>6</v>
       </c>
       <c r="E48" s="1" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="F48" s="1"/>
       <c r="G48" s="1" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>