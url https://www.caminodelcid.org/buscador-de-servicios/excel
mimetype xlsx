--- v0 (2025-11-10)
+++ v1 (2026-02-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Servicios" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4591">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4687">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Localidad</t>
   </si>
   <si>
     <t>Teléfono</t>
   </si>
   <si>
     <t>Ubicación</t>
   </si>
   <si>
     <t>Web</t>
   </si>
   <si>
     <t>Punto de Acogida Acered</t>
   </si>
   <si>
     <t>Acered</t>
   </si>
   <si>
@@ -125,51 +125,51 @@
   <si>
     <t>Albalat dels Sorells </t>
   </si>
   <si>
     <t>961 490 091</t>
   </si>
   <si>
     <t>Plaça dels Castells, 2 (46135)</t>
   </si>
   <si>
     <t>http://www.albalatdelssorells.es</t>
   </si>
   <si>
     <t>Farmacia	Gil Martí. Albalat dels Sorells, Valencia</t>
   </si>
   <si>
     <t>961 491 126</t>
   </si>
   <si>
     <t>Carrer Pare Salvador Mollà, 1 (46135)</t>
   </si>
   <si>
     <t>Ayuntamiento de Albalat dels Tarongers</t>
   </si>
   <si>
-    <t>atarongers_alc@gva.es</t>
+    <t>secretaria@albalatdelstarongers.es</t>
   </si>
   <si>
     <t>Albalat dels Tarongers</t>
   </si>
   <si>
     <t>962 628 201</t>
   </si>
   <si>
     <t>Plaça del Pla del Molí, 1 (46591)</t>
   </si>
   <si>
     <t>http://www.albalatdelstarongers.es</t>
   </si>
   <si>
     <t>Farmacia Josefina Bellod Catala. Albalat dels Tarongers, Valencia</t>
   </si>
   <si>
     <t>Plaza Purisima Concepcio, 1 (46591)</t>
   </si>
   <si>
     <t>Oficina de Turismo Sierra de Albarracín</t>
   </si>
   <si>
     <t>infoturismo@comarcadelasierradealbarracin.es</t>
   </si>
@@ -311,89 +311,98 @@
   <si>
     <t>Plaza del Palacio, s/n</t>
   </si>
   <si>
     <t>https://fundacionsantamariadealbarracin.com/</t>
   </si>
   <si>
     <t>Hostal Sol de la Vega</t>
   </si>
   <si>
     <t>viccarabc@gmail.com</t>
   </si>
   <si>
     <t>978 70 04 12 626 94 76 21</t>
   </si>
   <si>
     <t>Calle Vega del Guadalaviar, s/n</t>
   </si>
   <si>
     <t>http://www.soldelavega.es</t>
   </si>
   <si>
     <t>Quesos de Teruel</t>
   </si>
   <si>
+    <t>info@quesodealbarracin.es</t>
+  </si>
+  <si>
     <t>639 63 89 25</t>
   </si>
   <si>
     <t>Polígono Los Rubiales, Albarracín</t>
   </si>
   <si>
     <t>https://quesodealbarracin.es/</t>
   </si>
   <si>
     <t>Café Galería El molino del Gato</t>
   </si>
   <si>
+    <t>molineragata@gmail.com</t>
+  </si>
+  <si>
     <t>699 46 01 72</t>
   </si>
   <si>
     <t>Calle San Antonio 4</t>
   </si>
   <si>
     <t>https://www.facebook.com/pages/El-Molino-del-Gato/176166292411809</t>
   </si>
   <si>
     <t>InspirAlbarracín Visitas Guiadas</t>
   </si>
   <si>
     <t>visitasguiadas@inspiralbarracin.es</t>
   </si>
   <si>
     <t>722 83 40 58</t>
   </si>
   <si>
     <t>Calle de San Antonio 1, bajo.</t>
   </si>
   <si>
     <t>https://www.inspiralbarracin.es/</t>
   </si>
   <si>
     <t>Albergue Albarracín</t>
   </si>
   <si>
+    <t>alberguealbarracin@gmail.com</t>
+  </si>
+  <si>
     <t>978 71 0266 636 55 20 52</t>
   </si>
   <si>
     <t>Calle Santa María, 5</t>
   </si>
   <si>
     <t>http://www.alberguealbarracin.com</t>
   </si>
   <si>
     <t>Tourist Info Albatera</t>
   </si>
   <si>
     <t>juventud@albatera.org</t>
   </si>
   <si>
     <t>Albatera</t>
   </si>
   <si>
     <t>Calle San Antonio, 26</t>
   </si>
   <si>
     <t>https://albatera.es/turismo/tourist-info/</t>
   </si>
   <si>
     <t>Ayuntamiento de Albatera</t>
@@ -410,83 +419,92 @@
   <si>
     <t>http://www.albatera.org</t>
   </si>
   <si>
     <t>Tourist info Alboraya - Centro</t>
   </si>
   <si>
     <t>portsaplaya@touristinfo.net</t>
   </si>
   <si>
     <t>Alboraya</t>
   </si>
   <si>
     <t>963 17 11 34</t>
   </si>
   <si>
     <t>Plaza de la Constitución, 17</t>
   </si>
   <si>
     <t>www.turismoalboraya.es</t>
   </si>
   <si>
     <t>Tourist info Alboraya - Patacona</t>
   </si>
   <si>
+    <t>alboraya@touristinfo.net</t>
+  </si>
+  <si>
     <t>Passeig Marítim de la Patacona, 67-47</t>
   </si>
   <si>
     <t>Ayuntamiento de Alboraya</t>
   </si>
   <si>
     <t>amic@alboraya.com</t>
   </si>
   <si>
     <t>963 171 700</t>
   </si>
   <si>
     <t>Calle Milagrosa, 17 (46120)</t>
   </si>
   <si>
     <t>http://www.alboraya.org</t>
   </si>
   <si>
     <t>Món Orxata</t>
   </si>
   <si>
+    <t>info@monorxata.com</t>
+  </si>
+  <si>
     <t>961 86 15 61</t>
   </si>
   <si>
     <t>Carrer Picapedrers, 10</t>
   </si>
   <si>
     <t>https://monorxata.com/</t>
   </si>
   <si>
     <t>Antigua Horchatería Daniel</t>
   </si>
   <si>
+    <t>info@horchateria-daniel.es</t>
+  </si>
+  <si>
     <t>961 85 88 66</t>
   </si>
   <si>
     <t>Carrer Miracle, 46</t>
   </si>
   <si>
     <t>http://www.horchateria-daniel.es/</t>
   </si>
   <si>
     <t>Tourist info Alboraya - Port Saplaya</t>
   </si>
   <si>
     <t>Passeig de Lluís Saiz Diaz Regatista</t>
   </si>
   <si>
     <t>Ayuntamiento de Alcolea del Pinar</t>
   </si>
   <si>
     <t>info@aytoalcoleadelpinar.org</t>
   </si>
   <si>
     <t>Alcolea del Pinar</t>
   </si>
   <si>
     <t>949 300 018</t>
@@ -542,108 +560,126 @@
   <si>
     <t>975 351 198</t>
   </si>
   <si>
     <t>Carretera Atauta, 26 (42351)</t>
   </si>
   <si>
     <t>Casa Rural Villa Kora</t>
   </si>
   <si>
     <t>villakora@hotmail.com</t>
   </si>
   <si>
     <t>Alcubilla del Marqués</t>
   </si>
   <si>
     <t>975 34 02 30 649 44 68 19</t>
   </si>
   <si>
     <t>Calle Ignacio Muga, 54</t>
   </si>
   <si>
     <t>http://www.villakora.es</t>
   </si>
   <si>
+    <t>Casa de Aldea</t>
+  </si>
+  <si>
+    <t>casadealdea59@gmail.com</t>
+  </si>
+  <si>
+    <t>Aldea de San Esteban</t>
+  </si>
+  <si>
+    <t>619 703 358</t>
+  </si>
+  <si>
+    <t>Carretera Riaza, 59 (42345)</t>
+  </si>
+  <si>
+    <t>@casadealdea59</t>
+  </si>
+  <si>
     <t>Punto de Acogida Aldehuela</t>
   </si>
   <si>
     <t>Aldehuela</t>
   </si>
   <si>
     <t>690 62 48 53</t>
   </si>
   <si>
     <t>Ayuntamiento de Alfafar</t>
   </si>
   <si>
-    <t>info@alfafar.com</t>
+    <t>alfafar@alfafar.es</t>
   </si>
   <si>
     <t>Alfafar</t>
   </si>
   <si>
     <t>963 182 126</t>
   </si>
   <si>
     <t>Plaça del País Valencià, 1 (46910)</t>
   </si>
   <si>
     <t>http://www.alfafar.es</t>
   </si>
   <si>
     <t>Ayuntamiento de Alfara de la Baronia</t>
   </si>
   <si>
     <t>alcaldia@alfaradelabaronia.es</t>
   </si>
   <si>
     <t>Alfara de la Baronia</t>
   </si>
   <si>
     <t>962 626 001</t>
   </si>
   <si>
     <t>Calle Ave María, 1 (46594)</t>
   </si>
   <si>
     <t>https://www.alfaradelabaronia.es/</t>
   </si>
   <si>
     <t>Farmacia Paula Peris Lahuerta. Alfara de la Baronia, Valencia</t>
   </si>
   <si>
     <t>962 626 151</t>
   </si>
   <si>
     <t>Calle Mayor, 17 (46594)</t>
   </si>
   <si>
     <t>Ayuntamiento de Alfarrasí</t>
   </si>
   <si>
-    <t>alfarrasi_adm@gva.es</t>
+    <t>administracio@ajuntamentalfarrasi.es</t>
   </si>
   <si>
     <t>Alfarrasí</t>
   </si>
   <si>
     <t>962 297 125</t>
   </si>
   <si>
     <t>Calle Lepanto, 2 (46893)</t>
   </si>
   <si>
     <t>http://www.alfarrasi.es</t>
   </si>
   <si>
     <t>Farmacia	Fernando Ballester Salvador.	Alfarrasí,	Valencia</t>
   </si>
   <si>
     <t>962 297 223</t>
   </si>
   <si>
     <t>Calle Isidoro Martí Flores, 41 (46893)</t>
   </si>
   <si>
     <t>Ayuntamiento de Algar de Palancia</t>
   </si>
@@ -683,62 +719,50 @@
   <si>
     <t>Calle La Parra, 8</t>
   </si>
   <si>
     <t>http://www.elrefugioalgar.com</t>
   </si>
   <si>
     <t>Oficina de Turismo Museu de la Festa Algemesí</t>
   </si>
   <si>
     <t>algemesi@touristinfo.net</t>
   </si>
   <si>
     <t>Algemesí</t>
   </si>
   <si>
     <t>962 01 86 30 - 627356673</t>
   </si>
   <si>
     <t>Calle Nou del Convent, 71</t>
   </si>
   <si>
     <t>http://www.museuvalenciadelafesta.com/es</t>
   </si>
   <si>
-    <t>Ayuntamiento de Algemesí</t>
-[...10 lines deleted...]
-  <si>
     <t>Ayuntamiento Algimia de Alfara</t>
   </si>
   <si>
     <t>edelmiro@algimiadealfara.es</t>
   </si>
   <si>
     <t>Algimia de Alfara</t>
   </si>
   <si>
     <t>Plaza San Vicente, 1 (46148)</t>
   </si>
   <si>
     <t>https://www.algimiadealfara.es/</t>
   </si>
   <si>
     <t>Farmacia Santiago Rueda Pérez. Algimia de Alfara, Valencia</t>
   </si>
   <si>
     <t>962 627 186</t>
   </si>
   <si>
     <t>Calle Pintor Sorolla, 1 (46148)</t>
   </si>
   <si>
     <t>Ayuntamiento de Alhama de Aragón</t>
@@ -845,51 +869,51 @@
   <si>
     <t>962 623 345</t>
   </si>
   <si>
     <t>Plaza del Molino, s/n  (12590)</t>
   </si>
   <si>
     <t>Ayuntamiento de Almenara</t>
   </si>
   <si>
     <t>lmarin@almenara.es</t>
   </si>
   <si>
     <t>962 624 801</t>
   </si>
   <si>
     <t>Calle Casablanca, 56 (12590)</t>
   </si>
   <si>
     <t>http://www.almenara.es</t>
   </si>
   <si>
     <t>Ayuntamiento de Almussafes</t>
   </si>
   <si>
-    <t>almussafes_inf@gva.es</t>
+    <t>informacion@almussafes.org</t>
   </si>
   <si>
     <t>Almussafes</t>
   </si>
   <si>
     <t>961 782 050</t>
   </si>
   <si>
     <t>Passeig del Parc, s/n (46440)</t>
   </si>
   <si>
     <t>http://www.almussafes.es</t>
   </si>
   <si>
     <t>Ayuntamiento de Altura</t>
   </si>
   <si>
     <t>info@altura.es</t>
   </si>
   <si>
     <t>Altura</t>
   </si>
   <si>
     <t>964 146 384</t>
   </si>
@@ -905,50 +929,53 @@
   <si>
     <t>turismo@altura.es</t>
   </si>
   <si>
     <t>964 14 70 75 682 41 60 19</t>
   </si>
   <si>
     <t>Calle Ignacio Marín, 1</t>
   </si>
   <si>
     <t>https://alturaturismo.es/</t>
   </si>
   <si>
     <t>Farmacia	Mª Belén Ferreres Nos. Altura, Castellón</t>
   </si>
   <si>
     <t>964 146 656</t>
   </si>
   <si>
     <t>Calle La Palmera, 19-21 (12410)</t>
   </si>
   <si>
     <t>Casa Rural Las Violetas</t>
   </si>
   <si>
+    <t>portoelisa@gmail.com</t>
+  </si>
+  <si>
     <t>699 79 35 01 653 68 25 19</t>
   </si>
   <si>
     <t>Calle Castellón, 2</t>
   </si>
   <si>
     <t>https://alturacasalasvioletas.jimdofree.com/</t>
   </si>
   <si>
     <t>Cooperativa Oleícola OLIESPAL</t>
   </si>
   <si>
     <t>coop@aceite-virgen.com</t>
   </si>
   <si>
     <t>964 14 60 34</t>
   </si>
   <si>
     <t>Avenida Valencia, 49</t>
   </si>
   <si>
     <t>https://aceite-virgen.com/contacto/</t>
   </si>
   <si>
     <t>Oficina de Turismo de Alzira</t>
@@ -974,50 +1001,53 @@
   <si>
     <t>ajuntament@alzira.es</t>
   </si>
   <si>
     <t>962 400 450</t>
   </si>
   <si>
     <t>Calle San Roque, 6 (46600)</t>
   </si>
   <si>
     <t>http://www.alzira.es</t>
   </si>
   <si>
     <t>Hospital Universidad de la Ribera. Alzira, Valencia</t>
   </si>
   <si>
     <t>962 458 100</t>
   </si>
   <si>
     <t>Carretera Corbera, 1 (46600)</t>
   </si>
   <si>
     <t>Viajes García Rovira</t>
   </si>
   <si>
+    <t>laura@viajesgarciarovira.com</t>
+  </si>
+  <si>
     <t>962 40 04 64</t>
   </si>
   <si>
     <t>Reyes Católicos, 89 Bajo</t>
   </si>
   <si>
     <t>https://viajesgarciarovira.es/</t>
   </si>
   <si>
     <t>Ayuntamiento de Anguita</t>
   </si>
   <si>
     <t>ayuntamientoanguita@gmail.com</t>
   </si>
   <si>
     <t>Anguita</t>
   </si>
   <si>
     <t>949 304 417</t>
   </si>
   <si>
     <t>Plaza Mayor, 1 (19283)</t>
   </si>
   <si>
     <t>http://www.anguita.es</t>
@@ -1196,62 +1226,68 @@
   <si>
     <t>Plaza del Hortal, 18 (50220)</t>
   </si>
   <si>
     <t>http://www.ariza.es</t>
   </si>
   <si>
     <t>Farmacia	Jesús Milian Martín. Ariza, Zaragoza</t>
   </si>
   <si>
     <t>976 845 481</t>
   </si>
   <si>
     <t>Calle Del Pilar, 2 (50220)</t>
   </si>
   <si>
     <t>Estación de Tren Ariza, Zaragoza</t>
   </si>
   <si>
     <t>Calle Estación de Ferrocarril, s/n (50220)</t>
   </si>
   <si>
     <t>Lares Miel</t>
   </si>
   <si>
+    <t>hola@laresmiel.eu</t>
+  </si>
+  <si>
     <t>675 20 31 68</t>
   </si>
   <si>
     <t>Calle Puente, 12</t>
   </si>
   <si>
     <t>https://laresmiel.eu/</t>
   </si>
   <si>
     <t>Albergue Tierras de Frontera</t>
   </si>
   <si>
+    <t>alberguetierrasdefrontera@gmail.com</t>
+  </si>
+  <si>
     <t>669 57 45 62</t>
   </si>
   <si>
     <t>Calle Hospital, 2</t>
   </si>
   <si>
     <t>http://www.tierrasdefrontera.com/</t>
   </si>
   <si>
     <t>Ayuntamiento de Atea, Zaragoza</t>
   </si>
   <si>
     <t>atea@dpz.es</t>
   </si>
   <si>
     <t>Atea</t>
   </si>
   <si>
     <t>976 894 137</t>
   </si>
   <si>
     <t>Calle Mayor, 7 (50348)</t>
   </si>
   <si>
     <t>Oficina de Turismo Ateca, Zaragoza</t>
@@ -1379,50 +1415,53 @@
   <si>
     <t>949 399 001 / 638 618 753</t>
   </si>
   <si>
     <t>Calle Sánchez Dalp, 20 (19270)</t>
   </si>
   <si>
     <t>Hostal El Mirador</t>
   </si>
   <si>
     <t>reservas@elmiradordeatienza.com</t>
   </si>
   <si>
     <t>949 39 90 38 679 42 87 40 619 24 19 35</t>
   </si>
   <si>
     <t>Calle Barruelo, s/n</t>
   </si>
   <si>
     <t>http://www.elmiradordeatienza.com</t>
   </si>
   <si>
     <t>Casa Rural La Casa de San Gil</t>
   </si>
   <si>
+    <t>lacasadesangil@gmail.com</t>
+  </si>
+  <si>
     <t>626 16 55 44 949 39 93 14</t>
   </si>
   <si>
     <t>Calle Real, 61</t>
   </si>
   <si>
     <t>http://www.lacasadesangil.com</t>
   </si>
   <si>
     <t>Bar Galy</t>
   </si>
   <si>
     <t>galymalenka1@gmail.com</t>
   </si>
   <si>
     <t>630 136 798</t>
   </si>
   <si>
     <t>Ayuntamiento de Atzeneta del Maestrat</t>
   </si>
   <si>
     <t>info@atzenetadelmaestrat.es</t>
   </si>
   <si>
     <t>Atzeneta del Maestrat</t>
@@ -1442,50 +1481,53 @@
   <si>
     <t>turisme@atzenetadelmaestrat.es</t>
   </si>
   <si>
     <t>644 57 96 58</t>
   </si>
   <si>
     <t>Plaça Major, 4</t>
   </si>
   <si>
     <t>www.atzenetadelmaestrat.es</t>
   </si>
   <si>
     <t>Farmacia Fores García C.B. Atzeneta del Maestrat, Castellón</t>
   </si>
   <si>
     <t>964 370 054</t>
   </si>
   <si>
     <t>Avenida del Maestrazgo, 33 (12132)</t>
   </si>
   <si>
     <t>Atzeneta Cooperativa</t>
   </si>
   <si>
+    <t>info@atzenetacoop.com</t>
+  </si>
+  <si>
     <t>964 37 01 47</t>
   </si>
   <si>
     <t>Avinguda Castelló, 27</t>
   </si>
   <si>
     <t>https://www.atzenetacoop.com/</t>
   </si>
   <si>
     <t>Ayuntamiento de Bádenas</t>
   </si>
   <si>
     <t>ayto_badenas@comarcadeljiloca.org</t>
   </si>
   <si>
     <t>Bádenas</t>
   </si>
   <si>
     <t>978 739 001</t>
   </si>
   <si>
     <t>Calle Prado, 10 (44491)</t>
   </si>
   <si>
     <t>Ayuntamiento de Báguena, Teruel</t>
@@ -1871,96 +1913,96 @@
   <si>
     <t>Beniarjó</t>
   </si>
   <si>
     <t>962 800 361</t>
   </si>
   <si>
     <t>Plaça Ausias March, 1 (46722)</t>
   </si>
   <si>
     <t>http://www.beniarjo.es</t>
   </si>
   <si>
     <t>Farmacia	María Jesús Ribes Ferrer. Beniarjó, Valencia</t>
   </si>
   <si>
     <t>962 800 029</t>
   </si>
   <si>
     <t>Calle País Valenciano, 11 (46722)</t>
   </si>
   <si>
     <t>Ayuntamiento de Beniatjar</t>
   </si>
   <si>
-    <t>beniatjar_alc@gva.es</t>
+    <t>ajuntament@beniatjar.org</t>
   </si>
   <si>
     <t>Beniatjar</t>
   </si>
   <si>
     <t>962 358 150</t>
   </si>
   <si>
     <t>Calle San Roc, 6 (46844)</t>
   </si>
   <si>
     <t>http://www.beniatjar.es</t>
   </si>
   <si>
     <t>Farmacia Jordi Alepuz Calatayud. Beniatjar, Valencia</t>
   </si>
   <si>
     <t>962 358 436</t>
   </si>
   <si>
     <t>Plaza del Ayuntamiento, 5 (46844)</t>
   </si>
   <si>
     <t>Ayuntamiento de Benifaió</t>
   </si>
   <si>
-    <t>benifaio_alc@gva.es</t>
+    <t>oficina.virtual@benifaio.es</t>
   </si>
   <si>
     <t>Benifaió</t>
   </si>
   <si>
     <t>961 782 966</t>
   </si>
   <si>
     <t>Plaza Mayor, 15 (46450)</t>
   </si>
   <si>
     <t>http://www.benifaio.es</t>
   </si>
   <si>
     <t>Ayuntamiento de Beniparrell</t>
   </si>
   <si>
-    <t>beniparrel_sec@gva.es</t>
+    <t>alcaldia@beniparrell.es</t>
   </si>
   <si>
     <t>Beniparrell</t>
   </si>
   <si>
     <t>961 212 696</t>
   </si>
   <si>
     <t>Avenida Levante, 14 (46469)</t>
   </si>
   <si>
     <t>http://www.beniparrel.es</t>
   </si>
   <si>
     <t>Ayuntamiento de Benisuera</t>
   </si>
   <si>
     <t>alcaldia@benissuera.es</t>
   </si>
   <si>
     <t>Benisuera</t>
   </si>
   <si>
     <t>962 293 031</t>
   </si>
@@ -2045,69 +2087,75 @@
   <si>
     <t>Calle Real, 2</t>
   </si>
   <si>
     <t>www.hostalainoa.com</t>
   </si>
   <si>
     <t>Hotel las casa de Pandreula</t>
   </si>
   <si>
     <t>info@lascasasdepandreula.com</t>
   </si>
   <si>
     <t>975 36 84 91</t>
   </si>
   <si>
     <t>Plaza San Andrés, nº9</t>
   </si>
   <si>
     <t>www.lascasasdepandreula.com</t>
   </si>
   <si>
     <t>Posada los Leones</t>
   </si>
   <si>
+    <t>info@hotelenberlanga.com</t>
+  </si>
+  <si>
     <t>Calle Los Leones, 15</t>
   </si>
   <si>
     <t>hotelenberlanga.com</t>
   </si>
   <si>
     <t>Casa Vallecas</t>
   </si>
   <si>
+    <t>info@casavallecas.com</t>
+  </si>
+  <si>
     <t>975 34 31 36</t>
   </si>
   <si>
     <t>Calle Real, 16</t>
   </si>
   <si>
     <t>http://www.casavallecas.com</t>
   </si>
   <si>
-    <t>Vivienda Turistica Los Leones</t>
+    <t>Vivienda Turística Los Leones</t>
   </si>
   <si>
     <t>Calle Real, 3, 1º A</t>
   </si>
   <si>
     <t>https://hotelenberlanga.com/portfolio-items/apartamento-en-berlanga-de-duero/</t>
   </si>
   <si>
     <t>Ayuntamiento de Berrueco, Zaragoza</t>
   </si>
   <si>
     <t>berrueco@dpz.es</t>
   </si>
   <si>
     <t>Berrueco</t>
   </si>
   <si>
     <t>976 803 032</t>
   </si>
   <si>
     <t>Calle Mayor, 8 (50373)</t>
   </si>
   <si>
     <t>Oficina de Turismo Biar</t>
   </si>
@@ -2132,96 +2180,99 @@
   <si>
     <t>alcaldia@biar.es</t>
   </si>
   <si>
     <t>965 810 374</t>
   </si>
   <si>
     <t>Plaza Constitución, 1 (03410)</t>
   </si>
   <si>
     <t>http://www.biar.es</t>
   </si>
   <si>
     <t>Farmacia Andrés-Escrivá, C.B. Biar, Alicante</t>
   </si>
   <si>
     <t>965 810 170</t>
   </si>
   <si>
     <t>Calle San Cristóbal, 9 (03410)</t>
   </si>
   <si>
     <t>Cerámica Artística Maestre</t>
   </si>
   <si>
+    <t>info@ceramicamaestre.com</t>
+  </si>
+  <si>
     <t>965 81 00 62</t>
   </si>
   <si>
     <t>Camino de la Virgen, 28</t>
   </si>
   <si>
     <t>http://www.ceramicamaestre.com/</t>
   </si>
   <si>
     <t>Hotel Rural * Castillo de Biar</t>
   </si>
   <si>
     <t>hotelruralcastillobiar@gmail.com</t>
   </si>
   <si>
     <t>690 17 10 37</t>
   </si>
   <si>
     <t>Carretera de Banyeres, s/n</t>
   </si>
   <si>
     <t>https://www.hotelruralcastillobiar.com/</t>
   </si>
   <si>
     <t>Oficina de Turismo de Bocairent</t>
   </si>
   <si>
     <t>bocairent@touristinfo.net</t>
   </si>
   <si>
     <t>Bocairent</t>
   </si>
   <si>
     <t>962 90 50 62</t>
   </si>
   <si>
     <t>Plaza del Ayuntamiento, 2</t>
   </si>
   <si>
     <t>https://www.bocairent.org/</t>
   </si>
   <si>
     <t>Ayuntamiento de Bocairent</t>
   </si>
   <si>
-    <t>bocairent@gva.es</t>
+    <t>info@bocairent.es</t>
   </si>
   <si>
     <t>962 350 014</t>
   </si>
   <si>
     <t>Plaça de l'Ajuntament, 20 (46880)</t>
   </si>
   <si>
     <t>http://www.bocairent.es</t>
   </si>
   <si>
     <t>Farmacia	Vicente Colomer Molina.	Bocairent,	Valencia</t>
   </si>
   <si>
     <t>962 351 210</t>
   </si>
   <si>
     <t>Calle San Juan de Ribera, 12 (46880)</t>
   </si>
   <si>
     <t>Farmacia	Vicente Colomer Boronat. Bocairent, Valencia</t>
   </si>
   <si>
     <t>962 350 031</t>
   </si>
@@ -2240,98 +2291,113 @@
   <si>
     <t>Calle Sor Piedad de la Cruz, 3</t>
   </si>
   <si>
     <t>http://www.lagorahotel.com</t>
   </si>
   <si>
     <t>Casa Rural Villa Carmen</t>
   </si>
   <si>
     <t>villacarmenbocairent@gmail.com</t>
   </si>
   <si>
     <t>650 20 21 56</t>
   </si>
   <si>
     <t>Calle de la Via, s/n</t>
   </si>
   <si>
     <t>https://villacarmenbocairent.com/</t>
   </si>
   <si>
     <t>ABBI Suites Casa Rural, Suites &amp; Spa</t>
   </si>
   <si>
+    <t>info@abbisuites.com</t>
+  </si>
+  <si>
     <t>604 44 23 18</t>
   </si>
   <si>
     <t>Calle Abadia, 49</t>
   </si>
   <si>
     <t>https://abbisuites.com/</t>
   </si>
   <si>
     <t>Apartamentos Bocairent homes</t>
   </si>
   <si>
+    <t>info@bocairenthomes.com</t>
+  </si>
+  <si>
     <t>604 42 14 14</t>
   </si>
   <si>
     <t>Camino Santísimo Cristo, 3,</t>
   </si>
   <si>
     <t>https://bocairenthomes.com/</t>
   </si>
   <si>
     <t>Diània experiencies</t>
   </si>
   <si>
+    <t>info@dianiaexp.com</t>
+  </si>
+  <si>
     <t>633 03 98 86</t>
   </si>
   <si>
     <t>Plaça del Ajuntament de Bocairent</t>
   </si>
   <si>
     <t>www.dianiaexp.com</t>
   </si>
   <si>
     <t>Vinos Valencianos</t>
   </si>
   <si>
+    <t>administracion@productosdebocairent.com</t>
+  </si>
+  <si>
     <t>665 54 66 75</t>
   </si>
   <si>
     <t>Plaza Sant Roc, 14 (bajo)</t>
   </si>
   <si>
     <t>https://vinosvalencianos.com/</t>
   </si>
   <si>
     <t>Casa Rural El Mirador</t>
   </si>
   <si>
+    <t>info@casaruralmirador.es</t>
+  </si>
+  <si>
     <t>678 57 54 88</t>
   </si>
   <si>
     <t>Plaza San Vicente, 12</t>
   </si>
   <si>
     <t>https://casaruralmirador.es/</t>
   </si>
   <si>
     <t>Ayuntamiento de Brazacorta</t>
   </si>
   <si>
     <t>brazacorta@diputaciondeburgos.net</t>
   </si>
   <si>
     <t>Brazacorta</t>
   </si>
   <si>
     <t>947 527 380</t>
   </si>
   <si>
     <t>Plaza de la Villa, 11 (09490)</t>
   </si>
   <si>
     <t>http://www.brazacorta.es</t>
@@ -2423,51 +2489,51 @@
   <si>
     <t>Ayuntamiento de Bubierca</t>
   </si>
   <si>
     <t>bubierca@dpz.es</t>
   </si>
   <si>
     <t>Bubierca</t>
   </si>
   <si>
     <t>976 840 188</t>
   </si>
   <si>
     <t>Plaza de Goya, 2 (50239)</t>
   </si>
   <si>
     <t>Estación de Tren Bubierca, Zaragoza</t>
   </si>
   <si>
     <t>Carretera NII Estación de Ferrocarril, s/n (50239)</t>
   </si>
   <si>
     <t>Ayuntamiento de Bufali</t>
   </si>
   <si>
-    <t>bufali_gen@gva.es</t>
+    <t>alcaldia@bufali.es</t>
   </si>
   <si>
     <t>Bufali</t>
   </si>
   <si>
     <t>962 390 388</t>
   </si>
   <si>
     <t>Calle la Paz, 7 (46891)</t>
   </si>
   <si>
     <t>https://www.bufali.es/</t>
   </si>
   <si>
     <t>Farmacia Mónica y Amparo Gómez Bernabeu. Bufali, Valencia</t>
   </si>
   <si>
     <t>962 900 588</t>
   </si>
   <si>
     <t>Calle Virgen de Loreto, 18 (46891)</t>
   </si>
   <si>
     <t>Estación de Tren Bufali, Valencia</t>
   </si>
@@ -2690,98 +2756,113 @@
   <si>
     <t>Plaza Huerto del Rey, 5</t>
   </si>
   <si>
     <t>https://hostelcatedralburgos.es/</t>
   </si>
   <si>
     <t>Apartamentos Turísticos Martínez Suites</t>
   </si>
   <si>
     <t>info@martinezsuite.com</t>
   </si>
   <si>
     <t>637 54 44 23</t>
   </si>
   <si>
     <t>C/ cabestreros 6, bajo</t>
   </si>
   <si>
     <t>https://www.martinezsuite.com/</t>
   </si>
   <si>
     <t>Recorre Burgos</t>
   </si>
   <si>
+    <t>info@recorreburgos.com</t>
+  </si>
+  <si>
     <t>600 012 480</t>
   </si>
   <si>
     <t>Calle Lazarillo de Tormes, 14 1ºC</t>
   </si>
   <si>
     <t>https://recorreburgos.com/</t>
   </si>
   <si>
     <t>Spainmaniatours</t>
   </si>
   <si>
+    <t>mmatia@spainmania.es</t>
+  </si>
+  <si>
     <t>630 03 09 14</t>
   </si>
   <si>
     <t>Calle Huerto del Rey 4,</t>
   </si>
   <si>
     <t>www.spainmania.es</t>
   </si>
   <si>
     <t>Yoga Shánkara</t>
   </si>
   <si>
+    <t>namaste@shankara.yoga</t>
+  </si>
+  <si>
     <t>667 69 00 73</t>
   </si>
   <si>
     <t>C/ Antonio Machado 2, Entreplanta Derecha</t>
   </si>
   <si>
     <t>https://shankara.yoga/</t>
   </si>
   <si>
     <t>Hands On fisioterapia</t>
   </si>
   <si>
+    <t>handson.fisioterapia@gmail.com</t>
+  </si>
+  <si>
     <t>620 10 14 59</t>
   </si>
   <si>
     <t>C/ Vitoria, 37-39 bajo Burgos</t>
   </si>
   <si>
     <t>https://www.handsonburgos.com/</t>
   </si>
   <si>
     <t>Maestros Artesanos de licores y aguardientes</t>
   </si>
   <si>
+    <t>rafaelcamara@rafaelcamara.com</t>
+  </si>
+  <si>
     <t>629 133 960</t>
   </si>
   <si>
     <t>Plaza de Pavía , 6 (09006)</t>
   </si>
   <si>
     <t>www.pacharandia.com</t>
   </si>
   <si>
     <t>Hostal ** Iruñako</t>
   </si>
   <si>
     <t>irunako@irunako.es</t>
   </si>
   <si>
     <t>947 48 41 26</t>
   </si>
   <si>
     <t>Carretera Madrid-Irún km 245,5</t>
   </si>
   <si>
     <t>http://www.irunako.es</t>
   </si>
   <si>
     <t>Hotel ** Las Vegas</t>
@@ -2942,65 +3023,50 @@
   <si>
     <t>947 027 581</t>
   </si>
   <si>
     <t>Plaza de la libertad, 9 (09004)</t>
   </si>
   <si>
     <t>https://coboestratos.com/</t>
   </si>
   <si>
     <t>Hotel Alda Puerto Seco</t>
   </si>
   <si>
     <t>Puertoseco@aldahotels.com</t>
   </si>
   <si>
     <t>947 294 411 / 613 514 329</t>
   </si>
   <si>
     <t>Calle Vitoria, 286 Barrio de Villafría (09007)</t>
   </si>
   <si>
     <t>https://www.aldahotels.es/hoteles/castilla-y-leon/burgos/hotel-alda-puerto-seco</t>
   </si>
   <si>
-    <t>Viajes Globomar</t>
-[...13 lines deleted...]
-  <si>
     <t>IGP Morcilla de Burgos</t>
   </si>
   <si>
     <t>igp@igpmorcilladeburgos.es</t>
   </si>
   <si>
     <t>Calle Vitoria 17, 1º  101 (09004)</t>
   </si>
   <si>
     <t>http://www.igpmorcilladeburgos.es</t>
   </si>
   <si>
     <t>Burgos Bike Rental</t>
   </si>
   <si>
     <t>burgosbikerental@gmail.com</t>
   </si>
   <si>
     <t>674 802 920</t>
   </si>
   <si>
     <t>Calle del Carmen, 2 bajo</t>
   </si>
   <si>
     <t>https://www.burgosbikerental.es/</t>
@@ -3014,50 +3080,65 @@
   <si>
     <t>Hotel Corona de Castilla</t>
   </si>
   <si>
     <t>hotel@hotelcoronadecastilla.com</t>
   </si>
   <si>
     <t>947 262 142</t>
   </si>
   <si>
     <t>Calle Madrid, 15 (09002)</t>
   </si>
   <si>
     <t>http://www.hotelcoronadecastilla.com</t>
   </si>
   <si>
     <t>Bar Restaurante Carabás</t>
   </si>
   <si>
     <t>barcarabas@gmail.com</t>
   </si>
   <si>
     <t>947 207 089</t>
   </si>
   <si>
+    <t>Agiday Travel</t>
+  </si>
+  <si>
+    <t>contacto@agidaytravel.com</t>
+  </si>
+  <si>
+    <t>663 303 292</t>
+  </si>
+  <si>
+    <t>Calle del Pinar, 5 (28006) Madrid</t>
+  </si>
+  <si>
+    <t>https://www.agidaytravel.com/packages/burgos-y-la-huella-del-cid-campeador/</t>
+  </si>
+  <si>
     <t>Oficina de Turismo Burriana</t>
   </si>
   <si>
     <t>turisme@burriana.es</t>
   </si>
   <si>
     <t>Burriana</t>
   </si>
   <si>
     <t>964 570 753</t>
   </si>
   <si>
     <t>Plaza Mayor, 1 (12530)</t>
   </si>
   <si>
     <t>Ayuntamiento de Burriana</t>
   </si>
   <si>
     <t>info@burriana.es</t>
   </si>
   <si>
     <t>964 510 062</t>
   </si>
   <si>
     <t>Plaza Mayor,1 (12530)</t>
@@ -3131,50 +3212,53 @@
   <si>
     <t>https://maps.app.goo.gl/sNVwSTRxUjGV2bFv5</t>
   </si>
   <si>
     <t>Estación Tren Calamocha, Teruel</t>
   </si>
   <si>
     <t>Carretera N-2134 - Estación Ferrocarril, s/n (44200)</t>
   </si>
   <si>
     <t>Aromas del Jiloca, La Trufa Negra</t>
   </si>
   <si>
     <t>marisaestebansa@gmail.com</t>
   </si>
   <si>
     <t>670 02 80 81</t>
   </si>
   <si>
     <t>Calle Manuel Marina, 6 bajo A</t>
   </si>
   <si>
     <t>SIJ Jiloca - Sijbike</t>
   </si>
   <si>
+    <t>sijbike@hotmail.es</t>
+  </si>
+  <si>
     <t>978 73 23 30</t>
   </si>
   <si>
     <t>Carretera N-232. Calle Desvío, 78</t>
   </si>
   <si>
     <t>Aragonia</t>
   </si>
   <si>
     <t>aragonia.calamocha@gmail.com</t>
   </si>
   <si>
     <t>978 730 335 / 667 702 928</t>
   </si>
   <si>
     <t>Calle Desvío, 33 (44200)</t>
   </si>
   <si>
     <t>https://grupoaragonia.com/</t>
   </si>
   <si>
     <t>Oficina de Turismo de Calatayud</t>
   </si>
   <si>
     <t>oficinaturismo@calatayud.es</t>
@@ -3521,50 +3605,53 @@
   <si>
     <t>964 18 50 76</t>
   </si>
   <si>
     <t>Avenida Maestrazgo, 2</t>
   </si>
   <si>
     <t>http://www.hotelbalfagon.com</t>
   </si>
   <si>
     <t>Oficina de turismo de Cantavieja</t>
   </si>
   <si>
     <t>678 34 02 28</t>
   </si>
   <si>
     <t>Calle Mayor 15</t>
   </si>
   <si>
     <t>cantaviejaturismo.com</t>
   </si>
   <si>
     <t>Pensión La Posada</t>
   </si>
   <si>
+    <t>laposada1926@gmail.com</t>
+  </si>
+  <si>
     <t>964 18 50 05</t>
   </si>
   <si>
     <t>Calle García Valiño, 6</t>
   </si>
   <si>
     <t>Ayuntamiento de Carcaixent</t>
   </si>
   <si>
     <t>compres@ayto-carcaixent.es</t>
   </si>
   <si>
     <t>Carcaixent</t>
   </si>
   <si>
     <t>962 457 600</t>
   </si>
   <si>
     <t>Plaça Major, 1 (46740)</t>
   </si>
   <si>
     <t>http://www.carcaixent.es</t>
   </si>
   <si>
     <t>Área de Servicio y Parking de autocaravanas Carcaixent Estación (ASP)</t>
@@ -3641,62 +3728,50 @@
   <si>
     <t>Ayuntamiento de Cardeñajimeno</t>
   </si>
   <si>
     <t>cardenajimeno@cyl.com</t>
   </si>
   <si>
     <t>Cardeñajimeno</t>
   </si>
   <si>
     <t>947 481 013</t>
   </si>
   <si>
     <t>Calle La Encina, 1 (09193)</t>
   </si>
   <si>
     <t>Farmacia Cristina Rojo Escudero. Cardeñajimeno, Burgos</t>
   </si>
   <si>
     <t>947 484 208</t>
   </si>
   <si>
     <t>Calle San Isidro, 20 (09193)</t>
   </si>
   <si>
-    <t>Restaurante Coco</t>
-[...10 lines deleted...]
-  <si>
     <t>La tienda de Cardeñajimeno</t>
   </si>
   <si>
     <t>stefkasol10@gmail.com</t>
   </si>
   <si>
     <t>601 510 471</t>
   </si>
   <si>
     <t>Calle Simón Pedro, 2 (09193)</t>
   </si>
   <si>
     <t>Ayuntamiento de Castejón de Alarba</t>
   </si>
   <si>
     <t>casalarb@dpz.es</t>
   </si>
   <si>
     <t>Castejón de Alarba</t>
   </si>
   <si>
     <t>976 896 757</t>
   </si>
   <si>
     <t>Calle Coso, 3 (50346)</t>
@@ -3863,120 +3938,129 @@
   <si>
     <t>Hospital Rey Don Jaime. Castellón de la Plana</t>
   </si>
   <si>
     <t>964 726 000</t>
   </si>
   <si>
     <t>Calle María Rosa Molas, 25 (12004)</t>
   </si>
   <si>
     <t>Ofinica de Turismo de Castellón - Renfe</t>
   </si>
   <si>
     <t>estacioncastello@touristinfo.net</t>
   </si>
   <si>
     <t>964 28 36 21</t>
   </si>
   <si>
     <t>Paseo Buenavista, 28</t>
   </si>
   <si>
     <t>SMS Electriccs. Smart Mobility Systems</t>
   </si>
   <si>
+    <t>info@smselectrics.com</t>
+  </si>
+  <si>
     <t>964 24 10 74 602 56 37 01</t>
   </si>
   <si>
     <t>Avenida de València, 189</t>
   </si>
   <si>
     <t>https://www.smselectrics.com/</t>
   </si>
   <si>
     <t>Patronato Municipal de Turismo Castelló</t>
   </si>
   <si>
+    <t>turismodecastellon@dipcas.es</t>
+  </si>
+  <si>
     <t>964 06 93 33</t>
   </si>
   <si>
     <t>Plaza España, 1</t>
   </si>
   <si>
     <t>Resertours Viajes</t>
   </si>
   <si>
+    <t>info@resertours.com</t>
+  </si>
+  <si>
     <t>964 02 98 07610 13 57 00</t>
   </si>
   <si>
     <t>Calle Herrero, 18 Bajo</t>
   </si>
   <si>
     <t>https://www.resertours.com/</t>
   </si>
   <si>
     <t>Ayuntamiento de Castellonet de la Conquesta</t>
   </si>
   <si>
-    <t>castellonetconquesta.ayunt@cv.gva.es</t>
+    <t>ajuntament@castellonetdelaconquesta.org</t>
   </si>
   <si>
     <t>Castellonet de la Conquesta</t>
   </si>
   <si>
     <t>962 887 028</t>
   </si>
   <si>
     <t>Plaça del Palau, 1 (46726)</t>
   </si>
   <si>
     <t>http://www.castellonetdelaconquesta.es</t>
   </si>
   <si>
     <t>Farmacia Marta Bolta Casamayor. Castellonet de la Conquesta, Valencia</t>
   </si>
   <si>
     <t>962 896 021</t>
   </si>
   <si>
     <t>Calle La Riba, 1B (46726)</t>
   </si>
   <si>
     <t>Ayuntamiento de Castillejo de Robledo</t>
   </si>
   <si>
     <t>castillejorobledo@dipsoria.es</t>
   </si>
   <si>
     <t>Castillejo de Robledo</t>
   </si>
   <si>
     <t>975 355 029</t>
   </si>
   <si>
-    <t>Calle Erilla, 1 (42328)</t>
+    <t>Calle Erilla, 3(42328)</t>
   </si>
   <si>
     <t>http://www.castillejoderobledo.es</t>
   </si>
   <si>
     <t>Casa Rural Isabel y Fernando</t>
   </si>
   <si>
     <t>raquelhernanperez@gmail.com</t>
   </si>
   <si>
     <t>610 67 21 90</t>
   </si>
   <si>
     <t>Calle La Erilla, 12 (42328)</t>
   </si>
   <si>
     <t>Ayuntamiento de Castilnuevo</t>
   </si>
   <si>
     <t>castilnuevo@local.jccm.es</t>
   </si>
   <si>
     <t>Castilnuevo</t>
   </si>
@@ -4160,50 +4244,53 @@
   <si>
     <t>Estación de Tren Cella, Teruel</t>
   </si>
   <si>
     <t>Calle Estación Ferrocarril, s/n (44370)</t>
   </si>
   <si>
     <t>Albergue Municipal El Río</t>
   </si>
   <si>
     <t>elrioalbergue@gmail.com</t>
   </si>
   <si>
     <t>637 86 90 89</t>
   </si>
   <si>
     <t>Calle Cuesta del Postigo, 1</t>
   </si>
   <si>
     <t>http://www.alberguedelriocella.es</t>
   </si>
   <si>
     <t>Casa rural las Masadas</t>
   </si>
   <si>
+    <t>casarurallamasada@gmail.com</t>
+  </si>
+  <si>
     <t>637 78 03 95</t>
   </si>
   <si>
     <t>Calle Las Granjas, 2</t>
   </si>
   <si>
     <t>https://casarurallasmasadas.com/</t>
   </si>
   <si>
     <t>Ayuntamiento de Cetina, Zaragoza</t>
   </si>
   <si>
     <t>cetina@dpz.es</t>
   </si>
   <si>
     <t>Cetina</t>
   </si>
   <si>
     <t>976 844 095</t>
   </si>
   <si>
     <t>Plaza de la Villa, 4 (50292)</t>
   </si>
   <si>
     <t>https://cetina.es/</t>
@@ -4256,74 +4343,77 @@
   <si>
     <t>pnaltotajo@jccm.es</t>
   </si>
   <si>
     <t>648 22 37 63  /   648 58 73 94</t>
   </si>
   <si>
     <t>https://areasprotegidas.castillalamancha.es/rap/espacios-naturales-protegidos/enp-parque-natural/148/visita-y-disfruta</t>
   </si>
   <si>
     <t>Hotel La Gerencia</t>
   </si>
   <si>
     <t>gerencia@hotellagerencia.es</t>
   </si>
   <si>
     <t>949 836 063 / 664 325 640</t>
   </si>
   <si>
     <t>Plaza Tiro de Barra, 1 (19310)</t>
   </si>
   <si>
     <t>https://hotellagerencia.es/</t>
   </si>
   <si>
+    <t>Punto de Acogida Chequilla</t>
+  </si>
+  <si>
+    <t>aytochequilla@hotmail.es</t>
+  </si>
+  <si>
+    <t>Chequilla</t>
+  </si>
+  <si>
+    <t>638 403 433</t>
+  </si>
+  <si>
+    <t>Calle Las Eras</t>
+  </si>
+  <si>
     <t>Ayuntamiento de Chequilla</t>
   </si>
   <si>
-    <t>aytochequilla@hotmail.es</t>
-[...2 lines deleted...]
-    <t>Chequilla</t>
+    <t>ayuntamientochequilla@gmail.com</t>
   </si>
   <si>
     <t>949 836 053</t>
   </si>
   <si>
     <t>Calle Mayor, 1 (19316)</t>
   </si>
   <si>
-    <t>Punto de Acogida Chequilla</t>
-[...7 lines deleted...]
-  <si>
     <t>Punto de Acogida Chera, Guadalajara</t>
   </si>
   <si>
     <t>Chera</t>
   </si>
   <si>
     <t>651 018 648</t>
   </si>
   <si>
     <t>Barrio de la Plaza, s/n</t>
   </si>
   <si>
     <t>Oficina de Turismo Chilches</t>
   </si>
   <si>
     <t>xilxes@touristinfo.net</t>
   </si>
   <si>
     <t>Chilches - Xilxes</t>
   </si>
   <si>
     <t>964 760 566</t>
   </si>
   <si>
     <t>Avenida Chilches, s/n (12592)</t>
@@ -4436,50 +4526,53 @@
   <si>
     <t>Carretera Iglesuela del Cid, 26 (12318)</t>
   </si>
   <si>
     <t>Ayuntamiento de Cirat</t>
   </si>
   <si>
     <t>info@cirat.es</t>
   </si>
   <si>
     <t>Cirat</t>
   </si>
   <si>
     <t>964 143 113</t>
   </si>
   <si>
     <t>Plaza de España, 18 (12231)</t>
   </si>
   <si>
     <t>http://www.cirat.es</t>
   </si>
   <si>
     <t>Tourist info Cirat</t>
   </si>
   <si>
+    <t>Cirat@touristinfo.net</t>
+  </si>
+  <si>
     <t>964 14 32 64</t>
   </si>
   <si>
     <t>Plaza mayor 18</t>
   </si>
   <si>
     <t>www.Turismocirat.es</t>
   </si>
   <si>
     <t>Farmacia Mª Isabel Rodriguez Gutierrez. Cirat, Castellón</t>
   </si>
   <si>
     <t>964 143 200</t>
   </si>
   <si>
     <t>Plaza Mayor, 15 (12231)</t>
   </si>
   <si>
     <t>Albergue de Cirat</t>
   </si>
   <si>
     <t>info@alberguecirat.com</t>
   </si>
   <si>
     <t>619 828 938 / 964 027 814</t>
@@ -5009,123 +5102,132 @@
   <si>
     <t>964 446 380</t>
   </si>
   <si>
     <t>Alameda de los Mártires, 29 (12163)</t>
   </si>
   <si>
     <t>Oficina de Turismo Cullera Playa</t>
   </si>
   <si>
     <t>cullera@touristinfo.net</t>
   </si>
   <si>
     <t>Cullera</t>
   </si>
   <si>
     <t>961 731 586</t>
   </si>
   <si>
     <t>Plaza Constitución, s/n (46400)</t>
   </si>
   <si>
     <t>Ayuntamiento de Cullera</t>
   </si>
   <si>
-    <t>cullera_inf@gva.es</t>
+    <t>alcaldia@cullera.es</t>
   </si>
   <si>
     <t>961 720 000</t>
   </si>
   <si>
     <t>Plaza de la Virgen, 5 (46400)</t>
   </si>
   <si>
     <t>http://www.cullera.es</t>
   </si>
   <si>
     <t>Hotel ** Carabela II</t>
   </si>
   <si>
     <t>info@hotelcarabela2.com</t>
   </si>
   <si>
     <t>961 724 070</t>
   </si>
   <si>
     <t>Avenida Diagonal País Valencià, 49</t>
   </si>
   <si>
     <t>http://www.hotelcarabela2.com/</t>
   </si>
   <si>
     <t>Restaurante Alebrije</t>
   </si>
   <si>
+    <t>felipe@baldovi.es</t>
+  </si>
+  <si>
     <t>695 38 16 95</t>
   </si>
   <si>
     <t>Calle pintor ferrer cabrera 1 esquina Caminas dels homens, 5</t>
   </si>
   <si>
     <t>www.alebrije.es</t>
   </si>
   <si>
     <t>Restaurante Ulises Piga</t>
   </si>
   <si>
+    <t>info@restauranteulisespiga.es</t>
+  </si>
+  <si>
     <t>961 73 28 27</t>
   </si>
   <si>
     <t>Avenida Alicante, 6</t>
   </si>
   <si>
     <t>www.restauranteulisespiga.es</t>
   </si>
   <si>
     <t>Hotel Santa Marta</t>
   </si>
   <si>
     <t>Reservas.santamarta@torsehoteles.com</t>
   </si>
   <si>
     <t>961 73 80 29</t>
   </si>
   <si>
     <t>Avenida del Racó, 52</t>
   </si>
   <si>
     <t>www.torsehoteles.com/santamarta</t>
   </si>
   <si>
     <t>Cullera Experience</t>
   </si>
   <si>
+    <t>info@culleraexperience.com</t>
+  </si>
+  <si>
     <t>670 75 72 55</t>
   </si>
   <si>
-    <t>Plaza Patio de la Iglesia, 3</t>
+    <t>Plaza Patio de la Iglesia, 3 (46400)</t>
   </si>
   <si>
     <t>www.culleraexperience.com</t>
   </si>
   <si>
     <t>Hotel Cullera Holiday</t>
   </si>
   <si>
     <t>reservas@culleraholiday.com</t>
   </si>
   <si>
     <t>961 73 15 55 / 606 95 93 79</t>
   </si>
   <si>
     <t>Avenida del Racó, 27 (46400)</t>
   </si>
   <si>
     <t>www.culleraholiday.com</t>
   </si>
   <si>
     <t>Castillo Museo de Cullera</t>
   </si>
   <si>
     <t>sam_museu@cullera.es</t>
   </si>
@@ -5174,51 +5276,51 @@
   <si>
     <t>Plaza de la Virgen, s/n</t>
   </si>
   <si>
     <t>Oficina de Turismo Daroca, Zaragoza</t>
   </si>
   <si>
     <t>ofdaroca@comarcadedaroca.com</t>
   </si>
   <si>
     <t>Daroca</t>
   </si>
   <si>
     <t>976 800 129</t>
   </si>
   <si>
     <t>Calle Mayor, 44 (50360)</t>
   </si>
   <si>
     <t>https://www.turismocomarcadedaroca.com/</t>
   </si>
   <si>
     <t>Ayuntamiento de Daroca</t>
   </si>
   <si>
-    <t>daroca@dpz.es</t>
+    <t>info@daroca.es</t>
   </si>
   <si>
     <t>976 800 312</t>
   </si>
   <si>
     <t>Plaza de España, 6 (50360)</t>
   </si>
   <si>
     <t>http://www.daroca.es</t>
   </si>
   <si>
     <t>Farmacia	Romualdo Oliva Egea. Daroca,	Zaragoza</t>
   </si>
   <si>
     <t>976 800 189</t>
   </si>
   <si>
     <t>Calle Mayor, 165-173 (50360)</t>
   </si>
   <si>
     <t>Parada Autobús Daroca. Daroca, Zaragoza</t>
   </si>
   <si>
     <t>Calle Mayor, 100 (50360)</t>
   </si>
@@ -5351,89 +5453,113 @@
   <si>
     <t>Calle Universidad, 5</t>
   </si>
   <si>
     <t>https://castillatermal.com/</t>
   </si>
   <si>
     <t>Vivienda de Uso Turístico El nido de Manuela</t>
   </si>
   <si>
     <t>info@elnidodemanuela.com</t>
   </si>
   <si>
     <t>602 60 10 80</t>
   </si>
   <si>
     <t>Calle Ramón y Cajal, 1 pp B</t>
   </si>
   <si>
     <t>http://www.elnidodemanuela.com</t>
   </si>
   <si>
     <t>Apartamentos el Burgo de Osma</t>
   </si>
   <si>
+    <t>info@alojamientosburgodeosma.com</t>
+  </si>
+  <si>
     <t>San Mateo, 17</t>
   </si>
   <si>
     <t>www.alojamientosburgodeosma.com</t>
   </si>
   <si>
     <t>Alojamiento turístico El Balcón del Poeta</t>
   </si>
   <si>
+    <t>lmartinez@itsduero.es</t>
+  </si>
+  <si>
     <t>696 99 63 22</t>
   </si>
   <si>
     <t>Calle Poeta Malo de Molina, 16 - 3ºC</t>
   </si>
   <si>
     <t>www.elbalcondelpoeta.com</t>
   </si>
   <si>
     <t>Apartamento Turístico Uxama Luxury Epona</t>
   </si>
   <si>
+    <t>info@uxamaluxury-epona.com</t>
+  </si>
+  <si>
     <t>Calle Marques de Vadillo, 13</t>
   </si>
   <si>
     <t>https://www.alojamientosburgodeosma.com/es</t>
   </si>
   <si>
     <t>Turisocio Bus Turístico del Burgo de Osma</t>
   </si>
   <si>
     <t>606 12 70 25</t>
   </si>
   <si>
     <t>Plaza Mayor , 1</t>
   </si>
   <si>
     <t>www.turisocio.es/burgo-de-osma</t>
   </si>
   <si>
+    <t>Akla Hotel. El Burgo de Osma</t>
+  </si>
+  <si>
+    <t>elburgo@akla.es</t>
+  </si>
+  <si>
+    <t>661 464 760</t>
+  </si>
+  <si>
+    <t>Calle Mayor, 49 (42300)</t>
+  </si>
+  <si>
+    <t>https://www.aklaelburgo.es/</t>
+  </si>
+  <si>
     <t>Ayuntamiento de El Pedregal</t>
   </si>
   <si>
     <t>aytoelpedregal@gmail.com</t>
   </si>
   <si>
     <t>El Pedregal</t>
   </si>
   <si>
     <t>949 841 248</t>
   </si>
   <si>
     <t>Plaza Agustín Robles, 5 (19327)</t>
   </si>
   <si>
     <t>Ayuntamiento de El Pobo de Dueñas</t>
   </si>
   <si>
     <t>ayuntamiento@elpobodeduenas.es</t>
   </si>
   <si>
     <t>El Pobo de Dueñas</t>
   </si>
   <si>
     <t>949 841 001</t>
@@ -5513,92 +5639,86 @@
   <si>
     <t>El Salse</t>
   </si>
   <si>
     <t>https://www.beneixama.es/pedania-de-el-salze/</t>
   </si>
   <si>
     <t>Tourist Info Elda</t>
   </si>
   <si>
     <t>elda@touristinfo.net</t>
   </si>
   <si>
     <t>Elda</t>
   </si>
   <si>
     <t>966 98 03 00</t>
   </si>
   <si>
     <t>Calle Nueva, 14</t>
   </si>
   <si>
     <t>https://maps.app.goo.gl/YxHa7j4R9mizzuan6</t>
   </si>
   <si>
-    <t>Punto de Información Turística Elda</t>
-[...7 lines deleted...]
-  <si>
     <t>Ayuntamiento de Elda</t>
   </si>
   <si>
     <t>ayuntamiento@elda.es</t>
   </si>
   <si>
     <t>965 380 402</t>
   </si>
   <si>
     <t>Plaza Constitución, 1 (03600)</t>
   </si>
   <si>
     <t>http://www.elda.es</t>
   </si>
   <si>
     <t>Estación de Tren Elda, Alicante</t>
   </si>
   <si>
     <t>Calle Galicia, s/n (03600)</t>
   </si>
   <si>
     <t>Hospital General Universitario de Elda. Virgen de la Salud. Elda, Alicante</t>
   </si>
   <si>
     <t>966 989 000</t>
   </si>
   <si>
     <t>Carretera Sax, s/n (03600)</t>
   </si>
   <si>
     <t>Bodegas Bocopa</t>
   </si>
   <si>
+    <t>encarni@bocopa.com</t>
+  </si>
+  <si>
     <t>687 45 29 94</t>
   </si>
   <si>
     <t>Carrer Talladors,</t>
   </si>
   <si>
     <t>https://www.bocopa.com/enoturismo/</t>
   </si>
   <si>
     <t>Oficina de Turismo Elche</t>
   </si>
   <si>
     <t>info@visitelche.com</t>
   </si>
   <si>
     <t>Elx / Elche</t>
   </si>
   <si>
     <t>966 658 196</t>
   </si>
   <si>
     <t>Plaça del Parc, 3 (03202)</t>
   </si>
   <si>
     <t>https://www.visitelche.com</t>
@@ -5651,141 +5771,150 @@
   <si>
     <t>Calle Camí Almazara, 11 (03203)</t>
   </si>
   <si>
     <t>Hospital Universitario Vinalopó. Elche, Alicante</t>
   </si>
   <si>
     <t>966 679 800</t>
   </si>
   <si>
     <t>Calle Tonico Sansano Mora, 14 (03293)</t>
   </si>
   <si>
     <t>Hospital IMED Elche, Alicante</t>
   </si>
   <si>
     <t>965 503 030</t>
   </si>
   <si>
     <t>Calle Max Planck, s/n (03203)</t>
   </si>
   <si>
     <t>Touristair</t>
   </si>
   <si>
+    <t>antonio.mellado.soriano@gmail.com</t>
+  </si>
+  <si>
     <t>663 70 69 13</t>
   </si>
   <si>
     <t>Calle Francisco Vicente Rodriguez, 1, 6Aº, 1, 1</t>
   </si>
   <si>
     <t>http://www.touristair.es</t>
   </si>
   <si>
     <t>DeViaje</t>
   </si>
   <si>
+    <t>reservas@deviajeagencia.com</t>
+  </si>
+  <si>
     <t>966 16 03 03 687 91 53 25</t>
   </si>
   <si>
     <t>Calle Concepción Arenal, 96 Bajo</t>
   </si>
   <si>
     <t>https://maps.app.goo.gl/y3fYFMfPHraFgyXYA</t>
   </si>
   <si>
     <t>Avanzatour</t>
   </si>
   <si>
+    <t>info@avanzatour.es</t>
+  </si>
+  <si>
     <t>639 69 38 28</t>
   </si>
   <si>
     <t>Partida Atzavares Alt, 280</t>
   </si>
   <si>
     <t>https://www.avanzatour.es</t>
   </si>
   <si>
     <t>Costa Blanca Nordic Walking</t>
   </si>
   <si>
+    <t>info@nordicwalkingalicante.es</t>
+  </si>
+  <si>
     <t>670 81 98 71</t>
   </si>
   <si>
     <t>Calle Focs, 19</t>
   </si>
   <si>
     <t>https://www.nordicwalkingalicante.es</t>
   </si>
   <si>
     <t>Ayuntamiento de Espadilla</t>
   </si>
   <si>
     <t>info@espadilla.es</t>
   </si>
   <si>
     <t>Espadilla</t>
   </si>
   <si>
     <t>964 619 033 / 686 461 107</t>
   </si>
   <si>
     <t>Calle Abadía, 4 (12230)</t>
   </si>
   <si>
     <t>http://www.espadilla.es</t>
   </si>
   <si>
-    <t>Casa Rural La Fuente</t>
-[...5 lines deleted...]
-    <t>Plaza de la fuente , 9</t>
+    <t>Farmacia Aranzazu Martinez Tellols. Espadilla, Castellón</t>
+  </si>
+  <si>
+    <t>657 300 662</t>
+  </si>
+  <si>
+    <t>Calle Santa Quiteria, 20 (12184)</t>
+  </si>
+  <si>
+    <t>Casa Rural Saganta, Espadilla</t>
+  </si>
+  <si>
+    <t>686 461 107</t>
+  </si>
+  <si>
+    <t>Camino de Ayodar, 3 (12230)</t>
   </si>
   <si>
     <t>https://www.espadilla.es/es/alojamiento/casa-rural-la-fuente</t>
   </si>
   <si>
-    <t>Farmacia Aranzazu Martinez Tellols. Espadilla, Castellón</t>
-[...14 lines deleted...]
-    <t>https://www.espadilla.es/es/alojamiento/casa-rural-saganta</t>
+    <t>Casa Rural La Fuente, Espadilla</t>
+  </si>
+  <si>
+    <t>Plaza de la Fuente, 9 (12230)</t>
   </si>
   <si>
     <t>Ayuntamiento de Espinosa de Cervera</t>
   </si>
   <si>
     <t>espinosadecervera@diputaciondeburgos.net</t>
   </si>
   <si>
     <t>Espinosa de Cervera</t>
   </si>
   <si>
     <t>947 534 383</t>
   </si>
   <si>
     <t>Calle San Roque, s/n (09610)</t>
   </si>
   <si>
     <t>http://www.espinosadecervera.es</t>
   </si>
   <si>
     <t>La Parada del Cid</t>
   </si>
   <si>
     <t>info@paradadelcid.com</t>
   </si>
@@ -5795,90 +5924,90 @@
   <si>
     <t>San Ginés, s/n</t>
   </si>
   <si>
     <t>https://paradadelcid.com</t>
   </si>
   <si>
     <t>Casa del Cura Río Esgueva.</t>
   </si>
   <si>
     <t>info@casadelcurarioesgueva.com</t>
   </si>
   <si>
     <t>699 52 26 16</t>
   </si>
   <si>
     <t>Calle La Solana, 23</t>
   </si>
   <si>
     <t>http://www.casadelcurarioesgueva.com</t>
   </si>
   <si>
     <t>Ayuntamiento de Estivella</t>
   </si>
   <si>
-    <t>estivella_alc@gva.es</t>
+    <t>info@aytoestivella.com</t>
   </si>
   <si>
     <t>Estivella</t>
   </si>
   <si>
     <t>962 628 005</t>
   </si>
   <si>
     <t>Calle Nadal i Llorens, 2 (46590)</t>
   </si>
   <si>
     <t>http://www.aytoestivella.com</t>
   </si>
   <si>
     <t>Farmacia	Rafael Casas Chulvi. Estivella, Valencia</t>
   </si>
   <si>
     <t>962 628 102</t>
   </si>
   <si>
     <t>Plaza Metge Joaquín Calvo González, 6 (46590)</t>
   </si>
   <si>
     <t>Ayuntamiento de Estriégana</t>
   </si>
   <si>
     <t>aytoestriegana@gmail.com</t>
   </si>
   <si>
     <t>Estriégana</t>
   </si>
   <si>
     <t>Calle del Medio, s/n (19262)</t>
   </si>
   <si>
     <t>Ayuntamiento de Favara</t>
   </si>
   <si>
-    <t>favara@gva.es</t>
+    <t>alcaldia@favara.es</t>
   </si>
   <si>
     <t>Favara</t>
   </si>
   <si>
     <t>961 769 002</t>
   </si>
   <si>
     <t>Plaça Sant Antoni, 1 (46614)</t>
   </si>
   <si>
     <t>http://www.favara.es</t>
   </si>
   <si>
     <t>Farmacia	María Ángeles Peiró Gilabert.	Favara, Valencia</t>
   </si>
   <si>
     <t>961 769 457</t>
   </si>
   <si>
     <t>Calle San Antonio, 37 (46614)</t>
   </si>
   <si>
     <t>Ayuntamiento de Ferreruela de Huerva</t>
   </si>
@@ -5966,51 +6095,51 @@
   <si>
     <t>Fuentes Claras</t>
   </si>
   <si>
     <t>978 731 100</t>
   </si>
   <si>
     <t>Calle San Roque, 1 (44340)</t>
   </si>
   <si>
     <t>http://www.fuentesclaras.es</t>
   </si>
   <si>
     <t>Farmacia Cristina Garzaran Rueda. Fuentes Claras, Teruel</t>
   </si>
   <si>
     <t>978 732 029</t>
   </si>
   <si>
     <t>Calle San Pedro, 40 (44340)</t>
   </si>
   <si>
     <t>Ayuntamiento de Fuentes de Rubielos</t>
   </si>
   <si>
-    <t>ayuntamiento@fuentesderubielos.com</t>
+    <t>admin@aytofuentesderubielos.com</t>
   </si>
   <si>
     <t>Fuentes de Rubielos</t>
   </si>
   <si>
     <t>978 804 521</t>
   </si>
   <si>
     <t>Calle Abadía, 1 (44415)</t>
   </si>
   <si>
     <t>Multiservicio Fuentes de Rubielos - bar social</t>
   </si>
   <si>
     <t>abrudilla@gmail.com</t>
   </si>
   <si>
     <t>665 82 75 41</t>
   </si>
   <si>
     <t>Calle Mayor, 10</t>
   </si>
   <si>
     <t>https://maps.app.goo.gl/zSwB42hkpHz8wJhN9</t>
   </si>
@@ -6044,50 +6173,53 @@
   <si>
     <t>Plaza San Pedro, s/n (50373)</t>
   </si>
   <si>
     <t>http://www.gallocanta.org</t>
   </si>
   <si>
     <t>Albergue Rural Allucant</t>
   </si>
   <si>
     <t>info@allucant.com</t>
   </si>
   <si>
     <t>976 80 31 37</t>
   </si>
   <si>
     <t>Calle San Vicente, s/n</t>
   </si>
   <si>
     <t>allucant.com</t>
   </si>
   <si>
     <t>Oficina de Turismo de Gallocanta</t>
   </si>
   <si>
+    <t>ofgallocanta@comarcadedaroca.com</t>
+  </si>
+  <si>
     <t>976 80 30 69</t>
   </si>
   <si>
     <t>Carretera Gallocanta - Berrueco, s/n</t>
   </si>
   <si>
     <t>Oficina de Turismo Gandia</t>
   </si>
   <si>
     <t>gandia@touristinfo.net</t>
   </si>
   <si>
     <t>Gandia</t>
   </si>
   <si>
     <t>962 877 788</t>
   </si>
   <si>
     <t>Avenida Marqués del Campo, 16 (46701)</t>
   </si>
   <si>
     <t>Oficina de Turismo Gandia Playa</t>
   </si>
   <si>
     <t>gandiafaro@gmail.com</t>
@@ -6149,50 +6281,53 @@
   <si>
     <t>Avenida del Grau, 142</t>
   </si>
   <si>
     <t>https://www.lalqueria.com/</t>
   </si>
   <si>
     <t>Palau Ducal dels Borja</t>
   </si>
   <si>
     <t>Programacio@palauducal.com</t>
   </si>
   <si>
     <t>962 87 14 65</t>
   </si>
   <si>
     <t>Calle Duc Alfons El Vell, 1</t>
   </si>
   <si>
     <t>www.palauducal.com</t>
   </si>
   <si>
     <t>Museo Fallero de Gandía</t>
   </si>
   <si>
+    <t>Reserves@museufaller.org</t>
+  </si>
+  <si>
     <t>960 80 55 85</t>
   </si>
   <si>
     <t>Calle Sant Martí de Porres, 29</t>
   </si>
   <si>
     <t>https://fallesdegandia.org/es/museu-faller/</t>
   </si>
   <si>
     <t>Ayuntamiento de Gea de Albarracín, Teruel</t>
   </si>
   <si>
     <t>aytogea@gmail.com</t>
   </si>
   <si>
     <t>Gea de Albarracín</t>
   </si>
   <si>
     <t>978 702 100</t>
   </si>
   <si>
     <t>Plaza del Ayuntamiento, 6 (44110)</t>
   </si>
   <si>
     <t>http://www.geadealbarracin.com</t>
@@ -6356,75 +6491,81 @@
   <si>
     <t>949 227 200</t>
   </si>
   <si>
     <t>Paseo Doctor Fernández Iparraguirre, 6 (19001)</t>
   </si>
   <si>
     <t>Hotel Iris</t>
   </si>
   <si>
     <t>direccion@hotel-iris-guadalajara.com</t>
   </si>
   <si>
     <t>949 20 20 80</t>
   </si>
   <si>
     <t>Calle Trafalgar, 74</t>
   </si>
   <si>
     <t>https://www.hotel-iris-guadalajara.com/</t>
   </si>
   <si>
     <t>La Tasca del Chuletón</t>
   </si>
   <si>
+    <t>latascadelchuleton@gmail.com</t>
+  </si>
+  <si>
     <t>695 61 30 27</t>
   </si>
   <si>
     <t>Calle Toledo, 13</t>
   </si>
   <si>
     <t>https://latascadelchuleton.eatbu.com/</t>
   </si>
   <si>
     <t>Asador la Nouba</t>
   </si>
   <si>
+    <t>lanouba@asadorlanouba.es</t>
+  </si>
+  <si>
     <t>949 49 29 72 638 19 93 10</t>
   </si>
   <si>
     <t>Calle San Roque, 18</t>
   </si>
   <si>
     <t>https://asadorlanouba.es/</t>
   </si>
   <si>
     <t>Ayuntamiento de Guadasséquies</t>
   </si>
   <si>
-    <t>guadasequies_sec@gva.es</t>
+    <t>secretaria@guadassequies.es</t>
   </si>
   <si>
     <t>Guadasséquies</t>
   </si>
   <si>
     <t>962 293 005</t>
   </si>
   <si>
     <t>Avenida de la Constitució, 14 (46839)</t>
   </si>
   <si>
     <t>http://www.guadasequies.es</t>
   </si>
   <si>
     <t>Farmacia Vicente Sanchís Albero. Guadasséquies, Valencia</t>
   </si>
   <si>
     <t>962 293 194</t>
   </si>
   <si>
     <t>Calle Diputación, 12 (46839)</t>
   </si>
   <si>
     <t>Ayuntamiento de Hiendelaencina</t>
   </si>
@@ -6515,59 +6656,65 @@
   <si>
     <t>Huerta de Rey</t>
   </si>
   <si>
     <t>947 388 001</t>
   </si>
   <si>
     <t>Avenida Alonso López, 1 - (09430)</t>
   </si>
   <si>
     <t>https://www.huertaderey.es</t>
   </si>
   <si>
     <t>Farmacia Celina Pérez Morales. Huerta de Rey, Burgos</t>
   </si>
   <si>
     <t>947 388 026</t>
   </si>
   <si>
     <t>Calle Rodriguez de Valcarcel, 4 (09430)</t>
   </si>
   <si>
     <t>Bar La Botería</t>
   </si>
   <si>
+    <t>laboteriahdr@gmail.com</t>
+  </si>
+  <si>
     <t>604 24 15 16</t>
   </si>
   <si>
     <t>Calle Caridad, 9</t>
   </si>
   <si>
     <t>Bar Aquí te espero</t>
   </si>
   <si>
+    <t>monika_1744@hotmail.com</t>
+  </si>
+  <si>
     <t>687 47 56 11</t>
   </si>
   <si>
     <t>Avenida Alonso López, 2</t>
   </si>
   <si>
     <t>Hostal Camino del Cid</t>
   </si>
   <si>
     <t>hostalcaminodelcid@gmail.com</t>
   </si>
   <si>
     <t>600 074 711 / 659 217 877</t>
   </si>
   <si>
     <t>Calle Arias de Miranda, 89 (09430)</t>
   </si>
   <si>
     <t>http://www.hostalcaminodelcid.es</t>
   </si>
   <si>
     <t>Bar Villarreal</t>
   </si>
   <si>
     <t>rebeketiusss@gmail.com</t>
@@ -6704,123 +6851,123 @@
   <si>
     <t>Carretera de la Estación, 2 (19240)</t>
   </si>
   <si>
     <t>https://cafeterialaparadadelcid.es/</t>
   </si>
   <si>
     <t>Oficina de Turismo de Jérica</t>
   </si>
   <si>
     <t>touristinfo@jerica.es</t>
   </si>
   <si>
     <t>Jérica</t>
   </si>
   <si>
     <t>964 12 80 04</t>
   </si>
   <si>
     <t>Calle del Río, 2</t>
   </si>
   <si>
     <t>https://www.jerica.es/turismo/</t>
   </si>
   <si>
+    <t>Farmacia	Mónica de los Ángeles Llopis Ramos. Jérica, Castellón</t>
+  </si>
+  <si>
+    <t>964 129 124</t>
+  </si>
+  <si>
+    <t>Avenida Castellón, 2 (12450)</t>
+  </si>
+  <si>
+    <t>Agencia de viajes Love Cycling Tours</t>
+  </si>
+  <si>
+    <t>info@love-cyclingtours.com</t>
+  </si>
+  <si>
+    <t>629 51 71 59</t>
+  </si>
+  <si>
+    <t>Calle Arenachos, 12</t>
+  </si>
+  <si>
+    <t>http://www.love-cyclingtours.com</t>
+  </si>
+  <si>
     <t>Ayuntamiento de Jérica</t>
   </si>
   <si>
+    <t>ayuntamiento@jerica.es</t>
+  </si>
+  <si>
     <t>964 129 177</t>
   </si>
   <si>
     <t>Calle Historiador Vayo, 19 (12450)</t>
   </si>
   <si>
-    <t>http://www.jerica.es</t>
-[...25 lines deleted...]
-  <si>
     <t>Ayuntamiento de La Hoz de la Vieja</t>
   </si>
   <si>
     <t>exulve@gmail.com</t>
   </si>
   <si>
     <t>La Hoz de la Vieja</t>
   </si>
   <si>
     <t>978 810 301</t>
   </si>
   <si>
     <t>Plaza de la Iglesia, s/n (44791)</t>
   </si>
   <si>
     <t>http://www.lahoz.com</t>
   </si>
   <si>
     <t>Oficina de Turismo de La Iglesuela del Cid</t>
   </si>
   <si>
     <t>turismoiglesuela@hotmail.es</t>
   </si>
   <si>
     <t>La Iglesuela del Cid</t>
   </si>
   <si>
     <t>964 44 33 25 651 61 17 31</t>
   </si>
   <si>
     <t>Calle San Pablo, s/n</t>
   </si>
   <si>
     <t>Ayuntamiento de La Iglesuela del Cid</t>
   </si>
   <si>
-    <t>ayto.iglesuela@gmaqil.com</t>
+    <t>ayto.iglesuela@gmail.com</t>
   </si>
   <si>
     <t>964 443 325</t>
   </si>
   <si>
     <t>Calle San Pablo, 2 (44142)</t>
   </si>
   <si>
     <t>Farmacia Vicente A. Monterde Rovira. La Iglesuela Del Cid, Teruel</t>
   </si>
   <si>
     <t>964 443 430</t>
   </si>
   <si>
     <t>Calle Raballa, 14 (44142)</t>
   </si>
   <si>
     <t>Parada de Bus La Iglesuela del Cid, Teruel</t>
   </si>
   <si>
     <t>Calle Fuentenueva (44142)</t>
   </si>
   <si>
     <t>Hotel Palacio Matutano Daudén</t>
   </si>
@@ -7046,80 +7193,83 @@
   <si>
     <t>Hotel Puerta de javalambre</t>
   </si>
   <si>
     <t>info@hotelpuertadejavalambre.es</t>
   </si>
   <si>
     <t>630 04 73 72 / 978 07 97 11</t>
   </si>
   <si>
     <t>Carretera A-23, Km 89 (La Puebla de Valverde)</t>
   </si>
   <si>
     <t>http://www.hotelpuertadejavalambre.es</t>
   </si>
   <si>
     <t>Casa Rural la Ontina</t>
   </si>
   <si>
     <t>laontina@hotmail.es</t>
   </si>
   <si>
     <t>606 286 626</t>
   </si>
   <si>
-    <t>calle Extores, 8 B (44450)</t>
+    <t>Calle Extorres, 8 B (44450)</t>
   </si>
   <si>
     <t>https://www.casasjavalambre.com/</t>
   </si>
   <si>
     <t>Casa Rural Los Alandros</t>
   </si>
   <si>
     <t>Calle Eras Nuevas, 3 (44450)</t>
   </si>
   <si>
     <t>Hotel Restaurante La Fonda de la Estación</t>
   </si>
   <si>
     <t>informacion@lafondadelaestacion.com</t>
   </si>
   <si>
     <t>978 670 467</t>
   </si>
   <si>
     <t>Carretera de Camarena, km 1,8 (44450)</t>
   </si>
   <si>
     <t>https://lafondadelaestacion.com/index.php</t>
   </si>
   <si>
     <t>Ayuntamiento de La Torre d´En Besora</t>
   </si>
   <si>
+    <t>ajuntamentlatorre@hotmail.com</t>
+  </si>
+  <si>
     <t>La Torre d´En Besora</t>
   </si>
   <si>
     <t>964 446 001</t>
   </si>
   <si>
     <t>Calle Baix La Vila, 2 (12161)</t>
   </si>
   <si>
     <t>http://www.latorredenbesora.es</t>
   </si>
   <si>
     <t>Farmacia Rosa Mª Sales Sales. La Torre d´En Besora, Castellón</t>
   </si>
   <si>
     <t>964 446 076</t>
   </si>
   <si>
     <t>Calle D'Alt, 12 (12161)</t>
   </si>
   <si>
     <t>Ayuntamiento de La Vilueña</t>
   </si>
   <si>
     <t>info@laviluena.es</t>
@@ -7235,92 +7385,95 @@
   <si>
     <t>ledanca@ayuntamiento.es</t>
   </si>
   <si>
     <t>Ledanca</t>
   </si>
   <si>
     <t>949 285 009</t>
   </si>
   <si>
     <t>Calle Horno, 2 (19195)</t>
   </si>
   <si>
     <t>Farmacia Mª Pilar Fabián Sanz. Ledanca, Guadalajara</t>
   </si>
   <si>
     <t>949 285 108</t>
   </si>
   <si>
     <t>Calle Soledad, 2 (19196)</t>
   </si>
   <si>
     <t>Ayuntamiento de Les Useres</t>
   </si>
   <si>
-    <t>lesuseres_adl@gva.es</t>
+    <t>info@lesuseres.es</t>
   </si>
   <si>
     <t>Les Useres - Useras</t>
   </si>
   <si>
     <t>964 388 609</t>
   </si>
   <si>
     <t>Plaza del Ayuntamiento, 12 (12118)</t>
   </si>
   <si>
     <t>https://www.lesuseres.es/</t>
   </si>
   <si>
     <t>Farmacia Mª Jose Pascual Antoñanzas. Les Useres, Castellón</t>
   </si>
   <si>
     <t>964 388 615</t>
   </si>
   <si>
     <t>Calle Mayor, 18 (12118)</t>
   </si>
   <si>
     <t>Masía Aitona</t>
   </si>
   <si>
     <t>hola@masiaaitona.es</t>
   </si>
   <si>
     <t>617 89 00 43</t>
   </si>
   <si>
     <t>Partida Figuerasa 59B</t>
   </si>
   <si>
     <t>https://www.masiaaitona.es</t>
   </si>
   <si>
     <t>Bodega Les Useres</t>
   </si>
   <si>
+    <t>info@bodegalesuseres.es</t>
+  </si>
+  <si>
     <t>964 76 00 33 697 86 76 91</t>
   </si>
   <si>
     <t>Calle Nueva, 23(oficina) Crta. Les Useres-La Barona km. 5</t>
   </si>
   <si>
     <t>bodegalesuseres.es</t>
   </si>
   <si>
     <t>Oficina de Turismo de Linares de Mora</t>
   </si>
   <si>
     <t>ot.linaresdemora@gmail.com</t>
   </si>
   <si>
     <t>Linares de Mora</t>
   </si>
   <si>
     <t>978 80 21 02</t>
   </si>
   <si>
     <t>Plaza Mayor, 1</t>
   </si>
   <si>
     <t>https://maps.app.goo.gl/NzcGeEgSiUHS7zdj6</t>
@@ -7343,156 +7496,165 @@
   <si>
     <t>Ayuntamiento de Linares de Mora</t>
   </si>
   <si>
     <t>aytolinares@hotmail.com</t>
   </si>
   <si>
     <t>978 802 001</t>
   </si>
   <si>
     <t>Calle Plaza, 1 (44412)</t>
   </si>
   <si>
     <t>http://www.linaresdemora.es</t>
   </si>
   <si>
     <t>Farmacia Juan Pedro Del Águila Martín. Linares De Mora, Teruel</t>
   </si>
   <si>
     <t>978 802 253</t>
   </si>
   <si>
     <t>Calle Parra, 1 (44412)</t>
   </si>
   <si>
-    <t>Bar Las Eras</t>
+    <t>Bar Las Eras, Linares de Mora</t>
+  </si>
+  <si>
+    <t>javigarnau@gmail.com</t>
   </si>
   <si>
     <t>630 07 12 99</t>
   </si>
   <si>
     <t>Calle Portal Alto, 19</t>
   </si>
   <si>
     <t>https://maps.app.goo.gl/SVcq5371e6rJDwJs8</t>
   </si>
   <si>
-    <t>Bar Fina</t>
+    <t>Bar Fina, Linares de Mora</t>
+  </si>
+  <si>
+    <t>editadavidcovaciu@gmail.com</t>
   </si>
   <si>
     <t>978 80 20 17</t>
   </si>
   <si>
     <t>Calle Escuela, 6</t>
   </si>
   <si>
-    <t>Supermercado Rosalía</t>
+    <t>Supermercado Rosalía, Linares de Mora</t>
+  </si>
+  <si>
+    <t>ginaroman84@yahoo.com</t>
   </si>
   <si>
     <t>978 80 20 03</t>
   </si>
   <si>
     <t>Calle Arzobispo, 3</t>
   </si>
   <si>
     <t>https://www.facebook.com/profile.php?id=100063480605092</t>
   </si>
   <si>
     <t>Ayuntamiento de Llaurí</t>
   </si>
   <si>
-    <t>llauri_alc@gva.es</t>
+    <t>info@llauri.org</t>
   </si>
   <si>
     <t>Llaurí</t>
   </si>
   <si>
     <t>962 560 468</t>
   </si>
   <si>
     <t>Calle La Font, 2 (46613)</t>
   </si>
   <si>
     <t>http://www.llauri.es</t>
   </si>
   <si>
     <t>Farmacia	Paula Esplugues Miralles. Llaurí, Valencia</t>
   </si>
   <si>
     <t>962 560 052</t>
   </si>
   <si>
     <t>Calle Iglesia, 24 (46613)</t>
   </si>
   <si>
     <t>Ayuntamiento de Llocnou de Sant Jeroni</t>
   </si>
   <si>
-    <t>llsantjeroni_ofi@gva.es</t>
+    <t>ajuntament@llocnoudesantjeroni.com</t>
   </si>
   <si>
     <t>Llocnou de Sant Jeroni</t>
   </si>
   <si>
     <t>962 896 011</t>
   </si>
   <si>
     <t>Calle Monestir de Cotalba, 1 (46726)</t>
   </si>
   <si>
     <t>http://www.llocnoudesantjeroni.es</t>
   </si>
   <si>
     <t>Farmacia Inmaculada Climent Riera. Llocnou de Sant Jeroni, Valencia</t>
   </si>
   <si>
     <t>962 896 006</t>
   </si>
   <si>
     <t>Carrer Carretera d'Almiserà, 1 (46726)</t>
   </si>
   <si>
     <t>Oficina de Turismo Llutxent</t>
   </si>
   <si>
     <t>llutxent@touristinfo.net</t>
   </si>
   <si>
     <t>Llutxent</t>
   </si>
   <si>
     <t>962 294 386</t>
   </si>
   <si>
     <t>Avenida de Valencia, 66 (46838)</t>
   </si>
   <si>
     <t>Ayuntamiento de Llutxent</t>
   </si>
   <si>
-    <t>llutxent.secretaria@cv.gva.es</t>
+    <t>informacio@llutxent.org</t>
   </si>
   <si>
     <t>962 294 001</t>
   </si>
   <si>
     <t>Calle Sant Domenech, 18 (46838)</t>
   </si>
   <si>
     <t>http://www.llutxent.es</t>
   </si>
   <si>
     <t>Farmacia	Javier Estruch Pons. Llutxent, Valencia</t>
   </si>
   <si>
     <t>962 294 186</t>
   </si>
   <si>
     <t>Calle Monte Santo, 54 (46838)</t>
   </si>
   <si>
     <t>Punto de Acogida Los Ausines</t>
   </si>
   <si>
     <t>Los Ausines</t>
   </si>
@@ -7622,50 +7784,53 @@
   <si>
     <t>Maluenda</t>
   </si>
   <si>
     <t>976 893 007</t>
   </si>
   <si>
     <t>Plaza del Cardenal Casanova, 1 (50340)</t>
   </si>
   <si>
     <t>http://www.maluenda.net</t>
   </si>
   <si>
     <t>Farmacia José Carlos Esteras Sebastian. Maluenda, Zaragoza</t>
   </si>
   <si>
     <t>976 893 003 / 976 890 315</t>
   </si>
   <si>
     <t>Calle Portal Alto, 23 (50340)</t>
   </si>
   <si>
     <t>Bodega Raíces Ibéricas</t>
   </si>
   <si>
+    <t>contact@raices.wine</t>
+  </si>
+  <si>
     <t>976 89 30 17</t>
   </si>
   <si>
     <t>Avenida Mudéjar, 61</t>
   </si>
   <si>
     <t>https://raicesibericas.com/</t>
   </si>
   <si>
     <t>Ayuntamiento de Mamolar</t>
   </si>
   <si>
     <t>mamolar@ayuntamiento.es</t>
   </si>
   <si>
     <t>Mamolar</t>
   </si>
   <si>
     <t>Calle Las Escuelas s/n, (09612)</t>
   </si>
   <si>
     <t>http://www.mamolar.es</t>
   </si>
   <si>
     <t>Ayuntamiento de Manchones, Zaragoza</t>
@@ -7688,51 +7853,51 @@
   <si>
     <t>ayuntamientodemandayona@gmail.com</t>
   </si>
   <si>
     <t>Mandayona</t>
   </si>
   <si>
     <t>949 305 002</t>
   </si>
   <si>
     <t>Calle Constitución, 1 (19294)</t>
   </si>
   <si>
     <t>Farmacia Ana Mª Ortego Gil. Mandayona, Guadalajara</t>
   </si>
   <si>
     <t>949 305 027</t>
   </si>
   <si>
     <t>Calle Pizarro, 22 (19294)</t>
   </si>
   <si>
     <t>Ayuntamiento de Manuel</t>
   </si>
   <si>
-    <t>manuel_pgm@gva.es</t>
+    <t>registre@manuel.es</t>
   </si>
   <si>
     <t>Manuel</t>
   </si>
   <si>
     <t>962 235 386</t>
   </si>
   <si>
     <t>Plaza Pascual Vidal, 14 (46660)</t>
   </si>
   <si>
     <t>http://www.manuel.es</t>
   </si>
   <si>
     <t>Farmacia Ferrer. Manuel, Valencia</t>
   </si>
   <si>
     <t>962 235 355</t>
   </si>
   <si>
     <t>Carrer Caixa d'Estalvis, 20 (46660)</t>
   </si>
   <si>
     <t>Ayuntamiento de Maranchón</t>
   </si>
@@ -7760,77 +7925,80 @@
   <si>
     <t>Calle Nueva, 1 (19280)</t>
   </si>
   <si>
     <t>Casa Rural El Rincón de la Fuente Vieja</t>
   </si>
   <si>
     <t>elrincondelafuentevieja@gmail.com</t>
   </si>
   <si>
     <t>619 41 43 27 606 31 87 27</t>
   </si>
   <si>
     <t>Plaza de Juan Antonio Bueno, 9</t>
   </si>
   <si>
     <t>http://www.elrincondelafuentevieja.es</t>
   </si>
   <si>
     <t>Casa Rural La Amistad</t>
   </si>
   <si>
     <t>jpbgdl@gmail.com</t>
   </si>
   <si>
-    <t>630 83 44 33</t>
+    <t>630 834 433</t>
   </si>
   <si>
     <t>Calle Subida a la Iglesia, 4</t>
   </si>
   <si>
     <t>https://www.instagram.com/la_amistad_maranchon/</t>
   </si>
   <si>
     <t>Bar Restaurante  la Nava</t>
   </si>
   <si>
     <t>maite-744@hotmail.com</t>
   </si>
   <si>
     <t>652 06 78 54</t>
   </si>
   <si>
     <t>Barrio nuevo, 17</t>
   </si>
   <si>
     <t>https://maps.app.goo.gl/u1bp49ESsAnUW5BdA</t>
   </si>
   <si>
     <t>Bar Marcos</t>
   </si>
   <si>
+    <t>alvaroalbacete90@gmail.com</t>
+  </si>
+  <si>
     <t>660 52 29 91 660 52 91 97</t>
   </si>
   <si>
     <t>Calle Nacional, 28</t>
   </si>
   <si>
     <t>Ayuntamiento de Martín del Río</t>
   </si>
   <si>
     <t>ayumartin@hotmail.com</t>
   </si>
   <si>
     <t>Martín del Río</t>
   </si>
   <si>
     <t>978 750 309</t>
   </si>
   <si>
     <t>Plaza Mayor, 1 (44750)</t>
   </si>
   <si>
     <t>http://www.martindelrio.es</t>
   </si>
   <si>
     <t>Farmacia Mª Paz Piquer Melendez. Martín Del Río, Teruel</t>
@@ -8018,51 +8186,51 @@
   <si>
     <t>http://www.lasretajas.com</t>
   </si>
   <si>
     <t>Hostal Restaurante Rafa</t>
   </si>
   <si>
     <t>Bar.rafa@gmail.com</t>
   </si>
   <si>
     <t>631 37 97 64</t>
   </si>
   <si>
     <t>Avenida Madrid, 32</t>
   </si>
   <si>
     <t>Ayuntamiento de Medranda</t>
   </si>
   <si>
     <t>medranda@local.jccm.es</t>
   </si>
   <si>
     <t>Medranda</t>
   </si>
   <si>
-    <t>949 892 640</t>
+    <t>949 824 023</t>
   </si>
   <si>
     <t>Plaza de España, 1 (19246)</t>
   </si>
   <si>
     <t>Ayuntamiento de Megina</t>
   </si>
   <si>
     <t>aytomegina@hotmail.com</t>
   </si>
   <si>
     <t>Megina</t>
   </si>
   <si>
     <t>949 836 191</t>
   </si>
   <si>
     <t>Calle Real, s/n (19315)</t>
   </si>
   <si>
     <t>Ayuntamiento de Meliana. Agencia Fomento Económico (AFE)</t>
   </si>
   <si>
     <t>afe@meliana.es</t>
   </si>
@@ -8246,50 +8414,53 @@
   <si>
     <t>Parada de Bus Molina de Aragón, Guadalajara</t>
   </si>
   <si>
     <t>Calle San Juan, 5 (19300)</t>
   </si>
   <si>
     <t>Hotel San Francisco</t>
   </si>
   <si>
     <t>sanfranciscomolina@gmail.com</t>
   </si>
   <si>
     <t>949 83 27 14</t>
   </si>
   <si>
     <t>Plaza San Francisco, 6</t>
   </si>
   <si>
     <t>http://www.hotelsanfranciscomolina.com</t>
   </si>
   <si>
     <t>Museo de Molina</t>
   </si>
   <si>
+    <t>Museosdemolina@gmail.com</t>
+  </si>
+  <si>
     <t>949 83 11 02</t>
   </si>
   <si>
     <t>Calle de Arriba, 1</t>
   </si>
   <si>
     <t>https://museosdemolina.es/?da_image=4768</t>
   </si>
   <si>
     <t>Hotel Casona Santa Rita</t>
   </si>
   <si>
     <t>Santarita1826@gmail.com</t>
   </si>
   <si>
     <t>661 91 99 39</t>
   </si>
   <si>
     <t>C/ Santa Rita, 26 (19300)</t>
   </si>
   <si>
     <t>https://www.casonasantarita.com/</t>
   </si>
   <si>
     <t>Ayuntamiento de Monforte de Moyuela, Teruel</t>
@@ -8654,65 +8825,50 @@
   <si>
     <t>964 13 10 79</t>
   </si>
   <si>
     <t>Carretera de tales, 28</t>
   </si>
   <si>
     <t>www.hotelrosaledadelmijares.com</t>
   </si>
   <si>
     <t>Hotel Restaurante El Palacio</t>
   </si>
   <si>
     <t>informacion@casapalacio.com</t>
   </si>
   <si>
     <t>964 13 12 93</t>
   </si>
   <si>
     <t>Calle San Vicente, 40</t>
   </si>
   <si>
     <t>https://www.casapalacio.com/</t>
   </si>
   <si>
-    <t>Albergue El Refugio (El Dharma)</t>
-[...13 lines deleted...]
-  <si>
     <t>Somos Aventura</t>
   </si>
   <si>
     <t>info@somosaventura.com</t>
   </si>
   <si>
     <t>+34 601 407 921</t>
   </si>
   <si>
     <t>Partida Corral de Prats, 17 | SOMOS AVENTURA</t>
   </si>
   <si>
     <t>https://somosaventura.com/</t>
   </si>
   <si>
     <t>Centro BTT Alto Mijares</t>
   </si>
   <si>
     <t>info@campuebla.es</t>
   </si>
   <si>
     <t>629 67 35 22</t>
   </si>
   <si>
     <t>Carretera de Tales 51 (12448)</t>
@@ -8843,74 +8999,83 @@
   <si>
     <t>978 806 132</t>
   </si>
   <si>
     <t>Calle Alta Montaña, s/n (44400)</t>
   </si>
   <si>
     <t>Farmacia	Santiago Borrás Tortajada. Mora de Rubielos, Teruel</t>
   </si>
   <si>
     <t>978 806 165</t>
   </si>
   <si>
     <t>Calle Rogelio Sánchez,10 (44400)</t>
   </si>
   <si>
     <t>Estación de Tren Mora de Rubielos, Teruel</t>
   </si>
   <si>
     <t>Calle Estación Mora, 1 (44477)</t>
   </si>
   <si>
     <t>Hotel La Trufa Negra</t>
   </si>
   <si>
+    <t>Info@latrufanegra.com</t>
+  </si>
+  <si>
     <t>978 80 71 44</t>
   </si>
   <si>
     <t>Calle Cuartel 6b</t>
   </si>
   <si>
     <t>https://www.latrufanegra.com/ofertas/</t>
   </si>
   <si>
     <t>Casa Rural 1340</t>
   </si>
   <si>
+    <t>info@casa1340.com</t>
+  </si>
+  <si>
     <t>608 64 08 88</t>
   </si>
   <si>
     <t>Calle Las Parras, 20</t>
   </si>
   <si>
     <t>http://www.casa1340.com/</t>
   </si>
   <si>
     <t>Hotel *** Mora</t>
   </si>
   <si>
+    <t>reserve.aragon@gargallohotels.es</t>
+  </si>
+  <si>
     <t>978 80 01 77</t>
   </si>
   <si>
     <t>Urbanización La Pinada, s/n</t>
   </si>
   <si>
     <t>http://www.hotelmorateruel.com/</t>
   </si>
   <si>
     <t>Oficina de Turismo Morella</t>
   </si>
   <si>
     <t>turisme@morella.net</t>
   </si>
   <si>
     <t>Morella</t>
   </si>
   <si>
     <t>964 173 032</t>
   </si>
   <si>
     <t>Plaza San Miguel, s/n (12300)</t>
   </si>
   <si>
     <t>www.morellaturistica.com</t>
@@ -8936,54 +9101,57 @@
   <si>
     <t>N-232 (Vinarós-Vitoria) km. 64 (12300)</t>
   </si>
   <si>
     <t>http://bit.ly/2kgVOec</t>
   </si>
   <si>
     <t>Farmacia	Digna Ramos Galindo. Morella, Castellón</t>
   </si>
   <si>
     <t>964 160 004</t>
   </si>
   <si>
     <t>Calle Blasco de Alagón, 4 (12300)</t>
   </si>
   <si>
     <t>Parada de Bus Morella, Castellón</t>
   </si>
   <si>
     <t>Portal de San Mateo, s/n (12300)</t>
   </si>
   <si>
     <t>NOVERINT Turismo y Arqueologia S.L</t>
   </si>
   <si>
+    <t>noverint.guias@gmail.com</t>
+  </si>
+  <si>
     <t>678 86 31 35</t>
   </si>
   <si>
-    <t>Calle Julián Prats nº 18</t>
+    <t>Calle Julián Prats, 18</t>
   </si>
   <si>
     <t>https://noverint.es/</t>
   </si>
   <si>
     <t>Hotel ** El Cid</t>
   </si>
   <si>
     <t>info@hotelelcidmorella.com</t>
   </si>
   <si>
     <t>964 160 125</t>
   </si>
   <si>
     <t>Puerta San Mateo, 3</t>
   </si>
   <si>
     <t>http://www.hotelelcidmorella.com</t>
   </si>
   <si>
     <t>Ayuntamiento de Morenilla</t>
   </si>
   <si>
     <t>morenilla@arenilla.es</t>
   </si>
@@ -9002,72 +9170,75 @@
   <si>
     <t>Mosqueruela</t>
   </si>
   <si>
     <t>978 807 007</t>
   </si>
   <si>
     <t>Plaza Mayor, 1 (44410)</t>
   </si>
   <si>
     <t>http://www.mosqueruela.es</t>
   </si>
   <si>
     <t>Farmacia Mª Amparo Sanchís Ramon. Mosqueruela, Teruel</t>
   </si>
   <si>
     <t>978 805 267</t>
   </si>
   <si>
     <t>Calle Cuesta de la Casica, 19 (44410)</t>
   </si>
   <si>
     <t>Oficina de Turismo de Mosqueruela</t>
   </si>
   <si>
+    <t>turismomosqueruela@hotmail.com</t>
+  </si>
+  <si>
     <t>978 80 70 07</t>
   </si>
   <si>
     <t>Ayuntamiento de Muduex</t>
   </si>
   <si>
     <t>ayuntamientodemuduex@hotmail.com</t>
   </si>
   <si>
     <t>Muduex</t>
   </si>
   <si>
     <t>949 323 426</t>
   </si>
   <si>
     <t>Plaza Mayor, 2 (19196)</t>
   </si>
   <si>
     <t>Ayuntamiento de Munébrega</t>
   </si>
   <si>
-    <t>munebrega@dpz.es</t>
+    <t>munebreg@dpz.es</t>
   </si>
   <si>
     <t>Munébrega</t>
   </si>
   <si>
     <t>976 895 003</t>
   </si>
   <si>
     <t>Calle Castillo, 2 (50219)</t>
   </si>
   <si>
     <t>http://www.munebrega.org</t>
   </si>
   <si>
     <t>Farmacia Sergio Gil Arribas. Munébrega, Zaragoza</t>
   </si>
   <si>
     <t>976 895 080</t>
   </si>
   <si>
     <t>Carretera Calatayud, 2  (50219)</t>
   </si>
   <si>
     <t>Casa Rural Mundóbriga</t>
   </si>
@@ -9104,77 +9275,86 @@
   <si>
     <t>ayuntamiento@navajas.es</t>
   </si>
   <si>
     <t>Navajas</t>
   </si>
   <si>
     <t>964 710 801</t>
   </si>
   <si>
     <t>Calle Valencia, 7 (12470)</t>
   </si>
   <si>
     <t>http://www.navajas.es</t>
   </si>
   <si>
     <t>Farmacia Sabina Villalba Montaner. Navajas, Castellón</t>
   </si>
   <si>
     <t>964 710 308</t>
   </si>
   <si>
     <t>Calle San Gil, 5  (12470)</t>
   </si>
   <si>
-    <t>1893 Hotel</t>
+    <t>1893 Hotel, Navajas</t>
+  </si>
+  <si>
+    <t>info@1893hotel.com</t>
   </si>
   <si>
     <t>690 72 32 03</t>
   </si>
   <si>
     <t>Calle Esperanza, 2</t>
   </si>
   <si>
     <t>https://1893hotel.com/</t>
   </si>
   <si>
     <t>Casa Rural San Rafael</t>
   </si>
   <si>
+    <t>gestionalquiler@outlook.com</t>
+  </si>
+  <si>
     <t>646 02 13 38</t>
   </si>
   <si>
     <t>Calle Valencia, 31</t>
   </si>
   <si>
     <t>http://www.casa-sanrafael.com</t>
   </si>
   <si>
     <t>Oficina de Turismo de Navajas</t>
   </si>
   <si>
+    <t>navajasturismo@gmail.com</t>
+  </si>
+  <si>
     <t>964 71 39 13</t>
   </si>
   <si>
     <t>Plaza del Olmo, 1</t>
   </si>
   <si>
     <t>https://www.facebook.com/touristinfo.navajas/?locale=es_ES</t>
   </si>
   <si>
     <t>Camping Altomira</t>
   </si>
   <si>
     <t>Reservas@campingaltomira.com</t>
   </si>
   <si>
     <t>964 71 32 11</t>
   </si>
   <si>
     <t>CV - 213 KM1 (12470)</t>
   </si>
   <si>
     <t>www.campingaltomira.com</t>
   </si>
   <si>
     <t>Estación Tren Navarrete del Río, Teruel</t>
@@ -9194,80 +9374,80 @@
   <si>
     <t>Noguera de Albarracín</t>
   </si>
   <si>
     <t>978 706 150</t>
   </si>
   <si>
     <t>Calle Dominguera, 25 (44113)</t>
   </si>
   <si>
     <t>Oficina de Turismo Nogueruelas, Teruel</t>
   </si>
   <si>
     <t>nogueruelasturismo@gmail.com</t>
   </si>
   <si>
     <t>Nogueruelas</t>
   </si>
   <si>
     <t>978 804 602</t>
   </si>
   <si>
     <t>Calle Horno, 2 (44414)</t>
   </si>
   <si>
+    <t>Hostal** La Casa Grande. Nogueruelas, Teruel</t>
+  </si>
+  <si>
+    <t>info@hostallacasagrande.es</t>
+  </si>
+  <si>
+    <t>978 804 109 / 609 137 843</t>
+  </si>
+  <si>
+    <t>Calle Hispano América, 2 (44414)</t>
+  </si>
+  <si>
+    <t>http://www.hostallacasagrande.es</t>
+  </si>
+  <si>
     <t>Ayuntamiento de Nogueruelas</t>
   </si>
   <si>
-    <t>ayuntnogueruelas@yahoo.es</t>
+    <t>nogueruelas@gudarjavalambre.es</t>
   </si>
   <si>
     <t>978 804 101</t>
   </si>
   <si>
     <t>Plaza Mayor, 1 (44414)</t>
   </si>
   <si>
     <t>https://www.nogueruelas.es/</t>
   </si>
   <si>
-    <t>Hostal** La Casa Grande. Nogueruelas, Teruel</t>
-[...13 lines deleted...]
-  <si>
     <t>Tourist Info Novelda</t>
   </si>
   <si>
     <t>novelda@touristinfo.net</t>
   </si>
   <si>
     <t>Novelda</t>
   </si>
   <si>
     <t>965 60 92 28</t>
   </si>
   <si>
     <t>Calle Mayor, 6</t>
   </si>
   <si>
     <t>https://turismo.novelda.es/</t>
   </si>
   <si>
     <t>Ayuntamiento de Novelda</t>
   </si>
   <si>
     <t>secretaria@novelda.es</t>
   </si>
   <si>
     <t>965 602 690</t>
@@ -9296,159 +9476,171 @@
   <si>
     <t>Calle Emilio Castelar, 43 - 1º</t>
   </si>
   <si>
     <t>http://hostal-residencia-pasaje.novelda.hotels-costa-blanca.com/es/</t>
   </si>
   <si>
     <t>Brillante Sol apartamentos</t>
   </si>
   <si>
     <t>benahoare21@gmail.com</t>
   </si>
   <si>
     <t>663 83 81 62</t>
   </si>
   <si>
     <t>Calle ose Luís Gómez Navarro, 2</t>
   </si>
   <si>
     <t>https://www.apartamentosturisticosbs.com/</t>
   </si>
   <si>
     <t>Vertigen Adventures</t>
   </si>
   <si>
+    <t>vertigenaventures@gmail.com</t>
+  </si>
+  <si>
     <t>632 18 04 53</t>
   </si>
   <si>
     <t>Calle Luis Vives, 116-1er A</t>
   </si>
   <si>
     <t>https://vertigenaventures.com/?gad_source=1&amp;gclid=Cj0KCQjw-5y1BhC-ARIsAAM_oKkB-Szu_gfY4BihT6vc5CtTkiRlSX5eYuu04GKMFJOqa4Ezb59f2F8aAoBcEALw_wcB</t>
   </si>
   <si>
     <t>Explora plus</t>
   </si>
   <si>
+    <t>exploraplus@zafirotours.es</t>
+  </si>
+  <si>
     <t>Plaza de España, 13</t>
   </si>
   <si>
     <t>https://www.explora-plus.com/</t>
   </si>
   <si>
     <t>Ayuntamiento de Nules</t>
   </si>
   <si>
     <t>Nules</t>
   </si>
   <si>
     <t>964 670 001</t>
   </si>
   <si>
     <t>Plaza Mayor, 1 (12520)</t>
   </si>
   <si>
     <t>http://www.nules.es</t>
   </si>
   <si>
     <t>Área de Servicio y Parking de autocaravanas Costa de Levante Nules (ASP)</t>
   </si>
   <si>
     <t>658 511 507</t>
   </si>
   <si>
     <t>Cami de les Serratelles, 64 (12520)</t>
   </si>
   <si>
     <t>http://bit.ly/2jXkJCJ</t>
   </si>
   <si>
     <t>Oficina de Turismo dde Nules</t>
   </si>
   <si>
+    <t>turisme@nules.es</t>
+  </si>
+  <si>
     <t>664 10 67 82</t>
   </si>
   <si>
     <t>Plaza de Nules, 1</t>
   </si>
   <si>
     <t>www.nules.org</t>
   </si>
   <si>
     <t>Ayuntamiento de Olba</t>
   </si>
   <si>
     <t>aytoolba@aragon.es</t>
   </si>
   <si>
     <t>Olba</t>
   </si>
   <si>
     <t>978 781 375</t>
   </si>
   <si>
     <t>Plaza Ayuntamiento, 1 (44479)</t>
   </si>
   <si>
     <t>https://www.olba.es/</t>
   </si>
   <si>
-    <t>Casa Macán</t>
+    <t>Casa Macán, Olba</t>
+  </si>
+  <si>
+    <t>femarfue@gmail.com</t>
   </si>
   <si>
     <t>627 60 65 77</t>
   </si>
   <si>
     <t>Calle Mayor, 9</t>
   </si>
   <si>
     <t>https://lacasamacan.com/</t>
   </si>
   <si>
     <t>Oficina de Turismo de Oliva</t>
   </si>
   <si>
     <t>oliva@touristinfo.net</t>
   </si>
   <si>
     <t>Oliva</t>
   </si>
   <si>
     <t>962 85 55 28</t>
   </si>
   <si>
     <t>Paseo Luis Vive, s/n</t>
   </si>
   <si>
     <t>www.Olivaturismo.com</t>
   </si>
   <si>
     <t>Ayuntamiento de Oliva</t>
   </si>
   <si>
-    <t>alcaldia.oliva@cv.gva.es</t>
+    <t>info@oliva.es</t>
   </si>
   <si>
     <t>962 850 250</t>
   </si>
   <si>
     <t>Plaça de l'Ajuntament, 1 (46780)</t>
   </si>
   <si>
     <t>http://www.oliva.es</t>
   </si>
   <si>
     <t>Oficina de Turismo de Olocau</t>
   </si>
   <si>
     <t>tourist.info@olocau.es</t>
   </si>
   <si>
     <t>Olocau</t>
   </si>
   <si>
     <t>672 79 44 04</t>
   </si>
   <si>
     <t>Calle Sant Josep, 28</t>
   </si>
@@ -9500,56 +9692,62 @@
   <si>
     <t>Farmacia Martínez Zarzo. Olocau del Rey, Castellón</t>
   </si>
   <si>
     <t>964 178 510</t>
   </si>
   <si>
     <t>Carretera Cantavieja, 2 (12312)</t>
   </si>
   <si>
     <t>La Casa del Llano</t>
   </si>
   <si>
     <t>608 34 97 92</t>
   </si>
   <si>
     <t>Plaza Constitución, 5 - 2º piso</t>
   </si>
   <si>
     <t>En proceso</t>
   </si>
   <si>
     <t>La Casa del Estanque</t>
   </si>
   <si>
+    <t>lacasadelllano1@gmail.com</t>
+  </si>
+  <si>
     <t>609 34 97 92</t>
   </si>
   <si>
     <t>Casa Rural Angelita</t>
   </si>
   <si>
+    <t>info@turismoruralinterior.com</t>
+  </si>
+  <si>
     <t>679 04 76 01</t>
   </si>
   <si>
     <t>Calle en Proyecto, s/n</t>
   </si>
   <si>
     <t>https://turismoruralinterior.com/alojamientos/</t>
   </si>
   <si>
     <t>Casa Rural Tío Juan</t>
   </si>
   <si>
     <t>raquel.gazulla@gmail.com</t>
   </si>
   <si>
     <t>680 04 76 01</t>
   </si>
   <si>
     <t>Calle San Roque, 2</t>
   </si>
   <si>
     <t>Tourist info Olocau del Rey</t>
   </si>
   <si>
     <t>infoturismoolocaudelrey@gmail.com</t>
@@ -9626,120 +9824,126 @@
   <si>
     <t>Calle El Plá, 1 (12200)</t>
   </si>
   <si>
     <t>http://www.onda.es</t>
   </si>
   <si>
     <t>Parada de Bus Onda, Castellón</t>
   </si>
   <si>
     <t>Avenida Montendre (12200)</t>
   </si>
   <si>
     <t>Área de Servicio y Parking de autocaravanas Onda (ASP)</t>
   </si>
   <si>
     <t>Camino Fanzara, s/n (12200)</t>
   </si>
   <si>
     <t>https://bit.ly/2YFreRs</t>
   </si>
   <si>
     <t>Gran Hotel ** Toledo</t>
   </si>
   <si>
+    <t>info@granhoteltoledo.com</t>
+  </si>
+  <si>
     <t>964 60 09 72</t>
   </si>
   <si>
     <t>Calle Argelita , 20</t>
   </si>
   <si>
     <t>http://www.granhoteltoledo.com</t>
   </si>
   <si>
     <t>Museo del Azulejo de Onda</t>
   </si>
   <si>
+    <t>onda@touristinfo.net</t>
+  </si>
+  <si>
     <t>964 77 08 73</t>
   </si>
   <si>
     <t>Calle París, s/n</t>
   </si>
   <si>
     <t>https://www.ondaturismo.es/onda/web_php/index.php?lang=1</t>
   </si>
   <si>
     <t>Oficina de Turismo Castillo Onda</t>
   </si>
   <si>
-    <t>onda@touristinfo.net</t>
-[...1 lines deleted...]
-  <si>
     <t>964 77 66 88</t>
   </si>
   <si>
     <t>Calle Jaén, s/n</t>
   </si>
   <si>
     <t>https://www.ondaturismo.es</t>
   </si>
   <si>
     <t>Restaurante El Cid</t>
   </si>
   <si>
+    <t>juan@restauranteelcid.com</t>
+  </si>
+  <si>
     <t>964 60 00 45</t>
   </si>
   <si>
     <t>Pasaje Algueró, Calle Mare de Déu del Carme, 13</t>
   </si>
   <si>
     <t>http://www.restauranteelcid.com/</t>
   </si>
   <si>
     <t>Oficina de Turismo de Ontinyent</t>
   </si>
   <si>
     <t>ontinyent@touristinfo.net</t>
   </si>
   <si>
     <t>Ontinyent</t>
   </si>
   <si>
     <t>962 91 60 90</t>
   </si>
   <si>
     <t>Plaza de San Roque, 36</t>
   </si>
   <si>
     <t>https://turisme.ontinyent.es/ontinyent/web_php/index.php?lang=1</t>
   </si>
   <si>
     <t>Ayuntamiento de Ontinyent</t>
   </si>
   <si>
-    <t>ontinyent@cv.gva.es</t>
+    <t>ajuntament@ontinyent.es</t>
   </si>
   <si>
     <t>962 918 200</t>
   </si>
   <si>
     <t>Plaça Major , 1 (46870)</t>
   </si>
   <si>
     <t>http://www.ontinyent.es</t>
   </si>
   <si>
     <t>Oficina de Turismo de Val d´Albaida</t>
   </si>
   <si>
     <t>valldalbaida@touristinfo.net</t>
   </si>
   <si>
     <t>962 91 15 32</t>
   </si>
   <si>
     <t>Avenida de San Francesc, 8</t>
   </si>
   <si>
     <t>http://www.valldalbaida.com</t>
   </si>
@@ -9755,62 +9959,68 @@
   <si>
     <t>962 989 200</t>
   </si>
   <si>
     <t>Avenida de Francisco Cerda, 3 (46870)</t>
   </si>
   <si>
     <t>Lazypedals</t>
   </si>
   <si>
     <t>info@lazypedals.com</t>
   </si>
   <si>
     <t>676 82 75 66</t>
   </si>
   <si>
     <t>Calle José Simo Marín, 6-9</t>
   </si>
   <si>
     <t>http://www.lazypedals.com</t>
   </si>
   <si>
     <t>Embotits Casa Vicent</t>
   </si>
   <si>
+    <t>info@embotitscasavicent.es</t>
+  </si>
+  <si>
     <t>962 28 30 36</t>
   </si>
   <si>
     <t>Calle Músico Martínez Valls, 67</t>
   </si>
   <si>
     <t>http://embotitscasavicent.es/situacion.html</t>
   </si>
   <si>
     <t>Bodegas Angosto</t>
   </si>
   <si>
+    <t>info@bodegaelangosto.com</t>
+  </si>
+  <si>
     <t>962 38 06 38</t>
   </si>
   <si>
     <t>Finca Santa Rosa Carretera Fontanars</t>
   </si>
   <si>
     <t>https://www.bodegaelangosto.com/</t>
   </si>
   <si>
     <t>Ayuntamiento de Orea</t>
   </si>
   <si>
     <t>ayto_orea@hotmail.com</t>
   </si>
   <si>
     <t>Orea</t>
   </si>
   <si>
     <t>949 836 001</t>
   </si>
   <si>
     <t>Plaza Constitución, 1 (19311)</t>
   </si>
   <si>
     <t>Centro de Visitantes Sequero de Orea</t>
@@ -9833,51 +10043,51 @@
   <si>
     <t>965 30 46 45 965 30 27 47</t>
   </si>
   <si>
     <t>Calle Marqués de Arneva, 1</t>
   </si>
   <si>
     <t>https://www.orihuelaturistica.es</t>
   </si>
   <si>
     <t>Oficina de Turismo Orihuela Playa</t>
   </si>
   <si>
     <t>orihuelaplaya@touristinfo.net</t>
   </si>
   <si>
     <t>966 76 00 00</t>
   </si>
   <si>
     <t>Plaza del Oriol, s/n Urbanización Playa Flamenca, 1</t>
   </si>
   <si>
     <t>Ayuntamiento de Orihuela</t>
   </si>
   <si>
-    <t>alcaldia@aytoorihuela.com</t>
+    <t>info@orihuela.es</t>
   </si>
   <si>
     <t>966 736 864</t>
   </si>
   <si>
     <t>Plaza Marqués de Arneva, 1 (03300)</t>
   </si>
   <si>
     <t>http://www.orihuela.es</t>
   </si>
   <si>
     <t>Tourist Info Orihuela Renfe. Orihuela, Alicante</t>
   </si>
   <si>
     <t>orihuela_renfe@touristinfo.net</t>
   </si>
   <si>
     <t>965 301 947</t>
   </si>
   <si>
     <t>Avenida Teodomiro, 68 (03300)</t>
   </si>
   <si>
     <t>Estación de Tren Miguel Hernández. Orihuela, Alicante</t>
   </si>
@@ -9998,50 +10208,53 @@
   <si>
     <t>jiloca@dpz.es</t>
   </si>
   <si>
     <t>Paracuellos de Jiloca</t>
   </si>
   <si>
     <t>976 883 230</t>
   </si>
   <si>
     <t>Plaza de Santiago Gutiérrez, 1 (50342)</t>
   </si>
   <si>
     <t>Farmacia Ana Reyes Castillo Fernández. 	Paracuellos de Jiloca, Zaragoza</t>
   </si>
   <si>
     <t>976 883 823</t>
   </si>
   <si>
     <t>Calle Real, 4 (50342)</t>
   </si>
   <si>
     <t>Centro de visitantes Parque Natural Barranco del Río Dulce</t>
   </si>
   <si>
+    <t>actividades.ci@geacam.com</t>
+  </si>
+  <si>
     <t>Pelegrina</t>
   </si>
   <si>
     <t>648 58 73 45</t>
   </si>
   <si>
     <t>https://areasprotegidas.castillalamancha.es/barranco-del-rio-dulce</t>
   </si>
   <si>
     <t>Casa Rural Martínez</t>
   </si>
   <si>
     <t>pau_bixin@hotmail.com</t>
   </si>
   <si>
     <t>Peñacoba</t>
   </si>
   <si>
     <t>652 03 57 76</t>
   </si>
   <si>
     <t>Calle Alta, 2</t>
   </si>
   <si>
     <t>Bar La Fragua. Peñalba de Castro</t>
@@ -10172,50 +10385,53 @@
   <si>
     <t>678 06 14 19</t>
   </si>
   <si>
     <t>Plaza de Baix, 10</t>
   </si>
   <si>
     <t>www.turismopetrer.es</t>
   </si>
   <si>
     <t>Ayuntamiento de Petrer</t>
   </si>
   <si>
     <t>966 989 400</t>
   </si>
   <si>
     <t>Plaza del Baix, 1 (03610)</t>
   </si>
   <si>
     <t>http://www.petrer.es</t>
   </si>
   <si>
     <t>La bodegueta de Petrer</t>
   </si>
   <si>
+    <t>labodeguetaderomero@gmail.com</t>
+  </si>
+  <si>
     <t>966 95 00 45</t>
   </si>
   <si>
     <t>Carrer Pintor Zuloaga,1 Bajo</t>
   </si>
   <si>
     <t>https://la-bodegueta-petrer.ueniweb.com/?utm_campaign=gmb</t>
   </si>
   <si>
     <t>Ayuntamiento de Petrés</t>
   </si>
   <si>
     <t>petres_alc@gva.es</t>
   </si>
   <si>
     <t>Petrés</t>
   </si>
   <si>
     <t>962 620 301</t>
   </si>
   <si>
     <t>Calle Concepción, 1 (46501)</t>
   </si>
   <si>
     <t>http://www.petres.es</t>
@@ -10259,69 +10475,69 @@
   <si>
     <t>949 892 722</t>
   </si>
   <si>
     <t>Plaza Mayor, 2 (19246)</t>
   </si>
   <si>
     <t>http://www.pinilladejadraque.es</t>
   </si>
   <si>
     <t>Punto de Acogida Pinilla de Molina</t>
   </si>
   <si>
     <t>Pinilla de Molina</t>
   </si>
   <si>
     <t>949 831 763 / 680 220 053</t>
   </si>
   <si>
     <t>Calle Plaza de la Fuente Vieja, 1</t>
   </si>
   <si>
     <t>Ayuntamiento de Plou</t>
   </si>
   <si>
-    <t>ploteruel@gmail.com</t>
+    <t>aytoplou@aragon.es</t>
   </si>
   <si>
     <t>Plou</t>
   </si>
   <si>
     <t>978 810 325</t>
   </si>
   <si>
     <t>Calle San Vicente, s/n (44213)</t>
   </si>
   <si>
     <t>http://www.plouteruel.com</t>
   </si>
   <si>
     <t>Ayuntamiento de Portell de Morella</t>
   </si>
   <si>
-    <t>aytoportell@gva.es</t>
+    <t>notificaciones@portelldemorella.es</t>
   </si>
   <si>
     <t>Portell de Morella</t>
   </si>
   <si>
     <t>964 178 779</t>
   </si>
   <si>
     <t>Calle Mayor, 8 (12318)</t>
   </si>
   <si>
     <t>http://www.portelldemorella.es</t>
   </si>
   <si>
     <t>Farmacia Francisco Javier Jordan Moros. Portell de Morella, Castellón</t>
   </si>
   <si>
     <t>964 178 788</t>
   </si>
   <si>
     <t>Calle Nueva, 1 (12318)</t>
   </si>
   <si>
     <t>Ayuntamiento de Pozuel del Campo</t>
   </si>
@@ -10463,138 +10679,144 @@
   <si>
     <t>La Casa del Peregrino. Quintanarraya, Burgos</t>
   </si>
   <si>
     <t>quintanarraya@diputaciondeburgos.net</t>
   </si>
   <si>
     <t>Quintanarraya</t>
   </si>
   <si>
     <t>677 504 970</t>
   </si>
   <si>
     <t>Calle Las Escuelas, 8 (09454)</t>
   </si>
   <si>
     <t>Ayuntamiento de Quintanarraya</t>
   </si>
   <si>
     <t>Avenida Alonso López, 1 (09454)</t>
   </si>
   <si>
     <t>Ayuntamiento de Quintanas de Gormaz</t>
   </si>
   <si>
+    <t>quintanasgormaz@dipsoria.es</t>
+  </si>
+  <si>
     <t>Quintanas de Gormaz</t>
   </si>
   <si>
     <t>975 340 978</t>
   </si>
   <si>
     <t>Plaza Mayor, 1 (42313)</t>
   </si>
   <si>
     <t>https://www.quintanasdegormaz.es/</t>
   </si>
   <si>
     <t>Casa Rural *** Patiño</t>
   </si>
   <si>
     <t>gestebanz@hotmail.com</t>
   </si>
   <si>
     <t>975 34 57 17 636 58 11 11</t>
   </si>
   <si>
     <t>Calle el Oscuro, 2</t>
   </si>
   <si>
     <t>http://www.casapatino.com</t>
   </si>
   <si>
     <t>Restaurante Las Fuentes</t>
   </si>
   <si>
     <t>davidemilio22569@gmail.com</t>
   </si>
   <si>
     <t>678 12 90 95</t>
   </si>
   <si>
     <t>Plaza mayor, 2</t>
   </si>
   <si>
     <t>https://www.facebook.com/p/Bar-restaurante-las-fuentes-100076155261026/?locale=es_ES</t>
   </si>
   <si>
     <t>Taberna La Ermita</t>
   </si>
   <si>
+    <t>davidmulla011267@gmail.com</t>
+  </si>
+  <si>
     <t>Quintanilla de las Viñas</t>
   </si>
   <si>
     <t>947 56 93 42</t>
   </si>
   <si>
     <t>Calle Ancha n.3</t>
   </si>
   <si>
     <t>www.instagram.com/tabernalaermitaquintanivinas</t>
   </si>
   <si>
     <t>Ayuntamiento de Quintanilla Vivar</t>
   </si>
   <si>
     <t>quintanillavivar@diputaciondeburgos.net</t>
   </si>
   <si>
     <t>Quintanilla Vivar</t>
   </si>
   <si>
     <t>947 292 107</t>
   </si>
   <si>
     <t>Calle Real, 17 (09140)</t>
   </si>
   <si>
     <t>http://www.quintanillavivar.es/</t>
   </si>
   <si>
     <t>Farmacia Mª Mercedes Ontiyuelo Parada. Quintanilla Vivar, Burgos</t>
   </si>
   <si>
     <t> 947 292 307</t>
   </si>
   <si>
     <t>Calle la Iglesia, 4, (09140)</t>
   </si>
   <si>
     <t>Ayuntamiento de Rafelcofer</t>
   </si>
   <si>
-    <t>rafelcofer@cv.gva.es</t>
+    <t>ajuntament@rafelcofer.es</t>
   </si>
   <si>
     <t>Rafelcofer</t>
   </si>
   <si>
     <t>962 800 368</t>
   </si>
   <si>
     <t>Calle Mayor, 45 (46716)</t>
   </si>
   <si>
     <t>http://www.rafelcofer.es</t>
   </si>
   <si>
     <t>Farmacia	María Dolores Barber Frasquet. Rafelcofer, Valencia</t>
   </si>
   <si>
     <t>962 800 316</t>
   </si>
   <si>
     <t>Calle Mayor, 27 (46716)</t>
   </si>
   <si>
     <t>Ayuntamiento de Recuerda</t>
   </si>
@@ -10619,51 +10841,51 @@
   <si>
     <t>975 343 960</t>
   </si>
   <si>
     <t>Calle Herraderos, 16 (42313)</t>
   </si>
   <si>
     <t>Biblioteca Municipal Redován</t>
   </si>
   <si>
     <t>josefa.ibanez@redovan.es</t>
   </si>
   <si>
     <t>Redován</t>
   </si>
   <si>
     <t>966 754 263</t>
   </si>
   <si>
     <t>Calle San Jerónimo, 1 (03370)</t>
   </si>
   <si>
     <t>Ayuntamiento de Redován</t>
   </si>
   <si>
-    <t>redovan@dip-alicante.es</t>
+    <t>admon@redovan.es</t>
   </si>
   <si>
     <t>966 754 025</t>
   </si>
   <si>
     <t>Plaza del Ayuntamiento, 1 (03370)</t>
   </si>
   <si>
     <t>https://www.redovan.es/</t>
   </si>
   <si>
     <t>Ayuntamiento de Retortillo de Soria</t>
   </si>
   <si>
     <t>retortillo@dipsoria.es</t>
   </si>
   <si>
     <t>Retortillo de Soria</t>
   </si>
   <si>
     <t>975 345 010</t>
   </si>
   <si>
     <t>Calle La Fuente, s/n (42315)</t>
   </si>
@@ -10721,95 +10943,104 @@
   <si>
     <t>https://www.retuerta.es</t>
   </si>
   <si>
     <t>Ayuntamiento de Revilla del Campo</t>
   </si>
   <si>
     <t>revilladelcampo@diputaciondeburgos.net</t>
   </si>
   <si>
     <t>Revilla del Campo</t>
   </si>
   <si>
     <t>947 420 040</t>
   </si>
   <si>
     <t>Plaza del Ayuntamiento, 1 (09194)</t>
   </si>
   <si>
     <t>http://www.revilladelcampo.es</t>
   </si>
   <si>
     <t>Bar Revilla del Campo</t>
   </si>
   <si>
+    <t>alvarymaria@hotmail.com</t>
+  </si>
+  <si>
     <t>947 42 00 51</t>
   </si>
   <si>
     <t>C. San Juan 139</t>
   </si>
   <si>
     <t>Cantina Revilla del Campo</t>
   </si>
   <si>
+    <t>mimi92nt@gmail.com</t>
+  </si>
+  <si>
     <t>672 28 54 44</t>
   </si>
   <si>
     <t>Plaza del ayuntamiento, 1</t>
   </si>
   <si>
     <t>Ayuntamiento de Ribesalbes</t>
   </si>
   <si>
     <t>info@ribesalbes.es</t>
   </si>
   <si>
     <t>Ribesalbes</t>
   </si>
   <si>
     <t>964 625 001</t>
   </si>
   <si>
     <t>Plaza Nueva, 1 (12210)</t>
   </si>
   <si>
     <t>http://www.ribesalbes.es</t>
   </si>
   <si>
     <t>Farmacia	Eva Gil Catalá. Ribesalbes, Castellón</t>
   </si>
   <si>
     <t>964 625 265</t>
   </si>
   <si>
     <t>Calle Castellón, 21 (12210)</t>
   </si>
   <si>
     <t>Museo de la Baronía, Ribesalbes</t>
   </si>
   <si>
+    <t>museobaroniaribesalbes@gmail.com</t>
+  </si>
+  <si>
     <t>964 62 50 01</t>
   </si>
   <si>
     <t>Calle Escuelas, 20</t>
   </si>
   <si>
     <t>Ayuntamiento de Robledo de Corpes</t>
   </si>
   <si>
     <t>aytorobledodecorpes@gmail.com</t>
   </si>
   <si>
     <t>Robledo de Corpes</t>
   </si>
   <si>
     <t>949 899 910</t>
   </si>
   <si>
     <t>Plaza Mayor, 4 (19243)</t>
   </si>
   <si>
     <t>Ayuntamiento de Romanillos de Atienza</t>
   </si>
   <si>
     <t>romanillosdeatienza@ayuntamiento.es</t>
@@ -10913,74 +11144,83 @@
   <si>
     <t>Avenida de los Mártires, s/n (44415)</t>
   </si>
   <si>
     <t>http://www.hotelrubielos.com</t>
   </si>
   <si>
     <t>Hotel Los Leones. Rubielos de Mora, Teruel</t>
   </si>
   <si>
     <t>hotel@losleones.info</t>
   </si>
   <si>
     <t>978 804 477</t>
   </si>
   <si>
     <t>Plaza de Ygual y Gil, 3 (44415)</t>
   </si>
   <si>
     <t>http://www.losleones.info</t>
   </si>
   <si>
     <t>Vivienda de Turismo Rural La Casa El Irlandés.</t>
   </si>
   <si>
+    <t>gestion@carcinco.com.</t>
+  </si>
+  <si>
     <t>978 80 43 40 649 61 26 35 607 32 19 06</t>
   </si>
   <si>
     <t>Calle los Cubos, 44</t>
   </si>
   <si>
     <t>http://www.casairlandes.es/</t>
   </si>
   <si>
-    <t>Oficina de Turismo</t>
+    <t>Oficina de Turismo Rubielos de Mora</t>
+  </si>
+  <si>
+    <t>turismo@aytorubielosdemora.com</t>
   </si>
   <si>
     <t>978 80 40 96</t>
   </si>
   <si>
     <t>Plaza Hispano América, 1</t>
   </si>
   <si>
     <t>www.rubielosdemora.es</t>
   </si>
   <si>
     <t>Restaurante Los Tilos</t>
   </si>
   <si>
+    <t>manolo@casamatarubielos.com</t>
+  </si>
+  <si>
     <t>978 80 42 36</t>
   </si>
   <si>
     <t>Avenida de los Mártires, s/n</t>
   </si>
   <si>
     <t>www.hotelrubielos.com</t>
   </si>
   <si>
     <t>Hostal Masía del Cura</t>
   </si>
   <si>
     <t>info@masiadelcura.com</t>
   </si>
   <si>
     <t>623 28 88 62 / 978 07 63 99</t>
   </si>
   <si>
     <t>Carretera de Nogueruelas, Km. 2 (44415)</t>
   </si>
   <si>
     <t>www.masiadelcura.com</t>
   </si>
   <si>
     <t>Oficina de Turismo Sagunto</t>
@@ -11015,60 +11255,66 @@
   <si>
     <t>Estación de Tren Sagunto, Valencia</t>
   </si>
   <si>
     <t>Calle Vía Férrea, s/n (46500)</t>
   </si>
   <si>
     <t>Parada de Bus Sagunto, Valencia.</t>
   </si>
   <si>
     <t>Parada de Bus. Avenida Sants de la Pedra</t>
   </si>
   <si>
     <t>Hospital de Sagunto. Sagunto, Valencia</t>
   </si>
   <si>
     <t>962 339 300</t>
   </si>
   <si>
     <t>Calle Ramón y Cajal, 46 (46520)</t>
   </si>
   <si>
     <t>Teide rooms</t>
   </si>
   <si>
+    <t>direccion@teiderooms.com</t>
+  </si>
+  <si>
     <t>962 67 22 44</t>
   </si>
   <si>
     <t>Avenida Nueve de Octubre, 53</t>
   </si>
   <si>
     <t>https://teiderooms.com/</t>
   </si>
   <si>
-    <t>Celia Peris Visitsas Guiadas</t>
+    <t>Celia Peris Visitas Guiadas</t>
+  </si>
+  <si>
+    <t>info@celiaperisvisitasguiadas.com</t>
   </si>
   <si>
     <t>675 42 07 59</t>
   </si>
   <si>
     <t>Calle Churruca 14, esc dcha 6-22</t>
   </si>
   <si>
     <t>www.celiaperisvisitasguiadas.com</t>
   </si>
   <si>
     <t>Hotel Barú</t>
   </si>
   <si>
     <t>recepcion@hotelbaru.es</t>
   </si>
   <si>
     <t>621 14 78 42</t>
   </si>
   <si>
     <t>Calle Felisa Longas, 1 (46520)</t>
   </si>
   <si>
     <t>www.hotelbaru.es</t>
   </si>
@@ -11546,78 +11792,87 @@
   <si>
     <t>http://www.taxisviaverde.com</t>
   </si>
   <si>
     <t>Área de Servicio y Parking de autocaravanas Segorbe (ASP)</t>
   </si>
   <si>
     <t>964 713 254</t>
   </si>
   <si>
     <t>Paseo del Ferrocarril, s/n (12400)</t>
   </si>
   <si>
     <t>http://bit.ly/2kNzzQh</t>
   </si>
   <si>
     <t>Estación de Tren Segorbe, Castellón</t>
   </si>
   <si>
     <t>Explanada Estación, 2 (12400)</t>
   </si>
   <si>
     <t>Casa Rural Argen</t>
   </si>
   <si>
+    <t>casaargen@gmail.com</t>
+  </si>
+  <si>
     <t>637 83 45 02 605 20 17 05</t>
   </si>
   <si>
     <t>Calle Barrimoral, 4</t>
   </si>
   <si>
     <t>http://www.casaargen.com/</t>
   </si>
   <si>
     <t>Hotel ** Millán</t>
   </si>
   <si>
+    <t>info@hotelmillan.com</t>
+  </si>
+  <si>
     <t>964 13 52 25</t>
   </si>
   <si>
     <t>Autovía Levante/Aragón, Km 23</t>
   </si>
   <si>
     <t>http://wwww.hotelmillan.com</t>
   </si>
   <si>
-    <t>Centros de Interpretación de Segorbe</t>
-[...5 lines deleted...]
-    <t>Plaza Alto Palancia, 3</t>
+    <t>Oficina de Turismo de Segorbe</t>
+  </si>
+  <si>
+    <t>oficinaturismo@segorbe.es</t>
+  </si>
+  <si>
+    <t>964 713 254 / 605 961 101</t>
+  </si>
+  <si>
+    <t>Plaza Alto Palancia, 3 (12400)</t>
   </si>
   <si>
     <t>https://turismo.segorbe.es/</t>
   </si>
   <si>
     <t>Restaurante Casa Alba</t>
   </si>
   <si>
     <t>rtecasaalba@hotmail.com</t>
   </si>
   <si>
     <t>964 71 31 10 / 635 27 07 89</t>
   </si>
   <si>
     <t>P.i. la Esperanza Calle la Rioja, 147</t>
   </si>
   <si>
     <t>https://rtecasaalba.com/contacto/</t>
   </si>
   <si>
     <t>Ayuntamiento de Sempere</t>
   </si>
   <si>
     <t>sempere@gva.es</t>
   </si>
@@ -11675,50 +11930,53 @@
   <si>
     <t>961 688 409</t>
   </si>
   <si>
     <t>Calle Virgen de los Angeles, 5 (46118)</t>
   </si>
   <si>
     <t>Casa Rural 1Respiro</t>
   </si>
   <si>
     <t>Info@1respiro.com</t>
   </si>
   <si>
     <t>601 92 21 68</t>
   </si>
   <si>
     <t>Calle Puntar de les Forques, 1</t>
   </si>
   <si>
     <t>https://1respiro.com/</t>
   </si>
   <si>
     <t>Empresa de Actividades. Calderona Viva</t>
   </si>
   <si>
+    <t>scalero@calderonaviva.com</t>
+  </si>
+  <si>
     <t>613 37 85 38</t>
   </si>
   <si>
     <t>Calle L´Ametlar, 6-7</t>
   </si>
   <si>
     <t>https://calderonaviva.com/</t>
   </si>
   <si>
     <t>Oficina de Turismo de Serra</t>
   </si>
   <si>
     <t>675 292 835</t>
   </si>
   <si>
     <t>C/ Sagunt, 31</t>
   </si>
   <si>
     <t>https://www.serratotnatura.com/es/</t>
   </si>
   <si>
     <t>Bar Descanso</t>
   </si>
   <si>
     <t>info@descansoserra.com</t>
@@ -11858,95 +12116,86 @@
   <si>
     <t>949 39 18 75 696 89 04 57</t>
   </si>
   <si>
     <t>Calle Mayor, 50</t>
   </si>
   <si>
     <t>https://portacoeli.es/</t>
   </si>
   <si>
     <t>Albergue Hostel Sigüenza</t>
   </si>
   <si>
     <t>hostel@elalbergue.es</t>
   </si>
   <si>
     <t>621 20 04 00</t>
   </si>
   <si>
     <t>Calle Mayor, 45</t>
   </si>
   <si>
     <t>https://www.elalbergue.es/</t>
   </si>
   <si>
-    <t>Vivewuada (OTA)</t>
-[...10 lines deleted...]
-  <si>
     <t>Oficina de Turismo de Silla</t>
   </si>
   <si>
     <t>silla@touristinfo.net</t>
   </si>
   <si>
     <t>Silla</t>
   </si>
   <si>
     <t>671 43 94 95</t>
   </si>
   <si>
     <t>Plaza del Castell, s/n</t>
   </si>
   <si>
     <t>http://www.silla.es</t>
   </si>
   <si>
     <t>Ayuntamiento de Silla</t>
   </si>
   <si>
     <t>informacio@silla.es</t>
   </si>
   <si>
     <t>961 200 116</t>
   </si>
   <si>
     <t>Plaça del Poble, 1 (46460)</t>
   </si>
   <si>
     <t>Museo de história y arqueología de Silla</t>
   </si>
   <si>
+    <t>marsmuseu@silla.es</t>
+  </si>
+  <si>
     <t>Carrer Castell, s/n</t>
   </si>
   <si>
     <t>https://www.silla.es/museu-mars/</t>
   </si>
   <si>
     <t>Ayuntamiento de Soneja</t>
   </si>
   <si>
     <t>alcaldia@soneja.es</t>
   </si>
   <si>
     <t>Soneja</t>
   </si>
   <si>
     <t>964 135 004</t>
   </si>
   <si>
     <t>Plaza del Mesón, 1 (12480)</t>
   </si>
   <si>
     <t>https://www.soneja.es/</t>
   </si>
   <si>
     <t>Farmacia	Ana Elena Yus. Soneja, Castellón</t>
@@ -11981,50 +12230,53 @@
   <si>
     <t>Sot de Ferrer</t>
   </si>
   <si>
     <t>964 135 127</t>
   </si>
   <si>
     <t>Plaza de España, 1 (12489)</t>
   </si>
   <si>
     <t>http://www.sotdeferrer.es</t>
   </si>
   <si>
     <t>Farmacia Maria Domingo Chiva. Sot de Ferrer, Castellón</t>
   </si>
   <si>
     <t>964 135 201</t>
   </si>
   <si>
     <t>Plaza Constitución, 3 (12489)</t>
   </si>
   <si>
     <t>Hostal Millan</t>
   </si>
   <si>
+    <t>info@hostalmillan.com</t>
+  </si>
+  <si>
     <t>Autovía Mudejar, A-23, Km 23, Salida 21 y 22</t>
   </si>
   <si>
     <t>www.hostalmillan.com</t>
   </si>
   <si>
     <t>Oficina de Turismo Tavernes de la Valldigna</t>
   </si>
   <si>
     <t>tavernesvalldigna@touristinfo.net</t>
   </si>
   <si>
     <t>Tavernes de la Valldigna</t>
   </si>
   <si>
     <t>962 885 264</t>
   </si>
   <si>
     <t>Avenida Marina, s/n (46760)</t>
   </si>
   <si>
     <t>Ayuntamiento de Tavernes de la Valldigna</t>
   </si>
   <si>
     <t>secretaria@tavernes.org</t>
@@ -12074,50 +12326,53 @@
   <si>
     <t>Calle San Juan, 27   (50293)</t>
   </si>
   <si>
     <t>Estación Tren Terrer, Zaragoza</t>
   </si>
   <si>
     <t>Calle Estación, s/n (50293)</t>
   </si>
   <si>
     <t>Oficina Municipal de Turismo Teruel</t>
   </si>
   <si>
     <t>oficina.turismo@teruel.es</t>
   </si>
   <si>
     <t>Teruel</t>
   </si>
   <si>
     <t>978 624 105</t>
   </si>
   <si>
     <t>Plaza de los Amantes, 6 (44001)</t>
   </si>
   <si>
+    <t>https://turismo.teruel.es/</t>
+  </si>
+  <si>
     <t>Apartamentos Turísticos Puerta Muralla. Teruel</t>
   </si>
   <si>
     <t>puertamuralla@gmail.com</t>
   </si>
   <si>
     <t>610 474 733</t>
   </si>
   <si>
     <t>Calle Mayor Arrabal, 10 (44003)</t>
   </si>
   <si>
     <t>http://www.puertamuralla.com</t>
   </si>
   <si>
     <t>Ayuntamiento de Teruel</t>
   </si>
   <si>
     <t>alcaldia@teruel.es</t>
   </si>
   <si>
     <t>978 619 900</t>
   </si>
   <si>
     <t>Plaza de La Catedral, 1 (44001)</t>
@@ -12194,194 +12449,197 @@
   <si>
     <t>crfamily848@gmail.com</t>
   </si>
   <si>
     <t>639 974 617</t>
   </si>
   <si>
     <t>Calle Muñoz Degraín, 24, 3º (esquina Joaquín Costa, 38)</t>
   </si>
   <si>
     <t>https://www.sienteteruel.es/places/casa-colores-de-albarracin/</t>
   </si>
   <si>
     <t>Hotel **** Reina Cristina</t>
   </si>
   <si>
     <t>978 60 68 60</t>
   </si>
   <si>
     <t>Paseo del Óvalo, 1 (44001)</t>
   </si>
   <si>
     <t>http://www.gargallohotels.es</t>
   </si>
   <si>
-    <t>Oficina de Turismo de Teruel</t>
+    <t>Hotel** Civera</t>
+  </si>
+  <si>
+    <t>978 602 300</t>
+  </si>
+  <si>
+    <t>Avenida Sagunto, 37</t>
+  </si>
+  <si>
+    <t>http://www.hotelciverateruel.com/</t>
+  </si>
+  <si>
+    <t>Guías Mucuterra</t>
+  </si>
+  <si>
+    <t>mucuterra@gmail.com</t>
+  </si>
+  <si>
+    <t>608 01 17 12</t>
+  </si>
+  <si>
+    <t>Calle Zurbarán, 1</t>
+  </si>
+  <si>
+    <t>https://mucuterra.com/</t>
+  </si>
+  <si>
+    <t>Hostal El Cartero</t>
+  </si>
+  <si>
+    <t>hostalelcartero@gmail.com</t>
+  </si>
+  <si>
+    <t>978 60 25 64</t>
+  </si>
+  <si>
+    <t>Cuevas puente la Reina, 8</t>
+  </si>
+  <si>
+    <t>https://www.hostalelcartero.es/</t>
+  </si>
+  <si>
+    <t>Gran Hotel Botánicos</t>
+  </si>
+  <si>
+    <t>reservas@granhotelbotanicos.com</t>
+  </si>
+  <si>
+    <t>978 623 957</t>
+  </si>
+  <si>
+    <t>Camino de la estación, 27</t>
+  </si>
+  <si>
+    <t>https://granhotelbotanicos.com/</t>
+  </si>
+  <si>
+    <t>Fundación Arenales</t>
+  </si>
+  <si>
+    <t>jmarin@colegiolapurisimateruel.es</t>
+  </si>
+  <si>
+    <t>978 60 11 61</t>
+  </si>
+  <si>
+    <t>Calle Ermita 4 (44003)</t>
+  </si>
+  <si>
+    <t>https://arenalesrededucativa.es/quienes-somos/</t>
+  </si>
+  <si>
+    <t>Hotel Isabel de Segura</t>
+  </si>
+  <si>
+    <t>comercial@hotelisabeldesegura.com</t>
+  </si>
+  <si>
+    <t>630 04 73 72 / 978 62 07 51</t>
+  </si>
+  <si>
+    <t>Ronda del Turia, 1 (44002)</t>
+  </si>
+  <si>
+    <t>www.hotelisabeldesegura.com</t>
+  </si>
+  <si>
+    <t>Tienda y Taller de bicis Surya Bikepacking</t>
+  </si>
+  <si>
+    <t>info@suryabikepacking.com.</t>
+  </si>
+  <si>
+    <t>636 834 808</t>
+  </si>
+  <si>
+    <t>Avenida de Sagunto, 55 (44002)</t>
+  </si>
+  <si>
+    <t>https://suryabikepacking.com/</t>
+  </si>
+  <si>
+    <t>Muralla de Teruel</t>
+  </si>
+  <si>
+    <t>info@murallasdeteruel.com</t>
+  </si>
+  <si>
+    <t>978 618 009</t>
+  </si>
+  <si>
+    <t>Plaza San Miguel, 6 (44001)</t>
+  </si>
+  <si>
+    <t>https://www.murallasdeteruel.com/</t>
+  </si>
+  <si>
+    <t>Aljibes Medievales de Teruel</t>
+  </si>
+  <si>
+    <t>info@aljibemedieval.com</t>
+  </si>
+  <si>
+    <t>978 602 810</t>
+  </si>
+  <si>
+    <t>Calle Ramón y Cajal, s/n (44001)</t>
+  </si>
+  <si>
+    <t>https://www.aljibemedieval.com/</t>
+  </si>
+  <si>
+    <t>Oficina de Turismo de Teruel. Aragón</t>
   </si>
   <si>
     <t>ofi.turismo.teruel@ext.aragon.es</t>
   </si>
   <si>
-    <t>978 64 14 61</t>
+    <t>978 641 461</t>
   </si>
   <si>
     <t>Edificio Carmelitas, Calle San Francisco, 1</t>
   </si>
   <si>
     <t>https://www.turismodearagon.com/oficina-turismo/oficina-de-turismo-de-teruel/</t>
   </si>
   <si>
-    <t>Hotel** Civera</t>
-[...127 lines deleted...]
-  <si>
     <t>Punto de Acogida Terzaga</t>
   </si>
   <si>
     <t>Terzaga</t>
   </si>
   <si>
     <t>722 492 839</t>
   </si>
   <si>
     <t>Calle Cañete, 4</t>
   </si>
   <si>
     <t>Ayuntamiento de Tierzo</t>
   </si>
   <si>
     <t>tierzo@local.jccm.es</t>
   </si>
   <si>
     <t>Tierzo</t>
   </si>
   <si>
     <t>949 831 625</t>
   </si>
   <si>
     <t>Plaza Mayor, 1 (19390)</t>
@@ -12395,90 +12653,105 @@
   <si>
     <t>Todolella</t>
   </si>
   <si>
     <t>964 171 178</t>
   </si>
   <si>
     <t>Calle Carretera, 7 (12312)</t>
   </si>
   <si>
     <t>http://www.todolella.es</t>
   </si>
   <si>
     <t>Farmacia Jm. Millares Villena Y C. Millares Rubio. Todolella, Castellón</t>
   </si>
   <si>
     <t>964 171 193</t>
   </si>
   <si>
     <t>Calle Herrería, 7 (12312)</t>
   </si>
   <si>
     <t>Hostal El guerrer</t>
   </si>
   <si>
+    <t>Hguerrerinfo@gmail.com</t>
+  </si>
+  <si>
     <t>961 93 08 55</t>
   </si>
   <si>
     <t>Calle Carretera, 9</t>
   </si>
   <si>
     <t>https://hostalelguerrer.com/</t>
   </si>
   <si>
     <t>Ayuntamiento de Toga</t>
   </si>
   <si>
     <t>info@toga.es</t>
   </si>
   <si>
     <t>Toga</t>
   </si>
   <si>
     <t>964 612 031</t>
   </si>
   <si>
     <t>Plaza del Ayuntamiento, 1 (12230)</t>
   </si>
   <si>
     <t>http://www.toga.es</t>
   </si>
   <si>
     <t>Farmacia Elia Almela Perez. Toga, Castellón</t>
   </si>
   <si>
     <t>964 612 036</t>
   </si>
   <si>
     <t>Calle Solanar, 2 (12230)</t>
   </si>
   <si>
+    <t>Hostal Toga.</t>
+  </si>
+  <si>
+    <t>toga@outlook.es</t>
+  </si>
+  <si>
+    <t>680 903 766</t>
+  </si>
+  <si>
+    <t>Calle Nueva, 6 (12230)</t>
+  </si>
+  <si>
     <t>Ayuntamiento de Tornos</t>
   </si>
   <si>
-    <t>ayto.tornos@yahoo.es</t>
+    <t>ayuntamiento@tornos.es</t>
   </si>
   <si>
     <t>Tornos</t>
   </si>
   <si>
     <t>978 734 301</t>
   </si>
   <si>
     <t>Plaza España, 1 (44230)</t>
   </si>
   <si>
     <t>https://www.tornos.es/</t>
   </si>
   <si>
     <t>Hostal Las Grullas. Tornos, Teruel</t>
   </si>
   <si>
     <t>info@hostallasgrullas.com</t>
   </si>
   <si>
     <t>978 734 308</t>
   </si>
   <si>
     <t>Plaza de España, 5 (44230)</t>
   </si>
@@ -12509,51 +12782,51 @@
   <si>
     <t>Torrechiva</t>
   </si>
   <si>
     <t>964 612 218</t>
   </si>
   <si>
     <t>Ronda de Mijares, 17</t>
   </si>
   <si>
     <t>http://www.torrechiva.es</t>
   </si>
   <si>
     <t>Farmacia  Alicia Campos Gil. Torrechiva, Castellón</t>
   </si>
   <si>
     <t>655 880 267</t>
   </si>
   <si>
     <t>Calle Almayuz, 5 (12232)</t>
   </si>
   <si>
     <t>Ayuntamiento de Torrecilla del Rebollar</t>
   </si>
   <si>
-    <t>aytorebollar@terra.es</t>
+    <t>ayuntamiento@torrecilladelrebollar.es</t>
   </si>
   <si>
     <t>Torrecilla del Rebollar</t>
   </si>
   <si>
     <t>978 732 976</t>
   </si>
   <si>
     <t>Calle Plaza, 10 (44222)</t>
   </si>
   <si>
     <t>http://www.torrecilladelrebollar.com</t>
   </si>
   <si>
     <t>Ayuntamiento de Torrehermosa, Zaragoza</t>
   </si>
   <si>
     <t>torreher@dpz.es</t>
   </si>
   <si>
     <t>Torrehermosa</t>
   </si>
   <si>
     <t>975 327 380</t>
   </si>
@@ -12590,51 +12863,51 @@
   <si>
     <t>Plaza Mayor, 3 (44111)</t>
   </si>
   <si>
     <t>https://www.torresdealbarracin.es/</t>
   </si>
   <si>
     <t>Albarracín Aventura</t>
   </si>
   <si>
     <t>info@albarracinaventura.com</t>
   </si>
   <si>
     <t>676 530 498</t>
   </si>
   <si>
     <t>Polígono Industrial La Casilla, 1 (44111)</t>
   </si>
   <si>
     <t>https://www.albarracinaventura.com/</t>
   </si>
   <si>
     <t>Ayuntamiento de Torres de Torres</t>
   </si>
   <si>
-    <t>torrestorres_alc@gva.es</t>
+    <t>ayuntamiento@torrestorres.es</t>
   </si>
   <si>
     <t>Torres Torres</t>
   </si>
   <si>
     <t>962 626 542</t>
   </si>
   <si>
     <t>Calle La Virgen, 40 (46595)</t>
   </si>
   <si>
     <t>http://www.torrestorres.es</t>
   </si>
   <si>
     <t>Farmacia Mª Teresa Terradez. Torres Torres, Valencia</t>
   </si>
   <si>
     <t>962 626 134</t>
   </si>
   <si>
     <t>Calle Major, 38 (46595)</t>
   </si>
   <si>
     <t>Farmacia María Ángeles Martínez Escrig. Torres Torres, Valencia</t>
   </si>
@@ -12653,95 +12926,101 @@
   <si>
     <t>Calle Mayor, 81</t>
   </si>
   <si>
     <t>http://www.elrincondepau.com</t>
   </si>
   <si>
     <t>Mediterranean Bike Tours</t>
   </si>
   <si>
     <t>hello@mediterraneanbiketours.com</t>
   </si>
   <si>
     <t>629 52 23 00</t>
   </si>
   <si>
     <t>Carrer Major, 68</t>
   </si>
   <si>
     <t>http://www.mediterraneanbiketours.com</t>
   </si>
   <si>
     <t>Casa rural El Castell</t>
   </si>
   <si>
+    <t>ruralcastell@hotmail.com</t>
+  </si>
+  <si>
     <t>606 089 818</t>
   </si>
   <si>
     <t>Calle Pujada al Castell 11</t>
   </si>
   <si>
     <t>http://www.ruralcastell.com/</t>
   </si>
   <si>
     <t>Ayuntamiento de Torrijo del Campo</t>
   </si>
   <si>
     <t>aytorrijo@gmail.com</t>
   </si>
   <si>
     <t>Torrijo del Campo</t>
   </si>
   <si>
     <t>978 862 200</t>
   </si>
   <si>
     <t>Calle Plaza, 24 (44393)</t>
   </si>
   <si>
     <t>https://www.torrijodelcampo.es/</t>
   </si>
   <si>
     <t>Farmacia Cristina Fernández Fernández de Larrea. Torrijo Del Campo, Teruel</t>
   </si>
   <si>
     <t>978 862 335</t>
   </si>
   <si>
     <t>Calle Plaza, 24 (44393)</t>
   </si>
   <si>
     <t>Estación de Tren Torrijo del Campo, Teruel</t>
   </si>
   <si>
     <t>Calle Alemania, s/n (44393)</t>
   </si>
   <si>
     <t>Casa rural Azafrán</t>
   </si>
   <si>
+    <t>info@casazafran.com</t>
+  </si>
+  <si>
     <t>679 44 24 95615 33 71 12</t>
   </si>
   <si>
     <t>Calle Aragón, 26</t>
   </si>
   <si>
     <t>http://casazafran.com/</t>
   </si>
   <si>
     <t>Biblioteca Tórtola de Henares</t>
   </si>
   <si>
     <t>biblioteca.tortola@gmail.com</t>
   </si>
   <si>
     <t>Tórtola de Henares</t>
   </si>
   <si>
     <t>949 323 046</t>
   </si>
   <si>
     <t>Calle Real, s/n (19198)</t>
   </si>
   <si>
     <t>Ayuntamiento de Tórtola de Henares</t>
@@ -12869,125 +13148,119 @@
   <si>
     <t>Plaza Leopoldo Calvo Sotelo, 1 (44430)</t>
   </si>
   <si>
     <t>Albergue Sierra de Gúdar</t>
   </si>
   <si>
     <t>978 80 04 48 690 34 80 23</t>
   </si>
   <si>
     <t>Calle Hispanoamérica, 2</t>
   </si>
   <si>
     <t>https://maps.app.goo.gl/oFCP7X6hXNkaDEab8</t>
   </si>
   <si>
     <t>Punto de Acogida Valdanzo</t>
   </si>
   <si>
     <t>Valdanzo</t>
   </si>
   <si>
     <t>629 921 258 / 975 353 485</t>
   </si>
   <si>
+    <t>Multiservicio Valdanzo</t>
+  </si>
+  <si>
+    <t>Plaza Mayor, 20 (42328)</t>
+  </si>
+  <si>
     <t>Ayuntamiento de Valdearenas</t>
   </si>
   <si>
     <t>ayto.valdearenas@gmail.com</t>
   </si>
   <si>
     <t>Valdearenas</t>
   </si>
   <si>
     <t>949 323 510</t>
   </si>
   <si>
     <t>Calle Real, 5 (19196)</t>
   </si>
   <si>
     <t>https://www.valdearenas.es/</t>
   </si>
   <si>
     <t>Ayuntamiento de Valdehorna</t>
   </si>
   <si>
-    <t>valdehor@dpz.es</t>
+    <t>valdehorna@dpz.es</t>
   </si>
   <si>
     <t>Valdehorna</t>
   </si>
   <si>
     <t>976 801 232</t>
   </si>
   <si>
     <t>Calle La Fuente, s/n (50371)</t>
   </si>
   <si>
-    <t>Oficina de Turismo Valencia</t>
+    <t>Oficina de Turismo Calle de la Paz. Valencia</t>
   </si>
   <si>
     <t>infoturistica@visitvalencia.com</t>
   </si>
   <si>
     <t>Valencia</t>
   </si>
   <si>
-    <t>963 986 422</t>
+    <t>961 101 875</t>
   </si>
   <si>
     <t>Calle Paz, 48 (46003)</t>
   </si>
   <si>
     <t>www.visitvalencia.com</t>
   </si>
   <si>
     <t>Tourist Info Valencia Joaquín Sorolla</t>
   </si>
   <si>
     <t>infoturistica-js@visitvalencia.com</t>
   </si>
   <si>
     <t>963 803 623</t>
   </si>
   <si>
     <t>Estación Valenciana Joaquín Sorolla, San Vicente, 171 (46007)</t>
   </si>
   <si>
-    <t>Tourist Info Valencia Puerto</t>
-[...10 lines deleted...]
-  <si>
     <t>Tourist Info Valencia Marina</t>
   </si>
   <si>
     <t>valenciamarinareal@touristinfo.net</t>
   </si>
   <si>
     <t>961 207 745</t>
   </si>
   <si>
     <t>Real Juan Carlos I Puerto de Valencia, Muelle de la Aduana, s/n (46024)</t>
   </si>
   <si>
     <t>Tourist Info Valencia Playa</t>
   </si>
   <si>
     <t>infoturistica-playa@visitvalencia.com</t>
   </si>
   <si>
     <t>628 789 837</t>
   </si>
   <si>
     <t>Calle José Ballester Gozalvo s/n – Avda. del Mediterráneo · Paseo Marítimo · Playa del Cabañal (46011)</t>
   </si>
   <si>
     <t>https://www.visitvalencia.com/planifica-tu-viaje-a-valencia/oficinas-de-turismo-valencia/oficina-turismo-playa-valencia</t>
@@ -13115,203 +13388,209 @@
   <si>
     <t>963 690 600</t>
   </si>
   <si>
     <t>Avenida Blasco Ibáñez, 14 (46010)</t>
   </si>
   <si>
     <t>Hospital Católico Casa de Salud. Valencia</t>
   </si>
   <si>
     <t>963 897 700</t>
   </si>
   <si>
     <t>Calle Doctor Manuel Candela, 41 (46021)</t>
   </si>
   <si>
     <t>Museo Histórico Militar de Valencia</t>
   </si>
   <si>
     <t>muhmv@et.mde.es</t>
   </si>
   <si>
     <t>961 96 62 15</t>
   </si>
   <si>
-    <t>Calle General Gil Dolz, 6</t>
-[...2 lines deleted...]
-    <t>http://www.ejercito.mde.es/unidades/Madrid/ihycm/index.html</t>
+    <t>Calle General Gil Dolz, 6 - 46012 Valencia</t>
+  </si>
+  <si>
+    <t>https://ejercito.defensa.gob.es/unidades/Madrid/ihycm/Museos/valencia.html</t>
   </si>
   <si>
     <t>Todo Bici</t>
   </si>
   <si>
     <t>info@todobicivalencia.com</t>
   </si>
   <si>
     <t>616 58 97 49</t>
   </si>
   <si>
     <t>Calle de la Serrería, 5</t>
   </si>
   <si>
     <t>http://todobicivalencia.com/</t>
   </si>
   <si>
     <t>Valola Boutique Rooms</t>
   </si>
   <si>
     <t>info@valolahotel.com</t>
   </si>
   <si>
     <t>+34 640 20 30 28</t>
   </si>
   <si>
     <t>Carrer dels Cadirers, 11</t>
   </si>
   <si>
     <t>www.valolahotel.com</t>
   </si>
   <si>
     <t>Kolotrip</t>
   </si>
   <si>
     <t>hola@kolotrip.com</t>
   </si>
   <si>
     <t>699 46 26 21</t>
   </si>
   <si>
     <t>Calle Cotanda nº 2 - piso 7 - puerta 17</t>
   </si>
   <si>
     <t>https://www.kolotrip.com</t>
   </si>
   <si>
     <t>La Sària turisme</t>
   </si>
   <si>
+    <t>info@lasaria.com</t>
+  </si>
+  <si>
     <t>635 12 00 29</t>
   </si>
   <si>
     <t>Calle L'amistat, 5, pta2</t>
   </si>
   <si>
     <t>http://www.lasaria.com</t>
   </si>
   <si>
-    <t>Visit Valencia</t>
-[...10 lines deleted...]
-  <si>
     <t>SAÓ Viajes Naturales</t>
   </si>
   <si>
+    <t>info@saoviajes.es</t>
+  </si>
+  <si>
     <t>961 06 49 03</t>
   </si>
   <si>
     <t>c/Finestrat nº 12 - bajo izq</t>
   </si>
   <si>
     <t>https://saoviajes.es/viaje/bocairent-vinedos-y-estrella-michelin/</t>
   </si>
   <si>
     <t>Numenius Tours</t>
   </si>
   <si>
+    <t>info@numenius.tours</t>
+  </si>
+  <si>
     <t>641 31 87 43</t>
   </si>
   <si>
     <t>Av. Poeta Federico García Lorca 85 A, 15</t>
   </si>
   <si>
     <t>www.numenius.tours</t>
   </si>
   <si>
     <t>Ayuntamiento de Valhermoso</t>
   </si>
   <si>
+    <t>bpuertav@hotmail.es</t>
+  </si>
+  <si>
     <t>Valhermoso</t>
   </si>
   <si>
     <t>949 872 700</t>
   </si>
   <si>
     <t>Calle Plaza, 1 (19390)</t>
   </si>
   <si>
     <t>Ayuntamiento de Valtorres</t>
   </si>
   <si>
     <t>valtorresayuntamiento@gmail.com</t>
   </si>
   <si>
     <t>Valtorres</t>
   </si>
   <si>
     <t>976 842 339</t>
   </si>
   <si>
     <t>Plaza Mayor, s/n (50219)</t>
   </si>
   <si>
     <t>Bar Multiservicio de Valtorres</t>
   </si>
   <si>
     <t>695 82 15 33</t>
   </si>
   <si>
     <t>Plaza Mayor, s/n</t>
   </si>
   <si>
     <t>https://www.aytovaltorres.es/</t>
   </si>
   <si>
     <t>Albergue de Valtorres</t>
   </si>
   <si>
     <t>Horno Valtorres</t>
   </si>
   <si>
+    <t>sandrahernandezpolo@hotmail.com</t>
+  </si>
+  <si>
     <t>626 83 81 47</t>
   </si>
   <si>
     <t>Calle Horno, 1</t>
   </si>
   <si>
     <t>Jornada de la fruta de Valtorres</t>
   </si>
   <si>
+    <t>Valtorres25@gmail.com</t>
+  </si>
+  <si>
     <t>695 82 15 33 / 681 68 18 65</t>
   </si>
   <si>
     <t>https://www.aytovaltorres.es/turismo/jornadas-de-la-fruta</t>
   </si>
   <si>
     <t>Ayuntamiento de Velilla de Jiloca</t>
   </si>
   <si>
     <t>vjiloca@dpz.es</t>
   </si>
   <si>
     <t>Velilla de Jiloca</t>
   </si>
   <si>
     <t>976 893 266</t>
   </si>
   <si>
     <t>Calle Plaza, s/n (50343)</t>
   </si>
   <si>
     <t>Ayuntamiento de Ventosa</t>
   </si>
   <si>
     <t>Ventosa</t>
@@ -13433,50 +13712,53 @@
   <si>
     <t>Avenida Llosar, 26 (12150)</t>
   </si>
   <si>
     <t>http://www.ajuntamentdevilafranca.es</t>
   </si>
   <si>
     <t>Parada de Bus Villafranca del Cid, Castellón</t>
   </si>
   <si>
     <t>Avenida del Llosar, 26 (12150)</t>
   </si>
   <si>
     <t>Farmacia	Enrique Tena Aznar. Villafranca del Cid / Vilafranca, Castellón</t>
   </si>
   <si>
     <t>964 441 014</t>
   </si>
   <si>
     <t>Avenida Losar, 3 (12150)</t>
   </si>
   <si>
     <t>Albergue La Parreta</t>
   </si>
   <si>
+    <t>info@laparreta.com</t>
+  </si>
+  <si>
     <t>654 90 83 95</t>
   </si>
   <si>
     <t>Ctra. Villafranca - Iglesuela del Cid, Km 3</t>
   </si>
   <si>
     <t>http://www.laparreta.com</t>
   </si>
   <si>
     <t>Ayuntamiento de Villanueva de Jiloca, Zaragoza</t>
   </si>
   <si>
     <t>ayuntamientovillanuevadejiloca@gmail.com</t>
   </si>
   <si>
     <t>Villanueva de Jiloca</t>
   </si>
   <si>
     <t>976 800 701 / 693 005 813</t>
   </si>
   <si>
     <t>Plaza del Marqués Montemuzo, 1 (50370)</t>
   </si>
   <si>
     <t>Ayuntamiento de Villanueva del Rebollar de la Sierra</t>
@@ -13547,74 +13829,83 @@
   <si>
     <t>Oficina de Turismo Castillo de Villena.</t>
   </si>
   <si>
     <t>965 80 38 93</t>
   </si>
   <si>
     <t>Calle General Prim, 2</t>
   </si>
   <si>
     <t>Estación de Tren Villena, Alicante</t>
   </si>
   <si>
     <t>Ronda de la estación, s/n (03400)</t>
   </si>
   <si>
     <t>Estación de Tren AVE, Villena Alicante</t>
   </si>
   <si>
     <t>Partida de San Juan, 182 (03400)</t>
   </si>
   <si>
     <t>Vinoli</t>
   </si>
   <si>
+    <t>vinoli@myyahoo.com</t>
+  </si>
+  <si>
     <t>679 55 20 76</t>
   </si>
   <si>
     <t>Calle Emilia Pardo Bazán, nº1 (Mercado municipal)</t>
   </si>
   <si>
     <t>https://www.instagram.com/vinoli_villena/?hl=es</t>
   </si>
   <si>
     <t>El refugio de la cerveza</t>
   </si>
   <si>
+    <t>info@elsalondelacerveza.es</t>
+  </si>
+  <si>
     <t>636 97 59 40</t>
   </si>
   <si>
     <t>Plaza maestros hermanos Sánchez Griñan, 4</t>
   </si>
   <si>
     <t>https://www.elsalondelacerveza.es/</t>
   </si>
   <si>
     <t>Hostal La Morenica</t>
   </si>
   <si>
+    <t>hostalmorenica@gmail.com</t>
+  </si>
+  <si>
     <t>640 94 44 85</t>
   </si>
   <si>
     <t>Avenida Constitución, 248</t>
   </si>
   <si>
     <t>hostallamorenica.com</t>
   </si>
   <si>
     <t>Casa Rural Dª Elvira y Dª Sol. Vivar del Cid, Burgos</t>
   </si>
   <si>
     <t>info@caminodeldestierro.com</t>
   </si>
   <si>
     <t>Vivar del Cid</t>
   </si>
   <si>
     <t>687 592 830</t>
   </si>
   <si>
     <t>Calle Dª Sol, 1 (09140)</t>
   </si>
   <si>
     <t>Casa Rural Villa Encidna. Vivar del Cid, Burgos</t>
@@ -13694,51 +13985,51 @@
   <si>
     <t>http://www.viveldelriomartin.com</t>
   </si>
   <si>
     <t>Oficina de Turismo de Xàtiva</t>
   </si>
   <si>
     <t>xativa@touristinfo.net</t>
   </si>
   <si>
     <t>Xàtiva</t>
   </si>
   <si>
     <t>062 27 33 46</t>
   </si>
   <si>
     <t>Avenida de Selgas, 2</t>
   </si>
   <si>
     <t>www.xativaturismo.com</t>
   </si>
   <si>
     <t>Ayuntamiento de Xàtiva</t>
   </si>
   <si>
-    <t>vicesecretario@ayto-xativa.es</t>
+    <t>oxi@ayto-xativa.es</t>
   </si>
   <si>
     <t>962 289 800</t>
   </si>
   <si>
     <t>Alameda Jaume I, 35 (46800)</t>
   </si>
   <si>
     <t>http://www.xativa.es</t>
   </si>
   <si>
     <t>Estación de Tren Xàtiva, Valencia</t>
   </si>
   <si>
     <t>Plaza de la Estación, s/n (11100)</t>
   </si>
   <si>
     <t>Hospital Lluis Alcanyis. Xàtiva, Valencia</t>
   </si>
   <si>
     <t>962 289 300</t>
   </si>
   <si>
     <t>Carretera Xàtiva - Silla, km 2 (46800)</t>
   </si>
@@ -13775,60 +14066,57 @@
   <si>
     <t>962 888 076</t>
   </si>
   <si>
     <t>Avenida dels Borrons, 5 (46770)</t>
   </si>
   <si>
     <t>Farmacia	María Carmen Rubio Verdeguer.	Xeraco,	Valencia</t>
   </si>
   <si>
     <t>962 891 181</t>
   </si>
   <si>
     <t>Calle Barcella, 19 (46770)</t>
   </si>
   <si>
     <t>Farmacia	Reyes Loras Lovaco. Xeraco,	Valencia</t>
   </si>
   <si>
     <t>962 890 028</t>
   </si>
   <si>
     <t>Plaza de Germanias, 4 (46770)</t>
   </si>
   <si>
-    <t>Sellado en Zayas de Torre, Soria</t>
+    <t>Bar Zayas de Torre, Soria</t>
   </si>
   <si>
     <t>Zayas de Torre</t>
   </si>
   <si>
-    <t>696 782 815</t>
-[...2 lines deleted...]
-    <t>Calle Puerta, 6 (42329)</t>
+    <t>Calle Fuente, 4 (42329)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -14135,54 +14423,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F1065"/>
+  <dimension ref="A1:F1062"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:F1065"/>
+      <selection activeCell="A1" sqref="A1:F1062"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="114.258" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="52.987" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="52.987" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="121.399" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="168.53" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -14547,19257 +14835,19433 @@
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="1" t="s">
         <v>93</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>94</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>95</v>
       </c>
       <c r="E21" s="1" t="s">
         <v>96</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="1" t="s">
         <v>98</v>
       </c>
-      <c r="B22" s="1"/>
+      <c r="B22" s="1" t="s">
+        <v>99</v>
+      </c>
       <c r="C22" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="1" t="s">
-        <v>102</v>
-[...1 lines deleted...]
-      <c r="B23" s="1"/>
+        <v>103</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>104</v>
+      </c>
       <c r="C23" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="1" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="1" t="s">
-        <v>111</v>
-[...1 lines deleted...]
-      <c r="B25" s="1"/>
+        <v>113</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>114</v>
+      </c>
       <c r="C25" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="1" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="D26" s="1">
         <v>965487902</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="C27" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="B27" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D27" s="1" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="1" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="D29" s="1" t="s">
         <v>131</v>
       </c>
-      <c r="B29" s="1"/>
-[...5 lines deleted...]
-      </c>
       <c r="E29" s="1" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" s="1" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="1" t="s">
-        <v>138</v>
-[...1 lines deleted...]
-      <c r="B31" s="1"/>
+        <v>142</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>143</v>
+      </c>
       <c r="C31" s="1" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" s="1" t="s">
-        <v>142</v>
-[...1 lines deleted...]
-      <c r="B32" s="1"/>
+        <v>147</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>148</v>
+      </c>
       <c r="C32" s="1" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>143</v>
+        <v>149</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>144</v>
+        <v>150</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>145</v>
+        <v>151</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" s="1" t="s">
-        <v>146</v>
-[...1 lines deleted...]
-      <c r="B33" s="1"/>
+        <v>152</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>135</v>
+      </c>
       <c r="C33" s="1" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="E33" s="1" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" s="1" t="s">
-        <v>148</v>
+        <v>154</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>149</v>
+        <v>155</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>151</v>
+        <v>157</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" s="1" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="B35" s="1"/>
       <c r="C35" s="1" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>156</v>
+        <v>162</v>
       </c>
       <c r="F35" s="1"/>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" s="1" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
       <c r="B36" s="1"/>
       <c r="C36" s="1" t="s">
-        <v>158</v>
+        <v>164</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="F36" s="1"/>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" s="1" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>164</v>
+        <v>170</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>165</v>
+        <v>171</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>166</v>
+        <v>172</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" s="1" t="s">
-        <v>167</v>
+        <v>173</v>
       </c>
       <c r="B38" s="1"/>
       <c r="C38" s="1" t="s">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>168</v>
+        <v>174</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="F38" s="1"/>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" s="1" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>174</v>
+        <v>180</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>175</v>
+        <v>181</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" s="1" t="s">
-        <v>176</v>
-[...1 lines deleted...]
-      <c r="B40" s="1"/>
+        <v>182</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>183</v>
+      </c>
       <c r="C40" s="1" t="s">
-        <v>177</v>
+        <v>184</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>178</v>
-[...2 lines deleted...]
-      <c r="F40" s="1"/>
+        <v>185</v>
+      </c>
+      <c r="E40" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="F40" s="1" t="s">
+        <v>187</v>
+      </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" s="1" t="s">
-        <v>179</v>
-[...3 lines deleted...]
-      </c>
+        <v>188</v>
+      </c>
+      <c r="B41" s="1"/>
       <c r="C41" s="1" t="s">
-        <v>181</v>
+        <v>189</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>182</v>
-[...6 lines deleted...]
-      </c>
+        <v>190</v>
+      </c>
+      <c r="E41" s="1"/>
+      <c r="F41" s="1"/>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" s="1" t="s">
-        <v>185</v>
+        <v>191</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>188</v>
+        <v>194</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" s="1" t="s">
-        <v>191</v>
-[...1 lines deleted...]
-      <c r="B43" s="1"/>
+        <v>197</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>198</v>
+      </c>
       <c r="C43" s="1" t="s">
-        <v>187</v>
+        <v>199</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>192</v>
+        <v>200</v>
       </c>
       <c r="E43" s="1" t="s">
-        <v>193</v>
-[...1 lines deleted...]
-      <c r="F43" s="1"/>
+        <v>201</v>
+      </c>
+      <c r="F43" s="1" t="s">
+        <v>202</v>
+      </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" s="1" t="s">
-        <v>194</v>
-[...3 lines deleted...]
-      </c>
+        <v>203</v>
+      </c>
+      <c r="B44" s="1"/>
       <c r="C44" s="1" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>197</v>
+        <v>204</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>198</v>
-[...3 lines deleted...]
-      </c>
+        <v>205</v>
+      </c>
+      <c r="F44" s="1"/>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" s="1" t="s">
-        <v>200</v>
-[...1 lines deleted...]
-      <c r="B45" s="1"/>
+        <v>206</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>207</v>
+      </c>
       <c r="C45" s="1" t="s">
-        <v>196</v>
+        <v>208</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>201</v>
+        <v>209</v>
       </c>
       <c r="E45" s="1" t="s">
-        <v>202</v>
-[...1 lines deleted...]
-      <c r="F45" s="1"/>
+        <v>210</v>
+      </c>
+      <c r="F45" s="1" t="s">
+        <v>211</v>
+      </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" s="1" t="s">
-        <v>203</v>
-[...3 lines deleted...]
-      </c>
+        <v>212</v>
+      </c>
+      <c r="B46" s="1"/>
       <c r="C46" s="1" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>206</v>
+        <v>213</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>207</v>
-[...3 lines deleted...]
-      </c>
+        <v>214</v>
+      </c>
+      <c r="F46" s="1"/>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" s="1" t="s">
-        <v>209</v>
-[...1 lines deleted...]
-      <c r="B47" s="1"/>
+        <v>215</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>216</v>
+      </c>
       <c r="C47" s="1" t="s">
-        <v>205</v>
+        <v>217</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>210</v>
+        <v>218</v>
       </c>
       <c r="E47" s="1" t="s">
-        <v>211</v>
-[...1 lines deleted...]
-      <c r="F47" s="1"/>
+        <v>219</v>
+      </c>
+      <c r="F47" s="1" t="s">
+        <v>220</v>
+      </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" s="1" t="s">
-        <v>212</v>
-[...3 lines deleted...]
-      </c>
+        <v>221</v>
+      </c>
+      <c r="B48" s="1"/>
       <c r="C48" s="1" t="s">
-        <v>205</v>
+        <v>217</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>214</v>
+        <v>222</v>
       </c>
       <c r="E48" s="1" t="s">
-        <v>215</v>
-[...3 lines deleted...]
-      </c>
+        <v>223</v>
+      </c>
+      <c r="F48" s="1"/>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="C49" s="1" t="s">
         <v>217</v>
       </c>
-      <c r="B49" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D49" s="1" t="s">
-        <v>220</v>
+        <v>226</v>
       </c>
       <c r="E49" s="1" t="s">
-        <v>221</v>
+        <v>227</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>222</v>
+        <v>228</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" s="1" t="s">
-        <v>223</v>
+        <v>229</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>218</v>
+        <v>230</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>219</v>
+        <v>231</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>224</v>
+        <v>232</v>
       </c>
       <c r="E50" s="1" t="s">
-        <v>225</v>
+        <v>233</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>226</v>
+        <v>234</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" s="1" t="s">
-        <v>227</v>
+        <v>235</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>229</v>
+        <v>237</v>
       </c>
       <c r="D51" s="1">
         <v>962626053</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>230</v>
+        <v>238</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>231</v>
+        <v>239</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" s="1" t="s">
-        <v>232</v>
+        <v>240</v>
       </c>
       <c r="B52" s="1"/>
       <c r="C52" s="1" t="s">
-        <v>229</v>
+        <v>237</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>233</v>
+        <v>241</v>
       </c>
       <c r="E52" s="1" t="s">
-        <v>234</v>
+        <v>242</v>
       </c>
       <c r="F52" s="1"/>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" s="1" t="s">
-        <v>235</v>
+        <v>243</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>236</v>
+        <v>244</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>237</v>
+        <v>245</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>238</v>
+        <v>246</v>
       </c>
       <c r="E53" s="1" t="s">
-        <v>239</v>
+        <v>247</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>240</v>
+        <v>248</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" s="1" t="s">
-        <v>241</v>
+        <v>249</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>242</v>
+        <v>250</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>237</v>
+        <v>245</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>243</v>
+        <v>251</v>
       </c>
       <c r="E54" s="1" t="s">
-        <v>244</v>
+        <v>252</v>
       </c>
       <c r="F54" s="1"/>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" s="1" t="s">
-        <v>245</v>
+        <v>253</v>
       </c>
       <c r="B55" s="1"/>
       <c r="C55" s="1" t="s">
-        <v>237</v>
+        <v>245</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>246</v>
+        <v>254</v>
       </c>
       <c r="E55" s="1" t="s">
-        <v>247</v>
+        <v>255</v>
       </c>
       <c r="F55" s="1"/>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" s="1" t="s">
-        <v>248</v>
+        <v>256</v>
       </c>
       <c r="B56" s="1"/>
       <c r="C56" s="1" t="s">
-        <v>237</v>
+        <v>245</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>249</v>
+        <v>257</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>250</v>
+        <v>258</v>
       </c>
       <c r="F56" s="1" t="s">
-        <v>251</v>
+        <v>259</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" s="1" t="s">
-        <v>252</v>
+        <v>260</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>253</v>
+        <v>261</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>237</v>
+        <v>245</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>254</v>
+        <v>262</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>255</v>
+        <v>263</v>
       </c>
       <c r="F57" s="1" t="s">
-        <v>256</v>
+        <v>264</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" s="1" t="s">
-        <v>257</v>
+        <v>265</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>258</v>
+        <v>266</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>259</v>
+        <v>267</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>260</v>
+        <v>268</v>
       </c>
       <c r="E58" s="1" t="s">
-        <v>261</v>
+        <v>269</v>
       </c>
       <c r="F58" s="1"/>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" s="1" t="s">
-        <v>262</v>
+        <v>270</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>263</v>
+        <v>271</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>264</v>
+        <v>272</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>265</v>
+        <v>273</v>
       </c>
       <c r="E59" s="1" t="s">
-        <v>266</v>
+        <v>274</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" s="1" t="s">
-        <v>268</v>
+        <v>276</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>263</v>
+        <v>271</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>264</v>
+        <v>272</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>269</v>
+        <v>277</v>
       </c>
       <c r="E60" s="1" t="s">
-        <v>270</v>
+        <v>278</v>
       </c>
       <c r="F60" s="1"/>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" s="1" t="s">
-        <v>271</v>
+        <v>279</v>
       </c>
       <c r="B61" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C61" s="1" t="s">
         <v>272</v>
       </c>
-      <c r="C61" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D61" s="1" t="s">
-        <v>273</v>
+        <v>281</v>
       </c>
       <c r="E61" s="1" t="s">
-        <v>274</v>
+        <v>282</v>
       </c>
       <c r="F61" s="1" t="s">
-        <v>275</v>
+        <v>283</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" s="1" t="s">
-        <v>276</v>
+        <v>284</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>277</v>
+        <v>285</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>278</v>
+        <v>286</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>279</v>
+        <v>287</v>
       </c>
       <c r="E62" s="1" t="s">
-        <v>280</v>
+        <v>288</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>281</v>
+        <v>289</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" s="1" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>283</v>
+        <v>291</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="E63" s="1" t="s">
-        <v>286</v>
+        <v>294</v>
       </c>
       <c r="F63" s="1" t="s">
-        <v>287</v>
+        <v>295</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" s="1" t="s">
-        <v>288</v>
+        <v>296</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>289</v>
+        <v>297</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>290</v>
+        <v>298</v>
       </c>
       <c r="E64" s="1" t="s">
-        <v>291</v>
+        <v>299</v>
       </c>
       <c r="F64" s="1" t="s">
-        <v>292</v>
+        <v>300</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" s="1" t="s">
-        <v>293</v>
+        <v>301</v>
       </c>
       <c r="B65" s="1"/>
       <c r="C65" s="1" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>294</v>
+        <v>302</v>
       </c>
       <c r="E65" s="1" t="s">
-        <v>295</v>
+        <v>303</v>
       </c>
       <c r="F65" s="1"/>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" s="1" t="s">
-        <v>296</v>
-[...1 lines deleted...]
-      <c r="B66" s="1"/>
+        <v>304</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>305</v>
+      </c>
       <c r="C66" s="1" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>297</v>
+        <v>306</v>
       </c>
       <c r="E66" s="1" t="s">
-        <v>298</v>
+        <v>307</v>
       </c>
       <c r="F66" s="1" t="s">
-        <v>299</v>
+        <v>308</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" s="1" t="s">
-        <v>300</v>
+        <v>309</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>301</v>
+        <v>310</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>302</v>
+        <v>311</v>
       </c>
       <c r="E67" s="1" t="s">
-        <v>303</v>
+        <v>312</v>
       </c>
       <c r="F67" s="1" t="s">
-        <v>304</v>
+        <v>313</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" s="1" t="s">
-        <v>305</v>
+        <v>314</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>306</v>
+        <v>315</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>307</v>
+        <v>316</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="E68" s="1" t="s">
-        <v>309</v>
+        <v>318</v>
       </c>
       <c r="F68" s="1" t="s">
-        <v>310</v>
+        <v>319</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" s="1" t="s">
-        <v>311</v>
+        <v>320</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>312</v>
+        <v>321</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>307</v>
+        <v>316</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>313</v>
+        <v>322</v>
       </c>
       <c r="E69" s="1" t="s">
-        <v>314</v>
+        <v>323</v>
       </c>
       <c r="F69" s="1" t="s">
-        <v>315</v>
+        <v>324</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" s="1" t="s">
-        <v>316</v>
+        <v>325</v>
       </c>
       <c r="B70" s="1"/>
       <c r="C70" s="1" t="s">
-        <v>307</v>
+        <v>316</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>317</v>
+        <v>326</v>
       </c>
       <c r="E70" s="1" t="s">
-        <v>318</v>
+        <v>327</v>
       </c>
       <c r="F70" s="1"/>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" s="1" t="s">
-        <v>319</v>
-[...1 lines deleted...]
-      <c r="B71" s="1"/>
+        <v>328</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>329</v>
+      </c>
       <c r="C71" s="1" t="s">
-        <v>307</v>
+        <v>316</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>320</v>
+        <v>330</v>
       </c>
       <c r="E71" s="1" t="s">
-        <v>321</v>
+        <v>331</v>
       </c>
       <c r="F71" s="1" t="s">
-        <v>322</v>
+        <v>332</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" s="1" t="s">
-        <v>323</v>
+        <v>333</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>324</v>
+        <v>334</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>325</v>
+        <v>335</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>326</v>
+        <v>336</v>
       </c>
       <c r="E72" s="1" t="s">
-        <v>327</v>
+        <v>337</v>
       </c>
       <c r="F72" s="1" t="s">
-        <v>328</v>
+        <v>338</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" s="1" t="s">
-        <v>329</v>
+        <v>339</v>
       </c>
       <c r="B73" s="1"/>
       <c r="C73" s="1" t="s">
-        <v>325</v>
+        <v>335</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>330</v>
+        <v>340</v>
       </c>
       <c r="E73" s="1" t="s">
-        <v>331</v>
+        <v>341</v>
       </c>
       <c r="F73" s="1"/>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" s="1" t="s">
-        <v>332</v>
+        <v>342</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>333</v>
+        <v>343</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>325</v>
+        <v>335</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>334</v>
+        <v>344</v>
       </c>
       <c r="E74" s="1" t="s">
-        <v>335</v>
+        <v>345</v>
       </c>
       <c r="F74" s="1"/>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" s="1" t="s">
-        <v>336</v>
+        <v>346</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>337</v>
+        <v>347</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>325</v>
+        <v>335</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>338</v>
+        <v>348</v>
       </c>
       <c r="E75" s="1" t="s">
-        <v>339</v>
+        <v>349</v>
       </c>
       <c r="F75" s="1" t="s">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" s="1" t="s">
-        <v>341</v>
+        <v>351</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>342</v>
+        <v>352</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>343</v>
+        <v>353</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>344</v>
+        <v>354</v>
       </c>
       <c r="E76" s="1" t="s">
-        <v>345</v>
+        <v>355</v>
       </c>
       <c r="F76" s="1" t="s">
-        <v>346</v>
+        <v>356</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" s="1" t="s">
-        <v>347</v>
+        <v>357</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>348</v>
+        <v>358</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>349</v>
+        <v>359</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>350</v>
+        <v>360</v>
       </c>
       <c r="E77" s="1" t="s">
-        <v>351</v>
+        <v>361</v>
       </c>
       <c r="F77" s="1" t="s">
-        <v>352</v>
+        <v>362</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" s="1" t="s">
-        <v>353</v>
+        <v>363</v>
       </c>
       <c r="B78" s="1"/>
       <c r="C78" s="1" t="s">
-        <v>349</v>
+        <v>359</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>354</v>
+        <v>364</v>
       </c>
       <c r="E78" s="1" t="s">
-        <v>355</v>
+        <v>365</v>
       </c>
       <c r="F78" s="1"/>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" s="1" t="s">
-        <v>356</v>
+        <v>366</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>357</v>
+        <v>367</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>349</v>
+        <v>359</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>358</v>
+        <v>368</v>
       </c>
       <c r="E79" s="1" t="s">
-        <v>359</v>
+        <v>369</v>
       </c>
       <c r="F79" s="1"/>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" s="1" t="s">
-        <v>360</v>
+        <v>370</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>361</v>
+        <v>371</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>362</v>
+        <v>372</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>363</v>
+        <v>373</v>
       </c>
       <c r="E80" s="1" t="s">
-        <v>364</v>
+        <v>374</v>
       </c>
       <c r="F80" s="1" t="s">
-        <v>365</v>
+        <v>375</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" s="1" t="s">
-        <v>366</v>
+        <v>376</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>367</v>
+        <v>377</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>368</v>
+        <v>378</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>369</v>
+        <v>379</v>
       </c>
       <c r="E81" s="1" t="s">
-        <v>370</v>
+        <v>380</v>
       </c>
       <c r="F81" s="1" t="s">
-        <v>371</v>
+        <v>381</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" s="1" t="s">
-        <v>372</v>
+        <v>382</v>
       </c>
       <c r="B82" s="1"/>
       <c r="C82" s="1" t="s">
-        <v>368</v>
+        <v>378</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>373</v>
+        <v>383</v>
       </c>
       <c r="E82" s="1" t="s">
-        <v>374</v>
+        <v>384</v>
       </c>
       <c r="F82" s="1"/>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" s="1" t="s">
-        <v>375</v>
+        <v>385</v>
       </c>
       <c r="B83" s="1"/>
       <c r="C83" s="1" t="s">
-        <v>368</v>
+        <v>378</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>249</v>
+        <v>257</v>
       </c>
       <c r="E83" s="1" t="s">
-        <v>376</v>
+        <v>386</v>
       </c>
       <c r="F83" s="1" t="s">
-        <v>377</v>
+        <v>387</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" s="1" t="s">
-        <v>378</v>
+        <v>388</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>379</v>
+        <v>389</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>380</v>
+        <v>390</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>381</v>
+        <v>391</v>
       </c>
       <c r="E84" s="1" t="s">
-        <v>382</v>
+        <v>392</v>
       </c>
       <c r="F84" s="1"/>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" s="1" t="s">
-        <v>383</v>
+        <v>393</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>384</v>
+        <v>394</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>385</v>
+        <v>395</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>238</v>
+        <v>246</v>
       </c>
       <c r="E85" s="1" t="s">
-        <v>386</v>
+        <v>396</v>
       </c>
       <c r="F85" s="1" t="s">
-        <v>387</v>
+        <v>397</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" s="1" t="s">
-        <v>388</v>
+        <v>398</v>
       </c>
       <c r="B86" s="1"/>
       <c r="C86" s="1" t="s">
-        <v>385</v>
+        <v>395</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>389</v>
+        <v>399</v>
       </c>
       <c r="E86" s="1" t="s">
-        <v>390</v>
+        <v>400</v>
       </c>
       <c r="F86" s="1"/>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" s="1" t="s">
-        <v>391</v>
+        <v>401</v>
       </c>
       <c r="B87" s="1"/>
       <c r="C87" s="1" t="s">
-        <v>385</v>
+        <v>395</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>249</v>
+        <v>257</v>
       </c>
       <c r="E87" s="1" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="F87" s="1" t="s">
-        <v>251</v>
+        <v>259</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" s="1" t="s">
-        <v>393</v>
-[...1 lines deleted...]
-      <c r="B88" s="1"/>
+        <v>403</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>404</v>
+      </c>
       <c r="C88" s="1" t="s">
-        <v>385</v>
+        <v>395</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>394</v>
+        <v>405</v>
       </c>
       <c r="E88" s="1" t="s">
-        <v>395</v>
+        <v>406</v>
       </c>
       <c r="F88" s="1" t="s">
-        <v>396</v>
+        <v>407</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" s="1" t="s">
-        <v>397</v>
-[...1 lines deleted...]
-      <c r="B89" s="1"/>
+        <v>408</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>409</v>
+      </c>
       <c r="C89" s="1" t="s">
-        <v>385</v>
+        <v>395</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>398</v>
+        <v>410</v>
       </c>
       <c r="E89" s="1" t="s">
-        <v>399</v>
+        <v>411</v>
       </c>
       <c r="F89" s="1" t="s">
-        <v>400</v>
+        <v>412</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" s="1" t="s">
-        <v>401</v>
+        <v>413</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>402</v>
+        <v>414</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>403</v>
+        <v>415</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>404</v>
+        <v>416</v>
       </c>
       <c r="E90" s="1" t="s">
-        <v>405</v>
+        <v>417</v>
       </c>
       <c r="F90" s="1"/>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" s="1" t="s">
-        <v>406</v>
+        <v>418</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>407</v>
+        <v>419</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>408</v>
+        <v>420</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>409</v>
+        <v>421</v>
       </c>
       <c r="E91" s="1" t="s">
-        <v>410</v>
+        <v>422</v>
       </c>
       <c r="F91" s="1"/>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" s="1" t="s">
-        <v>411</v>
+        <v>423</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>412</v>
+        <v>424</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>408</v>
+        <v>420</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>409</v>
+        <v>421</v>
       </c>
       <c r="E92" s="1" t="s">
-        <v>410</v>
+        <v>422</v>
       </c>
       <c r="F92" s="1" t="s">
-        <v>413</v>
+        <v>425</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" s="1" t="s">
-        <v>414</v>
+        <v>426</v>
       </c>
       <c r="B93" s="1"/>
       <c r="C93" s="1" t="s">
-        <v>408</v>
+        <v>420</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>415</v>
+        <v>427</v>
       </c>
       <c r="E93" s="1" t="s">
-        <v>416</v>
+        <v>428</v>
       </c>
       <c r="F93" s="1"/>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" s="1" t="s">
-        <v>417</v>
+        <v>429</v>
       </c>
       <c r="B94" s="1"/>
       <c r="C94" s="1" t="s">
-        <v>408</v>
+        <v>420</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>249</v>
+        <v>257</v>
       </c>
       <c r="E94" s="1" t="s">
-        <v>418</v>
+        <v>430</v>
       </c>
       <c r="F94" s="1" t="s">
-        <v>377</v>
+        <v>387</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" s="1" t="s">
-        <v>419</v>
+        <v>431</v>
       </c>
       <c r="B95" s="1"/>
       <c r="C95" s="1" t="s">
-        <v>408</v>
+        <v>420</v>
       </c>
       <c r="D95" s="1"/>
       <c r="E95" s="1" t="s">
-        <v>420</v>
+        <v>432</v>
       </c>
       <c r="F95" s="1"/>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" s="1" t="s">
-        <v>421</v>
+        <v>433</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>422</v>
+        <v>434</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>408</v>
+        <v>420</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>423</v>
+        <v>435</v>
       </c>
       <c r="E96" s="1" t="s">
-        <v>424</v>
+        <v>436</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>425</v>
+        <v>437</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" s="1" t="s">
-        <v>426</v>
+        <v>438</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>427</v>
+        <v>439</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>408</v>
+        <v>420</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>428</v>
+        <v>440</v>
       </c>
       <c r="E97" s="1" t="s">
-        <v>429</v>
+        <v>441</v>
       </c>
       <c r="F97" s="1" t="s">
-        <v>430</v>
+        <v>442</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" s="1" t="s">
-        <v>431</v>
+        <v>443</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>432</v>
+        <v>444</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>433</v>
+        <v>445</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>434</v>
+        <v>446</v>
       </c>
       <c r="E98" s="1" t="s">
-        <v>435</v>
+        <v>447</v>
       </c>
       <c r="F98" s="1" t="s">
-        <v>436</v>
+        <v>448</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" s="1" t="s">
-        <v>437</v>
+        <v>449</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>432</v>
+        <v>444</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>433</v>
+        <v>445</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>438</v>
+        <v>450</v>
       </c>
       <c r="E99" s="1" t="s">
-        <v>439</v>
+        <v>451</v>
       </c>
       <c r="F99" s="1" t="s">
-        <v>440</v>
+        <v>452</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" s="1" t="s">
-        <v>441</v>
+        <v>453</v>
       </c>
       <c r="B100" s="1"/>
       <c r="C100" s="1" t="s">
-        <v>433</v>
+        <v>445</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>442</v>
+        <v>454</v>
       </c>
       <c r="E100" s="1" t="s">
-        <v>443</v>
+        <v>455</v>
       </c>
       <c r="F100" s="1"/>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" s="1" t="s">
-        <v>444</v>
+        <v>456</v>
       </c>
       <c r="B101" s="1"/>
       <c r="C101" s="1" t="s">
-        <v>433</v>
+        <v>445</v>
       </c>
       <c r="D101" s="1"/>
       <c r="E101" s="1" t="s">
-        <v>445</v>
+        <v>457</v>
       </c>
       <c r="F101" s="1"/>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" s="1" t="s">
-        <v>446</v>
+        <v>458</v>
       </c>
       <c r="B102" s="1"/>
       <c r="C102" s="1" t="s">
-        <v>433</v>
+        <v>445</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>447</v>
+        <v>459</v>
       </c>
       <c r="E102" s="1" t="s">
-        <v>448</v>
+        <v>460</v>
       </c>
       <c r="F102" s="1"/>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" s="1" t="s">
-        <v>449</v>
+        <v>461</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>450</v>
+        <v>462</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>433</v>
+        <v>445</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>451</v>
+        <v>463</v>
       </c>
       <c r="E103" s="1" t="s">
-        <v>452</v>
+        <v>464</v>
       </c>
       <c r="F103" s="1" t="s">
-        <v>453</v>
+        <v>465</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" s="1" t="s">
-        <v>454</v>
-[...1 lines deleted...]
-      <c r="B104" s="1"/>
+        <v>466</v>
+      </c>
+      <c r="B104" s="1" t="s">
+        <v>467</v>
+      </c>
       <c r="C104" s="1" t="s">
-        <v>433</v>
+        <v>445</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>455</v>
+        <v>468</v>
       </c>
       <c r="E104" s="1" t="s">
-        <v>456</v>
+        <v>469</v>
       </c>
       <c r="F104" s="1" t="s">
-        <v>457</v>
+        <v>470</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" s="1" t="s">
-        <v>458</v>
+        <v>471</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>459</v>
+        <v>472</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>433</v>
+        <v>445</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>460</v>
+        <v>473</v>
       </c>
       <c r="E105" s="1" t="s">
-        <v>443</v>
+        <v>455</v>
       </c>
       <c r="F105" s="1"/>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" s="1" t="s">
-        <v>461</v>
+        <v>474</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>462</v>
+        <v>475</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>463</v>
+        <v>476</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>464</v>
+        <v>477</v>
       </c>
       <c r="E106" s="1" t="s">
-        <v>465</v>
+        <v>478</v>
       </c>
       <c r="F106" s="1" t="s">
-        <v>466</v>
+        <v>479</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" s="1" t="s">
-        <v>467</v>
+        <v>480</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>468</v>
+        <v>481</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>463</v>
+        <v>476</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>469</v>
+        <v>482</v>
       </c>
       <c r="E107" s="1" t="s">
-        <v>470</v>
+        <v>483</v>
       </c>
       <c r="F107" s="1" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" s="1" t="s">
-        <v>472</v>
+        <v>485</v>
       </c>
       <c r="B108" s="1"/>
       <c r="C108" s="1" t="s">
-        <v>463</v>
+        <v>476</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>473</v>
+        <v>486</v>
       </c>
       <c r="E108" s="1" t="s">
-        <v>474</v>
+        <v>487</v>
       </c>
       <c r="F108" s="1"/>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" s="1" t="s">
-        <v>475</v>
-[...1 lines deleted...]
-      <c r="B109" s="1"/>
+        <v>488</v>
+      </c>
+      <c r="B109" s="1" t="s">
+        <v>489</v>
+      </c>
       <c r="C109" s="1" t="s">
-        <v>463</v>
+        <v>476</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>476</v>
+        <v>490</v>
       </c>
       <c r="E109" s="1" t="s">
-        <v>477</v>
+        <v>491</v>
       </c>
       <c r="F109" s="1" t="s">
-        <v>478</v>
+        <v>492</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" s="1" t="s">
-        <v>479</v>
+        <v>493</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>480</v>
+        <v>494</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>481</v>
+        <v>495</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>482</v>
+        <v>496</v>
       </c>
       <c r="E110" s="1" t="s">
-        <v>483</v>
+        <v>497</v>
       </c>
       <c r="F110" s="1"/>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" s="1" t="s">
-        <v>484</v>
+        <v>498</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>485</v>
+        <v>499</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>486</v>
+        <v>500</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>487</v>
+        <v>501</v>
       </c>
       <c r="E111" s="1" t="s">
-        <v>488</v>
+        <v>502</v>
       </c>
       <c r="F111" s="1"/>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" s="1" t="s">
-        <v>489</v>
+        <v>503</v>
       </c>
       <c r="B112" s="1"/>
       <c r="C112" s="1" t="s">
-        <v>486</v>
+        <v>500</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>490</v>
+        <v>504</v>
       </c>
       <c r="E112" s="1" t="s">
-        <v>491</v>
+        <v>505</v>
       </c>
       <c r="F112" s="1"/>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" s="1" t="s">
-        <v>492</v>
+        <v>506</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>493</v>
+        <v>507</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>486</v>
+        <v>500</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="E113" s="1" t="s">
-        <v>495</v>
+        <v>509</v>
       </c>
       <c r="F113" s="1" t="s">
-        <v>496</v>
+        <v>510</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" s="1" t="s">
-        <v>497</v>
+        <v>511</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>498</v>
+        <v>512</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>499</v>
+        <v>513</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>500</v>
+        <v>514</v>
       </c>
       <c r="E114" s="1" t="s">
-        <v>501</v>
+        <v>515</v>
       </c>
       <c r="F114" s="1"/>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" s="1" t="s">
-        <v>502</v>
+        <v>516</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>503</v>
+        <v>517</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>504</v>
+        <v>518</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>505</v>
+        <v>519</v>
       </c>
       <c r="E115" s="1" t="s">
-        <v>506</v>
+        <v>520</v>
       </c>
       <c r="F115" s="1"/>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" s="1" t="s">
-        <v>507</v>
+        <v>521</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>508</v>
+        <v>522</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>509</v>
+        <v>523</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>510</v>
+        <v>524</v>
       </c>
       <c r="E116" s="1" t="s">
-        <v>511</v>
+        <v>525</v>
       </c>
       <c r="F116" s="1" t="s">
-        <v>512</v>
+        <v>526</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" s="1" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>514</v>
+        <v>528</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>509</v>
+        <v>523</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>515</v>
+        <v>529</v>
       </c>
       <c r="E117" s="1" t="s">
-        <v>516</v>
+        <v>530</v>
       </c>
       <c r="F117" s="1" t="s">
-        <v>517</v>
+        <v>531</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" s="1" t="s">
-        <v>518</v>
+        <v>532</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>519</v>
+        <v>533</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>509</v>
+        <v>523</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>520</v>
+        <v>534</v>
       </c>
       <c r="E118" s="1" t="s">
-        <v>521</v>
+        <v>535</v>
       </c>
       <c r="F118" s="1" t="s">
-        <v>522</v>
+        <v>536</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="B119" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="C119" s="1" t="s">
         <v>523</v>
       </c>
-      <c r="B119" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D119" s="1" t="s">
-        <v>524</v>
+        <v>538</v>
       </c>
       <c r="E119" s="1" t="s">
-        <v>525</v>
+        <v>539</v>
       </c>
       <c r="F119" s="1" t="s">
-        <v>512</v>
+        <v>526</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" s="1" t="s">
-        <v>526</v>
+        <v>540</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>527</v>
+        <v>541</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>509</v>
+        <v>523</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>528</v>
+        <v>542</v>
       </c>
       <c r="E120" s="1" t="s">
-        <v>529</v>
+        <v>543</v>
       </c>
       <c r="F120" s="1" t="s">
-        <v>530</v>
+        <v>544</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" s="1" t="s">
-        <v>531</v>
+        <v>545</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>532</v>
+        <v>546</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>509</v>
+        <v>523</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>533</v>
+        <v>547</v>
       </c>
       <c r="E121" s="1" t="s">
-        <v>534</v>
+        <v>548</v>
       </c>
       <c r="F121" s="1" t="s">
-        <v>535</v>
+        <v>549</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" s="1" t="s">
-        <v>536</v>
+        <v>550</v>
       </c>
       <c r="B122" s="1"/>
       <c r="C122" s="1" t="s">
-        <v>537</v>
+        <v>551</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>538</v>
+        <v>552</v>
       </c>
       <c r="E122" s="1" t="s">
-        <v>539</v>
+        <v>553</v>
       </c>
       <c r="F122" s="1" t="s">
-        <v>540</v>
+        <v>554</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" s="1" t="s">
-        <v>541</v>
+        <v>555</v>
       </c>
       <c r="B123" s="1"/>
       <c r="C123" s="1" t="s">
-        <v>542</v>
+        <v>556</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>543</v>
+        <v>557</v>
       </c>
       <c r="E123" s="1" t="s">
-        <v>544</v>
+        <v>558</v>
       </c>
       <c r="F123" s="1"/>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" s="1" t="s">
-        <v>545</v>
+        <v>559</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>546</v>
+        <v>560</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>547</v>
+        <v>561</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>548</v>
+        <v>562</v>
       </c>
       <c r="E124" s="1" t="s">
-        <v>549</v>
+        <v>563</v>
       </c>
       <c r="F124" s="1" t="s">
-        <v>550</v>
+        <v>564</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" s="1" t="s">
-        <v>551</v>
+        <v>565</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>552</v>
+        <v>566</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>553</v>
+        <v>567</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>554</v>
+        <v>568</v>
       </c>
       <c r="E125" s="1" t="s">
-        <v>555</v>
+        <v>569</v>
       </c>
       <c r="F125" s="1" t="s">
-        <v>556</v>
+        <v>570</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" s="1" t="s">
-        <v>557</v>
+        <v>571</v>
       </c>
       <c r="B126" s="1"/>
       <c r="C126" s="1" t="s">
-        <v>553</v>
+        <v>567</v>
       </c>
       <c r="D126" s="1"/>
       <c r="E126" s="1" t="s">
-        <v>558</v>
+        <v>572</v>
       </c>
       <c r="F126" s="1" t="s">
-        <v>559</v>
+        <v>573</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" s="1" t="s">
-        <v>560</v>
+        <v>574</v>
       </c>
       <c r="B127" s="1"/>
       <c r="C127" s="1" t="s">
-        <v>553</v>
+        <v>567</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>561</v>
+        <v>575</v>
       </c>
       <c r="E127" s="1" t="s">
-        <v>562</v>
+        <v>576</v>
       </c>
       <c r="F127" s="1"/>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" s="1" t="s">
-        <v>563</v>
+        <v>577</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>564</v>
+        <v>578</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>565</v>
+        <v>579</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>566</v>
+        <v>580</v>
       </c>
       <c r="E128" s="1" t="s">
-        <v>567</v>
+        <v>581</v>
       </c>
       <c r="F128" s="1" t="s">
-        <v>568</v>
+        <v>582</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" s="1" t="s">
-        <v>569</v>
+        <v>583</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>570</v>
+        <v>584</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>565</v>
+        <v>579</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>571</v>
+        <v>585</v>
       </c>
       <c r="E129" s="1" t="s">
-        <v>572</v>
+        <v>586</v>
       </c>
       <c r="F129" s="1" t="s">
-        <v>573</v>
+        <v>587</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" s="1" t="s">
-        <v>574</v>
+        <v>588</v>
       </c>
       <c r="B130" s="1"/>
       <c r="C130" s="1" t="s">
-        <v>565</v>
+        <v>579</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>575</v>
+        <v>589</v>
       </c>
       <c r="E130" s="1" t="s">
-        <v>576</v>
+        <v>590</v>
       </c>
       <c r="F130" s="1"/>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" s="1" t="s">
-        <v>577</v>
+        <v>591</v>
       </c>
       <c r="B131" s="1"/>
       <c r="C131" s="1" t="s">
-        <v>565</v>
+        <v>579</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>578</v>
+        <v>592</v>
       </c>
       <c r="E131" s="1" t="s">
-        <v>579</v>
+        <v>593</v>
       </c>
       <c r="F131" s="1"/>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" s="1" t="s">
-        <v>580</v>
+        <v>594</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>581</v>
+        <v>595</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>582</v>
+        <v>596</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>583</v>
+        <v>597</v>
       </c>
       <c r="E132" s="1" t="s">
-        <v>584</v>
+        <v>598</v>
       </c>
       <c r="F132" s="1" t="s">
-        <v>585</v>
+        <v>599</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" s="1" t="s">
-        <v>586</v>
+        <v>600</v>
       </c>
       <c r="B133" s="1"/>
       <c r="C133" s="1" t="s">
-        <v>582</v>
+        <v>596</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>587</v>
+        <v>601</v>
       </c>
       <c r="E133" s="1" t="s">
-        <v>588</v>
+        <v>602</v>
       </c>
       <c r="F133" s="1"/>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" s="1" t="s">
-        <v>589</v>
+        <v>603</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>590</v>
+        <v>604</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>591</v>
+        <v>605</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>592</v>
+        <v>606</v>
       </c>
       <c r="E134" s="1" t="s">
-        <v>593</v>
+        <v>607</v>
       </c>
       <c r="F134" s="1" t="s">
-        <v>594</v>
+        <v>608</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" s="1" t="s">
-        <v>595</v>
+        <v>609</v>
       </c>
       <c r="B135" s="1"/>
       <c r="C135" s="1" t="s">
-        <v>591</v>
+        <v>605</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>596</v>
+        <v>610</v>
       </c>
       <c r="E135" s="1" t="s">
-        <v>597</v>
+        <v>611</v>
       </c>
       <c r="F135" s="1"/>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" s="1" t="s">
-        <v>598</v>
+        <v>612</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>599</v>
+        <v>613</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>591</v>
+        <v>605</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>600</v>
+        <v>614</v>
       </c>
       <c r="E136" s="1" t="s">
-        <v>601</v>
+        <v>615</v>
       </c>
       <c r="F136" s="1" t="s">
-        <v>602</v>
+        <v>616</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" s="1" t="s">
-        <v>603</v>
+        <v>617</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>604</v>
+        <v>618</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>605</v>
+        <v>619</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>606</v>
+        <v>620</v>
       </c>
       <c r="E137" s="1" t="s">
-        <v>607</v>
+        <v>621</v>
       </c>
       <c r="F137" s="1" t="s">
-        <v>608</v>
+        <v>622</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" s="1" t="s">
-        <v>609</v>
+        <v>623</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>610</v>
+        <v>624</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>611</v>
+        <v>625</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>612</v>
+        <v>626</v>
       </c>
       <c r="E138" s="1" t="s">
-        <v>613</v>
+        <v>627</v>
       </c>
       <c r="F138" s="1" t="s">
-        <v>614</v>
+        <v>628</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" s="1" t="s">
-        <v>615</v>
+        <v>629</v>
       </c>
       <c r="B139" s="1"/>
       <c r="C139" s="1" t="s">
-        <v>611</v>
+        <v>625</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>616</v>
+        <v>630</v>
       </c>
       <c r="E139" s="1" t="s">
-        <v>617</v>
+        <v>631</v>
       </c>
       <c r="F139" s="1"/>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" s="1" t="s">
-        <v>618</v>
+        <v>632</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>619</v>
+        <v>633</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>620</v>
+        <v>634</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>621</v>
+        <v>635</v>
       </c>
       <c r="E140" s="1" t="s">
-        <v>622</v>
+        <v>636</v>
       </c>
       <c r="F140" s="1" t="s">
-        <v>623</v>
+        <v>637</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" s="1" t="s">
-        <v>624</v>
+        <v>638</v>
       </c>
       <c r="B141" s="1"/>
       <c r="C141" s="1" t="s">
-        <v>620</v>
+        <v>634</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>625</v>
+        <v>639</v>
       </c>
       <c r="E141" s="1" t="s">
-        <v>626</v>
+        <v>640</v>
       </c>
       <c r="F141" s="1"/>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" s="1" t="s">
-        <v>627</v>
+        <v>641</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>628</v>
+        <v>642</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>629</v>
+        <v>643</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>630</v>
+        <v>644</v>
       </c>
       <c r="E142" s="1" t="s">
-        <v>631</v>
+        <v>645</v>
       </c>
       <c r="F142" s="1" t="s">
-        <v>632</v>
+        <v>646</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" s="1" t="s">
-        <v>633</v>
+        <v>647</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>634</v>
+        <v>648</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>635</v>
+        <v>649</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>636</v>
+        <v>650</v>
       </c>
       <c r="E143" s="1" t="s">
-        <v>637</v>
+        <v>651</v>
       </c>
       <c r="F143" s="1" t="s">
-        <v>638</v>
+        <v>652</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" s="1" t="s">
-        <v>639</v>
+        <v>653</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>640</v>
+        <v>654</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>641</v>
+        <v>655</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>642</v>
+        <v>656</v>
       </c>
       <c r="E144" s="1" t="s">
-        <v>643</v>
+        <v>657</v>
       </c>
       <c r="F144" s="1" t="s">
-        <v>644</v>
+        <v>658</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" s="1" t="s">
-        <v>645</v>
+        <v>659</v>
       </c>
       <c r="B145" s="1"/>
       <c r="C145" s="1" t="s">
-        <v>641</v>
+        <v>655</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>646</v>
+        <v>660</v>
       </c>
       <c r="E145" s="1" t="s">
-        <v>647</v>
+        <v>661</v>
       </c>
       <c r="F145" s="1"/>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" s="1" t="s">
-        <v>648</v>
+        <v>662</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>649</v>
+        <v>663</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>650</v>
+        <v>664</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>651</v>
+        <v>665</v>
       </c>
       <c r="E146" s="1" t="s">
-        <v>652</v>
+        <v>666</v>
       </c>
       <c r="F146" s="1" t="s">
-        <v>653</v>
+        <v>667</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" s="1" t="s">
-        <v>654</v>
+        <v>668</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>655</v>
+        <v>669</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>650</v>
+        <v>664</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>656</v>
+        <v>670</v>
       </c>
       <c r="E147" s="1" t="s">
-        <v>657</v>
+        <v>671</v>
       </c>
       <c r="F147" s="1" t="s">
-        <v>658</v>
+        <v>672</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" s="1" t="s">
-        <v>659</v>
+        <v>673</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>660</v>
+        <v>674</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>650</v>
+        <v>664</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>661</v>
+        <v>675</v>
       </c>
       <c r="E148" s="1" t="s">
-        <v>662</v>
+        <v>676</v>
       </c>
       <c r="F148" s="1"/>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" s="1" t="s">
-        <v>663</v>
+        <v>677</v>
       </c>
       <c r="B149" s="1"/>
       <c r="C149" s="1" t="s">
-        <v>650</v>
+        <v>664</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>664</v>
+        <v>678</v>
       </c>
       <c r="E149" s="1" t="s">
-        <v>665</v>
+        <v>679</v>
       </c>
       <c r="F149" s="1"/>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" s="1" t="s">
-        <v>666</v>
+        <v>680</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>667</v>
+        <v>681</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>650</v>
+        <v>664</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>668</v>
+        <v>682</v>
       </c>
       <c r="E150" s="1" t="s">
-        <v>669</v>
+        <v>683</v>
       </c>
       <c r="F150" s="1" t="s">
-        <v>670</v>
+        <v>684</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" s="1" t="s">
-        <v>671</v>
+        <v>685</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>672</v>
+        <v>686</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>650</v>
+        <v>664</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>673</v>
+        <v>687</v>
       </c>
       <c r="E151" s="1" t="s">
-        <v>674</v>
+        <v>688</v>
       </c>
       <c r="F151" s="1" t="s">
-        <v>675</v>
+        <v>689</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" s="1" t="s">
-        <v>676</v>
-[...1 lines deleted...]
-      <c r="B152" s="1"/>
+        <v>690</v>
+      </c>
+      <c r="B152" s="1" t="s">
+        <v>691</v>
+      </c>
       <c r="C152" s="1" t="s">
-        <v>650</v>
+        <v>664</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>668</v>
+        <v>682</v>
       </c>
       <c r="E152" s="1" t="s">
-        <v>677</v>
+        <v>692</v>
       </c>
       <c r="F152" s="1" t="s">
-        <v>678</v>
+        <v>693</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" s="1" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="B153" s="1"/>
+        <v>694</v>
+      </c>
+      <c r="B153" s="1" t="s">
+        <v>695</v>
+      </c>
       <c r="C153" s="1" t="s">
-        <v>650</v>
+        <v>664</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>680</v>
+        <v>696</v>
       </c>
       <c r="E153" s="1" t="s">
-        <v>681</v>
+        <v>697</v>
       </c>
       <c r="F153" s="1" t="s">
-        <v>682</v>
+        <v>698</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" s="1" t="s">
-        <v>683</v>
-[...1 lines deleted...]
-      <c r="B154" s="1"/>
+        <v>699</v>
+      </c>
+      <c r="B154" s="1" t="s">
+        <v>691</v>
+      </c>
       <c r="C154" s="1" t="s">
-        <v>650</v>
+        <v>664</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>668</v>
+        <v>682</v>
       </c>
       <c r="E154" s="1" t="s">
-        <v>684</v>
+        <v>700</v>
       </c>
       <c r="F154" s="1" t="s">
-        <v>685</v>
+        <v>701</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" s="1" t="s">
-        <v>686</v>
+        <v>702</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>687</v>
+        <v>703</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>688</v>
+        <v>704</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>689</v>
+        <v>705</v>
       </c>
       <c r="E155" s="1" t="s">
-        <v>690</v>
+        <v>706</v>
       </c>
       <c r="F155" s="1"/>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" s="1" t="s">
-        <v>691</v>
+        <v>707</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>692</v>
+        <v>708</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>693</v>
+        <v>709</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>694</v>
+        <v>710</v>
       </c>
       <c r="E156" s="1" t="s">
-        <v>695</v>
+        <v>711</v>
       </c>
       <c r="F156" s="1" t="s">
-        <v>696</v>
+        <v>712</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" s="1" t="s">
-        <v>697</v>
+        <v>713</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>698</v>
+        <v>714</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>693</v>
+        <v>709</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>699</v>
+        <v>715</v>
       </c>
       <c r="E157" s="1" t="s">
-        <v>700</v>
+        <v>716</v>
       </c>
       <c r="F157" s="1" t="s">
-        <v>701</v>
+        <v>717</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" s="1" t="s">
-        <v>702</v>
+        <v>718</v>
       </c>
       <c r="B158" s="1"/>
       <c r="C158" s="1" t="s">
-        <v>693</v>
+        <v>709</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>703</v>
+        <v>719</v>
       </c>
       <c r="E158" s="1" t="s">
-        <v>704</v>
+        <v>720</v>
       </c>
       <c r="F158" s="1"/>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" s="1" t="s">
-        <v>705</v>
-[...1 lines deleted...]
-      <c r="B159" s="1"/>
+        <v>721</v>
+      </c>
+      <c r="B159" s="1" t="s">
+        <v>722</v>
+      </c>
       <c r="C159" s="1" t="s">
-        <v>693</v>
+        <v>709</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>706</v>
+        <v>723</v>
       </c>
       <c r="E159" s="1" t="s">
-        <v>707</v>
+        <v>724</v>
       </c>
       <c r="F159" s="1" t="s">
-        <v>708</v>
+        <v>725</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="B160" s="1" t="s">
+        <v>727</v>
+      </c>
+      <c r="C160" s="1" t="s">
         <v>709</v>
       </c>
-      <c r="B160" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D160" s="1" t="s">
-        <v>711</v>
+        <v>728</v>
       </c>
       <c r="E160" s="1" t="s">
-        <v>712</v>
+        <v>729</v>
       </c>
       <c r="F160" s="1" t="s">
-        <v>713</v>
+        <v>730</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" s="1" t="s">
-        <v>714</v>
+        <v>731</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>715</v>
+        <v>732</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>716</v>
+        <v>733</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>717</v>
+        <v>734</v>
       </c>
       <c r="E161" s="1" t="s">
-        <v>718</v>
+        <v>735</v>
       </c>
       <c r="F161" s="1" t="s">
-        <v>719</v>
+        <v>736</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" s="1" t="s">
-        <v>720</v>
+        <v>737</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>721</v>
+        <v>738</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>716</v>
+        <v>733</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>722</v>
+        <v>739</v>
       </c>
       <c r="E162" s="1" t="s">
-        <v>723</v>
+        <v>740</v>
       </c>
       <c r="F162" s="1" t="s">
-        <v>724</v>
+        <v>741</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" s="1" t="s">
-        <v>725</v>
+        <v>742</v>
       </c>
       <c r="B163" s="1"/>
       <c r="C163" s="1" t="s">
-        <v>716</v>
+        <v>733</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>726</v>
+        <v>743</v>
       </c>
       <c r="E163" s="1" t="s">
-        <v>727</v>
+        <v>744</v>
       </c>
       <c r="F163" s="1"/>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" s="1" t="s">
-        <v>728</v>
+        <v>745</v>
       </c>
       <c r="B164" s="1"/>
       <c r="C164" s="1" t="s">
-        <v>716</v>
+        <v>733</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>729</v>
+        <v>746</v>
       </c>
       <c r="E164" s="1" t="s">
-        <v>730</v>
+        <v>747</v>
       </c>
       <c r="F164" s="1"/>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" s="1" t="s">
-        <v>731</v>
+        <v>748</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>732</v>
+        <v>749</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>716</v>
+        <v>733</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>733</v>
+        <v>750</v>
       </c>
       <c r="E165" s="1" t="s">
-        <v>734</v>
+        <v>751</v>
       </c>
       <c r="F165" s="1" t="s">
-        <v>735</v>
+        <v>752</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" s="1" t="s">
-        <v>736</v>
+        <v>753</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>737</v>
+        <v>754</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>716</v>
+        <v>733</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>738</v>
+        <v>755</v>
       </c>
       <c r="E166" s="1" t="s">
-        <v>739</v>
+        <v>756</v>
       </c>
       <c r="F166" s="1" t="s">
-        <v>740</v>
+        <v>757</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" s="1" t="s">
-        <v>741</v>
-[...1 lines deleted...]
-      <c r="B167" s="1"/>
+        <v>758</v>
+      </c>
+      <c r="B167" s="1" t="s">
+        <v>759</v>
+      </c>
       <c r="C167" s="1" t="s">
-        <v>716</v>
+        <v>733</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>742</v>
+        <v>760</v>
       </c>
       <c r="E167" s="1" t="s">
-        <v>743</v>
+        <v>761</v>
       </c>
       <c r="F167" s="1" t="s">
-        <v>744</v>
+        <v>762</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" s="1" t="s">
-        <v>745</v>
-[...1 lines deleted...]
-      <c r="B168" s="1"/>
+        <v>763</v>
+      </c>
+      <c r="B168" s="1" t="s">
+        <v>764</v>
+      </c>
       <c r="C168" s="1" t="s">
-        <v>716</v>
+        <v>733</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>746</v>
+        <v>765</v>
       </c>
       <c r="E168" s="1" t="s">
-        <v>747</v>
+        <v>766</v>
       </c>
       <c r="F168" s="1" t="s">
-        <v>748</v>
+        <v>767</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" s="1" t="s">
-        <v>749</v>
-[...1 lines deleted...]
-      <c r="B169" s="1"/>
+        <v>768</v>
+      </c>
+      <c r="B169" s="1" t="s">
+        <v>769</v>
+      </c>
       <c r="C169" s="1" t="s">
-        <v>716</v>
+        <v>733</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>750</v>
+        <v>770</v>
       </c>
       <c r="E169" s="1" t="s">
-        <v>751</v>
+        <v>771</v>
       </c>
       <c r="F169" s="1" t="s">
-        <v>752</v>
+        <v>772</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="B170" s="1"/>
+        <v>773</v>
+      </c>
+      <c r="B170" s="1" t="s">
+        <v>774</v>
+      </c>
       <c r="C170" s="1" t="s">
-        <v>716</v>
+        <v>733</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>754</v>
+        <v>775</v>
       </c>
       <c r="E170" s="1" t="s">
-        <v>755</v>
+        <v>776</v>
       </c>
       <c r="F170" s="1" t="s">
-        <v>756</v>
+        <v>777</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" s="1" t="s">
-        <v>757</v>
-[...1 lines deleted...]
-      <c r="B171" s="1"/>
+        <v>778</v>
+      </c>
+      <c r="B171" s="1" t="s">
+        <v>779</v>
+      </c>
       <c r="C171" s="1" t="s">
-        <v>716</v>
+        <v>733</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>758</v>
+        <v>780</v>
       </c>
       <c r="E171" s="1" t="s">
-        <v>759</v>
+        <v>781</v>
       </c>
       <c r="F171" s="1" t="s">
-        <v>760</v>
+        <v>782</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" s="1" t="s">
-        <v>761</v>
+        <v>783</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>762</v>
+        <v>784</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>763</v>
+        <v>785</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>764</v>
+        <v>786</v>
       </c>
       <c r="E172" s="1" t="s">
-        <v>765</v>
+        <v>787</v>
       </c>
       <c r="F172" s="1" t="s">
-        <v>766</v>
+        <v>788</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" s="1" t="s">
-        <v>767</v>
+        <v>789</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>768</v>
+        <v>790</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>769</v>
+        <v>791</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>770</v>
+        <v>792</v>
       </c>
       <c r="E173" s="1" t="s">
-        <v>771</v>
+        <v>793</v>
       </c>
       <c r="F173" s="1"/>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" s="1" t="s">
-        <v>772</v>
+        <v>794</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>773</v>
+        <v>795</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>769</v>
+        <v>791</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>774</v>
+        <v>796</v>
       </c>
       <c r="E174" s="1" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="F174" s="1" t="s">
-        <v>776</v>
+        <v>798</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" s="1" t="s">
-        <v>777</v>
+        <v>799</v>
       </c>
       <c r="B175" s="1"/>
       <c r="C175" s="1" t="s">
-        <v>769</v>
+        <v>791</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>778</v>
+        <v>800</v>
       </c>
       <c r="E175" s="1" t="s">
-        <v>779</v>
+        <v>801</v>
       </c>
       <c r="F175" s="1"/>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" s="1" t="s">
-        <v>780</v>
+        <v>802</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>781</v>
+        <v>803</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>769</v>
+        <v>791</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>782</v>
+        <v>804</v>
       </c>
       <c r="E176" s="1" t="s">
-        <v>783</v>
+        <v>805</v>
       </c>
       <c r="F176" s="1" t="s">
-        <v>784</v>
+        <v>806</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" s="1" t="s">
-        <v>785</v>
+        <v>807</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>786</v>
+        <v>808</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>769</v>
+        <v>791</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>787</v>
+        <v>809</v>
       </c>
       <c r="E177" s="1" t="s">
-        <v>788</v>
+        <v>810</v>
       </c>
       <c r="F177" s="1" t="s">
-        <v>789</v>
+        <v>811</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178" s="1" t="s">
-        <v>790</v>
+        <v>812</v>
       </c>
       <c r="B178" s="1" t="s">
+        <v>813</v>
+      </c>
+      <c r="C178" s="1" t="s">
         <v>791</v>
       </c>
-      <c r="C178" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D178" s="1" t="s">
-        <v>792</v>
+        <v>814</v>
       </c>
       <c r="E178" s="1" t="s">
-        <v>793</v>
+        <v>815</v>
       </c>
       <c r="F178" s="1" t="s">
-        <v>794</v>
+        <v>816</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179" s="1" t="s">
-        <v>795</v>
+        <v>817</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>796</v>
+        <v>818</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>797</v>
+        <v>819</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>798</v>
+        <v>820</v>
       </c>
       <c r="E179" s="1" t="s">
-        <v>799</v>
+        <v>821</v>
       </c>
       <c r="F179" s="1"/>
     </row>
     <row r="180" spans="1:6">
       <c r="A180" s="1" t="s">
-        <v>800</v>
+        <v>822</v>
       </c>
       <c r="B180" s="1"/>
       <c r="C180" s="1" t="s">
-        <v>797</v>
+        <v>819</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>249</v>
+        <v>257</v>
       </c>
       <c r="E180" s="1" t="s">
-        <v>801</v>
+        <v>823</v>
       </c>
       <c r="F180" s="1" t="s">
-        <v>251</v>
+        <v>259</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" s="1" t="s">
-        <v>802</v>
+        <v>824</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>803</v>
+        <v>825</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>804</v>
+        <v>826</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>805</v>
+        <v>827</v>
       </c>
       <c r="E181" s="1" t="s">
-        <v>806</v>
+        <v>828</v>
       </c>
       <c r="F181" s="1" t="s">
-        <v>807</v>
+        <v>829</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" s="1" t="s">
-        <v>808</v>
+        <v>830</v>
       </c>
       <c r="B182" s="1"/>
       <c r="C182" s="1" t="s">
-        <v>804</v>
+        <v>826</v>
       </c>
       <c r="D182" s="1" t="s">
-        <v>809</v>
+        <v>831</v>
       </c>
       <c r="E182" s="1" t="s">
-        <v>810</v>
+        <v>832</v>
       </c>
       <c r="F182" s="1"/>
     </row>
     <row r="183" spans="1:6">
       <c r="A183" s="1" t="s">
-        <v>811</v>
+        <v>833</v>
       </c>
       <c r="B183" s="1"/>
       <c r="C183" s="1" t="s">
-        <v>804</v>
+        <v>826</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>249</v>
+        <v>257</v>
       </c>
       <c r="E183" s="1" t="s">
-        <v>812</v>
+        <v>834</v>
       </c>
       <c r="F183" s="1" t="s">
-        <v>251</v>
+        <v>259</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184" s="1" t="s">
-        <v>813</v>
+        <v>835</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>814</v>
+        <v>836</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>815</v>
+        <v>837</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>816</v>
+        <v>838</v>
       </c>
       <c r="E184" s="1" t="s">
-        <v>817</v>
+        <v>839</v>
       </c>
       <c r="F184" s="1"/>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" s="1" t="s">
-        <v>818</v>
+        <v>840</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>819</v>
+        <v>841</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>820</v>
+        <v>842</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>821</v>
+        <v>843</v>
       </c>
       <c r="E185" s="1" t="s">
-        <v>822</v>
+        <v>844</v>
       </c>
       <c r="F185" s="1" t="s">
-        <v>823</v>
+        <v>845</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" s="1" t="s">
-        <v>824</v>
+        <v>846</v>
       </c>
       <c r="B186" s="1"/>
       <c r="C186" s="1" t="s">
-        <v>820</v>
+        <v>842</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>825</v>
+        <v>847</v>
       </c>
       <c r="E186" s="1" t="s">
-        <v>826</v>
+        <v>848</v>
       </c>
       <c r="F186" s="1"/>
     </row>
     <row r="187" spans="1:6">
       <c r="A187" s="1" t="s">
-        <v>827</v>
+        <v>849</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>828</v>
+        <v>850</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>820</v>
+        <v>842</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>829</v>
+        <v>851</v>
       </c>
       <c r="E187" s="1" t="s">
-        <v>830</v>
+        <v>852</v>
       </c>
       <c r="F187" s="1" t="s">
-        <v>831</v>
+        <v>853</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" s="1" t="s">
-        <v>832</v>
+        <v>854</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>833</v>
+        <v>855</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>834</v>
+        <v>856</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>835</v>
+        <v>857</v>
       </c>
       <c r="E188" s="1" t="s">
-        <v>836</v>
+        <v>858</v>
       </c>
       <c r="F188" s="1" t="s">
-        <v>837</v>
+        <v>859</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" s="1" t="s">
-        <v>838</v>
+        <v>860</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>839</v>
+        <v>861</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>834</v>
+        <v>856</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>840</v>
+        <v>862</v>
       </c>
       <c r="E189" s="1" t="s">
-        <v>841</v>
+        <v>863</v>
       </c>
       <c r="F189" s="1"/>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" s="1" t="s">
-        <v>842</v>
+        <v>864</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>843</v>
+        <v>865</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>834</v>
+        <v>856</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>844</v>
+        <v>866</v>
       </c>
       <c r="E190" s="1" t="s">
-        <v>845</v>
+        <v>867</v>
       </c>
       <c r="F190" s="1" t="s">
-        <v>846</v>
+        <v>868</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" s="1" t="s">
-        <v>847</v>
+        <v>869</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>848</v>
+        <v>870</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>834</v>
+        <v>856</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>849</v>
+        <v>871</v>
       </c>
       <c r="E191" s="1" t="s">
-        <v>850</v>
+        <v>872</v>
       </c>
       <c r="F191" s="1" t="s">
-        <v>851</v>
+        <v>873</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" s="1" t="s">
-        <v>852</v>
+        <v>874</v>
       </c>
       <c r="B192" s="1"/>
       <c r="C192" s="1" t="s">
-        <v>834</v>
+        <v>856</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>853</v>
+        <v>875</v>
       </c>
       <c r="E192" s="1" t="s">
-        <v>854</v>
+        <v>876</v>
       </c>
       <c r="F192" s="1" t="s">
-        <v>855</v>
+        <v>877</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" s="1" t="s">
-        <v>856</v>
+        <v>878</v>
       </c>
       <c r="B193" s="1"/>
       <c r="C193" s="1" t="s">
-        <v>834</v>
+        <v>856</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>857</v>
+        <v>879</v>
       </c>
       <c r="E193" s="1" t="s">
-        <v>858</v>
+        <v>880</v>
       </c>
       <c r="F193" s="1" t="s">
-        <v>859</v>
+        <v>881</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194" s="1" t="s">
-        <v>860</v>
+        <v>882</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>861</v>
+        <v>883</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>834</v>
+        <v>856</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>862</v>
+        <v>884</v>
       </c>
       <c r="E194" s="1" t="s">
-        <v>863</v>
+        <v>885</v>
       </c>
       <c r="F194" s="1" t="s">
-        <v>864</v>
+        <v>886</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" s="1" t="s">
-        <v>865</v>
+        <v>887</v>
       </c>
       <c r="B195" s="1"/>
       <c r="C195" s="1" t="s">
-        <v>834</v>
+        <v>856</v>
       </c>
       <c r="D195" s="1"/>
       <c r="E195" s="1" t="s">
-        <v>866</v>
+        <v>888</v>
       </c>
       <c r="F195" s="1" t="s">
-        <v>867</v>
+        <v>889</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196" s="1" t="s">
-        <v>868</v>
+        <v>890</v>
       </c>
       <c r="B196" s="1"/>
       <c r="C196" s="1" t="s">
-        <v>834</v>
+        <v>856</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>249</v>
+        <v>257</v>
       </c>
       <c r="E196" s="1" t="s">
-        <v>869</v>
+        <v>891</v>
       </c>
       <c r="F196" s="1" t="s">
-        <v>377</v>
+        <v>387</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197" s="1" t="s">
-        <v>870</v>
+        <v>892</v>
       </c>
       <c r="B197" s="1"/>
       <c r="C197" s="1" t="s">
-        <v>834</v>
+        <v>856</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>871</v>
+        <v>893</v>
       </c>
       <c r="E197" s="1" t="s">
-        <v>872</v>
+        <v>894</v>
       </c>
       <c r="F197" s="1"/>
     </row>
     <row r="198" spans="1:6">
       <c r="A198" s="1" t="s">
-        <v>873</v>
+        <v>895</v>
       </c>
       <c r="B198" s="1"/>
       <c r="C198" s="1" t="s">
-        <v>834</v>
+        <v>856</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>874</v>
+        <v>896</v>
       </c>
       <c r="E198" s="1" t="s">
-        <v>875</v>
+        <v>897</v>
       </c>
       <c r="F198" s="1"/>
     </row>
     <row r="199" spans="1:6">
       <c r="A199" s="1" t="s">
-        <v>876</v>
+        <v>898</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>877</v>
+        <v>899</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>834</v>
+        <v>856</v>
       </c>
       <c r="D199" s="1" t="s">
-        <v>878</v>
+        <v>900</v>
       </c>
       <c r="E199" s="1" t="s">
-        <v>879</v>
+        <v>901</v>
       </c>
       <c r="F199" s="1" t="s">
-        <v>880</v>
+        <v>902</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="A200" s="1" t="s">
-        <v>881</v>
+        <v>903</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>882</v>
+        <v>904</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>834</v>
+        <v>856</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>883</v>
+        <v>905</v>
       </c>
       <c r="E200" s="1" t="s">
-        <v>884</v>
+        <v>906</v>
       </c>
       <c r="F200" s="1" t="s">
-        <v>885</v>
+        <v>907</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="A201" s="1" t="s">
-        <v>886</v>
+        <v>908</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>887</v>
+        <v>909</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>834</v>
+        <v>856</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>888</v>
+        <v>910</v>
       </c>
       <c r="E201" s="1" t="s">
-        <v>889</v>
+        <v>911</v>
       </c>
       <c r="F201" s="1" t="s">
-        <v>890</v>
+        <v>912</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="A202" s="1" t="s">
-        <v>891</v>
-[...1 lines deleted...]
-      <c r="B202" s="1"/>
+        <v>913</v>
+      </c>
+      <c r="B202" s="1" t="s">
+        <v>914</v>
+      </c>
       <c r="C202" s="1" t="s">
-        <v>834</v>
+        <v>856</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>892</v>
+        <v>915</v>
       </c>
       <c r="E202" s="1" t="s">
-        <v>893</v>
+        <v>916</v>
       </c>
       <c r="F202" s="1" t="s">
-        <v>894</v>
+        <v>917</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="A203" s="1" t="s">
-        <v>895</v>
-[...1 lines deleted...]
-      <c r="B203" s="1"/>
+        <v>918</v>
+      </c>
+      <c r="B203" s="1" t="s">
+        <v>919</v>
+      </c>
       <c r="C203" s="1" t="s">
-        <v>834</v>
+        <v>856</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>896</v>
+        <v>920</v>
       </c>
       <c r="E203" s="1" t="s">
-        <v>897</v>
+        <v>921</v>
       </c>
       <c r="F203" s="1" t="s">
-        <v>898</v>
+        <v>922</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="A204" s="1" t="s">
-        <v>899</v>
-[...1 lines deleted...]
-      <c r="B204" s="1"/>
+        <v>923</v>
+      </c>
+      <c r="B204" s="1" t="s">
+        <v>924</v>
+      </c>
       <c r="C204" s="1" t="s">
-        <v>834</v>
+        <v>856</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>900</v>
+        <v>925</v>
       </c>
       <c r="E204" s="1" t="s">
-        <v>901</v>
+        <v>926</v>
       </c>
       <c r="F204" s="1" t="s">
-        <v>902</v>
+        <v>927</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="A205" s="1" t="s">
-        <v>903</v>
-[...1 lines deleted...]
-      <c r="B205" s="1"/>
+        <v>928</v>
+      </c>
+      <c r="B205" s="1" t="s">
+        <v>929</v>
+      </c>
       <c r="C205" s="1" t="s">
-        <v>834</v>
+        <v>856</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>904</v>
+        <v>930</v>
       </c>
       <c r="E205" s="1" t="s">
-        <v>905</v>
+        <v>931</v>
       </c>
       <c r="F205" s="1" t="s">
-        <v>906</v>
+        <v>932</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="A206" s="1" t="s">
-        <v>907</v>
-[...1 lines deleted...]
-      <c r="B206" s="1"/>
+        <v>933</v>
+      </c>
+      <c r="B206" s="1" t="s">
+        <v>934</v>
+      </c>
       <c r="C206" s="1" t="s">
-        <v>834</v>
+        <v>856</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>908</v>
+        <v>935</v>
       </c>
       <c r="E206" s="1" t="s">
-        <v>909</v>
+        <v>936</v>
       </c>
       <c r="F206" s="1" t="s">
-        <v>910</v>
+        <v>937</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="A207" s="1" t="s">
-        <v>911</v>
+        <v>938</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>912</v>
+        <v>939</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>834</v>
+        <v>856</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>913</v>
+        <v>940</v>
       </c>
       <c r="E207" s="1" t="s">
-        <v>914</v>
+        <v>941</v>
       </c>
       <c r="F207" s="1" t="s">
-        <v>915</v>
+        <v>942</v>
       </c>
     </row>
     <row r="208" spans="1:6">
       <c r="A208" s="1" t="s">
-        <v>916</v>
+        <v>943</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>917</v>
+        <v>944</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>834</v>
+        <v>856</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>918</v>
+        <v>945</v>
       </c>
       <c r="E208" s="1" t="s">
-        <v>919</v>
+        <v>946</v>
       </c>
       <c r="F208" s="1" t="s">
-        <v>920</v>
+        <v>947</v>
       </c>
     </row>
     <row r="209" spans="1:6">
       <c r="A209" s="1" t="s">
-        <v>921</v>
+        <v>948</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>922</v>
+        <v>949</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>834</v>
+        <v>856</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>923</v>
+        <v>950</v>
       </c>
       <c r="E209" s="1" t="s">
-        <v>924</v>
+        <v>951</v>
       </c>
       <c r="F209" s="1" t="s">
-        <v>925</v>
+        <v>952</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="A210" s="1" t="s">
-        <v>926</v>
+        <v>953</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>927</v>
+        <v>954</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>834</v>
+        <v>856</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>928</v>
+        <v>955</v>
       </c>
       <c r="E210" s="1" t="s">
-        <v>929</v>
+        <v>956</v>
       </c>
       <c r="F210" s="1" t="s">
-        <v>930</v>
+        <v>957</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="A211" s="1" t="s">
-        <v>931</v>
+        <v>958</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>932</v>
+        <v>959</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>834</v>
+        <v>856</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>933</v>
+        <v>960</v>
       </c>
       <c r="E211" s="1" t="s">
-        <v>934</v>
+        <v>961</v>
       </c>
       <c r="F211" s="1" t="s">
-        <v>935</v>
+        <v>962</v>
       </c>
     </row>
     <row r="212" spans="1:6">
       <c r="A212" s="1" t="s">
-        <v>936</v>
+        <v>963</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>937</v>
+        <v>964</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>834</v>
+        <v>856</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>938</v>
+        <v>965</v>
       </c>
       <c r="E212" s="1" t="s">
-        <v>939</v>
+        <v>966</v>
       </c>
       <c r="F212" s="1" t="s">
-        <v>940</v>
+        <v>967</v>
       </c>
     </row>
     <row r="213" spans="1:6">
       <c r="A213" s="1" t="s">
-        <v>941</v>
+        <v>968</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>942</v>
+        <v>969</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>834</v>
+        <v>856</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>943</v>
+        <v>970</v>
       </c>
       <c r="E213" s="1" t="s">
-        <v>944</v>
+        <v>971</v>
       </c>
       <c r="F213" s="1" t="s">
-        <v>945</v>
+        <v>972</v>
       </c>
     </row>
     <row r="214" spans="1:6">
       <c r="A214" s="1" t="s">
-        <v>946</v>
+        <v>973</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>947</v>
+        <v>974</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>834</v>
+        <v>856</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>948</v>
+        <v>975</v>
       </c>
       <c r="E214" s="1" t="s">
-        <v>949</v>
+        <v>976</v>
       </c>
       <c r="F214" s="1" t="s">
-        <v>950</v>
+        <v>977</v>
       </c>
     </row>
     <row r="215" spans="1:6">
       <c r="A215" s="1" t="s">
-        <v>951</v>
+        <v>978</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>952</v>
+        <v>979</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>834</v>
+        <v>856</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>953</v>
+        <v>980</v>
       </c>
       <c r="E215" s="1" t="s">
-        <v>954</v>
+        <v>981</v>
       </c>
       <c r="F215" s="1" t="s">
-        <v>955</v>
+        <v>982</v>
       </c>
     </row>
     <row r="216" spans="1:6">
       <c r="A216" s="1" t="s">
-        <v>956</v>
+        <v>983</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>957</v>
+        <v>984</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>834</v>
+        <v>856</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>958</v>
+        <v>985</v>
       </c>
       <c r="E216" s="1" t="s">
-        <v>959</v>
+        <v>986</v>
       </c>
       <c r="F216" s="1" t="s">
-        <v>960</v>
+        <v>987</v>
       </c>
     </row>
     <row r="217" spans="1:6">
       <c r="A217" s="1" t="s">
-        <v>961</v>
+        <v>988</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>962</v>
+        <v>989</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>834</v>
+        <v>856</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>963</v>
+        <v>990</v>
       </c>
       <c r="E217" s="1" t="s">
-        <v>964</v>
+        <v>991</v>
       </c>
       <c r="F217" s="1" t="s">
-        <v>965</v>
+        <v>992</v>
       </c>
     </row>
     <row r="218" spans="1:6">
       <c r="A218" s="1" t="s">
-        <v>966</v>
+        <v>993</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>967</v>
+        <v>994</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>834</v>
+        <v>856</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>968</v>
+        <v>995</v>
       </c>
       <c r="E218" s="1" t="s">
-        <v>969</v>
+        <v>996</v>
       </c>
       <c r="F218" s="1" t="s">
-        <v>970</v>
+        <v>997</v>
       </c>
     </row>
     <row r="219" spans="1:6">
       <c r="A219" s="1" t="s">
-        <v>971</v>
+        <v>998</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>972</v>
+        <v>999</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>834</v>
+        <v>856</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>973</v>
+        <v>1000</v>
       </c>
       <c r="E219" s="1" t="s">
-        <v>974</v>
+        <v>1001</v>
       </c>
       <c r="F219" s="1" t="s">
-        <v>975</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="220" spans="1:6">
       <c r="A220" s="1" t="s">
-        <v>976</v>
+        <v>1003</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>977</v>
+        <v>1004</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>834</v>
-[...2 lines deleted...]
-        <v>978</v>
+        <v>856</v>
+      </c>
+      <c r="D220" s="1">
+        <v>947022504</v>
       </c>
       <c r="E220" s="1" t="s">
-        <v>979</v>
+        <v>1005</v>
       </c>
       <c r="F220" s="1" t="s">
-        <v>980</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="221" spans="1:6">
       <c r="A221" s="1" t="s">
-        <v>981</v>
+        <v>1007</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>982</v>
+        <v>1008</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>834</v>
-[...2 lines deleted...]
-        <v>947022504</v>
+        <v>856</v>
+      </c>
+      <c r="D221" s="1" t="s">
+        <v>1009</v>
       </c>
       <c r="E221" s="1" t="s">
-        <v>983</v>
+        <v>1010</v>
       </c>
       <c r="F221" s="1" t="s">
-        <v>984</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="222" spans="1:6">
       <c r="A222" s="1" t="s">
-        <v>985</v>
+        <v>1012</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>986</v>
+        <v>1013</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>834</v>
-[...9 lines deleted...]
-      </c>
+        <v>856</v>
+      </c>
+      <c r="D222" s="1">
+        <v>678600015</v>
+      </c>
+      <c r="E222" s="1"/>
+      <c r="F222" s="1"/>
     </row>
     <row r="223" spans="1:6">
       <c r="A223" s="1" t="s">
-        <v>990</v>
+        <v>1014</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>991</v>
+        <v>1015</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>834</v>
-[...5 lines deleted...]
-      <c r="F223" s="1"/>
+        <v>856</v>
+      </c>
+      <c r="D223" s="1" t="s">
+        <v>1016</v>
+      </c>
+      <c r="E223" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="F223" s="1" t="s">
+        <v>1018</v>
+      </c>
     </row>
     <row r="224" spans="1:6">
       <c r="A224" s="1" t="s">
-        <v>992</v>
+        <v>1019</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>993</v>
+        <v>1020</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>834</v>
+        <v>856</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>994</v>
+        <v>1021</v>
       </c>
       <c r="E224" s="1" t="s">
-        <v>995</v>
-[...3 lines deleted...]
-      </c>
+        <v>1010</v>
+      </c>
+      <c r="F224" s="1"/>
     </row>
     <row r="225" spans="1:6">
       <c r="A225" s="1" t="s">
-        <v>997</v>
+        <v>1022</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>998</v>
+        <v>1023</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>834</v>
+        <v>856</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>999</v>
+        <v>1024</v>
       </c>
       <c r="E225" s="1" t="s">
-        <v>988</v>
-[...1 lines deleted...]
-      <c r="F225" s="1"/>
+        <v>1025</v>
+      </c>
+      <c r="F225" s="1" t="s">
+        <v>1026</v>
+      </c>
     </row>
     <row r="226" spans="1:6">
       <c r="A226" s="1" t="s">
-        <v>1000</v>
+        <v>1027</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>1001</v>
+        <v>1028</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>1002</v>
+        <v>1029</v>
       </c>
       <c r="D226" s="1" t="s">
-        <v>1003</v>
+        <v>1030</v>
       </c>
       <c r="E226" s="1" t="s">
-        <v>1004</v>
+        <v>1031</v>
       </c>
       <c r="F226" s="1"/>
     </row>
     <row r="227" spans="1:6">
       <c r="A227" s="1" t="s">
-        <v>1005</v>
+        <v>1032</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>1006</v>
+        <v>1033</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>1002</v>
+        <v>1029</v>
       </c>
       <c r="D227" s="1" t="s">
-        <v>1007</v>
+        <v>1034</v>
       </c>
       <c r="E227" s="1" t="s">
-        <v>1008</v>
+        <v>1035</v>
       </c>
       <c r="F227" s="1" t="s">
-        <v>1009</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="228" spans="1:6">
       <c r="A228" s="1" t="s">
-        <v>1010</v>
+        <v>1037</v>
       </c>
       <c r="B228" s="1" t="s">
-        <v>1011</v>
+        <v>1038</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>1012</v>
+        <v>1039</v>
       </c>
       <c r="D228" s="1" t="s">
-        <v>1013</v>
+        <v>1040</v>
       </c>
       <c r="E228" s="1" t="s">
-        <v>1014</v>
+        <v>1041</v>
       </c>
       <c r="F228" s="1"/>
     </row>
     <row r="229" spans="1:6">
       <c r="A229" s="1" t="s">
-        <v>1015</v>
+        <v>1042</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>1016</v>
+        <v>1043</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>1012</v>
+        <v>1039</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>1013</v>
+        <v>1040</v>
       </c>
       <c r="E229" s="1" t="s">
-        <v>1014</v>
+        <v>1041</v>
       </c>
       <c r="F229" s="1" t="s">
-        <v>1017</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="230" spans="1:6">
       <c r="A230" s="1" t="s">
-        <v>1018</v>
+        <v>1045</v>
       </c>
       <c r="B230" s="1"/>
       <c r="C230" s="1" t="s">
-        <v>1012</v>
+        <v>1039</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>1019</v>
+        <v>1046</v>
       </c>
       <c r="E230" s="1" t="s">
-        <v>1020</v>
+        <v>1047</v>
       </c>
       <c r="F230" s="1"/>
     </row>
     <row r="231" spans="1:6">
       <c r="A231" s="1" t="s">
-        <v>1021</v>
+        <v>1048</v>
       </c>
       <c r="B231" s="1"/>
       <c r="C231" s="1" t="s">
-        <v>1012</v>
+        <v>1039</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>1022</v>
+        <v>1049</v>
       </c>
       <c r="E231" s="1" t="s">
-        <v>1023</v>
+        <v>1050</v>
       </c>
       <c r="F231" s="1"/>
     </row>
     <row r="232" spans="1:6">
       <c r="A232" s="1" t="s">
-        <v>1024</v>
+        <v>1051</v>
       </c>
       <c r="B232" s="1"/>
       <c r="C232" s="1" t="s">
-        <v>1012</v>
+        <v>1039</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>1025</v>
+        <v>1052</v>
       </c>
       <c r="E232" s="1" t="s">
-        <v>1026</v>
+        <v>1053</v>
       </c>
       <c r="F232" s="1"/>
     </row>
     <row r="233" spans="1:6">
       <c r="A233" s="1" t="s">
-        <v>1027</v>
+        <v>1054</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>1028</v>
+        <v>1055</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>1012</v>
+        <v>1039</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>1029</v>
+        <v>1056</v>
       </c>
       <c r="E233" s="1" t="s">
-        <v>1030</v>
+        <v>1057</v>
       </c>
       <c r="F233" s="1" t="s">
-        <v>1031</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="234" spans="1:6">
       <c r="A234" s="1" t="s">
-        <v>1032</v>
+        <v>1059</v>
       </c>
       <c r="B234" s="1"/>
       <c r="C234" s="1" t="s">
-        <v>1012</v>
+        <v>1039</v>
       </c>
       <c r="D234" s="1" t="s">
-        <v>249</v>
+        <v>257</v>
       </c>
       <c r="E234" s="1" t="s">
-        <v>1033</v>
+        <v>1060</v>
       </c>
       <c r="F234" s="1" t="s">
-        <v>251</v>
+        <v>259</v>
       </c>
     </row>
     <row r="235" spans="1:6">
       <c r="A235" s="1" t="s">
-        <v>1034</v>
+        <v>1061</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>1035</v>
+        <v>1062</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>1012</v>
+        <v>1039</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>1036</v>
+        <v>1063</v>
       </c>
       <c r="E235" s="1" t="s">
-        <v>1037</v>
+        <v>1064</v>
       </c>
       <c r="F235" s="1"/>
     </row>
     <row r="236" spans="1:6">
       <c r="A236" s="1" t="s">
-        <v>1038</v>
-[...1 lines deleted...]
-      <c r="B236" s="1"/>
+        <v>1065</v>
+      </c>
+      <c r="B236" s="1" t="s">
+        <v>1066</v>
+      </c>
       <c r="C236" s="1" t="s">
-        <v>1012</v>
+        <v>1039</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>1039</v>
+        <v>1067</v>
       </c>
       <c r="E236" s="1" t="s">
-        <v>1040</v>
+        <v>1068</v>
       </c>
       <c r="F236" s="1"/>
     </row>
     <row r="237" spans="1:6">
       <c r="A237" s="1" t="s">
-        <v>1041</v>
+        <v>1069</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>1042</v>
+        <v>1070</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>1012</v>
+        <v>1039</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>1043</v>
+        <v>1071</v>
       </c>
       <c r="E237" s="1" t="s">
-        <v>1044</v>
+        <v>1072</v>
       </c>
       <c r="F237" s="1" t="s">
-        <v>1045</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="238" spans="1:6">
       <c r="A238" s="1" t="s">
-        <v>1046</v>
+        <v>1074</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>1047</v>
+        <v>1075</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>1048</v>
+        <v>1076</v>
       </c>
       <c r="D238" s="1" t="s">
-        <v>1049</v>
+        <v>1077</v>
       </c>
       <c r="E238" s="1" t="s">
-        <v>1050</v>
+        <v>1078</v>
       </c>
       <c r="F238" s="1" t="s">
-        <v>1051</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="239" spans="1:6">
       <c r="A239" s="1" t="s">
-        <v>1052</v>
+        <v>1080</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>1053</v>
+        <v>1081</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>1048</v>
+        <v>1076</v>
       </c>
       <c r="D239" s="1" t="s">
-        <v>1054</v>
+        <v>1082</v>
       </c>
       <c r="E239" s="1" t="s">
-        <v>1055</v>
+        <v>1083</v>
       </c>
       <c r="F239" s="1" t="s">
-        <v>1056</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="240" spans="1:6">
       <c r="A240" s="1" t="s">
-        <v>1057</v>
+        <v>1085</v>
       </c>
       <c r="B240" s="1"/>
       <c r="C240" s="1" t="s">
-        <v>1048</v>
+        <v>1076</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>1058</v>
+        <v>1086</v>
       </c>
       <c r="E240" s="1" t="s">
-        <v>1059</v>
+        <v>1087</v>
       </c>
       <c r="F240" s="1"/>
     </row>
     <row r="241" spans="1:6">
       <c r="A241" s="1" t="s">
-        <v>1060</v>
+        <v>1088</v>
       </c>
       <c r="B241" s="1"/>
       <c r="C241" s="1" t="s">
-        <v>1048</v>
+        <v>1076</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>1061</v>
+        <v>1089</v>
       </c>
       <c r="E241" s="1" t="s">
-        <v>1062</v>
+        <v>1090</v>
       </c>
       <c r="F241" s="1" t="s">
-        <v>1063</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="242" spans="1:6">
       <c r="A242" s="1" t="s">
-        <v>1064</v>
+        <v>1092</v>
       </c>
       <c r="B242" s="1"/>
       <c r="C242" s="1" t="s">
-        <v>1048</v>
+        <v>1076</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>249</v>
+        <v>257</v>
       </c>
       <c r="E242" s="1" t="s">
-        <v>1065</v>
+        <v>1093</v>
       </c>
       <c r="F242" s="1" t="s">
-        <v>377</v>
+        <v>387</v>
       </c>
     </row>
     <row r="243" spans="1:6">
       <c r="A243" s="1" t="s">
-        <v>1066</v>
+        <v>1094</v>
       </c>
       <c r="B243" s="1"/>
       <c r="C243" s="1" t="s">
-        <v>1048</v>
+        <v>1076</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>871</v>
+        <v>893</v>
       </c>
       <c r="E243" s="1" t="s">
-        <v>1067</v>
+        <v>1095</v>
       </c>
       <c r="F243" s="1"/>
     </row>
     <row r="244" spans="1:6">
       <c r="A244" s="1" t="s">
-        <v>1068</v>
+        <v>1096</v>
       </c>
       <c r="B244" s="1" t="s">
-        <v>1069</v>
+        <v>1097</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>1048</v>
+        <v>1076</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>1070</v>
+        <v>1098</v>
       </c>
       <c r="E244" s="1" t="s">
-        <v>1071</v>
+        <v>1099</v>
       </c>
       <c r="F244" s="1" t="s">
-        <v>1072</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="245" spans="1:6">
       <c r="A245" s="1" t="s">
-        <v>1073</v>
+        <v>1101</v>
       </c>
       <c r="B245" s="1" t="s">
-        <v>1074</v>
+        <v>1102</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>1048</v>
+        <v>1076</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>1075</v>
+        <v>1103</v>
       </c>
       <c r="E245" s="1" t="s">
-        <v>1076</v>
+        <v>1104</v>
       </c>
       <c r="F245" s="1" t="s">
-        <v>1077</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="246" spans="1:6">
       <c r="A246" s="1" t="s">
-        <v>1078</v>
+        <v>1106</v>
       </c>
       <c r="B246" s="1" t="s">
-        <v>1079</v>
+        <v>1107</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>1048</v>
+        <v>1076</v>
       </c>
       <c r="D246" s="1" t="s">
-        <v>1080</v>
+        <v>1108</v>
       </c>
       <c r="E246" s="1" t="s">
-        <v>1081</v>
+        <v>1109</v>
       </c>
       <c r="F246" s="1" t="s">
-        <v>1082</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="247" spans="1:6">
       <c r="A247" s="1" t="s">
-        <v>1083</v>
+        <v>1111</v>
       </c>
       <c r="B247" s="1" t="s">
-        <v>1084</v>
+        <v>1112</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>1048</v>
+        <v>1076</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>1085</v>
+        <v>1113</v>
       </c>
       <c r="E247" s="1" t="s">
-        <v>1086</v>
+        <v>1114</v>
       </c>
       <c r="F247" s="1" t="s">
-        <v>1087</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="248" spans="1:6">
       <c r="A248" s="1" t="s">
-        <v>1088</v>
+        <v>1116</v>
       </c>
       <c r="B248" s="1" t="s">
-        <v>1089</v>
+        <v>1117</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>1048</v>
+        <v>1076</v>
       </c>
       <c r="D248" s="1" t="s">
-        <v>1090</v>
+        <v>1118</v>
       </c>
       <c r="E248" s="1" t="s">
-        <v>1091</v>
+        <v>1119</v>
       </c>
       <c r="F248" s="1"/>
     </row>
     <row r="249" spans="1:6">
       <c r="A249" s="1" t="s">
-        <v>1092</v>
+        <v>1120</v>
       </c>
       <c r="B249" s="1" t="s">
-        <v>1093</v>
+        <v>1121</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>1094</v>
+        <v>1122</v>
       </c>
       <c r="D249" s="1" t="s">
-        <v>1095</v>
+        <v>1123</v>
       </c>
       <c r="E249" s="1" t="s">
-        <v>1096</v>
+        <v>1124</v>
       </c>
       <c r="F249" s="1" t="s">
-        <v>1097</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="250" spans="1:6">
       <c r="A250" s="1" t="s">
-        <v>1098</v>
+        <v>1126</v>
       </c>
       <c r="B250" s="1" t="s">
-        <v>1099</v>
+        <v>1127</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>1094</v>
+        <v>1122</v>
       </c>
       <c r="D250" s="1" t="s">
-        <v>1100</v>
+        <v>1128</v>
       </c>
       <c r="E250" s="1" t="s">
-        <v>1101</v>
+        <v>1129</v>
       </c>
       <c r="F250" s="1" t="s">
-        <v>1102</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="251" spans="1:6">
       <c r="A251" s="1" t="s">
-        <v>1103</v>
+        <v>1131</v>
       </c>
       <c r="B251" s="1" t="s">
-        <v>1104</v>
+        <v>1132</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>1094</v>
+        <v>1122</v>
       </c>
       <c r="D251" s="1" t="s">
-        <v>1105</v>
+        <v>1133</v>
       </c>
       <c r="E251" s="1" t="s">
-        <v>1106</v>
+        <v>1134</v>
       </c>
       <c r="F251" s="1" t="s">
-        <v>1097</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="252" spans="1:6">
       <c r="A252" s="1" t="s">
-        <v>1107</v>
+        <v>1135</v>
       </c>
       <c r="B252" s="1"/>
       <c r="C252" s="1" t="s">
-        <v>1094</v>
+        <v>1122</v>
       </c>
       <c r="D252" s="1" t="s">
-        <v>1108</v>
+        <v>1136</v>
       </c>
       <c r="E252" s="1" t="s">
-        <v>1109</v>
+        <v>1137</v>
       </c>
       <c r="F252" s="1"/>
     </row>
     <row r="253" spans="1:6">
       <c r="A253" s="1" t="s">
-        <v>1110</v>
+        <v>1138</v>
       </c>
       <c r="B253" s="1" t="s">
-        <v>1111</v>
+        <v>1139</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>1112</v>
+        <v>1140</v>
       </c>
       <c r="D253" s="1" t="s">
-        <v>1113</v>
+        <v>1141</v>
       </c>
       <c r="E253" s="1" t="s">
-        <v>1114</v>
+        <v>1142</v>
       </c>
       <c r="F253" s="1" t="s">
-        <v>1115</v>
+        <v>1143</v>
       </c>
     </row>
     <row r="254" spans="1:6">
       <c r="A254" s="1" t="s">
-        <v>1116</v>
+        <v>1144</v>
       </c>
       <c r="B254" s="1" t="s">
-        <v>1117</v>
+        <v>1145</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>1112</v>
+        <v>1140</v>
       </c>
       <c r="D254" s="1" t="s">
-        <v>1118</v>
+        <v>1146</v>
       </c>
       <c r="E254" s="1" t="s">
-        <v>1119</v>
+        <v>1147</v>
       </c>
       <c r="F254" s="1" t="s">
-        <v>1120</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="255" spans="1:6">
       <c r="A255" s="1" t="s">
-        <v>1121</v>
+        <v>1149</v>
       </c>
       <c r="B255" s="1"/>
       <c r="C255" s="1" t="s">
-        <v>1112</v>
+        <v>1140</v>
       </c>
       <c r="D255" s="1" t="s">
-        <v>249</v>
+        <v>257</v>
       </c>
       <c r="E255" s="1" t="s">
-        <v>1122</v>
+        <v>1150</v>
       </c>
       <c r="F255" s="1" t="s">
-        <v>251</v>
+        <v>259</v>
       </c>
     </row>
     <row r="256" spans="1:6">
       <c r="A256" s="1" t="s">
-        <v>1123</v>
+        <v>1151</v>
       </c>
       <c r="B256" s="1" t="s">
-        <v>1124</v>
+        <v>1152</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>1112</v>
+        <v>1140</v>
       </c>
       <c r="D256" s="1" t="s">
-        <v>1125</v>
+        <v>1153</v>
       </c>
       <c r="E256" s="1" t="s">
-        <v>1126</v>
+        <v>1154</v>
       </c>
       <c r="F256" s="1"/>
     </row>
     <row r="257" spans="1:6">
       <c r="A257" s="1" t="s">
-        <v>1127</v>
+        <v>1155</v>
       </c>
       <c r="B257" s="1" t="s">
-        <v>1128</v>
+        <v>1156</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>1129</v>
+        <v>1157</v>
       </c>
       <c r="D257" s="1" t="s">
-        <v>1130</v>
+        <v>1158</v>
       </c>
       <c r="E257" s="1" t="s">
-        <v>1131</v>
+        <v>1159</v>
       </c>
       <c r="F257" s="1" t="s">
-        <v>1132</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="258" spans="1:6">
       <c r="A258" s="1" t="s">
-        <v>1133</v>
+        <v>1161</v>
       </c>
       <c r="B258" s="1"/>
       <c r="C258" s="1" t="s">
-        <v>1129</v>
+        <v>1157</v>
       </c>
       <c r="D258" s="1" t="s">
-        <v>1134</v>
+        <v>1162</v>
       </c>
       <c r="E258" s="1" t="s">
-        <v>1135</v>
+        <v>1163</v>
       </c>
       <c r="F258" s="1" t="s">
-        <v>1136</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="259" spans="1:6">
       <c r="A259" s="1" t="s">
-        <v>1137</v>
+        <v>1165</v>
       </c>
       <c r="B259" s="1"/>
       <c r="C259" s="1" t="s">
-        <v>1129</v>
+        <v>1157</v>
       </c>
       <c r="D259" s="1" t="s">
-        <v>1138</v>
+        <v>1166</v>
       </c>
       <c r="E259" s="1" t="s">
-        <v>1139</v>
+        <v>1167</v>
       </c>
       <c r="F259" s="1"/>
     </row>
     <row r="260" spans="1:6">
       <c r="A260" s="1" t="s">
-        <v>1140</v>
+        <v>1168</v>
       </c>
       <c r="B260" s="1"/>
       <c r="C260" s="1" t="s">
-        <v>1129</v>
+        <v>1157</v>
       </c>
       <c r="D260" s="1" t="s">
-        <v>249</v>
+        <v>257</v>
       </c>
       <c r="E260" s="1" t="s">
-        <v>1141</v>
+        <v>1169</v>
       </c>
       <c r="F260" s="1" t="s">
-        <v>251</v>
+        <v>259</v>
       </c>
     </row>
     <row r="261" spans="1:6">
       <c r="A261" s="1" t="s">
-        <v>1142</v>
+        <v>1170</v>
       </c>
       <c r="B261" s="1" t="s">
-        <v>1143</v>
+        <v>1171</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>1144</v>
+        <v>1172</v>
       </c>
       <c r="D261" s="1" t="s">
-        <v>1145</v>
+        <v>1173</v>
       </c>
       <c r="E261" s="1" t="s">
-        <v>1146</v>
+        <v>1174</v>
       </c>
       <c r="F261" s="1" t="s">
-        <v>1147</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="262" spans="1:6">
       <c r="A262" s="1" t="s">
-        <v>1148</v>
+        <v>1176</v>
       </c>
       <c r="B262" s="1" t="s">
-        <v>1149</v>
+        <v>1177</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>1150</v>
+        <v>1178</v>
       </c>
       <c r="D262" s="1" t="s">
-        <v>1151</v>
+        <v>1179</v>
       </c>
       <c r="E262" s="1" t="s">
-        <v>1152</v>
+        <v>1180</v>
       </c>
       <c r="F262" s="1"/>
     </row>
     <row r="263" spans="1:6">
       <c r="A263" s="1" t="s">
-        <v>1153</v>
+        <v>1181</v>
       </c>
       <c r="B263" s="1"/>
       <c r="C263" s="1" t="s">
-        <v>1150</v>
+        <v>1178</v>
       </c>
       <c r="D263" s="1"/>
       <c r="E263" s="1" t="s">
-        <v>1154</v>
+        <v>1182</v>
       </c>
       <c r="F263" s="1" t="s">
-        <v>1155</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="264" spans="1:6">
       <c r="A264" s="1" t="s">
-        <v>1156</v>
+        <v>1184</v>
       </c>
       <c r="B264" s="1"/>
       <c r="C264" s="1" t="s">
-        <v>1150</v>
+        <v>1178</v>
       </c>
       <c r="D264" s="1" t="s">
-        <v>1157</v>
+        <v>1185</v>
       </c>
       <c r="E264" s="1" t="s">
-        <v>1158</v>
+        <v>1186</v>
       </c>
       <c r="F264" s="1"/>
     </row>
     <row r="265" spans="1:6">
       <c r="A265" s="1" t="s">
-        <v>1159</v>
+        <v>1187</v>
       </c>
       <c r="B265" s="1" t="s">
-        <v>1160</v>
+        <v>1188</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>1150</v>
+        <v>1178</v>
       </c>
       <c r="D265" s="1" t="s">
-        <v>1161</v>
+        <v>1189</v>
       </c>
       <c r="E265" s="1" t="s">
-        <v>1162</v>
+        <v>1190</v>
       </c>
       <c r="F265" s="1" t="s">
-        <v>1163</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="266" spans="1:6">
       <c r="A266" s="1" t="s">
-        <v>1164</v>
+        <v>1192</v>
       </c>
       <c r="B266" s="1"/>
       <c r="C266" s="1" t="s">
-        <v>1150</v>
+        <v>1178</v>
       </c>
       <c r="D266" s="1" t="s">
-        <v>1165</v>
+        <v>1193</v>
       </c>
       <c r="E266" s="1" t="s">
-        <v>1166</v>
+        <v>1194</v>
       </c>
       <c r="F266" s="1" t="s">
-        <v>1167</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="267" spans="1:6">
       <c r="A267" s="1" t="s">
-        <v>1168</v>
-[...1 lines deleted...]
-      <c r="B267" s="1"/>
+        <v>1196</v>
+      </c>
+      <c r="B267" s="1" t="s">
+        <v>1197</v>
+      </c>
       <c r="C267" s="1" t="s">
-        <v>1150</v>
+        <v>1178</v>
       </c>
       <c r="D267" s="1" t="s">
-        <v>1169</v>
+        <v>1198</v>
       </c>
       <c r="E267" s="1" t="s">
-        <v>1170</v>
+        <v>1199</v>
       </c>
       <c r="F267" s="1"/>
     </row>
     <row r="268" spans="1:6">
       <c r="A268" s="1" t="s">
-        <v>1171</v>
+        <v>1200</v>
       </c>
       <c r="B268" s="1" t="s">
-        <v>1172</v>
+        <v>1201</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>1173</v>
+        <v>1202</v>
       </c>
       <c r="D268" s="1" t="s">
-        <v>1174</v>
+        <v>1203</v>
       </c>
       <c r="E268" s="1" t="s">
-        <v>1175</v>
+        <v>1204</v>
       </c>
       <c r="F268" s="1" t="s">
-        <v>1176</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="269" spans="1:6">
       <c r="A269" s="1" t="s">
-        <v>1177</v>
+        <v>1206</v>
       </c>
       <c r="B269" s="1"/>
       <c r="C269" s="1" t="s">
-        <v>1173</v>
+        <v>1202</v>
       </c>
       <c r="D269" s="1" t="s">
-        <v>1178</v>
+        <v>1207</v>
       </c>
       <c r="E269" s="1" t="s">
-        <v>1179</v>
+        <v>1208</v>
       </c>
       <c r="F269" s="1" t="s">
-        <v>1180</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="270" spans="1:6">
       <c r="A270" s="1" t="s">
-        <v>1181</v>
+        <v>1210</v>
       </c>
       <c r="B270" s="1"/>
       <c r="C270" s="1" t="s">
-        <v>1173</v>
+        <v>1202</v>
       </c>
       <c r="D270" s="1" t="s">
-        <v>1178</v>
+        <v>1207</v>
       </c>
       <c r="E270" s="1" t="s">
-        <v>1182</v>
+        <v>1211</v>
       </c>
       <c r="F270" s="1" t="s">
-        <v>1183</v>
+        <v>1212</v>
       </c>
     </row>
     <row r="271" spans="1:6">
       <c r="A271" s="1" t="s">
-        <v>1184</v>
+        <v>1213</v>
       </c>
       <c r="B271" s="1"/>
       <c r="C271" s="1" t="s">
-        <v>1173</v>
+        <v>1202</v>
       </c>
       <c r="D271" s="1" t="s">
-        <v>1185</v>
+        <v>1214</v>
       </c>
       <c r="E271" s="1" t="s">
-        <v>1186</v>
+        <v>1215</v>
       </c>
       <c r="F271" s="1"/>
     </row>
     <row r="272" spans="1:6">
       <c r="A272" s="1" t="s">
-        <v>1187</v>
+        <v>1216</v>
       </c>
       <c r="B272" s="1" t="s">
-        <v>1188</v>
+        <v>1217</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>1189</v>
+        <v>1218</v>
       </c>
       <c r="D272" s="1" t="s">
-        <v>1190</v>
+        <v>1219</v>
       </c>
       <c r="E272" s="1" t="s">
-        <v>1191</v>
+        <v>1220</v>
       </c>
       <c r="F272" s="1" t="s">
-        <v>1192</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="273" spans="1:6">
       <c r="A273" s="1" t="s">
-        <v>1193</v>
+        <v>1222</v>
       </c>
       <c r="B273" s="1"/>
       <c r="C273" s="1" t="s">
-        <v>1189</v>
+        <v>1218</v>
       </c>
       <c r="D273" s="1" t="s">
-        <v>1194</v>
+        <v>1223</v>
       </c>
       <c r="E273" s="1" t="s">
-        <v>1195</v>
+        <v>1224</v>
       </c>
       <c r="F273" s="1"/>
     </row>
     <row r="274" spans="1:6">
       <c r="A274" s="1" t="s">
-        <v>1196</v>
+        <v>1225</v>
       </c>
       <c r="B274" s="1" t="s">
-        <v>1197</v>
+        <v>1226</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>1189</v>
+        <v>1218</v>
       </c>
       <c r="D274" s="1" t="s">
-        <v>1198</v>
+        <v>1227</v>
       </c>
       <c r="E274" s="1" t="s">
-        <v>1199</v>
+        <v>1228</v>
       </c>
       <c r="F274" s="1" t="s">
-        <v>1200</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="275" spans="1:6">
       <c r="A275" s="1" t="s">
-        <v>1201</v>
+        <v>1230</v>
       </c>
       <c r="B275" s="1" t="s">
-        <v>1202</v>
+        <v>1231</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>1203</v>
+        <v>1232</v>
       </c>
       <c r="D275" s="1" t="s">
-        <v>1204</v>
+        <v>1233</v>
       </c>
       <c r="E275" s="1" t="s">
-        <v>1205</v>
+        <v>1234</v>
       </c>
       <c r="F275" s="1"/>
     </row>
     <row r="276" spans="1:6">
       <c r="A276" s="1" t="s">
-        <v>1206</v>
+        <v>1235</v>
       </c>
       <c r="B276" s="1"/>
       <c r="C276" s="1" t="s">
-        <v>1203</v>
+        <v>1232</v>
       </c>
       <c r="D276" s="1" t="s">
-        <v>1207</v>
+        <v>1236</v>
       </c>
       <c r="E276" s="1" t="s">
-        <v>1208</v>
+        <v>1237</v>
       </c>
       <c r="F276" s="1"/>
     </row>
     <row r="277" spans="1:6">
       <c r="A277" s="1" t="s">
-        <v>1209</v>
-[...1 lines deleted...]
-      <c r="B277" s="1"/>
+        <v>1238</v>
+      </c>
+      <c r="B277" s="1" t="s">
+        <v>1239</v>
+      </c>
       <c r="C277" s="1" t="s">
-        <v>1203</v>
+        <v>1232</v>
       </c>
       <c r="D277" s="1" t="s">
-        <v>1210</v>
+        <v>1240</v>
       </c>
       <c r="E277" s="1" t="s">
-        <v>1211</v>
-[...3 lines deleted...]
-      </c>
+        <v>1241</v>
+      </c>
+      <c r="F277" s="1"/>
     </row>
     <row r="278" spans="1:6">
       <c r="A278" s="1" t="s">
-        <v>1213</v>
+        <v>1242</v>
       </c>
       <c r="B278" s="1" t="s">
-        <v>1214</v>
+        <v>1243</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>1203</v>
+        <v>1244</v>
       </c>
       <c r="D278" s="1" t="s">
-        <v>1215</v>
+        <v>1245</v>
       </c>
       <c r="E278" s="1" t="s">
-        <v>1216</v>
+        <v>1246</v>
       </c>
       <c r="F278" s="1"/>
     </row>
     <row r="279" spans="1:6">
       <c r="A279" s="1" t="s">
-        <v>1217</v>
+        <v>1247</v>
       </c>
       <c r="B279" s="1" t="s">
-        <v>1218</v>
+        <v>1248</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>1219</v>
+        <v>1249</v>
       </c>
       <c r="D279" s="1" t="s">
-        <v>1220</v>
+        <v>1250</v>
       </c>
       <c r="E279" s="1" t="s">
-        <v>1221</v>
+        <v>1251</v>
       </c>
       <c r="F279" s="1"/>
     </row>
     <row r="280" spans="1:6">
       <c r="A280" s="1" t="s">
-        <v>1222</v>
+        <v>1252</v>
       </c>
       <c r="B280" s="1" t="s">
-        <v>1223</v>
+        <v>1253</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>1224</v>
+        <v>1254</v>
       </c>
       <c r="D280" s="1" t="s">
-        <v>1225</v>
+        <v>1255</v>
       </c>
       <c r="E280" s="1" t="s">
-        <v>1226</v>
+        <v>1256</v>
       </c>
       <c r="F280" s="1"/>
     </row>
     <row r="281" spans="1:6">
       <c r="A281" s="1" t="s">
-        <v>1227</v>
-[...3 lines deleted...]
-      </c>
+        <v>1257</v>
+      </c>
+      <c r="B281" s="1"/>
       <c r="C281" s="1" t="s">
-        <v>1229</v>
+        <v>1258</v>
       </c>
       <c r="D281" s="1" t="s">
-        <v>1230</v>
+        <v>1259</v>
       </c>
       <c r="E281" s="1" t="s">
-        <v>1231</v>
+        <v>1260</v>
       </c>
       <c r="F281" s="1"/>
     </row>
     <row r="282" spans="1:6">
       <c r="A282" s="1" t="s">
-        <v>1232</v>
-[...1 lines deleted...]
-      <c r="B282" s="1"/>
+        <v>1261</v>
+      </c>
+      <c r="B282" s="1" t="s">
+        <v>1262</v>
+      </c>
       <c r="C282" s="1" t="s">
-        <v>1233</v>
+        <v>1263</v>
       </c>
       <c r="D282" s="1" t="s">
-        <v>1234</v>
+        <v>1264</v>
       </c>
       <c r="E282" s="1" t="s">
-        <v>1235</v>
-[...1 lines deleted...]
-      <c r="F282" s="1"/>
+        <v>1265</v>
+      </c>
+      <c r="F282" s="1" t="s">
+        <v>1266</v>
+      </c>
     </row>
     <row r="283" spans="1:6">
       <c r="A283" s="1" t="s">
-        <v>1236</v>
+        <v>1267</v>
       </c>
       <c r="B283" s="1" t="s">
-        <v>1237</v>
+        <v>1268</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>1238</v>
+        <v>1269</v>
       </c>
       <c r="D283" s="1" t="s">
-        <v>1239</v>
+        <v>1270</v>
       </c>
       <c r="E283" s="1" t="s">
-        <v>1240</v>
+        <v>1271</v>
       </c>
       <c r="F283" s="1" t="s">
-        <v>1241</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="284" spans="1:6">
       <c r="A284" s="1" t="s">
-        <v>1242</v>
+        <v>1273</v>
       </c>
       <c r="B284" s="1" t="s">
-        <v>1243</v>
+        <v>1274</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>1244</v>
+        <v>1269</v>
       </c>
       <c r="D284" s="1" t="s">
-        <v>1245</v>
+        <v>1275</v>
       </c>
       <c r="E284" s="1" t="s">
-        <v>1246</v>
+        <v>1276</v>
       </c>
       <c r="F284" s="1" t="s">
-        <v>1247</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="285" spans="1:6">
       <c r="A285" s="1" t="s">
-        <v>1248</v>
+        <v>1277</v>
       </c>
       <c r="B285" s="1" t="s">
-        <v>1249</v>
+        <v>1278</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>1244</v>
+        <v>1269</v>
       </c>
       <c r="D285" s="1" t="s">
-        <v>1250</v>
+        <v>1279</v>
       </c>
       <c r="E285" s="1" t="s">
-        <v>1251</v>
+        <v>1280</v>
       </c>
       <c r="F285" s="1" t="s">
-        <v>1247</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="286" spans="1:6">
       <c r="A286" s="1" t="s">
-        <v>1252</v>
-[...3 lines deleted...]
-      </c>
+        <v>1282</v>
+      </c>
+      <c r="B286" s="1"/>
       <c r="C286" s="1" t="s">
-        <v>1244</v>
+        <v>1269</v>
       </c>
       <c r="D286" s="1" t="s">
-        <v>1254</v>
+        <v>1283</v>
       </c>
       <c r="E286" s="1" t="s">
-        <v>1255</v>
+        <v>1284</v>
       </c>
       <c r="F286" s="1" t="s">
-        <v>1256</v>
+        <v>1285</v>
       </c>
     </row>
     <row r="287" spans="1:6">
       <c r="A287" s="1" t="s">
-        <v>1257</v>
+        <v>1286</v>
       </c>
       <c r="B287" s="1"/>
       <c r="C287" s="1" t="s">
-        <v>1244</v>
+        <v>1269</v>
       </c>
       <c r="D287" s="1" t="s">
-        <v>1258</v>
+        <v>257</v>
       </c>
       <c r="E287" s="1" t="s">
-        <v>1259</v>
+        <v>1287</v>
       </c>
       <c r="F287" s="1" t="s">
-        <v>1260</v>
+        <v>387</v>
       </c>
     </row>
     <row r="288" spans="1:6">
       <c r="A288" s="1" t="s">
-        <v>1261</v>
+        <v>1288</v>
       </c>
       <c r="B288" s="1"/>
       <c r="C288" s="1" t="s">
-        <v>1244</v>
+        <v>1269</v>
       </c>
       <c r="D288" s="1" t="s">
-        <v>249</v>
+        <v>1289</v>
       </c>
       <c r="E288" s="1" t="s">
-        <v>1262</v>
-[...3 lines deleted...]
-      </c>
+        <v>1290</v>
+      </c>
+      <c r="F288" s="1"/>
     </row>
     <row r="289" spans="1:6">
       <c r="A289" s="1" t="s">
-        <v>1263</v>
+        <v>1291</v>
       </c>
       <c r="B289" s="1"/>
       <c r="C289" s="1" t="s">
-        <v>1244</v>
+        <v>1269</v>
       </c>
       <c r="D289" s="1" t="s">
-        <v>1264</v>
+        <v>1292</v>
       </c>
       <c r="E289" s="1" t="s">
-        <v>1265</v>
+        <v>1293</v>
       </c>
       <c r="F289" s="1"/>
     </row>
     <row r="290" spans="1:6">
       <c r="A290" s="1" t="s">
-        <v>1266</v>
+        <v>1294</v>
       </c>
       <c r="B290" s="1"/>
       <c r="C290" s="1" t="s">
-        <v>1244</v>
+        <v>1269</v>
       </c>
       <c r="D290" s="1" t="s">
-        <v>1267</v>
+        <v>1295</v>
       </c>
       <c r="E290" s="1" t="s">
-        <v>1268</v>
+        <v>1296</v>
       </c>
       <c r="F290" s="1"/>
     </row>
     <row r="291" spans="1:6">
       <c r="A291" s="1" t="s">
-        <v>1269</v>
+        <v>1297</v>
       </c>
       <c r="B291" s="1"/>
       <c r="C291" s="1" t="s">
-        <v>1244</v>
+        <v>1269</v>
       </c>
       <c r="D291" s="1" t="s">
-        <v>1270</v>
+        <v>1298</v>
       </c>
       <c r="E291" s="1" t="s">
-        <v>1271</v>
+        <v>1299</v>
       </c>
       <c r="F291" s="1"/>
     </row>
     <row r="292" spans="1:6">
       <c r="A292" s="1" t="s">
-        <v>1272</v>
+        <v>1300</v>
       </c>
       <c r="B292" s="1"/>
       <c r="C292" s="1" t="s">
-        <v>1244</v>
+        <v>1269</v>
       </c>
       <c r="D292" s="1" t="s">
-        <v>1273</v>
+        <v>1301</v>
       </c>
       <c r="E292" s="1" t="s">
-        <v>1274</v>
+        <v>1302</v>
       </c>
       <c r="F292" s="1"/>
     </row>
     <row r="293" spans="1:6">
       <c r="A293" s="1" t="s">
-        <v>1275</v>
-[...1 lines deleted...]
-      <c r="B293" s="1"/>
+        <v>1303</v>
+      </c>
+      <c r="B293" s="1" t="s">
+        <v>1304</v>
+      </c>
       <c r="C293" s="1" t="s">
-        <v>1244</v>
+        <v>1269</v>
       </c>
       <c r="D293" s="1" t="s">
-        <v>1276</v>
+        <v>1305</v>
       </c>
       <c r="E293" s="1" t="s">
-        <v>1277</v>
-[...1 lines deleted...]
-      <c r="F293" s="1"/>
+        <v>1306</v>
+      </c>
+      <c r="F293" s="1" t="s">
+        <v>1272</v>
+      </c>
     </row>
     <row r="294" spans="1:6">
       <c r="A294" s="1" t="s">
-        <v>1278</v>
+        <v>1307</v>
       </c>
       <c r="B294" s="1" t="s">
-        <v>1279</v>
+        <v>1308</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>1244</v>
+        <v>1269</v>
       </c>
       <c r="D294" s="1" t="s">
-        <v>1280</v>
+        <v>1309</v>
       </c>
       <c r="E294" s="1" t="s">
-        <v>1281</v>
+        <v>1310</v>
       </c>
       <c r="F294" s="1" t="s">
-        <v>1247</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="295" spans="1:6">
       <c r="A295" s="1" t="s">
-        <v>1282</v>
-[...1 lines deleted...]
-      <c r="B295" s="1"/>
+        <v>1312</v>
+      </c>
+      <c r="B295" s="1" t="s">
+        <v>1313</v>
+      </c>
       <c r="C295" s="1" t="s">
-        <v>1244</v>
+        <v>1269</v>
       </c>
       <c r="D295" s="1" t="s">
-        <v>1283</v>
+        <v>1314</v>
       </c>
       <c r="E295" s="1" t="s">
-        <v>1284</v>
+        <v>1315</v>
       </c>
       <c r="F295" s="1" t="s">
-        <v>1285</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="296" spans="1:6">
       <c r="A296" s="1" t="s">
-        <v>1286</v>
-[...1 lines deleted...]
-      <c r="B296" s="1"/>
+        <v>1316</v>
+      </c>
+      <c r="B296" s="1" t="s">
+        <v>1317</v>
+      </c>
       <c r="C296" s="1" t="s">
-        <v>1244</v>
+        <v>1269</v>
       </c>
       <c r="D296" s="1" t="s">
-        <v>1287</v>
+        <v>1318</v>
       </c>
       <c r="E296" s="1" t="s">
-        <v>1288</v>
+        <v>1319</v>
       </c>
       <c r="F296" s="1" t="s">
-        <v>1247</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="297" spans="1:6">
       <c r="A297" s="1" t="s">
-        <v>1289</v>
-[...1 lines deleted...]
-      <c r="B297" s="1"/>
+        <v>1321</v>
+      </c>
+      <c r="B297" s="1" t="s">
+        <v>1322</v>
+      </c>
       <c r="C297" s="1" t="s">
-        <v>1244</v>
+        <v>1323</v>
       </c>
       <c r="D297" s="1" t="s">
-        <v>1290</v>
+        <v>1324</v>
       </c>
       <c r="E297" s="1" t="s">
-        <v>1291</v>
+        <v>1325</v>
       </c>
       <c r="F297" s="1" t="s">
-        <v>1292</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="298" spans="1:6">
       <c r="A298" s="1" t="s">
-        <v>1293</v>
-[...3 lines deleted...]
-      </c>
+        <v>1327</v>
+      </c>
+      <c r="B298" s="1"/>
       <c r="C298" s="1" t="s">
-        <v>1295</v>
+        <v>1323</v>
       </c>
       <c r="D298" s="1" t="s">
-        <v>1296</v>
+        <v>1328</v>
       </c>
       <c r="E298" s="1" t="s">
-        <v>1297</v>
-[...3 lines deleted...]
-      </c>
+        <v>1329</v>
+      </c>
+      <c r="F298" s="1"/>
     </row>
     <row r="299" spans="1:6">
       <c r="A299" s="1" t="s">
-        <v>1299</v>
-[...1 lines deleted...]
-      <c r="B299" s="1"/>
+        <v>1330</v>
+      </c>
+      <c r="B299" s="1" t="s">
+        <v>1331</v>
+      </c>
       <c r="C299" s="1" t="s">
-        <v>1295</v>
+        <v>1332</v>
       </c>
       <c r="D299" s="1" t="s">
-        <v>1300</v>
+        <v>1333</v>
       </c>
       <c r="E299" s="1" t="s">
-        <v>1301</v>
-[...1 lines deleted...]
-      <c r="F299" s="1"/>
+        <v>1334</v>
+      </c>
+      <c r="F299" s="1" t="s">
+        <v>1335</v>
+      </c>
     </row>
     <row r="300" spans="1:6">
       <c r="A300" s="1" t="s">
-        <v>1302</v>
+        <v>1336</v>
       </c>
       <c r="B300" s="1" t="s">
-        <v>1303</v>
+        <v>1337</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>1304</v>
+        <v>1332</v>
       </c>
       <c r="D300" s="1" t="s">
-        <v>1305</v>
+        <v>1338</v>
       </c>
       <c r="E300" s="1" t="s">
-        <v>1306</v>
-[...3 lines deleted...]
-      </c>
+        <v>1339</v>
+      </c>
+      <c r="F300" s="1"/>
     </row>
     <row r="301" spans="1:6">
       <c r="A301" s="1" t="s">
-        <v>1308</v>
+        <v>1340</v>
       </c>
       <c r="B301" s="1" t="s">
-        <v>1309</v>
+        <v>1341</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>1304</v>
+        <v>1342</v>
       </c>
       <c r="D301" s="1" t="s">
-        <v>1310</v>
+        <v>1343</v>
       </c>
       <c r="E301" s="1" t="s">
-        <v>1311</v>
+        <v>1344</v>
       </c>
       <c r="F301" s="1"/>
     </row>
     <row r="302" spans="1:6">
       <c r="A302" s="1" t="s">
-        <v>1312</v>
+        <v>1345</v>
       </c>
       <c r="B302" s="1" t="s">
-        <v>1313</v>
+        <v>1346</v>
       </c>
       <c r="C302" s="1" t="s">
-        <v>1314</v>
+        <v>1342</v>
       </c>
       <c r="D302" s="1" t="s">
-        <v>1315</v>
+        <v>1347</v>
       </c>
       <c r="E302" s="1" t="s">
-        <v>1316</v>
-[...1 lines deleted...]
-      <c r="F302" s="1"/>
+        <v>1348</v>
+      </c>
+      <c r="F302" s="1" t="s">
+        <v>1349</v>
+      </c>
     </row>
     <row r="303" spans="1:6">
       <c r="A303" s="1" t="s">
-        <v>1317</v>
+        <v>1350</v>
       </c>
       <c r="B303" s="1" t="s">
-        <v>1318</v>
+        <v>1351</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>1314</v>
+        <v>1352</v>
       </c>
       <c r="D303" s="1" t="s">
-        <v>1319</v>
+        <v>1353</v>
       </c>
       <c r="E303" s="1" t="s">
-        <v>1320</v>
+        <v>1354</v>
       </c>
       <c r="F303" s="1" t="s">
-        <v>1321</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="304" spans="1:6">
       <c r="A304" s="1" t="s">
-        <v>1322</v>
+        <v>1356</v>
       </c>
       <c r="B304" s="1" t="s">
-        <v>1323</v>
+        <v>1357</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>1324</v>
+        <v>1358</v>
       </c>
       <c r="D304" s="1" t="s">
-        <v>1325</v>
+        <v>1359</v>
       </c>
       <c r="E304" s="1" t="s">
-        <v>1326</v>
+        <v>1360</v>
       </c>
       <c r="F304" s="1" t="s">
-        <v>1327</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="305" spans="1:6">
       <c r="A305" s="1" t="s">
-        <v>1328</v>
-[...3 lines deleted...]
-      </c>
+        <v>1362</v>
+      </c>
+      <c r="B305" s="1"/>
       <c r="C305" s="1" t="s">
-        <v>1330</v>
+        <v>1358</v>
       </c>
       <c r="D305" s="1" t="s">
-        <v>1331</v>
+        <v>1363</v>
       </c>
       <c r="E305" s="1" t="s">
-        <v>1332</v>
-[...3 lines deleted...]
-      </c>
+        <v>1364</v>
+      </c>
+      <c r="F305" s="1"/>
     </row>
     <row r="306" spans="1:6">
       <c r="A306" s="1" t="s">
-        <v>1334</v>
-[...1 lines deleted...]
-      <c r="B306" s="1"/>
+        <v>1365</v>
+      </c>
+      <c r="B306" s="1" t="s">
+        <v>1366</v>
+      </c>
       <c r="C306" s="1" t="s">
-        <v>1330</v>
+        <v>1358</v>
       </c>
       <c r="D306" s="1" t="s">
-        <v>1335</v>
+        <v>1367</v>
       </c>
       <c r="E306" s="1" t="s">
-        <v>1336</v>
-[...1 lines deleted...]
-      <c r="F306" s="1"/>
+        <v>1368</v>
+      </c>
+      <c r="F306" s="1" t="s">
+        <v>1369</v>
+      </c>
     </row>
     <row r="307" spans="1:6">
       <c r="A307" s="1" t="s">
-        <v>1337</v>
+        <v>1370</v>
       </c>
       <c r="B307" s="1" t="s">
-        <v>1338</v>
+        <v>1371</v>
       </c>
       <c r="C307" s="1" t="s">
-        <v>1330</v>
+        <v>1358</v>
       </c>
       <c r="D307" s="1" t="s">
-        <v>1339</v>
+        <v>1372</v>
       </c>
       <c r="E307" s="1" t="s">
-        <v>1340</v>
+        <v>1373</v>
       </c>
       <c r="F307" s="1" t="s">
-        <v>1341</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="308" spans="1:6">
       <c r="A308" s="1" t="s">
-        <v>1342</v>
+        <v>1375</v>
       </c>
       <c r="B308" s="1" t="s">
-        <v>1343</v>
+        <v>1376</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>1330</v>
+        <v>1358</v>
       </c>
       <c r="D308" s="1" t="s">
-        <v>1344</v>
+        <v>1377</v>
       </c>
       <c r="E308" s="1" t="s">
-        <v>1345</v>
+        <v>1378</v>
       </c>
       <c r="F308" s="1" t="s">
-        <v>1346</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="309" spans="1:6">
       <c r="A309" s="1" t="s">
-        <v>1347</v>
+        <v>1380</v>
       </c>
       <c r="B309" s="1" t="s">
-        <v>1348</v>
+        <v>1357</v>
       </c>
       <c r="C309" s="1" t="s">
-        <v>1330</v>
+        <v>1358</v>
       </c>
       <c r="D309" s="1" t="s">
-        <v>1349</v>
+        <v>1381</v>
       </c>
       <c r="E309" s="1" t="s">
-        <v>1350</v>
+        <v>1315</v>
       </c>
       <c r="F309" s="1" t="s">
-        <v>1351</v>
+        <v>1382</v>
       </c>
     </row>
     <row r="310" spans="1:6">
       <c r="A310" s="1" t="s">
-        <v>1352</v>
-[...1 lines deleted...]
-      <c r="B310" s="1"/>
+        <v>1383</v>
+      </c>
+      <c r="B310" s="1" t="s">
+        <v>1384</v>
+      </c>
       <c r="C310" s="1" t="s">
-        <v>1330</v>
+        <v>1358</v>
       </c>
       <c r="D310" s="1" t="s">
-        <v>1353</v>
+        <v>1385</v>
       </c>
       <c r="E310" s="1" t="s">
-        <v>1288</v>
-[...3 lines deleted...]
-      </c>
+        <v>1386</v>
+      </c>
+      <c r="F310" s="1"/>
     </row>
     <row r="311" spans="1:6">
       <c r="A311" s="1" t="s">
-        <v>1355</v>
+        <v>1387</v>
       </c>
       <c r="B311" s="1" t="s">
-        <v>1356</v>
+        <v>1388</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>1330</v>
+        <v>1389</v>
       </c>
       <c r="D311" s="1" t="s">
-        <v>1357</v>
+        <v>1390</v>
       </c>
       <c r="E311" s="1" t="s">
-        <v>1358</v>
-[...1 lines deleted...]
-      <c r="F311" s="1"/>
+        <v>1391</v>
+      </c>
+      <c r="F311" s="1" t="s">
+        <v>1392</v>
+      </c>
     </row>
     <row r="312" spans="1:6">
       <c r="A312" s="1" t="s">
-        <v>1359</v>
-[...3 lines deleted...]
-      </c>
+        <v>1393</v>
+      </c>
+      <c r="B312" s="1"/>
       <c r="C312" s="1" t="s">
-        <v>1361</v>
+        <v>1389</v>
       </c>
       <c r="D312" s="1" t="s">
-        <v>1362</v>
+        <v>1394</v>
       </c>
       <c r="E312" s="1" t="s">
-        <v>1363</v>
+        <v>1395</v>
       </c>
       <c r="F312" s="1" t="s">
-        <v>1364</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="313" spans="1:6">
       <c r="A313" s="1" t="s">
-        <v>1365</v>
+        <v>1397</v>
       </c>
       <c r="B313" s="1"/>
       <c r="C313" s="1" t="s">
-        <v>1361</v>
-[...3 lines deleted...]
-      </c>
+        <v>1389</v>
+      </c>
+      <c r="D313" s="1"/>
       <c r="E313" s="1" t="s">
-        <v>1367</v>
-[...3 lines deleted...]
-      </c>
+        <v>1398</v>
+      </c>
+      <c r="F313" s="1"/>
     </row>
     <row r="314" spans="1:6">
       <c r="A314" s="1" t="s">
-        <v>1369</v>
+        <v>1399</v>
       </c>
       <c r="B314" s="1"/>
       <c r="C314" s="1" t="s">
-        <v>1361</v>
-[...1 lines deleted...]
-      <c r="D314" s="1"/>
+        <v>1389</v>
+      </c>
+      <c r="D314" s="1" t="s">
+        <v>1400</v>
+      </c>
       <c r="E314" s="1" t="s">
-        <v>1370</v>
+        <v>1401</v>
       </c>
       <c r="F314" s="1"/>
     </row>
     <row r="315" spans="1:6">
       <c r="A315" s="1" t="s">
-        <v>1371</v>
+        <v>1402</v>
       </c>
       <c r="B315" s="1"/>
       <c r="C315" s="1" t="s">
-        <v>1361</v>
+        <v>1389</v>
       </c>
       <c r="D315" s="1" t="s">
-        <v>1372</v>
+        <v>257</v>
       </c>
       <c r="E315" s="1" t="s">
-        <v>1373</v>
-[...1 lines deleted...]
-      <c r="F315" s="1"/>
+        <v>1403</v>
+      </c>
+      <c r="F315" s="1" t="s">
+        <v>259</v>
+      </c>
     </row>
     <row r="316" spans="1:6">
       <c r="A316" s="1" t="s">
-        <v>1374</v>
-[...1 lines deleted...]
-      <c r="B316" s="1"/>
+        <v>1404</v>
+      </c>
+      <c r="B316" s="1" t="s">
+        <v>1405</v>
+      </c>
       <c r="C316" s="1" t="s">
-        <v>1361</v>
+        <v>1389</v>
       </c>
       <c r="D316" s="1" t="s">
-        <v>249</v>
+        <v>1406</v>
       </c>
       <c r="E316" s="1" t="s">
-        <v>1375</v>
+        <v>1407</v>
       </c>
       <c r="F316" s="1" t="s">
-        <v>251</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="317" spans="1:6">
       <c r="A317" s="1" t="s">
-        <v>1376</v>
+        <v>1409</v>
       </c>
       <c r="B317" s="1" t="s">
-        <v>1377</v>
+        <v>1410</v>
       </c>
       <c r="C317" s="1" t="s">
-        <v>1361</v>
+        <v>1389</v>
       </c>
       <c r="D317" s="1" t="s">
-        <v>1378</v>
+        <v>1411</v>
       </c>
       <c r="E317" s="1" t="s">
-        <v>1379</v>
+        <v>1412</v>
       </c>
       <c r="F317" s="1" t="s">
-        <v>1380</v>
+        <v>1413</v>
       </c>
     </row>
     <row r="318" spans="1:6">
       <c r="A318" s="1" t="s">
-        <v>1381</v>
-[...1 lines deleted...]
-      <c r="B318" s="1"/>
+        <v>1414</v>
+      </c>
+      <c r="B318" s="1" t="s">
+        <v>1415</v>
+      </c>
       <c r="C318" s="1" t="s">
-        <v>1361</v>
+        <v>1416</v>
       </c>
       <c r="D318" s="1" t="s">
-        <v>1382</v>
+        <v>1417</v>
       </c>
       <c r="E318" s="1" t="s">
-        <v>1383</v>
+        <v>1418</v>
       </c>
       <c r="F318" s="1" t="s">
-        <v>1384</v>
+        <v>1419</v>
       </c>
     </row>
     <row r="319" spans="1:6">
       <c r="A319" s="1" t="s">
-        <v>1385</v>
-[...3 lines deleted...]
-      </c>
+        <v>1420</v>
+      </c>
+      <c r="B319" s="1"/>
       <c r="C319" s="1" t="s">
-        <v>1387</v>
+        <v>1416</v>
       </c>
       <c r="D319" s="1" t="s">
-        <v>1388</v>
+        <v>1421</v>
       </c>
       <c r="E319" s="1" t="s">
-        <v>1389</v>
-[...3 lines deleted...]
-      </c>
+        <v>1422</v>
+      </c>
+      <c r="F319" s="1"/>
     </row>
     <row r="320" spans="1:6">
       <c r="A320" s="1" t="s">
-        <v>1391</v>
+        <v>1423</v>
       </c>
       <c r="B320" s="1"/>
       <c r="C320" s="1" t="s">
-        <v>1387</v>
+        <v>1416</v>
       </c>
       <c r="D320" s="1" t="s">
-        <v>1392</v>
+        <v>257</v>
       </c>
       <c r="E320" s="1" t="s">
-        <v>1393</v>
-[...1 lines deleted...]
-      <c r="F320" s="1"/>
+        <v>1424</v>
+      </c>
+      <c r="F320" s="1" t="s">
+        <v>259</v>
+      </c>
     </row>
     <row r="321" spans="1:6">
       <c r="A321" s="1" t="s">
-        <v>1394</v>
-[...1 lines deleted...]
-      <c r="B321" s="1"/>
+        <v>1425</v>
+      </c>
+      <c r="B321" s="1" t="s">
+        <v>1426</v>
+      </c>
       <c r="C321" s="1" t="s">
-        <v>1387</v>
+        <v>1427</v>
       </c>
       <c r="D321" s="1" t="s">
-        <v>249</v>
+        <v>1428</v>
       </c>
       <c r="E321" s="1" t="s">
-        <v>1395</v>
+        <v>1429</v>
       </c>
       <c r="F321" s="1" t="s">
-        <v>251</v>
+        <v>1430</v>
       </c>
     </row>
     <row r="322" spans="1:6">
       <c r="A322" s="1" t="s">
-        <v>1396</v>
-[...3 lines deleted...]
-      </c>
+        <v>1431</v>
+      </c>
+      <c r="B322" s="1"/>
       <c r="C322" s="1" t="s">
-        <v>1398</v>
+        <v>1427</v>
       </c>
       <c r="D322" s="1" t="s">
-        <v>1399</v>
+        <v>1432</v>
       </c>
       <c r="E322" s="1" t="s">
-        <v>1400</v>
-[...3 lines deleted...]
-      </c>
+        <v>1433</v>
+      </c>
+      <c r="F322" s="1"/>
     </row>
     <row r="323" spans="1:6">
       <c r="A323" s="1" t="s">
-        <v>1402</v>
-[...1 lines deleted...]
-      <c r="B323" s="1"/>
+        <v>1434</v>
+      </c>
+      <c r="B323" s="1" t="s">
+        <v>1435</v>
+      </c>
       <c r="C323" s="1" t="s">
-        <v>1398</v>
+        <v>1427</v>
       </c>
       <c r="D323" s="1" t="s">
-        <v>1403</v>
+        <v>1436</v>
       </c>
       <c r="E323" s="1" t="s">
-        <v>1404</v>
-[...1 lines deleted...]
-      <c r="F323" s="1"/>
+        <v>1429</v>
+      </c>
+      <c r="F323" s="1" t="s">
+        <v>1437</v>
+      </c>
     </row>
     <row r="324" spans="1:6">
       <c r="A324" s="1" t="s">
-        <v>1405</v>
+        <v>1438</v>
       </c>
       <c r="B324" s="1" t="s">
-        <v>1406</v>
+        <v>1439</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>1398</v>
+        <v>1427</v>
       </c>
       <c r="D324" s="1" t="s">
-        <v>1407</v>
+        <v>1440</v>
       </c>
       <c r="E324" s="1" t="s">
-        <v>1400</v>
+        <v>1441</v>
       </c>
       <c r="F324" s="1" t="s">
-        <v>1408</v>
+        <v>1442</v>
       </c>
     </row>
     <row r="325" spans="1:6">
       <c r="A325" s="1" t="s">
-        <v>1409</v>
+        <v>1443</v>
       </c>
       <c r="B325" s="1" t="s">
-        <v>1410</v>
+        <v>1444</v>
       </c>
       <c r="C325" s="1" t="s">
-        <v>1398</v>
+        <v>1445</v>
       </c>
       <c r="D325" s="1" t="s">
-        <v>1411</v>
+        <v>1446</v>
       </c>
       <c r="E325" s="1" t="s">
-        <v>1412</v>
-[...3 lines deleted...]
-      </c>
+        <v>1447</v>
+      </c>
+      <c r="F325" s="1"/>
     </row>
     <row r="326" spans="1:6">
       <c r="A326" s="1" t="s">
-        <v>1414</v>
+        <v>1448</v>
       </c>
       <c r="B326" s="1" t="s">
-        <v>1415</v>
+        <v>1449</v>
       </c>
       <c r="C326" s="1" t="s">
-        <v>1416</v>
+        <v>1445</v>
       </c>
       <c r="D326" s="1" t="s">
-        <v>1417</v>
+        <v>1450</v>
       </c>
       <c r="E326" s="1" t="s">
-        <v>1418</v>
+        <v>1451</v>
       </c>
       <c r="F326" s="1"/>
     </row>
     <row r="327" spans="1:6">
       <c r="A327" s="1" t="s">
-        <v>1419</v>
-[...3 lines deleted...]
-      </c>
+        <v>1452</v>
+      </c>
+      <c r="B327" s="1"/>
       <c r="C327" s="1" t="s">
-        <v>1416</v>
+        <v>1453</v>
       </c>
       <c r="D327" s="1" t="s">
-        <v>1420</v>
+        <v>1454</v>
       </c>
       <c r="E327" s="1" t="s">
-        <v>1421</v>
+        <v>1455</v>
       </c>
       <c r="F327" s="1"/>
     </row>
     <row r="328" spans="1:6">
       <c r="A328" s="1" t="s">
-        <v>1422</v>
-[...1 lines deleted...]
-      <c r="B328" s="1"/>
+        <v>1456</v>
+      </c>
+      <c r="B328" s="1" t="s">
+        <v>1457</v>
+      </c>
       <c r="C328" s="1" t="s">
-        <v>1423</v>
+        <v>1458</v>
       </c>
       <c r="D328" s="1" t="s">
-        <v>1424</v>
+        <v>1459</v>
       </c>
       <c r="E328" s="1" t="s">
-        <v>1425</v>
+        <v>1460</v>
       </c>
       <c r="F328" s="1"/>
     </row>
     <row r="329" spans="1:6">
       <c r="A329" s="1" t="s">
-        <v>1426</v>
+        <v>1461</v>
       </c>
       <c r="B329" s="1" t="s">
-        <v>1427</v>
+        <v>1462</v>
       </c>
       <c r="C329" s="1" t="s">
-        <v>1428</v>
+        <v>1458</v>
       </c>
       <c r="D329" s="1" t="s">
-        <v>1429</v>
+        <v>1463</v>
       </c>
       <c r="E329" s="1" t="s">
-        <v>1430</v>
-[...1 lines deleted...]
-      <c r="F329" s="1"/>
+        <v>1464</v>
+      </c>
+      <c r="F329" s="1" t="s">
+        <v>1465</v>
+      </c>
     </row>
     <row r="330" spans="1:6">
       <c r="A330" s="1" t="s">
-        <v>1431</v>
-[...3 lines deleted...]
-      </c>
+        <v>1466</v>
+      </c>
+      <c r="B330" s="1"/>
       <c r="C330" s="1" t="s">
-        <v>1428</v>
+        <v>1458</v>
       </c>
       <c r="D330" s="1" t="s">
-        <v>1433</v>
+        <v>1467</v>
       </c>
       <c r="E330" s="1" t="s">
-        <v>1434</v>
-[...3 lines deleted...]
-      </c>
+        <v>1468</v>
+      </c>
+      <c r="F330" s="1"/>
     </row>
     <row r="331" spans="1:6">
       <c r="A331" s="1" t="s">
-        <v>1436</v>
-[...1 lines deleted...]
-      <c r="B331" s="1"/>
+        <v>1469</v>
+      </c>
+      <c r="B331" s="1" t="s">
+        <v>1470</v>
+      </c>
       <c r="C331" s="1" t="s">
-        <v>1428</v>
+        <v>1471</v>
       </c>
       <c r="D331" s="1" t="s">
-        <v>1437</v>
+        <v>1472</v>
       </c>
       <c r="E331" s="1" t="s">
-        <v>1438</v>
-[...1 lines deleted...]
-      <c r="F331" s="1"/>
+        <v>1473</v>
+      </c>
+      <c r="F331" s="1" t="s">
+        <v>1474</v>
+      </c>
     </row>
     <row r="332" spans="1:6">
       <c r="A332" s="1" t="s">
-        <v>1439</v>
+        <v>1475</v>
       </c>
       <c r="B332" s="1" t="s">
-        <v>1440</v>
+        <v>1476</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>1441</v>
+        <v>1471</v>
       </c>
       <c r="D332" s="1" t="s">
-        <v>1442</v>
+        <v>1477</v>
       </c>
       <c r="E332" s="1" t="s">
-        <v>1443</v>
+        <v>1478</v>
       </c>
       <c r="F332" s="1" t="s">
-        <v>1444</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="333" spans="1:6">
       <c r="A333" s="1" t="s">
-        <v>1445</v>
-[...3 lines deleted...]
-      </c>
+        <v>1480</v>
+      </c>
+      <c r="B333" s="1"/>
       <c r="C333" s="1" t="s">
-        <v>1441</v>
+        <v>1471</v>
       </c>
       <c r="D333" s="1" t="s">
-        <v>1447</v>
+        <v>1481</v>
       </c>
       <c r="E333" s="1" t="s">
-        <v>1448</v>
-[...3 lines deleted...]
-      </c>
+        <v>1482</v>
+      </c>
+      <c r="F333" s="1"/>
     </row>
     <row r="334" spans="1:6">
       <c r="A334" s="1" t="s">
-        <v>1450</v>
-[...1 lines deleted...]
-      <c r="B334" s="1"/>
+        <v>1483</v>
+      </c>
+      <c r="B334" s="1" t="s">
+        <v>1484</v>
+      </c>
       <c r="C334" s="1" t="s">
-        <v>1441</v>
+        <v>1471</v>
       </c>
       <c r="D334" s="1" t="s">
-        <v>1451</v>
+        <v>1485</v>
       </c>
       <c r="E334" s="1" t="s">
-        <v>1452</v>
-[...1 lines deleted...]
-      <c r="F334" s="1"/>
+        <v>1486</v>
+      </c>
+      <c r="F334" s="1" t="s">
+        <v>1487</v>
+      </c>
     </row>
     <row r="335" spans="1:6">
       <c r="A335" s="1" t="s">
-        <v>1453</v>
+        <v>1488</v>
       </c>
       <c r="B335" s="1" t="s">
-        <v>1454</v>
+        <v>1489</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>1441</v>
+        <v>1471</v>
       </c>
       <c r="D335" s="1" t="s">
-        <v>1455</v>
+        <v>1490</v>
       </c>
       <c r="E335" s="1" t="s">
-        <v>1456</v>
+        <v>1491</v>
       </c>
       <c r="F335" s="1" t="s">
-        <v>1457</v>
+        <v>1492</v>
       </c>
     </row>
     <row r="336" spans="1:6">
       <c r="A336" s="1" t="s">
-        <v>1458</v>
+        <v>1493</v>
       </c>
       <c r="B336" s="1" t="s">
-        <v>1459</v>
+        <v>1494</v>
       </c>
       <c r="C336" s="1" t="s">
-        <v>1441</v>
+        <v>1471</v>
       </c>
       <c r="D336" s="1" t="s">
-        <v>1460</v>
+        <v>1495</v>
       </c>
       <c r="E336" s="1" t="s">
-        <v>1461</v>
-[...3 lines deleted...]
-      </c>
+        <v>1496</v>
+      </c>
+      <c r="F336" s="1"/>
     </row>
     <row r="337" spans="1:6">
       <c r="A337" s="1" t="s">
-        <v>1463</v>
+        <v>1497</v>
       </c>
       <c r="B337" s="1" t="s">
-        <v>1464</v>
+        <v>1498</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>1441</v>
+        <v>1499</v>
       </c>
       <c r="D337" s="1" t="s">
-        <v>1465</v>
+        <v>1500</v>
       </c>
       <c r="E337" s="1" t="s">
-        <v>1466</v>
-[...1 lines deleted...]
-      <c r="F337" s="1"/>
+        <v>1501</v>
+      </c>
+      <c r="F337" s="1" t="s">
+        <v>1502</v>
+      </c>
     </row>
     <row r="338" spans="1:6">
       <c r="A338" s="1" t="s">
-        <v>1467</v>
+        <v>1503</v>
       </c>
       <c r="B338" s="1" t="s">
-        <v>1468</v>
+        <v>1504</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>1469</v>
+        <v>1499</v>
       </c>
       <c r="D338" s="1" t="s">
-        <v>1470</v>
+        <v>1505</v>
       </c>
       <c r="E338" s="1" t="s">
-        <v>1471</v>
+        <v>1506</v>
       </c>
       <c r="F338" s="1" t="s">
-        <v>1472</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="339" spans="1:6">
       <c r="A339" s="1" t="s">
-        <v>1473</v>
+        <v>1508</v>
       </c>
       <c r="B339" s="1"/>
       <c r="C339" s="1" t="s">
-        <v>1469</v>
+        <v>1499</v>
       </c>
       <c r="D339" s="1" t="s">
-        <v>1474</v>
+        <v>1509</v>
       </c>
       <c r="E339" s="1" t="s">
-        <v>1475</v>
-[...3 lines deleted...]
-      </c>
+        <v>1510</v>
+      </c>
+      <c r="F339" s="1"/>
     </row>
     <row r="340" spans="1:6">
       <c r="A340" s="1" t="s">
-        <v>1477</v>
-[...1 lines deleted...]
-      <c r="B340" s="1"/>
+        <v>1511</v>
+      </c>
+      <c r="B340" s="1" t="s">
+        <v>1512</v>
+      </c>
       <c r="C340" s="1" t="s">
-        <v>1469</v>
+        <v>1499</v>
       </c>
       <c r="D340" s="1" t="s">
-        <v>1478</v>
+        <v>1513</v>
       </c>
       <c r="E340" s="1" t="s">
-        <v>1479</v>
-[...1 lines deleted...]
-      <c r="F340" s="1"/>
+        <v>1514</v>
+      </c>
+      <c r="F340" s="1" t="s">
+        <v>1515</v>
+      </c>
     </row>
     <row r="341" spans="1:6">
       <c r="A341" s="1" t="s">
-        <v>1480</v>
+        <v>1516</v>
       </c>
       <c r="B341" s="1" t="s">
-        <v>1481</v>
+        <v>1517</v>
       </c>
       <c r="C341" s="1" t="s">
-        <v>1469</v>
+        <v>1518</v>
       </c>
       <c r="D341" s="1" t="s">
-        <v>1482</v>
+        <v>1519</v>
       </c>
       <c r="E341" s="1" t="s">
-        <v>1483</v>
-[...3 lines deleted...]
-      </c>
+        <v>1520</v>
+      </c>
+      <c r="F341" s="1"/>
     </row>
     <row r="342" spans="1:6">
       <c r="A342" s="1" t="s">
-        <v>1485</v>
+        <v>1521</v>
       </c>
       <c r="B342" s="1" t="s">
-        <v>1486</v>
+        <v>1522</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>1487</v>
+        <v>1523</v>
       </c>
       <c r="D342" s="1" t="s">
-        <v>1488</v>
+        <v>1524</v>
       </c>
       <c r="E342" s="1" t="s">
-        <v>1489</v>
+        <v>1525</v>
       </c>
       <c r="F342" s="1"/>
     </row>
     <row r="343" spans="1:6">
       <c r="A343" s="1" t="s">
-        <v>1490</v>
+        <v>1526</v>
       </c>
       <c r="B343" s="1" t="s">
-        <v>1491</v>
+        <v>1527</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>1492</v>
+        <v>1528</v>
       </c>
       <c r="D343" s="1" t="s">
-        <v>1493</v>
+        <v>1529</v>
       </c>
       <c r="E343" s="1" t="s">
-        <v>1494</v>
+        <v>1530</v>
       </c>
       <c r="F343" s="1"/>
     </row>
     <row r="344" spans="1:6">
       <c r="A344" s="1" t="s">
-        <v>1495</v>
+        <v>1531</v>
       </c>
       <c r="B344" s="1" t="s">
-        <v>1496</v>
+        <v>1532</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>1497</v>
+        <v>1533</v>
       </c>
       <c r="D344" s="1" t="s">
-        <v>1498</v>
+        <v>1534</v>
       </c>
       <c r="E344" s="1" t="s">
-        <v>1499</v>
+        <v>1535</v>
       </c>
       <c r="F344" s="1"/>
     </row>
     <row r="345" spans="1:6">
       <c r="A345" s="1" t="s">
-        <v>1500</v>
+        <v>1536</v>
       </c>
       <c r="B345" s="1" t="s">
-        <v>1501</v>
+        <v>1537</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>1502</v>
+        <v>1538</v>
       </c>
       <c r="D345" s="1" t="s">
-        <v>1503</v>
+        <v>1539</v>
       </c>
       <c r="E345" s="1" t="s">
-        <v>1504</v>
-[...1 lines deleted...]
-      <c r="F345" s="1"/>
+        <v>1540</v>
+      </c>
+      <c r="F345" s="1" t="s">
+        <v>1541</v>
+      </c>
     </row>
     <row r="346" spans="1:6">
       <c r="A346" s="1" t="s">
-        <v>1505</v>
-[...3 lines deleted...]
-      </c>
+        <v>1542</v>
+      </c>
+      <c r="B346" s="1"/>
       <c r="C346" s="1" t="s">
-        <v>1507</v>
+        <v>1538</v>
       </c>
       <c r="D346" s="1" t="s">
-        <v>1508</v>
+        <v>1543</v>
       </c>
       <c r="E346" s="1" t="s">
-        <v>1509</v>
-[...3 lines deleted...]
-      </c>
+        <v>1544</v>
+      </c>
+      <c r="F346" s="1"/>
     </row>
     <row r="347" spans="1:6">
       <c r="A347" s="1" t="s">
-        <v>1511</v>
-[...1 lines deleted...]
-      <c r="B347" s="1"/>
+        <v>1545</v>
+      </c>
+      <c r="B347" s="1" t="s">
+        <v>1546</v>
+      </c>
       <c r="C347" s="1" t="s">
-        <v>1507</v>
+        <v>1538</v>
       </c>
       <c r="D347" s="1" t="s">
-        <v>1512</v>
+        <v>1547</v>
       </c>
       <c r="E347" s="1" t="s">
-        <v>1513</v>
-[...1 lines deleted...]
-      <c r="F347" s="1"/>
+        <v>1548</v>
+      </c>
+      <c r="F347" s="1" t="s">
+        <v>1549</v>
+      </c>
     </row>
     <row r="348" spans="1:6">
       <c r="A348" s="1" t="s">
-        <v>1514</v>
-[...3 lines deleted...]
-      </c>
+        <v>1550</v>
+      </c>
+      <c r="B348" s="1"/>
       <c r="C348" s="1" t="s">
-        <v>1507</v>
+        <v>1551</v>
       </c>
       <c r="D348" s="1" t="s">
-        <v>1516</v>
+        <v>1552</v>
       </c>
       <c r="E348" s="1" t="s">
-        <v>1517</v>
-[...3 lines deleted...]
-      </c>
+        <v>1553</v>
+      </c>
+      <c r="F348" s="1"/>
     </row>
     <row r="349" spans="1:6">
       <c r="A349" s="1" t="s">
-        <v>1519</v>
-[...1 lines deleted...]
-      <c r="B349" s="1"/>
+        <v>1554</v>
+      </c>
+      <c r="B349" s="1" t="s">
+        <v>1555</v>
+      </c>
       <c r="C349" s="1" t="s">
-        <v>1520</v>
+        <v>1551</v>
       </c>
       <c r="D349" s="1" t="s">
-        <v>1521</v>
+        <v>1556</v>
       </c>
       <c r="E349" s="1" t="s">
-        <v>1522</v>
+        <v>1557</v>
       </c>
       <c r="F349" s="1"/>
     </row>
     <row r="350" spans="1:6">
       <c r="A350" s="1" t="s">
-        <v>1523</v>
+        <v>1558</v>
       </c>
       <c r="B350" s="1" t="s">
-        <v>1524</v>
+        <v>1559</v>
       </c>
       <c r="C350" s="1" t="s">
-        <v>1520</v>
+        <v>1551</v>
       </c>
       <c r="D350" s="1" t="s">
-        <v>1525</v>
+        <v>1560</v>
       </c>
       <c r="E350" s="1" t="s">
-        <v>1526</v>
-[...1 lines deleted...]
-      <c r="F350" s="1"/>
+        <v>1561</v>
+      </c>
+      <c r="F350" s="1" t="s">
+        <v>1562</v>
+      </c>
     </row>
     <row r="351" spans="1:6">
       <c r="A351" s="1" t="s">
-        <v>1527</v>
+        <v>1563</v>
       </c>
       <c r="B351" s="1" t="s">
-        <v>1528</v>
+        <v>1564</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>1520</v>
+        <v>1565</v>
       </c>
       <c r="D351" s="1" t="s">
-        <v>1529</v>
+        <v>1566</v>
       </c>
       <c r="E351" s="1" t="s">
-        <v>1530</v>
-[...3 lines deleted...]
-      </c>
+        <v>1567</v>
+      </c>
+      <c r="F351" s="1"/>
     </row>
     <row r="352" spans="1:6">
       <c r="A352" s="1" t="s">
-        <v>1532</v>
+        <v>1568</v>
       </c>
       <c r="B352" s="1" t="s">
-        <v>1533</v>
+        <v>1569</v>
       </c>
       <c r="C352" s="1" t="s">
-        <v>1534</v>
+        <v>1570</v>
       </c>
       <c r="D352" s="1" t="s">
-        <v>1535</v>
+        <v>1571</v>
       </c>
       <c r="E352" s="1" t="s">
-        <v>1536</v>
-[...1 lines deleted...]
-      <c r="F352" s="1"/>
+        <v>1572</v>
+      </c>
+      <c r="F352" s="1" t="s">
+        <v>1573</v>
+      </c>
     </row>
     <row r="353" spans="1:6">
       <c r="A353" s="1" t="s">
-        <v>1537</v>
+        <v>1574</v>
       </c>
       <c r="B353" s="1" t="s">
-        <v>1538</v>
+        <v>1575</v>
       </c>
       <c r="C353" s="1" t="s">
-        <v>1539</v>
+        <v>1570</v>
       </c>
       <c r="D353" s="1" t="s">
-        <v>1540</v>
+        <v>1576</v>
       </c>
       <c r="E353" s="1" t="s">
-        <v>1541</v>
+        <v>1577</v>
       </c>
       <c r="F353" s="1" t="s">
-        <v>1542</v>
+        <v>1578</v>
       </c>
     </row>
     <row r="354" spans="1:6">
       <c r="A354" s="1" t="s">
-        <v>1543</v>
+        <v>1579</v>
       </c>
       <c r="B354" s="1" t="s">
-        <v>1544</v>
+        <v>1580</v>
       </c>
       <c r="C354" s="1" t="s">
-        <v>1539</v>
+        <v>1581</v>
       </c>
       <c r="D354" s="1" t="s">
-        <v>1545</v>
+        <v>1582</v>
       </c>
       <c r="E354" s="1" t="s">
-        <v>1546</v>
+        <v>1583</v>
       </c>
       <c r="F354" s="1" t="s">
-        <v>1547</v>
+        <v>1584</v>
       </c>
     </row>
     <row r="355" spans="1:6">
       <c r="A355" s="1" t="s">
-        <v>1548</v>
-[...3 lines deleted...]
-      </c>
+        <v>1585</v>
+      </c>
+      <c r="B355" s="1"/>
       <c r="C355" s="1" t="s">
-        <v>1550</v>
+        <v>1581</v>
       </c>
       <c r="D355" s="1" t="s">
-        <v>1551</v>
+        <v>1586</v>
       </c>
       <c r="E355" s="1" t="s">
-        <v>1552</v>
-[...3 lines deleted...]
-      </c>
+        <v>1587</v>
+      </c>
+      <c r="F355" s="1"/>
     </row>
     <row r="356" spans="1:6">
       <c r="A356" s="1" t="s">
-        <v>1554</v>
-[...1 lines deleted...]
-      <c r="B356" s="1"/>
+        <v>1588</v>
+      </c>
+      <c r="B356" s="1" t="s">
+        <v>1589</v>
+      </c>
       <c r="C356" s="1" t="s">
-        <v>1550</v>
+        <v>1590</v>
       </c>
       <c r="D356" s="1" t="s">
-        <v>1555</v>
+        <v>1591</v>
       </c>
       <c r="E356" s="1" t="s">
-        <v>1556</v>
-[...1 lines deleted...]
-      <c r="F356" s="1"/>
+        <v>1592</v>
+      </c>
+      <c r="F356" s="1" t="s">
+        <v>1593</v>
+      </c>
     </row>
     <row r="357" spans="1:6">
       <c r="A357" s="1" t="s">
-        <v>1557</v>
+        <v>1594</v>
       </c>
       <c r="B357" s="1" t="s">
-        <v>1558</v>
+        <v>1595</v>
       </c>
       <c r="C357" s="1" t="s">
-        <v>1559</v>
+        <v>1590</v>
       </c>
       <c r="D357" s="1" t="s">
-        <v>1560</v>
+        <v>1596</v>
       </c>
       <c r="E357" s="1" t="s">
-        <v>1561</v>
+        <v>1597</v>
       </c>
       <c r="F357" s="1" t="s">
-        <v>1562</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="358" spans="1:6">
       <c r="A358" s="1" t="s">
-        <v>1563</v>
+        <v>1599</v>
       </c>
       <c r="B358" s="1" t="s">
-        <v>1564</v>
+        <v>1600</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>1559</v>
+        <v>1590</v>
       </c>
       <c r="D358" s="1" t="s">
-        <v>1565</v>
+        <v>1601</v>
       </c>
       <c r="E358" s="1" t="s">
-        <v>1566</v>
+        <v>1602</v>
       </c>
       <c r="F358" s="1" t="s">
-        <v>1567</v>
+        <v>1603</v>
       </c>
     </row>
     <row r="359" spans="1:6">
       <c r="A359" s="1" t="s">
-        <v>1568</v>
-[...3 lines deleted...]
-      </c>
+        <v>1604</v>
+      </c>
+      <c r="B359" s="1"/>
       <c r="C359" s="1" t="s">
-        <v>1559</v>
+        <v>1590</v>
       </c>
       <c r="D359" s="1" t="s">
-        <v>1570</v>
+        <v>1605</v>
       </c>
       <c r="E359" s="1" t="s">
-        <v>1571</v>
-[...3 lines deleted...]
-      </c>
+        <v>1606</v>
+      </c>
+      <c r="F359" s="1"/>
     </row>
     <row r="360" spans="1:6">
       <c r="A360" s="1" t="s">
-        <v>1573</v>
-[...1 lines deleted...]
-      <c r="B360" s="1"/>
+        <v>1607</v>
+      </c>
+      <c r="B360" s="1" t="s">
+        <v>1608</v>
+      </c>
       <c r="C360" s="1" t="s">
-        <v>1559</v>
+        <v>1590</v>
       </c>
       <c r="D360" s="1" t="s">
-        <v>1574</v>
+        <v>1609</v>
       </c>
       <c r="E360" s="1" t="s">
-        <v>1575</v>
-[...1 lines deleted...]
-      <c r="F360" s="1"/>
+        <v>1610</v>
+      </c>
+      <c r="F360" s="1" t="s">
+        <v>1611</v>
+      </c>
     </row>
     <row r="361" spans="1:6">
       <c r="A361" s="1" t="s">
-        <v>1576</v>
+        <v>1612</v>
       </c>
       <c r="B361" s="1" t="s">
-        <v>1577</v>
+        <v>1613</v>
       </c>
       <c r="C361" s="1" t="s">
-        <v>1559</v>
+        <v>1590</v>
       </c>
       <c r="D361" s="1" t="s">
-        <v>1578</v>
+        <v>1614</v>
       </c>
       <c r="E361" s="1" t="s">
-        <v>1579</v>
+        <v>1615</v>
       </c>
       <c r="F361" s="1" t="s">
-        <v>1580</v>
+        <v>1616</v>
       </c>
     </row>
     <row r="362" spans="1:6">
       <c r="A362" s="1" t="s">
-        <v>1581</v>
+        <v>1617</v>
       </c>
       <c r="B362" s="1" t="s">
-        <v>1582</v>
+        <v>1618</v>
       </c>
       <c r="C362" s="1" t="s">
-        <v>1559</v>
+        <v>1590</v>
       </c>
       <c r="D362" s="1" t="s">
-        <v>1583</v>
+        <v>1619</v>
       </c>
       <c r="E362" s="1" t="s">
-        <v>1584</v>
+        <v>1620</v>
       </c>
       <c r="F362" s="1" t="s">
-        <v>1585</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="363" spans="1:6">
       <c r="A363" s="1" t="s">
-        <v>1586</v>
+        <v>1622</v>
       </c>
       <c r="B363" s="1" t="s">
-        <v>1587</v>
+        <v>1623</v>
       </c>
       <c r="C363" s="1" t="s">
-        <v>1559</v>
+        <v>1590</v>
       </c>
       <c r="D363" s="1" t="s">
-        <v>1588</v>
+        <v>1624</v>
       </c>
       <c r="E363" s="1" t="s">
-        <v>1589</v>
+        <v>1625</v>
       </c>
       <c r="F363" s="1" t="s">
-        <v>1590</v>
+        <v>1626</v>
       </c>
     </row>
     <row r="364" spans="1:6">
       <c r="A364" s="1" t="s">
-        <v>1591</v>
+        <v>1627</v>
       </c>
       <c r="B364" s="1" t="s">
-        <v>1592</v>
+        <v>1628</v>
       </c>
       <c r="C364" s="1" t="s">
-        <v>1559</v>
+        <v>1590</v>
       </c>
       <c r="D364" s="1" t="s">
-        <v>1593</v>
+        <v>1629</v>
       </c>
       <c r="E364" s="1" t="s">
-        <v>1594</v>
+        <v>1630</v>
       </c>
       <c r="F364" s="1" t="s">
-        <v>1595</v>
+        <v>1631</v>
       </c>
     </row>
     <row r="365" spans="1:6">
       <c r="A365" s="1" t="s">
-        <v>1596</v>
+        <v>1632</v>
       </c>
       <c r="B365" s="1" t="s">
-        <v>1597</v>
+        <v>1633</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>1559</v>
+        <v>1634</v>
       </c>
       <c r="D365" s="1" t="s">
-        <v>1598</v>
+        <v>1635</v>
       </c>
       <c r="E365" s="1" t="s">
-        <v>1599</v>
-[...3 lines deleted...]
-      </c>
+        <v>1636</v>
+      </c>
+      <c r="F365" s="1"/>
     </row>
     <row r="366" spans="1:6">
       <c r="A366" s="1" t="s">
-        <v>1601</v>
+        <v>1637</v>
       </c>
       <c r="B366" s="1" t="s">
-        <v>1602</v>
+        <v>1638</v>
       </c>
       <c r="C366" s="1" t="s">
-        <v>1603</v>
+        <v>1634</v>
       </c>
       <c r="D366" s="1" t="s">
-        <v>1604</v>
+        <v>1639</v>
       </c>
       <c r="E366" s="1" t="s">
-        <v>1605</v>
-[...1 lines deleted...]
-      <c r="F366" s="1"/>
+        <v>1640</v>
+      </c>
+      <c r="F366" s="1" t="s">
+        <v>1641</v>
+      </c>
     </row>
     <row r="367" spans="1:6">
       <c r="A367" s="1" t="s">
-        <v>1606</v>
+        <v>1642</v>
       </c>
       <c r="B367" s="1" t="s">
-        <v>1607</v>
+        <v>1643</v>
       </c>
       <c r="C367" s="1" t="s">
-        <v>1603</v>
+        <v>1644</v>
       </c>
       <c r="D367" s="1" t="s">
-        <v>1608</v>
+        <v>1645</v>
       </c>
       <c r="E367" s="1" t="s">
-        <v>1609</v>
-[...3 lines deleted...]
-      </c>
+        <v>1646</v>
+      </c>
+      <c r="F367" s="1"/>
     </row>
     <row r="368" spans="1:6">
       <c r="A368" s="1" t="s">
-        <v>1611</v>
+        <v>1647</v>
       </c>
       <c r="B368" s="1" t="s">
-        <v>1612</v>
+        <v>1648</v>
       </c>
       <c r="C368" s="1" t="s">
-        <v>1613</v>
+        <v>1644</v>
       </c>
       <c r="D368" s="1" t="s">
-        <v>1614</v>
+        <v>1649</v>
       </c>
       <c r="E368" s="1" t="s">
-        <v>1615</v>
-[...1 lines deleted...]
-      <c r="F368" s="1"/>
+        <v>1650</v>
+      </c>
+      <c r="F368" s="1" t="s">
+        <v>1651</v>
+      </c>
     </row>
     <row r="369" spans="1:6">
       <c r="A369" s="1" t="s">
-        <v>1616</v>
+        <v>1652</v>
       </c>
       <c r="B369" s="1" t="s">
-        <v>1617</v>
+        <v>1653</v>
       </c>
       <c r="C369" s="1" t="s">
-        <v>1613</v>
+        <v>1644</v>
       </c>
       <c r="D369" s="1" t="s">
-        <v>1618</v>
+        <v>1654</v>
       </c>
       <c r="E369" s="1" t="s">
-        <v>1619</v>
-[...3 lines deleted...]
-      </c>
+        <v>1655</v>
+      </c>
+      <c r="F369" s="1"/>
     </row>
     <row r="370" spans="1:6">
       <c r="A370" s="1" t="s">
-        <v>1621</v>
+        <v>1656</v>
       </c>
       <c r="B370" s="1" t="s">
-        <v>1622</v>
+        <v>1657</v>
       </c>
       <c r="C370" s="1" t="s">
-        <v>1613</v>
+        <v>1658</v>
       </c>
       <c r="D370" s="1" t="s">
-        <v>1623</v>
+        <v>1659</v>
       </c>
       <c r="E370" s="1" t="s">
-        <v>1624</v>
-[...1 lines deleted...]
-      <c r="F370" s="1"/>
+        <v>1660</v>
+      </c>
+      <c r="F370" s="1" t="s">
+        <v>1661</v>
+      </c>
     </row>
     <row r="371" spans="1:6">
       <c r="A371" s="1" t="s">
-        <v>1625</v>
+        <v>1662</v>
       </c>
       <c r="B371" s="1" t="s">
-        <v>1626</v>
+        <v>1663</v>
       </c>
       <c r="C371" s="1" t="s">
-        <v>1627</v>
+        <v>1664</v>
       </c>
       <c r="D371" s="1" t="s">
-        <v>1628</v>
+        <v>1665</v>
       </c>
       <c r="E371" s="1" t="s">
-        <v>1629</v>
-[...3 lines deleted...]
-      </c>
+        <v>1666</v>
+      </c>
+      <c r="F371" s="1"/>
     </row>
     <row r="372" spans="1:6">
       <c r="A372" s="1" t="s">
-        <v>1631</v>
-[...3 lines deleted...]
-      </c>
+        <v>1667</v>
+      </c>
+      <c r="B372" s="1"/>
       <c r="C372" s="1" t="s">
-        <v>1633</v>
+        <v>1668</v>
       </c>
       <c r="D372" s="1" t="s">
-        <v>1634</v>
+        <v>257</v>
       </c>
       <c r="E372" s="1" t="s">
-        <v>1635</v>
-[...1 lines deleted...]
-      <c r="F372" s="1"/>
+        <v>1669</v>
+      </c>
+      <c r="F372" s="1" t="s">
+        <v>259</v>
+      </c>
     </row>
     <row r="373" spans="1:6">
       <c r="A373" s="1" t="s">
-        <v>1636</v>
-[...1 lines deleted...]
-      <c r="B373" s="1"/>
+        <v>1670</v>
+      </c>
+      <c r="B373" s="1" t="s">
+        <v>1671</v>
+      </c>
       <c r="C373" s="1" t="s">
-        <v>1637</v>
+        <v>1672</v>
       </c>
       <c r="D373" s="1" t="s">
-        <v>249</v>
+        <v>1673</v>
       </c>
       <c r="E373" s="1" t="s">
-        <v>1638</v>
+        <v>1674</v>
       </c>
       <c r="F373" s="1" t="s">
-        <v>251</v>
+        <v>1675</v>
       </c>
     </row>
     <row r="374" spans="1:6">
       <c r="A374" s="1" t="s">
-        <v>1639</v>
+        <v>1676</v>
       </c>
       <c r="B374" s="1" t="s">
-        <v>1640</v>
+        <v>1677</v>
       </c>
       <c r="C374" s="1" t="s">
-        <v>1641</v>
+        <v>1678</v>
       </c>
       <c r="D374" s="1" t="s">
-        <v>1642</v>
+        <v>1679</v>
       </c>
       <c r="E374" s="1" t="s">
-        <v>1643</v>
+        <v>1680</v>
       </c>
       <c r="F374" s="1" t="s">
-        <v>1644</v>
+        <v>1681</v>
       </c>
     </row>
     <row r="375" spans="1:6">
       <c r="A375" s="1" t="s">
-        <v>1645</v>
+        <v>1682</v>
       </c>
       <c r="B375" s="1" t="s">
-        <v>1646</v>
+        <v>1683</v>
       </c>
       <c r="C375" s="1" t="s">
-        <v>1647</v>
+        <v>1678</v>
       </c>
       <c r="D375" s="1" t="s">
-        <v>1648</v>
+        <v>1684</v>
       </c>
       <c r="E375" s="1" t="s">
-        <v>1649</v>
+        <v>1685</v>
       </c>
       <c r="F375" s="1" t="s">
-        <v>1650</v>
+        <v>1686</v>
       </c>
     </row>
     <row r="376" spans="1:6">
       <c r="A376" s="1" t="s">
-        <v>1651</v>
-[...3 lines deleted...]
-      </c>
+        <v>1687</v>
+      </c>
+      <c r="B376" s="1"/>
       <c r="C376" s="1" t="s">
-        <v>1647</v>
+        <v>1678</v>
       </c>
       <c r="D376" s="1" t="s">
-        <v>1653</v>
+        <v>1688</v>
       </c>
       <c r="E376" s="1" t="s">
-        <v>1654</v>
-[...3 lines deleted...]
-      </c>
+        <v>1689</v>
+      </c>
+      <c r="F376" s="1"/>
     </row>
     <row r="377" spans="1:6">
       <c r="A377" s="1" t="s">
-        <v>1656</v>
-[...1 lines deleted...]
-      <c r="B377" s="1"/>
+        <v>1690</v>
+      </c>
+      <c r="B377" s="1" t="s">
+        <v>1691</v>
+      </c>
       <c r="C377" s="1" t="s">
-        <v>1647</v>
+        <v>1692</v>
       </c>
       <c r="D377" s="1" t="s">
-        <v>1657</v>
+        <v>1693</v>
       </c>
       <c r="E377" s="1" t="s">
-        <v>1658</v>
+        <v>1694</v>
       </c>
       <c r="F377" s="1"/>
     </row>
     <row r="378" spans="1:6">
       <c r="A378" s="1" t="s">
-        <v>1659</v>
+        <v>1695</v>
       </c>
       <c r="B378" s="1" t="s">
-        <v>1660</v>
+        <v>1696</v>
       </c>
       <c r="C378" s="1" t="s">
-        <v>1661</v>
+        <v>1692</v>
       </c>
       <c r="D378" s="1" t="s">
-        <v>1662</v>
+        <v>1697</v>
       </c>
       <c r="E378" s="1" t="s">
-        <v>1663</v>
-[...1 lines deleted...]
-      <c r="F378" s="1"/>
+        <v>1698</v>
+      </c>
+      <c r="F378" s="1" t="s">
+        <v>1699</v>
+      </c>
     </row>
     <row r="379" spans="1:6">
       <c r="A379" s="1" t="s">
-        <v>1664</v>
+        <v>1700</v>
       </c>
       <c r="B379" s="1" t="s">
-        <v>1665</v>
+        <v>1701</v>
       </c>
       <c r="C379" s="1" t="s">
-        <v>1661</v>
+        <v>1692</v>
       </c>
       <c r="D379" s="1" t="s">
-        <v>1666</v>
+        <v>1702</v>
       </c>
       <c r="E379" s="1" t="s">
-        <v>1667</v>
+        <v>1703</v>
       </c>
       <c r="F379" s="1" t="s">
-        <v>1668</v>
+        <v>1704</v>
       </c>
     </row>
     <row r="380" spans="1:6">
       <c r="A380" s="1" t="s">
-        <v>1669</v>
+        <v>1705</v>
       </c>
       <c r="B380" s="1" t="s">
-        <v>1670</v>
+        <v>1706</v>
       </c>
       <c r="C380" s="1" t="s">
-        <v>1661</v>
+        <v>1692</v>
       </c>
       <c r="D380" s="1" t="s">
-        <v>1671</v>
+        <v>1707</v>
       </c>
       <c r="E380" s="1" t="s">
-        <v>1672</v>
+        <v>1708</v>
       </c>
       <c r="F380" s="1" t="s">
-        <v>1673</v>
+        <v>1709</v>
       </c>
     </row>
     <row r="381" spans="1:6">
       <c r="A381" s="1" t="s">
-        <v>1674</v>
-[...1 lines deleted...]
-      <c r="B381" s="1"/>
+        <v>1710</v>
+      </c>
+      <c r="B381" s="1" t="s">
+        <v>1711</v>
+      </c>
       <c r="C381" s="1" t="s">
-        <v>1661</v>
+        <v>1692</v>
       </c>
       <c r="D381" s="1" t="s">
-        <v>1675</v>
+        <v>1712</v>
       </c>
       <c r="E381" s="1" t="s">
-        <v>1676</v>
+        <v>1713</v>
       </c>
       <c r="F381" s="1" t="s">
-        <v>1677</v>
+        <v>1714</v>
       </c>
     </row>
     <row r="382" spans="1:6">
       <c r="A382" s="1" t="s">
-        <v>1678</v>
-[...1 lines deleted...]
-      <c r="B382" s="1"/>
+        <v>1715</v>
+      </c>
+      <c r="B382" s="1" t="s">
+        <v>1716</v>
+      </c>
       <c r="C382" s="1" t="s">
-        <v>1661</v>
+        <v>1692</v>
       </c>
       <c r="D382" s="1" t="s">
-        <v>1679</v>
+        <v>1717</v>
       </c>
       <c r="E382" s="1" t="s">
-        <v>1680</v>
+        <v>1718</v>
       </c>
       <c r="F382" s="1" t="s">
-        <v>1681</v>
+        <v>1719</v>
       </c>
     </row>
     <row r="383" spans="1:6">
       <c r="A383" s="1" t="s">
-        <v>1682</v>
+        <v>1720</v>
       </c>
       <c r="B383" s="1" t="s">
-        <v>1683</v>
+        <v>1721</v>
       </c>
       <c r="C383" s="1" t="s">
-        <v>1661</v>
+        <v>1692</v>
       </c>
       <c r="D383" s="1" t="s">
-        <v>1684</v>
+        <v>1722</v>
       </c>
       <c r="E383" s="1" t="s">
-        <v>1685</v>
+        <v>1723</v>
       </c>
       <c r="F383" s="1" t="s">
-        <v>1686</v>
+        <v>1724</v>
       </c>
     </row>
     <row r="384" spans="1:6">
       <c r="A384" s="1" t="s">
-        <v>1687</v>
-[...1 lines deleted...]
-      <c r="B384" s="1"/>
+        <v>1725</v>
+      </c>
+      <c r="B384" s="1" t="s">
+        <v>1726</v>
+      </c>
       <c r="C384" s="1" t="s">
-        <v>1661</v>
+        <v>1692</v>
       </c>
       <c r="D384" s="1" t="s">
-        <v>1688</v>
+        <v>1727</v>
       </c>
       <c r="E384" s="1" t="s">
-        <v>1689</v>
+        <v>1728</v>
       </c>
       <c r="F384" s="1" t="s">
-        <v>1690</v>
+        <v>1729</v>
       </c>
     </row>
     <row r="385" spans="1:6">
       <c r="A385" s="1" t="s">
-        <v>1691</v>
+        <v>1730</v>
       </c>
       <c r="B385" s="1" t="s">
+        <v>1731</v>
+      </c>
+      <c r="C385" s="1" t="s">
         <v>1692</v>
       </c>
-      <c r="C385" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D385" s="1" t="s">
-        <v>1693</v>
+        <v>1732</v>
       </c>
       <c r="E385" s="1" t="s">
-        <v>1694</v>
+        <v>1733</v>
       </c>
       <c r="F385" s="1" t="s">
-        <v>1695</v>
+        <v>1734</v>
       </c>
     </row>
     <row r="386" spans="1:6">
       <c r="A386" s="1" t="s">
-        <v>1696</v>
+        <v>1735</v>
       </c>
       <c r="B386" s="1" t="s">
-        <v>1697</v>
+        <v>1736</v>
       </c>
       <c r="C386" s="1" t="s">
-        <v>1661</v>
+        <v>1692</v>
       </c>
       <c r="D386" s="1" t="s">
-        <v>1698</v>
+        <v>1737</v>
       </c>
       <c r="E386" s="1" t="s">
-        <v>1699</v>
-[...3 lines deleted...]
-      </c>
+        <v>1738</v>
+      </c>
+      <c r="F386" s="1"/>
     </row>
     <row r="387" spans="1:6">
       <c r="A387" s="1" t="s">
-        <v>1701</v>
+        <v>1739</v>
       </c>
       <c r="B387" s="1" t="s">
-        <v>1702</v>
+        <v>1736</v>
       </c>
       <c r="C387" s="1" t="s">
-        <v>1661</v>
+        <v>1692</v>
       </c>
       <c r="D387" s="1" t="s">
-        <v>1703</v>
+        <v>1737</v>
       </c>
       <c r="E387" s="1" t="s">
-        <v>1704</v>
+        <v>1740</v>
       </c>
       <c r="F387" s="1"/>
     </row>
     <row r="388" spans="1:6">
       <c r="A388" s="1" t="s">
-        <v>1705</v>
+        <v>1741</v>
       </c>
       <c r="B388" s="1" t="s">
-        <v>1702</v>
+        <v>1736</v>
       </c>
       <c r="C388" s="1" t="s">
-        <v>1661</v>
+        <v>1692</v>
       </c>
       <c r="D388" s="1" t="s">
-        <v>1703</v>
+        <v>1737</v>
       </c>
       <c r="E388" s="1" t="s">
-        <v>1706</v>
+        <v>1742</v>
       </c>
       <c r="F388" s="1"/>
     </row>
     <row r="389" spans="1:6">
       <c r="A389" s="1" t="s">
-        <v>1707</v>
+        <v>1743</v>
       </c>
       <c r="B389" s="1" t="s">
-        <v>1702</v>
+        <v>1736</v>
       </c>
       <c r="C389" s="1" t="s">
-        <v>1661</v>
+        <v>1692</v>
       </c>
       <c r="D389" s="1" t="s">
-        <v>1703</v>
+        <v>1737</v>
       </c>
       <c r="E389" s="1" t="s">
-        <v>1708</v>
+        <v>1744</v>
       </c>
       <c r="F389" s="1"/>
     </row>
     <row r="390" spans="1:6">
       <c r="A390" s="1" t="s">
-        <v>1709</v>
+        <v>1745</v>
       </c>
       <c r="B390" s="1" t="s">
-        <v>1702</v>
+        <v>1736</v>
       </c>
       <c r="C390" s="1" t="s">
-        <v>1661</v>
+        <v>1692</v>
       </c>
       <c r="D390" s="1" t="s">
-        <v>1703</v>
+        <v>1737</v>
       </c>
       <c r="E390" s="1" t="s">
-        <v>1710</v>
+        <v>1746</v>
       </c>
       <c r="F390" s="1"/>
     </row>
     <row r="391" spans="1:6">
       <c r="A391" s="1" t="s">
-        <v>1711</v>
+        <v>1747</v>
       </c>
       <c r="B391" s="1" t="s">
-        <v>1702</v>
+        <v>1748</v>
       </c>
       <c r="C391" s="1" t="s">
-        <v>1661</v>
+        <v>1749</v>
       </c>
       <c r="D391" s="1" t="s">
-        <v>1703</v>
+        <v>1750</v>
       </c>
       <c r="E391" s="1" t="s">
-        <v>1712</v>
-[...1 lines deleted...]
-      <c r="F391" s="1"/>
+        <v>1751</v>
+      </c>
+      <c r="F391" s="1" t="s">
+        <v>1752</v>
+      </c>
     </row>
     <row r="392" spans="1:6">
       <c r="A392" s="1" t="s">
-        <v>1713</v>
+        <v>1753</v>
       </c>
       <c r="B392" s="1" t="s">
-        <v>1714</v>
+        <v>1754</v>
       </c>
       <c r="C392" s="1" t="s">
-        <v>1715</v>
+        <v>1749</v>
       </c>
       <c r="D392" s="1" t="s">
-        <v>1716</v>
+        <v>1755</v>
       </c>
       <c r="E392" s="1" t="s">
-        <v>1717</v>
+        <v>1756</v>
       </c>
       <c r="F392" s="1" t="s">
-        <v>1718</v>
+        <v>1757</v>
       </c>
     </row>
     <row r="393" spans="1:6">
       <c r="A393" s="1" t="s">
-        <v>1719</v>
-[...3 lines deleted...]
-      </c>
+        <v>1758</v>
+      </c>
+      <c r="B393" s="1"/>
       <c r="C393" s="1" t="s">
-        <v>1715</v>
+        <v>1749</v>
       </c>
       <c r="D393" s="1" t="s">
-        <v>1721</v>
+        <v>1759</v>
       </c>
       <c r="E393" s="1" t="s">
-        <v>1722</v>
-[...3 lines deleted...]
-      </c>
+        <v>1760</v>
+      </c>
+      <c r="F393" s="1"/>
     </row>
     <row r="394" spans="1:6">
       <c r="A394" s="1" t="s">
-        <v>1724</v>
+        <v>1761</v>
       </c>
       <c r="B394" s="1"/>
       <c r="C394" s="1" t="s">
-        <v>1715</v>
-[...3 lines deleted...]
-      </c>
+        <v>1749</v>
+      </c>
+      <c r="D394" s="1"/>
       <c r="E394" s="1" t="s">
-        <v>1726</v>
+        <v>1762</v>
       </c>
       <c r="F394" s="1"/>
     </row>
     <row r="395" spans="1:6">
       <c r="A395" s="1" t="s">
-        <v>1727</v>
-[...1 lines deleted...]
-      <c r="B395" s="1"/>
+        <v>1763</v>
+      </c>
+      <c r="B395" s="1" t="s">
+        <v>1764</v>
+      </c>
       <c r="C395" s="1" t="s">
-        <v>1715</v>
-[...1 lines deleted...]
-      <c r="D395" s="1"/>
+        <v>1749</v>
+      </c>
+      <c r="D395" s="1" t="s">
+        <v>1765</v>
+      </c>
       <c r="E395" s="1" t="s">
-        <v>1728</v>
-[...1 lines deleted...]
-      <c r="F395" s="1"/>
+        <v>1766</v>
+      </c>
+      <c r="F395" s="1" t="s">
+        <v>1767</v>
+      </c>
     </row>
     <row r="396" spans="1:6">
       <c r="A396" s="1" t="s">
-        <v>1729</v>
+        <v>1768</v>
       </c>
       <c r="B396" s="1" t="s">
-        <v>1730</v>
+        <v>1769</v>
       </c>
       <c r="C396" s="1" t="s">
-        <v>1715</v>
+        <v>1749</v>
       </c>
       <c r="D396" s="1" t="s">
-        <v>1731</v>
+        <v>1770</v>
       </c>
       <c r="E396" s="1" t="s">
-        <v>1732</v>
+        <v>1771</v>
       </c>
       <c r="F396" s="1" t="s">
-        <v>1733</v>
+        <v>1772</v>
       </c>
     </row>
     <row r="397" spans="1:6">
       <c r="A397" s="1" t="s">
-        <v>1734</v>
+        <v>1773</v>
       </c>
       <c r="B397" s="1" t="s">
-        <v>1735</v>
+        <v>1774</v>
       </c>
       <c r="C397" s="1" t="s">
-        <v>1715</v>
+        <v>1775</v>
       </c>
       <c r="D397" s="1" t="s">
-        <v>1736</v>
+        <v>1776</v>
       </c>
       <c r="E397" s="1" t="s">
-        <v>1737</v>
+        <v>1777</v>
       </c>
       <c r="F397" s="1" t="s">
-        <v>1738</v>
+        <v>1778</v>
       </c>
     </row>
     <row r="398" spans="1:6">
       <c r="A398" s="1" t="s">
-        <v>1739</v>
+        <v>1779</v>
       </c>
       <c r="B398" s="1" t="s">
-        <v>1740</v>
+        <v>1780</v>
       </c>
       <c r="C398" s="1" t="s">
-        <v>1741</v>
+        <v>1775</v>
       </c>
       <c r="D398" s="1" t="s">
-        <v>1742</v>
+        <v>1781</v>
       </c>
       <c r="E398" s="1" t="s">
-        <v>1743</v>
-[...3 lines deleted...]
-      </c>
+        <v>1782</v>
+      </c>
+      <c r="F398" s="1"/>
     </row>
     <row r="399" spans="1:6">
       <c r="A399" s="1" t="s">
-        <v>1745</v>
+        <v>1783</v>
       </c>
       <c r="B399" s="1" t="s">
-        <v>1746</v>
+        <v>1784</v>
       </c>
       <c r="C399" s="1" t="s">
-        <v>1741</v>
+        <v>1775</v>
       </c>
       <c r="D399" s="1" t="s">
-        <v>1747</v>
+        <v>1785</v>
       </c>
       <c r="E399" s="1" t="s">
-        <v>1748</v>
-[...1 lines deleted...]
-      <c r="F399" s="1"/>
+        <v>1786</v>
+      </c>
+      <c r="F399" s="1" t="s">
+        <v>1787</v>
+      </c>
     </row>
     <row r="400" spans="1:6">
       <c r="A400" s="1" t="s">
-        <v>1749</v>
-[...3 lines deleted...]
-      </c>
+        <v>1788</v>
+      </c>
+      <c r="B400" s="1"/>
       <c r="C400" s="1" t="s">
-        <v>1741</v>
-[...3 lines deleted...]
-      </c>
+        <v>1775</v>
+      </c>
+      <c r="D400" s="1"/>
       <c r="E400" s="1" t="s">
-        <v>1752</v>
+        <v>1789</v>
       </c>
       <c r="F400" s="1" t="s">
-        <v>1753</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="401" spans="1:6">
       <c r="A401" s="1" t="s">
-        <v>1754</v>
+        <v>1791</v>
       </c>
       <c r="B401" s="1"/>
       <c r="C401" s="1" t="s">
-        <v>1741</v>
-[...1 lines deleted...]
-      <c r="D401" s="1"/>
+        <v>1775</v>
+      </c>
+      <c r="D401" s="1" t="s">
+        <v>1792</v>
+      </c>
       <c r="E401" s="1" t="s">
-        <v>1755</v>
-[...3 lines deleted...]
-      </c>
+        <v>1793</v>
+      </c>
+      <c r="F401" s="1"/>
     </row>
     <row r="402" spans="1:6">
       <c r="A402" s="1" t="s">
-        <v>1757</v>
+        <v>1794</v>
       </c>
       <c r="B402" s="1"/>
       <c r="C402" s="1" t="s">
-        <v>1741</v>
+        <v>1775</v>
       </c>
       <c r="D402" s="1" t="s">
-        <v>1758</v>
+        <v>1795</v>
       </c>
       <c r="E402" s="1" t="s">
-        <v>1759</v>
+        <v>1796</v>
       </c>
       <c r="F402" s="1"/>
     </row>
     <row r="403" spans="1:6">
       <c r="A403" s="1" t="s">
-        <v>1760</v>
-[...1 lines deleted...]
-      <c r="B403" s="1"/>
+        <v>1797</v>
+      </c>
+      <c r="B403" s="1" t="s">
+        <v>1798</v>
+      </c>
       <c r="C403" s="1" t="s">
-        <v>1741</v>
+        <v>1775</v>
       </c>
       <c r="D403" s="1" t="s">
-        <v>1761</v>
+        <v>1799</v>
       </c>
       <c r="E403" s="1" t="s">
-        <v>1762</v>
-[...1 lines deleted...]
-      <c r="F403" s="1"/>
+        <v>1800</v>
+      </c>
+      <c r="F403" s="1" t="s">
+        <v>1801</v>
+      </c>
     </row>
     <row r="404" spans="1:6">
       <c r="A404" s="1" t="s">
-        <v>1763</v>
+        <v>1802</v>
       </c>
       <c r="B404" s="1" t="s">
-        <v>1764</v>
+        <v>1803</v>
       </c>
       <c r="C404" s="1" t="s">
-        <v>1741</v>
+        <v>1775</v>
       </c>
       <c r="D404" s="1" t="s">
-        <v>1765</v>
+        <v>1804</v>
       </c>
       <c r="E404" s="1" t="s">
-        <v>1766</v>
+        <v>1805</v>
       </c>
       <c r="F404" s="1" t="s">
-        <v>1767</v>
+        <v>1806</v>
       </c>
     </row>
     <row r="405" spans="1:6">
       <c r="A405" s="1" t="s">
-        <v>1768</v>
+        <v>1807</v>
       </c>
       <c r="B405" s="1" t="s">
-        <v>1769</v>
+        <v>1808</v>
       </c>
       <c r="C405" s="1" t="s">
-        <v>1741</v>
+        <v>1775</v>
       </c>
       <c r="D405" s="1" t="s">
-        <v>1770</v>
+        <v>1809</v>
       </c>
       <c r="E405" s="1" t="s">
-        <v>1771</v>
+        <v>1810</v>
       </c>
       <c r="F405" s="1" t="s">
-        <v>1772</v>
+        <v>1811</v>
       </c>
     </row>
     <row r="406" spans="1:6">
       <c r="A406" s="1" t="s">
-        <v>1773</v>
+        <v>1812</v>
       </c>
       <c r="B406" s="1" t="s">
-        <v>1774</v>
+        <v>1813</v>
       </c>
       <c r="C406" s="1" t="s">
-        <v>1741</v>
+        <v>1775</v>
       </c>
       <c r="D406" s="1" t="s">
-        <v>1775</v>
+        <v>1809</v>
       </c>
       <c r="E406" s="1" t="s">
-        <v>1776</v>
+        <v>1814</v>
       </c>
       <c r="F406" s="1" t="s">
-        <v>1777</v>
+        <v>1815</v>
       </c>
     </row>
     <row r="407" spans="1:6">
       <c r="A407" s="1" t="s">
-        <v>1778</v>
-[...1 lines deleted...]
-      <c r="B407" s="1"/>
+        <v>1816</v>
+      </c>
+      <c r="B407" s="1" t="s">
+        <v>1817</v>
+      </c>
       <c r="C407" s="1" t="s">
-        <v>1741</v>
+        <v>1775</v>
       </c>
       <c r="D407" s="1" t="s">
-        <v>1775</v>
+        <v>1818</v>
       </c>
       <c r="E407" s="1" t="s">
-        <v>1779</v>
+        <v>1819</v>
       </c>
       <c r="F407" s="1" t="s">
-        <v>1780</v>
+        <v>1820</v>
       </c>
     </row>
     <row r="408" spans="1:6">
       <c r="A408" s="1" t="s">
-        <v>1781</v>
-[...1 lines deleted...]
-      <c r="B408" s="1"/>
+        <v>1821</v>
+      </c>
+      <c r="B408" s="1" t="s">
+        <v>1822</v>
+      </c>
       <c r="C408" s="1" t="s">
-        <v>1741</v>
+        <v>1775</v>
       </c>
       <c r="D408" s="1" t="s">
-        <v>1782</v>
+        <v>1809</v>
       </c>
       <c r="E408" s="1" t="s">
-        <v>1783</v>
+        <v>1823</v>
       </c>
       <c r="F408" s="1" t="s">
-        <v>1784</v>
+        <v>1824</v>
       </c>
     </row>
     <row r="409" spans="1:6">
       <c r="A409" s="1" t="s">
-        <v>1785</v>
+        <v>1825</v>
       </c>
       <c r="B409" s="1"/>
       <c r="C409" s="1" t="s">
-        <v>1741</v>
+        <v>1775</v>
       </c>
       <c r="D409" s="1" t="s">
-        <v>1775</v>
+        <v>1826</v>
       </c>
       <c r="E409" s="1" t="s">
-        <v>1786</v>
+        <v>1827</v>
       </c>
       <c r="F409" s="1" t="s">
-        <v>1787</v>
+        <v>1828</v>
       </c>
     </row>
     <row r="410" spans="1:6">
       <c r="A410" s="1" t="s">
-        <v>1788</v>
-[...1 lines deleted...]
-      <c r="B410" s="1"/>
+        <v>1829</v>
+      </c>
+      <c r="B410" s="1" t="s">
+        <v>1830</v>
+      </c>
       <c r="C410" s="1" t="s">
-        <v>1741</v>
+        <v>1775</v>
       </c>
       <c r="D410" s="1" t="s">
-        <v>1789</v>
+        <v>1831</v>
       </c>
       <c r="E410" s="1" t="s">
-        <v>1790</v>
+        <v>1832</v>
       </c>
       <c r="F410" s="1" t="s">
-        <v>1791</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="411" spans="1:6">
       <c r="A411" s="1" t="s">
-        <v>1792</v>
+        <v>1834</v>
       </c>
       <c r="B411" s="1" t="s">
-        <v>1793</v>
+        <v>1835</v>
       </c>
       <c r="C411" s="1" t="s">
-        <v>1794</v>
+        <v>1836</v>
       </c>
       <c r="D411" s="1" t="s">
-        <v>1795</v>
+        <v>1837</v>
       </c>
       <c r="E411" s="1" t="s">
-        <v>1796</v>
+        <v>1838</v>
       </c>
       <c r="F411" s="1"/>
     </row>
     <row r="412" spans="1:6">
       <c r="A412" s="1" t="s">
-        <v>1797</v>
+        <v>1839</v>
       </c>
       <c r="B412" s="1" t="s">
-        <v>1798</v>
+        <v>1840</v>
       </c>
       <c r="C412" s="1" t="s">
-        <v>1799</v>
+        <v>1841</v>
       </c>
       <c r="D412" s="1" t="s">
-        <v>1800</v>
+        <v>1842</v>
       </c>
       <c r="E412" s="1" t="s">
-        <v>1801</v>
+        <v>1843</v>
       </c>
       <c r="F412" s="1"/>
     </row>
     <row r="413" spans="1:6">
       <c r="A413" s="1" t="s">
-        <v>1802</v>
+        <v>1844</v>
       </c>
       <c r="B413" s="1"/>
       <c r="C413" s="1" t="s">
-        <v>1799</v>
+        <v>1841</v>
       </c>
       <c r="D413" s="1" t="s">
-        <v>1803</v>
+        <v>1845</v>
       </c>
       <c r="E413" s="1" t="s">
-        <v>1804</v>
+        <v>1846</v>
       </c>
       <c r="F413" s="1"/>
     </row>
     <row r="414" spans="1:6">
       <c r="A414" s="1" t="s">
-        <v>1805</v>
+        <v>1847</v>
       </c>
       <c r="B414" s="1" t="s">
-        <v>1806</v>
+        <v>1848</v>
       </c>
       <c r="C414" s="1" t="s">
-        <v>1799</v>
+        <v>1841</v>
       </c>
       <c r="D414" s="1" t="s">
-        <v>1807</v>
+        <v>1849</v>
       </c>
       <c r="E414" s="1" t="s">
-        <v>1808</v>
+        <v>1850</v>
       </c>
       <c r="F414" s="1" t="s">
-        <v>1809</v>
+        <v>1851</v>
       </c>
     </row>
     <row r="415" spans="1:6">
       <c r="A415" s="1" t="s">
-        <v>1810</v>
+        <v>1852</v>
       </c>
       <c r="B415" s="1" t="s">
-        <v>1811</v>
+        <v>1853</v>
       </c>
       <c r="C415" s="1" t="s">
-        <v>1812</v>
+        <v>1854</v>
       </c>
       <c r="D415" s="1" t="s">
-        <v>1813</v>
+        <v>1855</v>
       </c>
       <c r="E415" s="1" t="s">
-        <v>1814</v>
+        <v>1856</v>
       </c>
       <c r="F415" s="1" t="s">
-        <v>1815</v>
+        <v>1857</v>
       </c>
     </row>
     <row r="416" spans="1:6">
       <c r="A416" s="1" t="s">
-        <v>1816</v>
+        <v>1858</v>
       </c>
       <c r="B416" s="1" t="s">
-        <v>1817</v>
+        <v>1859</v>
       </c>
       <c r="C416" s="1" t="s">
-        <v>1812</v>
+        <v>1854</v>
       </c>
       <c r="D416" s="1" t="s">
-        <v>1818</v>
+        <v>1860</v>
       </c>
       <c r="E416" s="1" t="s">
-        <v>1819</v>
+        <v>1861</v>
       </c>
       <c r="F416" s="1" t="s">
-        <v>1820</v>
+        <v>1862</v>
       </c>
     </row>
     <row r="417" spans="1:6">
       <c r="A417" s="1" t="s">
-        <v>1821</v>
+        <v>1863</v>
       </c>
       <c r="B417" s="1" t="s">
-        <v>1811</v>
+        <v>1853</v>
       </c>
       <c r="C417" s="1" t="s">
-        <v>1812</v>
+        <v>1854</v>
       </c>
       <c r="D417" s="1" t="s">
-        <v>1822</v>
+        <v>1864</v>
       </c>
       <c r="E417" s="1" t="s">
-        <v>1823</v>
+        <v>1865</v>
       </c>
       <c r="F417" s="1"/>
     </row>
     <row r="418" spans="1:6">
       <c r="A418" s="1" t="s">
-        <v>1824</v>
+        <v>1866</v>
       </c>
       <c r="B418" s="1" t="s">
-        <v>590</v>
+        <v>604</v>
       </c>
       <c r="C418" s="1" t="s">
-        <v>1825</v>
+        <v>1867</v>
       </c>
       <c r="D418" s="1"/>
       <c r="E418" s="1"/>
       <c r="F418" s="1" t="s">
-        <v>1826</v>
+        <v>1868</v>
       </c>
     </row>
     <row r="419" spans="1:6">
       <c r="A419" s="1" t="s">
-        <v>1827</v>
+        <v>1869</v>
       </c>
       <c r="B419" s="1" t="s">
-        <v>1828</v>
+        <v>1870</v>
       </c>
       <c r="C419" s="1" t="s">
-        <v>1829</v>
+        <v>1871</v>
       </c>
       <c r="D419" s="1" t="s">
-        <v>1830</v>
+        <v>1872</v>
       </c>
       <c r="E419" s="1" t="s">
-        <v>1831</v>
+        <v>1873</v>
       </c>
       <c r="F419" s="1" t="s">
-        <v>1832</v>
+        <v>1874</v>
       </c>
     </row>
     <row r="420" spans="1:6">
       <c r="A420" s="1" t="s">
-        <v>1833</v>
-[...1 lines deleted...]
-      <c r="B420" s="1"/>
+        <v>1875</v>
+      </c>
+      <c r="B420" s="1" t="s">
+        <v>1876</v>
+      </c>
       <c r="C420" s="1" t="s">
-        <v>1829</v>
+        <v>1871</v>
       </c>
       <c r="D420" s="1" t="s">
-        <v>1834</v>
+        <v>1877</v>
       </c>
       <c r="E420" s="1" t="s">
-        <v>1835</v>
-[...1 lines deleted...]
-      <c r="F420" s="1"/>
+        <v>1878</v>
+      </c>
+      <c r="F420" s="1" t="s">
+        <v>1879</v>
+      </c>
     </row>
     <row r="421" spans="1:6">
       <c r="A421" s="1" t="s">
-        <v>1836</v>
-[...3 lines deleted...]
-      </c>
+        <v>1880</v>
+      </c>
+      <c r="B421" s="1"/>
       <c r="C421" s="1" t="s">
-        <v>1829</v>
+        <v>1871</v>
       </c>
       <c r="D421" s="1" t="s">
-        <v>1838</v>
+        <v>257</v>
       </c>
       <c r="E421" s="1" t="s">
-        <v>1839</v>
+        <v>1881</v>
       </c>
       <c r="F421" s="1" t="s">
-        <v>1840</v>
+        <v>387</v>
       </c>
     </row>
     <row r="422" spans="1:6">
       <c r="A422" s="1" t="s">
-        <v>1841</v>
+        <v>1882</v>
       </c>
       <c r="B422" s="1"/>
       <c r="C422" s="1" t="s">
-        <v>1829</v>
+        <v>1871</v>
       </c>
       <c r="D422" s="1" t="s">
-        <v>249</v>
+        <v>1883</v>
       </c>
       <c r="E422" s="1" t="s">
-        <v>1842</v>
-[...3 lines deleted...]
-      </c>
+        <v>1884</v>
+      </c>
+      <c r="F422" s="1"/>
     </row>
     <row r="423" spans="1:6">
       <c r="A423" s="1" t="s">
-        <v>1843</v>
-[...1 lines deleted...]
-      <c r="B423" s="1"/>
+        <v>1885</v>
+      </c>
+      <c r="B423" s="1" t="s">
+        <v>1886</v>
+      </c>
       <c r="C423" s="1" t="s">
-        <v>1829</v>
+        <v>1871</v>
       </c>
       <c r="D423" s="1" t="s">
-        <v>1844</v>
+        <v>1887</v>
       </c>
       <c r="E423" s="1" t="s">
-        <v>1845</v>
-[...1 lines deleted...]
-      <c r="F423" s="1"/>
+        <v>1888</v>
+      </c>
+      <c r="F423" s="1" t="s">
+        <v>1889</v>
+      </c>
     </row>
     <row r="424" spans="1:6">
       <c r="A424" s="1" t="s">
-        <v>1846</v>
-[...1 lines deleted...]
-      <c r="B424" s="1"/>
+        <v>1890</v>
+      </c>
+      <c r="B424" s="1" t="s">
+        <v>1891</v>
+      </c>
       <c r="C424" s="1" t="s">
-        <v>1829</v>
+        <v>1892</v>
       </c>
       <c r="D424" s="1" t="s">
-        <v>1847</v>
+        <v>1893</v>
       </c>
       <c r="E424" s="1" t="s">
-        <v>1848</v>
+        <v>1894</v>
       </c>
       <c r="F424" s="1" t="s">
-        <v>1849</v>
+        <v>1895</v>
       </c>
     </row>
     <row r="425" spans="1:6">
       <c r="A425" s="1" t="s">
-        <v>1850</v>
+        <v>1896</v>
       </c>
       <c r="B425" s="1" t="s">
-        <v>1851</v>
+        <v>1897</v>
       </c>
       <c r="C425" s="1" t="s">
-        <v>1852</v>
+        <v>1892</v>
       </c>
       <c r="D425" s="1" t="s">
-        <v>1853</v>
+        <v>1898</v>
       </c>
       <c r="E425" s="1" t="s">
-        <v>1854</v>
+        <v>1899</v>
       </c>
       <c r="F425" s="1" t="s">
-        <v>1855</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="426" spans="1:6">
       <c r="A426" s="1" t="s">
-        <v>1856</v>
+        <v>1901</v>
       </c>
       <c r="B426" s="1" t="s">
-        <v>1857</v>
+        <v>1902</v>
       </c>
       <c r="C426" s="1" t="s">
-        <v>1852</v>
+        <v>1892</v>
       </c>
       <c r="D426" s="1" t="s">
-        <v>1858</v>
+        <v>1903</v>
       </c>
       <c r="E426" s="1" t="s">
-        <v>1859</v>
+        <v>1904</v>
       </c>
       <c r="F426" s="1" t="s">
-        <v>1860</v>
+        <v>1895</v>
       </c>
     </row>
     <row r="427" spans="1:6">
       <c r="A427" s="1" t="s">
-        <v>1861</v>
-[...3 lines deleted...]
-      </c>
+        <v>1905</v>
+      </c>
+      <c r="B427" s="1"/>
       <c r="C427" s="1" t="s">
-        <v>1852</v>
+        <v>1892</v>
       </c>
       <c r="D427" s="1" t="s">
-        <v>1863</v>
+        <v>257</v>
       </c>
       <c r="E427" s="1" t="s">
-        <v>1864</v>
+        <v>1906</v>
       </c>
       <c r="F427" s="1" t="s">
-        <v>1855</v>
+        <v>387</v>
       </c>
     </row>
     <row r="428" spans="1:6">
       <c r="A428" s="1" t="s">
-        <v>1865</v>
+        <v>1907</v>
       </c>
       <c r="B428" s="1"/>
       <c r="C428" s="1" t="s">
-        <v>1852</v>
+        <v>1892</v>
       </c>
       <c r="D428" s="1" t="s">
-        <v>249</v>
+        <v>257</v>
       </c>
       <c r="E428" s="1" t="s">
-        <v>1866</v>
+        <v>1908</v>
       </c>
       <c r="F428" s="1" t="s">
-        <v>377</v>
+        <v>387</v>
       </c>
     </row>
     <row r="429" spans="1:6">
       <c r="A429" s="1" t="s">
-        <v>1867</v>
+        <v>1909</v>
       </c>
       <c r="B429" s="1"/>
       <c r="C429" s="1" t="s">
-        <v>1852</v>
+        <v>1892</v>
       </c>
       <c r="D429" s="1" t="s">
-        <v>249</v>
+        <v>1910</v>
       </c>
       <c r="E429" s="1" t="s">
-        <v>1868</v>
-[...3 lines deleted...]
-      </c>
+        <v>1911</v>
+      </c>
+      <c r="F429" s="1"/>
     </row>
     <row r="430" spans="1:6">
       <c r="A430" s="1" t="s">
-        <v>1869</v>
+        <v>1912</v>
       </c>
       <c r="B430" s="1"/>
       <c r="C430" s="1" t="s">
-        <v>1852</v>
+        <v>1892</v>
       </c>
       <c r="D430" s="1" t="s">
-        <v>1870</v>
+        <v>1913</v>
       </c>
       <c r="E430" s="1" t="s">
-        <v>1871</v>
+        <v>1914</v>
       </c>
       <c r="F430" s="1"/>
     </row>
     <row r="431" spans="1:6">
       <c r="A431" s="1" t="s">
-        <v>1872</v>
+        <v>1915</v>
       </c>
       <c r="B431" s="1"/>
       <c r="C431" s="1" t="s">
-        <v>1852</v>
+        <v>1892</v>
       </c>
       <c r="D431" s="1" t="s">
-        <v>1873</v>
+        <v>1916</v>
       </c>
       <c r="E431" s="1" t="s">
-        <v>1874</v>
+        <v>1917</v>
       </c>
       <c r="F431" s="1"/>
     </row>
     <row r="432" spans="1:6">
       <c r="A432" s="1" t="s">
-        <v>1875</v>
-[...1 lines deleted...]
-      <c r="B432" s="1"/>
+        <v>1918</v>
+      </c>
+      <c r="B432" s="1" t="s">
+        <v>1919</v>
+      </c>
       <c r="C432" s="1" t="s">
-        <v>1852</v>
+        <v>1892</v>
       </c>
       <c r="D432" s="1" t="s">
-        <v>1876</v>
+        <v>1920</v>
       </c>
       <c r="E432" s="1" t="s">
-        <v>1877</v>
-[...1 lines deleted...]
-      <c r="F432" s="1"/>
+        <v>1921</v>
+      </c>
+      <c r="F432" s="1" t="s">
+        <v>1922</v>
+      </c>
     </row>
     <row r="433" spans="1:6">
       <c r="A433" s="1" t="s">
-        <v>1878</v>
-[...1 lines deleted...]
-      <c r="B433" s="1"/>
+        <v>1923</v>
+      </c>
+      <c r="B433" s="1" t="s">
+        <v>1924</v>
+      </c>
       <c r="C433" s="1" t="s">
-        <v>1852</v>
+        <v>1892</v>
       </c>
       <c r="D433" s="1" t="s">
-        <v>1879</v>
+        <v>1925</v>
       </c>
       <c r="E433" s="1" t="s">
-        <v>1880</v>
+        <v>1926</v>
       </c>
       <c r="F433" s="1" t="s">
-        <v>1881</v>
+        <v>1927</v>
       </c>
     </row>
     <row r="434" spans="1:6">
       <c r="A434" s="1" t="s">
-        <v>1882</v>
-[...1 lines deleted...]
-      <c r="B434" s="1"/>
+        <v>1928</v>
+      </c>
+      <c r="B434" s="1" t="s">
+        <v>1929</v>
+      </c>
       <c r="C434" s="1" t="s">
-        <v>1852</v>
+        <v>1892</v>
       </c>
       <c r="D434" s="1" t="s">
-        <v>1883</v>
+        <v>1930</v>
       </c>
       <c r="E434" s="1" t="s">
-        <v>1884</v>
+        <v>1931</v>
       </c>
       <c r="F434" s="1" t="s">
-        <v>1885</v>
+        <v>1932</v>
       </c>
     </row>
     <row r="435" spans="1:6">
       <c r="A435" s="1" t="s">
-        <v>1886</v>
-[...1 lines deleted...]
-      <c r="B435" s="1"/>
+        <v>1933</v>
+      </c>
+      <c r="B435" s="1" t="s">
+        <v>1934</v>
+      </c>
       <c r="C435" s="1" t="s">
-        <v>1852</v>
+        <v>1892</v>
       </c>
       <c r="D435" s="1" t="s">
-        <v>1887</v>
+        <v>1935</v>
       </c>
       <c r="E435" s="1" t="s">
-        <v>1888</v>
+        <v>1936</v>
       </c>
       <c r="F435" s="1" t="s">
-        <v>1889</v>
+        <v>1937</v>
       </c>
     </row>
     <row r="436" spans="1:6">
       <c r="A436" s="1" t="s">
-        <v>1890</v>
-[...1 lines deleted...]
-      <c r="B436" s="1"/>
+        <v>1938</v>
+      </c>
+      <c r="B436" s="1" t="s">
+        <v>1939</v>
+      </c>
       <c r="C436" s="1" t="s">
-        <v>1852</v>
+        <v>1940</v>
       </c>
       <c r="D436" s="1" t="s">
-        <v>1891</v>
+        <v>1941</v>
       </c>
       <c r="E436" s="1" t="s">
-        <v>1892</v>
+        <v>1942</v>
       </c>
       <c r="F436" s="1" t="s">
-        <v>1893</v>
+        <v>1943</v>
       </c>
     </row>
     <row r="437" spans="1:6">
       <c r="A437" s="1" t="s">
-        <v>1894</v>
-[...3 lines deleted...]
-      </c>
+        <v>1944</v>
+      </c>
+      <c r="B437" s="1"/>
       <c r="C437" s="1" t="s">
-        <v>1896</v>
+        <v>1940</v>
       </c>
       <c r="D437" s="1" t="s">
-        <v>1897</v>
+        <v>1945</v>
       </c>
       <c r="E437" s="1" t="s">
-        <v>1898</v>
-[...3 lines deleted...]
-      </c>
+        <v>1946</v>
+      </c>
+      <c r="F437" s="1"/>
     </row>
     <row r="438" spans="1:6">
       <c r="A438" s="1" t="s">
-        <v>1900</v>
-[...1 lines deleted...]
-      <c r="B438" s="1"/>
+        <v>1947</v>
+      </c>
+      <c r="B438" s="1" t="s">
+        <v>1939</v>
+      </c>
       <c r="C438" s="1" t="s">
-        <v>1896</v>
+        <v>1940</v>
       </c>
       <c r="D438" s="1" t="s">
-        <v>1901</v>
+        <v>1948</v>
       </c>
       <c r="E438" s="1" t="s">
-        <v>1902</v>
+        <v>1949</v>
       </c>
       <c r="F438" s="1" t="s">
-        <v>1903</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="439" spans="1:6">
       <c r="A439" s="1" t="s">
-        <v>1904</v>
-[...1 lines deleted...]
-      <c r="B439" s="1"/>
+        <v>1951</v>
+      </c>
+      <c r="B439" s="1" t="s">
+        <v>1939</v>
+      </c>
       <c r="C439" s="1" t="s">
-        <v>1896</v>
+        <v>1940</v>
       </c>
       <c r="D439" s="1" t="s">
-        <v>1905</v>
+        <v>1948</v>
       </c>
       <c r="E439" s="1" t="s">
-        <v>1906</v>
+        <v>1952</v>
       </c>
       <c r="F439" s="1"/>
     </row>
     <row r="440" spans="1:6">
       <c r="A440" s="1" t="s">
-        <v>1907</v>
-[...1 lines deleted...]
-      <c r="B440" s="1"/>
+        <v>1953</v>
+      </c>
+      <c r="B440" s="1" t="s">
+        <v>1954</v>
+      </c>
       <c r="C440" s="1" t="s">
-        <v>1896</v>
+        <v>1955</v>
       </c>
       <c r="D440" s="1" t="s">
-        <v>1901</v>
+        <v>1956</v>
       </c>
       <c r="E440" s="1" t="s">
-        <v>1908</v>
+        <v>1957</v>
       </c>
       <c r="F440" s="1" t="s">
-        <v>1909</v>
+        <v>1958</v>
       </c>
     </row>
     <row r="441" spans="1:6">
       <c r="A441" s="1" t="s">
-        <v>1910</v>
+        <v>1959</v>
       </c>
       <c r="B441" s="1" t="s">
-        <v>1911</v>
+        <v>1960</v>
       </c>
       <c r="C441" s="1" t="s">
-        <v>1912</v>
+        <v>1955</v>
       </c>
       <c r="D441" s="1" t="s">
-        <v>1913</v>
+        <v>1961</v>
       </c>
       <c r="E441" s="1" t="s">
-        <v>1914</v>
+        <v>1962</v>
       </c>
       <c r="F441" s="1" t="s">
-        <v>1915</v>
+        <v>1963</v>
       </c>
     </row>
     <row r="442" spans="1:6">
       <c r="A442" s="1" t="s">
-        <v>1916</v>
+        <v>1964</v>
       </c>
       <c r="B442" s="1" t="s">
-        <v>1917</v>
+        <v>1965</v>
       </c>
       <c r="C442" s="1" t="s">
-        <v>1912</v>
+        <v>1955</v>
       </c>
       <c r="D442" s="1" t="s">
-        <v>1918</v>
+        <v>1966</v>
       </c>
       <c r="E442" s="1" t="s">
-        <v>1919</v>
+        <v>1967</v>
       </c>
       <c r="F442" s="1" t="s">
-        <v>1920</v>
+        <v>1968</v>
       </c>
     </row>
     <row r="443" spans="1:6">
       <c r="A443" s="1" t="s">
-        <v>1921</v>
+        <v>1969</v>
       </c>
       <c r="B443" s="1" t="s">
-        <v>1922</v>
+        <v>1970</v>
       </c>
       <c r="C443" s="1" t="s">
-        <v>1912</v>
+        <v>1971</v>
       </c>
       <c r="D443" s="1" t="s">
-        <v>1923</v>
+        <v>1972</v>
       </c>
       <c r="E443" s="1" t="s">
-        <v>1924</v>
+        <v>1973</v>
       </c>
       <c r="F443" s="1" t="s">
-        <v>1925</v>
+        <v>1974</v>
       </c>
     </row>
     <row r="444" spans="1:6">
       <c r="A444" s="1" t="s">
-        <v>1926</v>
-[...3 lines deleted...]
-      </c>
+        <v>1975</v>
+      </c>
+      <c r="B444" s="1"/>
       <c r="C444" s="1" t="s">
-        <v>1928</v>
+        <v>1971</v>
       </c>
       <c r="D444" s="1" t="s">
-        <v>1929</v>
+        <v>1976</v>
       </c>
       <c r="E444" s="1" t="s">
-        <v>1930</v>
-[...3 lines deleted...]
-      </c>
+        <v>1977</v>
+      </c>
+      <c r="F444" s="1"/>
     </row>
     <row r="445" spans="1:6">
       <c r="A445" s="1" t="s">
-        <v>1932</v>
-[...1 lines deleted...]
-      <c r="B445" s="1"/>
+        <v>1978</v>
+      </c>
+      <c r="B445" s="1" t="s">
+        <v>1979</v>
+      </c>
       <c r="C445" s="1" t="s">
-        <v>1928</v>
+        <v>1980</v>
       </c>
       <c r="D445" s="1" t="s">
-        <v>1933</v>
+        <v>157</v>
       </c>
       <c r="E445" s="1" t="s">
-        <v>1934</v>
+        <v>1981</v>
       </c>
       <c r="F445" s="1"/>
     </row>
     <row r="446" spans="1:6">
       <c r="A446" s="1" t="s">
-        <v>1935</v>
+        <v>1982</v>
       </c>
       <c r="B446" s="1" t="s">
-        <v>1936</v>
+        <v>1983</v>
       </c>
       <c r="C446" s="1" t="s">
-        <v>1937</v>
+        <v>1984</v>
       </c>
       <c r="D446" s="1" t="s">
-        <v>151</v>
+        <v>1985</v>
       </c>
       <c r="E446" s="1" t="s">
-        <v>1938</v>
-[...1 lines deleted...]
-      <c r="F446" s="1"/>
+        <v>1986</v>
+      </c>
+      <c r="F446" s="1" t="s">
+        <v>1987</v>
+      </c>
     </row>
     <row r="447" spans="1:6">
       <c r="A447" s="1" t="s">
-        <v>1939</v>
-[...3 lines deleted...]
-      </c>
+        <v>1988</v>
+      </c>
+      <c r="B447" s="1"/>
       <c r="C447" s="1" t="s">
-        <v>1941</v>
+        <v>1984</v>
       </c>
       <c r="D447" s="1" t="s">
-        <v>1942</v>
+        <v>1989</v>
       </c>
       <c r="E447" s="1" t="s">
-        <v>1943</v>
-[...3 lines deleted...]
-      </c>
+        <v>1990</v>
+      </c>
+      <c r="F447" s="1"/>
     </row>
     <row r="448" spans="1:6">
       <c r="A448" s="1" t="s">
-        <v>1945</v>
+        <v>1991</v>
       </c>
       <c r="B448" s="1"/>
       <c r="C448" s="1" t="s">
-        <v>1941</v>
+        <v>1992</v>
       </c>
       <c r="D448" s="1" t="s">
-        <v>1946</v>
+        <v>1993</v>
       </c>
       <c r="E448" s="1" t="s">
-        <v>1947</v>
+        <v>1994</v>
       </c>
       <c r="F448" s="1"/>
     </row>
     <row r="449" spans="1:6">
       <c r="A449" s="1" t="s">
-        <v>1948</v>
-[...1 lines deleted...]
-      <c r="B449" s="1"/>
+        <v>1995</v>
+      </c>
+      <c r="B449" s="1" t="s">
+        <v>1996</v>
+      </c>
       <c r="C449" s="1" t="s">
-        <v>1949</v>
+        <v>1997</v>
       </c>
       <c r="D449" s="1" t="s">
-        <v>1950</v>
+        <v>1998</v>
       </c>
       <c r="E449" s="1" t="s">
-        <v>1951</v>
-[...1 lines deleted...]
-      <c r="F449" s="1"/>
+        <v>1999</v>
+      </c>
+      <c r="F449" s="1" t="s">
+        <v>2000</v>
+      </c>
     </row>
     <row r="450" spans="1:6">
       <c r="A450" s="1" t="s">
-        <v>1952</v>
+        <v>2001</v>
       </c>
       <c r="B450" s="1" t="s">
-        <v>1953</v>
+        <v>2002</v>
       </c>
       <c r="C450" s="1" t="s">
-        <v>1954</v>
+        <v>1997</v>
       </c>
       <c r="D450" s="1" t="s">
-        <v>1955</v>
+        <v>2003</v>
       </c>
       <c r="E450" s="1" t="s">
-        <v>1956</v>
+        <v>2004</v>
       </c>
       <c r="F450" s="1" t="s">
-        <v>1957</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="451" spans="1:6">
       <c r="A451" s="1" t="s">
-        <v>1958</v>
-[...3 lines deleted...]
-      </c>
+        <v>2005</v>
+      </c>
+      <c r="B451" s="1"/>
       <c r="C451" s="1" t="s">
-        <v>1954</v>
+        <v>1997</v>
       </c>
       <c r="D451" s="1" t="s">
-        <v>1960</v>
+        <v>2006</v>
       </c>
       <c r="E451" s="1" t="s">
-        <v>1961</v>
-[...3 lines deleted...]
-      </c>
+        <v>2007</v>
+      </c>
+      <c r="F451" s="1"/>
     </row>
     <row r="452" spans="1:6">
       <c r="A452" s="1" t="s">
-        <v>1962</v>
-[...1 lines deleted...]
-      <c r="B452" s="1"/>
+        <v>2008</v>
+      </c>
+      <c r="B452" s="1" t="s">
+        <v>2009</v>
+      </c>
       <c r="C452" s="1" t="s">
-        <v>1954</v>
+        <v>1997</v>
       </c>
       <c r="D452" s="1" t="s">
-        <v>1963</v>
+        <v>2010</v>
       </c>
       <c r="E452" s="1" t="s">
-        <v>1964</v>
-[...1 lines deleted...]
-      <c r="F452" s="1"/>
+        <v>2011</v>
+      </c>
+      <c r="F452" s="1" t="s">
+        <v>2012</v>
+      </c>
     </row>
     <row r="453" spans="1:6">
       <c r="A453" s="1" t="s">
-        <v>1965</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="B453" s="1"/>
       <c r="C453" s="1" t="s">
-        <v>1954</v>
+        <v>2014</v>
       </c>
       <c r="D453" s="1" t="s">
-        <v>1967</v>
+        <v>2015</v>
       </c>
       <c r="E453" s="1" t="s">
-        <v>1968</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="F453" s="1"/>
     </row>
     <row r="454" spans="1:6">
       <c r="A454" s="1" t="s">
-        <v>1970</v>
-[...1 lines deleted...]
-      <c r="B454" s="1"/>
+        <v>2017</v>
+      </c>
+      <c r="B454" s="1" t="s">
+        <v>2018</v>
+      </c>
       <c r="C454" s="1" t="s">
-        <v>1971</v>
+        <v>2019</v>
       </c>
       <c r="D454" s="1" t="s">
-        <v>1972</v>
+        <v>2020</v>
       </c>
       <c r="E454" s="1" t="s">
-        <v>1973</v>
-[...1 lines deleted...]
-      <c r="F454" s="1"/>
+        <v>2021</v>
+      </c>
+      <c r="F454" s="1" t="s">
+        <v>2022</v>
+      </c>
     </row>
     <row r="455" spans="1:6">
       <c r="A455" s="1" t="s">
-        <v>1974</v>
-[...3 lines deleted...]
-      </c>
+        <v>2023</v>
+      </c>
+      <c r="B455" s="1"/>
       <c r="C455" s="1" t="s">
-        <v>1976</v>
+        <v>2019</v>
       </c>
       <c r="D455" s="1" t="s">
-        <v>1977</v>
+        <v>2024</v>
       </c>
       <c r="E455" s="1" t="s">
-        <v>1978</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="F455" s="1"/>
     </row>
     <row r="456" spans="1:6">
       <c r="A456" s="1" t="s">
-        <v>1980</v>
-[...1 lines deleted...]
-      <c r="B456" s="1"/>
+        <v>2026</v>
+      </c>
+      <c r="B456" s="1" t="s">
+        <v>2027</v>
+      </c>
       <c r="C456" s="1" t="s">
-        <v>1976</v>
+        <v>2028</v>
       </c>
       <c r="D456" s="1" t="s">
-        <v>1981</v>
+        <v>2029</v>
       </c>
       <c r="E456" s="1" t="s">
-        <v>1982</v>
+        <v>2030</v>
       </c>
       <c r="F456" s="1"/>
     </row>
     <row r="457" spans="1:6">
       <c r="A457" s="1" t="s">
-        <v>1983</v>
+        <v>2031</v>
       </c>
       <c r="B457" s="1" t="s">
-        <v>1984</v>
+        <v>2032</v>
       </c>
       <c r="C457" s="1" t="s">
-        <v>1985</v>
+        <v>2028</v>
       </c>
       <c r="D457" s="1" t="s">
-        <v>1986</v>
+        <v>2033</v>
       </c>
       <c r="E457" s="1" t="s">
-        <v>1987</v>
-[...1 lines deleted...]
-      <c r="F457" s="1"/>
+        <v>2034</v>
+      </c>
+      <c r="F457" s="1" t="s">
+        <v>2035</v>
+      </c>
     </row>
     <row r="458" spans="1:6">
       <c r="A458" s="1" t="s">
-        <v>1988</v>
+        <v>2036</v>
       </c>
       <c r="B458" s="1" t="s">
-        <v>1989</v>
+        <v>2037</v>
       </c>
       <c r="C458" s="1" t="s">
-        <v>1985</v>
+        <v>2028</v>
       </c>
       <c r="D458" s="1" t="s">
-        <v>1990</v>
+        <v>2038</v>
       </c>
       <c r="E458" s="1" t="s">
-        <v>1991</v>
+        <v>2039</v>
       </c>
       <c r="F458" s="1" t="s">
-        <v>1992</v>
+        <v>2040</v>
       </c>
     </row>
     <row r="459" spans="1:6">
       <c r="A459" s="1" t="s">
-        <v>1993</v>
+        <v>2041</v>
       </c>
       <c r="B459" s="1" t="s">
-        <v>1994</v>
+        <v>2042</v>
       </c>
       <c r="C459" s="1" t="s">
-        <v>1985</v>
+        <v>2043</v>
       </c>
       <c r="D459" s="1" t="s">
-        <v>1995</v>
+        <v>2044</v>
       </c>
       <c r="E459" s="1" t="s">
-        <v>1996</v>
+        <v>2045</v>
       </c>
       <c r="F459" s="1" t="s">
-        <v>1997</v>
+        <v>2046</v>
       </c>
     </row>
     <row r="460" spans="1:6">
       <c r="A460" s="1" t="s">
-        <v>1998</v>
+        <v>2047</v>
       </c>
       <c r="B460" s="1" t="s">
-        <v>1999</v>
+        <v>2048</v>
       </c>
       <c r="C460" s="1" t="s">
-        <v>2000</v>
+        <v>2043</v>
       </c>
       <c r="D460" s="1" t="s">
-        <v>2001</v>
+        <v>2049</v>
       </c>
       <c r="E460" s="1" t="s">
-        <v>2002</v>
+        <v>2050</v>
       </c>
       <c r="F460" s="1" t="s">
-        <v>2003</v>
+        <v>2051</v>
       </c>
     </row>
     <row r="461" spans="1:6">
       <c r="A461" s="1" t="s">
-        <v>2004</v>
+        <v>2052</v>
       </c>
       <c r="B461" s="1" t="s">
-        <v>2005</v>
+        <v>2053</v>
       </c>
       <c r="C461" s="1" t="s">
-        <v>2000</v>
+        <v>2043</v>
       </c>
       <c r="D461" s="1" t="s">
-        <v>2006</v>
+        <v>2054</v>
       </c>
       <c r="E461" s="1" t="s">
-        <v>2007</v>
+        <v>2055</v>
       </c>
       <c r="F461" s="1" t="s">
-        <v>2008</v>
+        <v>1752</v>
       </c>
     </row>
     <row r="462" spans="1:6">
       <c r="A462" s="1" t="s">
-        <v>2009</v>
-[...1 lines deleted...]
-      <c r="B462" s="1"/>
+        <v>2056</v>
+      </c>
+      <c r="B462" s="1" t="s">
+        <v>2057</v>
+      </c>
       <c r="C462" s="1" t="s">
-        <v>2000</v>
+        <v>2058</v>
       </c>
       <c r="D462" s="1" t="s">
-        <v>2010</v>
+        <v>2059</v>
       </c>
       <c r="E462" s="1" t="s">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2060</v>
+      </c>
+      <c r="F462" s="1"/>
     </row>
     <row r="463" spans="1:6">
       <c r="A463" s="1" t="s">
-        <v>2012</v>
+        <v>2061</v>
       </c>
       <c r="B463" s="1" t="s">
-        <v>2013</v>
+        <v>2062</v>
       </c>
       <c r="C463" s="1" t="s">
-        <v>2014</v>
+        <v>2058</v>
       </c>
       <c r="D463" s="1" t="s">
-        <v>2015</v>
+        <v>2063</v>
       </c>
       <c r="E463" s="1" t="s">
-        <v>2016</v>
+        <v>2064</v>
       </c>
       <c r="F463" s="1"/>
     </row>
     <row r="464" spans="1:6">
       <c r="A464" s="1" t="s">
-        <v>2017</v>
+        <v>2065</v>
       </c>
       <c r="B464" s="1" t="s">
-        <v>2018</v>
+        <v>2066</v>
       </c>
       <c r="C464" s="1" t="s">
-        <v>2014</v>
+        <v>2058</v>
       </c>
       <c r="D464" s="1" t="s">
-        <v>2019</v>
+        <v>2067</v>
       </c>
       <c r="E464" s="1" t="s">
-        <v>2020</v>
-[...1 lines deleted...]
-      <c r="F464" s="1"/>
+        <v>2068</v>
+      </c>
+      <c r="F464" s="1" t="s">
+        <v>2069</v>
+      </c>
     </row>
     <row r="465" spans="1:6">
       <c r="A465" s="1" t="s">
-        <v>2021</v>
-[...3 lines deleted...]
-      </c>
+        <v>2070</v>
+      </c>
+      <c r="B465" s="1"/>
       <c r="C465" s="1" t="s">
-        <v>2014</v>
+        <v>2058</v>
       </c>
       <c r="D465" s="1" t="s">
-        <v>2023</v>
+        <v>257</v>
       </c>
       <c r="E465" s="1" t="s">
-        <v>2024</v>
+        <v>2071</v>
       </c>
       <c r="F465" s="1" t="s">
-        <v>2025</v>
+        <v>387</v>
       </c>
     </row>
     <row r="466" spans="1:6">
       <c r="A466" s="1" t="s">
-        <v>2026</v>
+        <v>2072</v>
       </c>
       <c r="B466" s="1"/>
       <c r="C466" s="1" t="s">
-        <v>2014</v>
+        <v>2058</v>
       </c>
       <c r="D466" s="1" t="s">
-        <v>249</v>
+        <v>2073</v>
       </c>
       <c r="E466" s="1" t="s">
-        <v>2027</v>
-[...3 lines deleted...]
-      </c>
+        <v>2074</v>
+      </c>
+      <c r="F466" s="1"/>
     </row>
     <row r="467" spans="1:6">
       <c r="A467" s="1" t="s">
-        <v>2028</v>
+        <v>2075</v>
       </c>
       <c r="B467" s="1"/>
       <c r="C467" s="1" t="s">
-        <v>2014</v>
+        <v>2058</v>
       </c>
       <c r="D467" s="1" t="s">
-        <v>2029</v>
+        <v>2076</v>
       </c>
       <c r="E467" s="1" t="s">
-        <v>2030</v>
+        <v>2077</v>
       </c>
       <c r="F467" s="1"/>
     </row>
     <row r="468" spans="1:6">
       <c r="A468" s="1" t="s">
-        <v>2031</v>
-[...1 lines deleted...]
-      <c r="B468" s="1"/>
+        <v>2078</v>
+      </c>
+      <c r="B468" s="1" t="s">
+        <v>2079</v>
+      </c>
       <c r="C468" s="1" t="s">
-        <v>2014</v>
+        <v>2058</v>
       </c>
       <c r="D468" s="1" t="s">
-        <v>2032</v>
+        <v>2080</v>
       </c>
       <c r="E468" s="1" t="s">
-        <v>2033</v>
-[...1 lines deleted...]
-      <c r="F468" s="1"/>
+        <v>2081</v>
+      </c>
+      <c r="F468" s="1" t="s">
+        <v>2082</v>
+      </c>
     </row>
     <row r="469" spans="1:6">
       <c r="A469" s="1" t="s">
-        <v>2034</v>
+        <v>2083</v>
       </c>
       <c r="B469" s="1" t="s">
-        <v>2035</v>
+        <v>2084</v>
       </c>
       <c r="C469" s="1" t="s">
-        <v>2014</v>
+        <v>2058</v>
       </c>
       <c r="D469" s="1" t="s">
-        <v>2036</v>
+        <v>2085</v>
       </c>
       <c r="E469" s="1" t="s">
-        <v>2037</v>
+        <v>2086</v>
       </c>
       <c r="F469" s="1" t="s">
-        <v>2038</v>
+        <v>2087</v>
       </c>
     </row>
     <row r="470" spans="1:6">
       <c r="A470" s="1" t="s">
-        <v>2039</v>
+        <v>2088</v>
       </c>
       <c r="B470" s="1" t="s">
-        <v>2040</v>
+        <v>2089</v>
       </c>
       <c r="C470" s="1" t="s">
-        <v>2014</v>
+        <v>2058</v>
       </c>
       <c r="D470" s="1" t="s">
-        <v>2041</v>
+        <v>2090</v>
       </c>
       <c r="E470" s="1" t="s">
-        <v>2042</v>
+        <v>2091</v>
       </c>
       <c r="F470" s="1" t="s">
-        <v>2043</v>
+        <v>2092</v>
       </c>
     </row>
     <row r="471" spans="1:6">
       <c r="A471" s="1" t="s">
-        <v>2044</v>
-[...1 lines deleted...]
-      <c r="B471" s="1"/>
+        <v>2093</v>
+      </c>
+      <c r="B471" s="1" t="s">
+        <v>2094</v>
+      </c>
       <c r="C471" s="1" t="s">
-        <v>2014</v>
+        <v>2095</v>
       </c>
       <c r="D471" s="1" t="s">
-        <v>2045</v>
+        <v>2096</v>
       </c>
       <c r="E471" s="1" t="s">
-        <v>2046</v>
+        <v>2097</v>
       </c>
       <c r="F471" s="1" t="s">
-        <v>2047</v>
+        <v>2098</v>
       </c>
     </row>
     <row r="472" spans="1:6">
       <c r="A472" s="1" t="s">
-        <v>2048</v>
-[...3 lines deleted...]
-      </c>
+        <v>2099</v>
+      </c>
+      <c r="B472" s="1"/>
       <c r="C472" s="1" t="s">
-        <v>2050</v>
+        <v>2095</v>
       </c>
       <c r="D472" s="1" t="s">
-        <v>2051</v>
+        <v>2100</v>
       </c>
       <c r="E472" s="1" t="s">
-        <v>2052</v>
-[...3 lines deleted...]
-      </c>
+        <v>2101</v>
+      </c>
+      <c r="F472" s="1"/>
     </row>
     <row r="473" spans="1:6">
       <c r="A473" s="1" t="s">
-        <v>2054</v>
-[...1 lines deleted...]
-      <c r="B473" s="1"/>
+        <v>2102</v>
+      </c>
+      <c r="B473" s="1" t="s">
+        <v>2103</v>
+      </c>
       <c r="C473" s="1" t="s">
-        <v>2050</v>
+        <v>2104</v>
       </c>
       <c r="D473" s="1" t="s">
-        <v>2055</v>
+        <v>2105</v>
       </c>
       <c r="E473" s="1" t="s">
-        <v>2056</v>
-[...1 lines deleted...]
-      <c r="F473" s="1"/>
+        <v>2106</v>
+      </c>
+      <c r="F473" s="1" t="s">
+        <v>2107</v>
+      </c>
     </row>
     <row r="474" spans="1:6">
       <c r="A474" s="1" t="s">
-        <v>2057</v>
-[...3 lines deleted...]
-      </c>
+        <v>2108</v>
+      </c>
+      <c r="B474" s="1"/>
       <c r="C474" s="1" t="s">
-        <v>2059</v>
+        <v>2104</v>
       </c>
       <c r="D474" s="1" t="s">
-        <v>2060</v>
+        <v>2109</v>
       </c>
       <c r="E474" s="1" t="s">
-        <v>2061</v>
-[...3 lines deleted...]
-      </c>
+        <v>2110</v>
+      </c>
+      <c r="F474" s="1"/>
     </row>
     <row r="475" spans="1:6">
       <c r="A475" s="1" t="s">
-        <v>2063</v>
-[...1 lines deleted...]
-      <c r="B475" s="1"/>
+        <v>2111</v>
+      </c>
+      <c r="B475" s="1" t="s">
+        <v>2112</v>
+      </c>
       <c r="C475" s="1" t="s">
-        <v>2059</v>
+        <v>2113</v>
       </c>
       <c r="D475" s="1" t="s">
-        <v>2064</v>
+        <v>2114</v>
       </c>
       <c r="E475" s="1" t="s">
-        <v>2065</v>
-[...1 lines deleted...]
-      <c r="F475" s="1"/>
+        <v>2115</v>
+      </c>
+      <c r="F475" s="1" t="s">
+        <v>2116</v>
+      </c>
     </row>
     <row r="476" spans="1:6">
       <c r="A476" s="1" t="s">
-        <v>2066</v>
+        <v>2117</v>
       </c>
       <c r="B476" s="1" t="s">
-        <v>2067</v>
+        <v>2118</v>
       </c>
       <c r="C476" s="1" t="s">
-        <v>2068</v>
+        <v>2119</v>
       </c>
       <c r="D476" s="1" t="s">
-        <v>2069</v>
+        <v>2120</v>
       </c>
       <c r="E476" s="1" t="s">
-        <v>2070</v>
+        <v>2121</v>
       </c>
       <c r="F476" s="1" t="s">
-        <v>2071</v>
+        <v>2122</v>
       </c>
     </row>
     <row r="477" spans="1:6">
       <c r="A477" s="1" t="s">
-        <v>2072</v>
-[...3 lines deleted...]
-      </c>
+        <v>2123</v>
+      </c>
+      <c r="B477" s="1"/>
       <c r="C477" s="1" t="s">
-        <v>2074</v>
+        <v>2119</v>
       </c>
       <c r="D477" s="1" t="s">
-        <v>2075</v>
+        <v>2124</v>
       </c>
       <c r="E477" s="1" t="s">
-        <v>2076</v>
-[...3 lines deleted...]
-      </c>
+        <v>2125</v>
+      </c>
+      <c r="F477" s="1"/>
     </row>
     <row r="478" spans="1:6">
       <c r="A478" s="1" t="s">
-        <v>2078</v>
-[...1 lines deleted...]
-      <c r="B478" s="1"/>
+        <v>2126</v>
+      </c>
+      <c r="B478" s="1" t="s">
+        <v>2127</v>
+      </c>
       <c r="C478" s="1" t="s">
-        <v>2074</v>
+        <v>2128</v>
       </c>
       <c r="D478" s="1" t="s">
-        <v>2079</v>
+        <v>2129</v>
       </c>
       <c r="E478" s="1" t="s">
-        <v>2080</v>
+        <v>2130</v>
       </c>
       <c r="F478" s="1"/>
     </row>
     <row r="479" spans="1:6">
       <c r="A479" s="1" t="s">
-        <v>2081</v>
+        <v>2131</v>
       </c>
       <c r="B479" s="1" t="s">
-        <v>2082</v>
+        <v>2127</v>
       </c>
       <c r="C479" s="1" t="s">
-        <v>2083</v>
+        <v>2128</v>
       </c>
       <c r="D479" s="1" t="s">
-        <v>2084</v>
+        <v>2132</v>
       </c>
       <c r="E479" s="1" t="s">
-        <v>2085</v>
-[...1 lines deleted...]
-      <c r="F479" s="1"/>
+        <v>2133</v>
+      </c>
+      <c r="F479" s="1" t="s">
+        <v>2134</v>
+      </c>
     </row>
     <row r="480" spans="1:6">
       <c r="A480" s="1" t="s">
-        <v>2086</v>
-[...3 lines deleted...]
-      </c>
+        <v>2135</v>
+      </c>
+      <c r="B480" s="1"/>
       <c r="C480" s="1" t="s">
-        <v>2083</v>
+        <v>2128</v>
       </c>
       <c r="D480" s="1" t="s">
-        <v>2087</v>
+        <v>2136</v>
       </c>
       <c r="E480" s="1" t="s">
-        <v>2088</v>
+        <v>2137</v>
       </c>
       <c r="F480" s="1" t="s">
-        <v>2089</v>
+        <v>2138</v>
       </c>
     </row>
     <row r="481" spans="1:6">
       <c r="A481" s="1" t="s">
-        <v>2090</v>
+        <v>2139</v>
       </c>
       <c r="B481" s="1"/>
       <c r="C481" s="1" t="s">
-        <v>2083</v>
+        <v>2128</v>
       </c>
       <c r="D481" s="1" t="s">
-        <v>2091</v>
+        <v>257</v>
       </c>
       <c r="E481" s="1" t="s">
-        <v>2092</v>
+        <v>2140</v>
       </c>
       <c r="F481" s="1" t="s">
-        <v>2093</v>
+        <v>387</v>
       </c>
     </row>
     <row r="482" spans="1:6">
       <c r="A482" s="1" t="s">
-        <v>2094</v>
+        <v>2141</v>
       </c>
       <c r="B482" s="1"/>
       <c r="C482" s="1" t="s">
-        <v>2083</v>
+        <v>2128</v>
       </c>
       <c r="D482" s="1" t="s">
-        <v>249</v>
+        <v>2142</v>
       </c>
       <c r="E482" s="1" t="s">
-        <v>2095</v>
-[...3 lines deleted...]
-      </c>
+        <v>2143</v>
+      </c>
+      <c r="F482" s="1"/>
     </row>
     <row r="483" spans="1:6">
       <c r="A483" s="1" t="s">
-        <v>2096</v>
+        <v>2144</v>
       </c>
       <c r="B483" s="1"/>
       <c r="C483" s="1" t="s">
-        <v>2083</v>
+        <v>2128</v>
       </c>
       <c r="D483" s="1" t="s">
-        <v>2097</v>
+        <v>2145</v>
       </c>
       <c r="E483" s="1" t="s">
-        <v>2098</v>
+        <v>2146</v>
       </c>
       <c r="F483" s="1"/>
     </row>
     <row r="484" spans="1:6">
       <c r="A484" s="1" t="s">
-        <v>2099</v>
+        <v>2147</v>
       </c>
       <c r="B484" s="1"/>
       <c r="C484" s="1" t="s">
-        <v>2083</v>
+        <v>2128</v>
       </c>
       <c r="D484" s="1" t="s">
-        <v>2100</v>
+        <v>2148</v>
       </c>
       <c r="E484" s="1" t="s">
-        <v>2101</v>
+        <v>2149</v>
       </c>
       <c r="F484" s="1"/>
     </row>
     <row r="485" spans="1:6">
       <c r="A485" s="1" t="s">
-        <v>2102</v>
+        <v>2150</v>
       </c>
       <c r="B485" s="1"/>
       <c r="C485" s="1" t="s">
-        <v>2083</v>
+        <v>2128</v>
       </c>
       <c r="D485" s="1" t="s">
-        <v>2103</v>
+        <v>2151</v>
       </c>
       <c r="E485" s="1" t="s">
-        <v>2104</v>
+        <v>2152</v>
       </c>
       <c r="F485" s="1"/>
     </row>
     <row r="486" spans="1:6">
       <c r="A486" s="1" t="s">
-        <v>2105</v>
-[...1 lines deleted...]
-      <c r="B486" s="1"/>
+        <v>2153</v>
+      </c>
+      <c r="B486" s="1" t="s">
+        <v>2154</v>
+      </c>
       <c r="C486" s="1" t="s">
-        <v>2083</v>
+        <v>2128</v>
       </c>
       <c r="D486" s="1" t="s">
-        <v>2106</v>
+        <v>2155</v>
       </c>
       <c r="E486" s="1" t="s">
-        <v>2107</v>
-[...1 lines deleted...]
-      <c r="F486" s="1"/>
+        <v>2156</v>
+      </c>
+      <c r="F486" s="1" t="s">
+        <v>2157</v>
+      </c>
     </row>
     <row r="487" spans="1:6">
       <c r="A487" s="1" t="s">
-        <v>2108</v>
+        <v>2158</v>
       </c>
       <c r="B487" s="1" t="s">
-        <v>2109</v>
+        <v>2159</v>
       </c>
       <c r="C487" s="1" t="s">
-        <v>2083</v>
+        <v>2128</v>
       </c>
       <c r="D487" s="1" t="s">
-        <v>2110</v>
+        <v>2160</v>
       </c>
       <c r="E487" s="1" t="s">
-        <v>2111</v>
+        <v>2161</v>
       </c>
       <c r="F487" s="1" t="s">
-        <v>2112</v>
+        <v>2162</v>
       </c>
     </row>
     <row r="488" spans="1:6">
       <c r="A488" s="1" t="s">
-        <v>2113</v>
-[...1 lines deleted...]
-      <c r="B488" s="1"/>
+        <v>2163</v>
+      </c>
+      <c r="B488" s="1" t="s">
+        <v>2164</v>
+      </c>
       <c r="C488" s="1" t="s">
-        <v>2083</v>
+        <v>2128</v>
       </c>
       <c r="D488" s="1" t="s">
-        <v>2114</v>
+        <v>2165</v>
       </c>
       <c r="E488" s="1" t="s">
-        <v>2115</v>
+        <v>2166</v>
       </c>
       <c r="F488" s="1" t="s">
-        <v>2116</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="489" spans="1:6">
       <c r="A489" s="1" t="s">
-        <v>2117</v>
-[...1 lines deleted...]
-      <c r="B489" s="1"/>
+        <v>2168</v>
+      </c>
+      <c r="B489" s="1" t="s">
+        <v>2169</v>
+      </c>
       <c r="C489" s="1" t="s">
-        <v>2083</v>
+        <v>2170</v>
       </c>
       <c r="D489" s="1" t="s">
-        <v>2118</v>
+        <v>2171</v>
       </c>
       <c r="E489" s="1" t="s">
-        <v>2119</v>
+        <v>2172</v>
       </c>
       <c r="F489" s="1" t="s">
-        <v>2120</v>
+        <v>2173</v>
       </c>
     </row>
     <row r="490" spans="1:6">
       <c r="A490" s="1" t="s">
-        <v>2121</v>
-[...3 lines deleted...]
-      </c>
+        <v>2174</v>
+      </c>
+      <c r="B490" s="1"/>
       <c r="C490" s="1" t="s">
-        <v>2123</v>
+        <v>2170</v>
       </c>
       <c r="D490" s="1" t="s">
-        <v>2124</v>
+        <v>2175</v>
       </c>
       <c r="E490" s="1" t="s">
-        <v>2125</v>
-[...3 lines deleted...]
-      </c>
+        <v>2176</v>
+      </c>
+      <c r="F490" s="1"/>
     </row>
     <row r="491" spans="1:6">
       <c r="A491" s="1" t="s">
-        <v>2127</v>
-[...1 lines deleted...]
-      <c r="B491" s="1"/>
+        <v>2177</v>
+      </c>
+      <c r="B491" s="1" t="s">
+        <v>2178</v>
+      </c>
       <c r="C491" s="1" t="s">
-        <v>2123</v>
+        <v>2179</v>
       </c>
       <c r="D491" s="1" t="s">
-        <v>2128</v>
+        <v>2180</v>
       </c>
       <c r="E491" s="1" t="s">
-        <v>2129</v>
+        <v>2181</v>
       </c>
       <c r="F491" s="1"/>
     </row>
     <row r="492" spans="1:6">
       <c r="A492" s="1" t="s">
-        <v>2130</v>
-[...3 lines deleted...]
-      </c>
+        <v>2182</v>
+      </c>
+      <c r="B492" s="1"/>
       <c r="C492" s="1" t="s">
-        <v>2132</v>
+        <v>2179</v>
       </c>
       <c r="D492" s="1" t="s">
-        <v>2133</v>
+        <v>2183</v>
       </c>
       <c r="E492" s="1" t="s">
-        <v>2134</v>
+        <v>2184</v>
       </c>
       <c r="F492" s="1"/>
     </row>
     <row r="493" spans="1:6">
       <c r="A493" s="1" t="s">
-        <v>2135</v>
-[...1 lines deleted...]
-      <c r="B493" s="1"/>
+        <v>2185</v>
+      </c>
+      <c r="B493" s="1" t="s">
+        <v>2186</v>
+      </c>
       <c r="C493" s="1" t="s">
-        <v>2132</v>
+        <v>2179</v>
       </c>
       <c r="D493" s="1" t="s">
-        <v>2136</v>
+        <v>2187</v>
       </c>
       <c r="E493" s="1" t="s">
-        <v>2137</v>
-[...1 lines deleted...]
-      <c r="F493" s="1"/>
+        <v>2188</v>
+      </c>
+      <c r="F493" s="1" t="s">
+        <v>2189</v>
+      </c>
     </row>
     <row r="494" spans="1:6">
       <c r="A494" s="1" t="s">
-        <v>2138</v>
+        <v>2190</v>
       </c>
       <c r="B494" s="1" t="s">
-        <v>2139</v>
+        <v>2191</v>
       </c>
       <c r="C494" s="1" t="s">
-        <v>2132</v>
+        <v>2192</v>
       </c>
       <c r="D494" s="1" t="s">
-        <v>2140</v>
+        <v>2193</v>
       </c>
       <c r="E494" s="1" t="s">
-        <v>2141</v>
+        <v>2194</v>
       </c>
       <c r="F494" s="1" t="s">
-        <v>2142</v>
+        <v>2195</v>
       </c>
     </row>
     <row r="495" spans="1:6">
       <c r="A495" s="1" t="s">
-        <v>2143</v>
+        <v>2196</v>
       </c>
       <c r="B495" s="1" t="s">
-        <v>2144</v>
+        <v>2197</v>
       </c>
       <c r="C495" s="1" t="s">
-        <v>2145</v>
+        <v>2192</v>
       </c>
       <c r="D495" s="1" t="s">
-        <v>2146</v>
+        <v>2198</v>
       </c>
       <c r="E495" s="1" t="s">
-        <v>2147</v>
+        <v>2199</v>
       </c>
       <c r="F495" s="1" t="s">
-        <v>2148</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="496" spans="1:6">
       <c r="A496" s="1" t="s">
-        <v>2149</v>
-[...3 lines deleted...]
-      </c>
+        <v>2201</v>
+      </c>
+      <c r="B496" s="1"/>
       <c r="C496" s="1" t="s">
-        <v>2145</v>
+        <v>2192</v>
       </c>
       <c r="D496" s="1" t="s">
-        <v>2151</v>
+        <v>2202</v>
       </c>
       <c r="E496" s="1" t="s">
-        <v>2152</v>
-[...3 lines deleted...]
-      </c>
+        <v>2203</v>
+      </c>
+      <c r="F496" s="1"/>
     </row>
     <row r="497" spans="1:6">
       <c r="A497" s="1" t="s">
-        <v>2154</v>
-[...1 lines deleted...]
-      <c r="B497" s="1"/>
+        <v>2204</v>
+      </c>
+      <c r="B497" s="1" t="s">
+        <v>2205</v>
+      </c>
       <c r="C497" s="1" t="s">
-        <v>2145</v>
+        <v>2206</v>
       </c>
       <c r="D497" s="1" t="s">
-        <v>2155</v>
+        <v>2207</v>
       </c>
       <c r="E497" s="1" t="s">
-        <v>2156</v>
-[...1 lines deleted...]
-      <c r="F497" s="1"/>
+        <v>2208</v>
+      </c>
+      <c r="F497" s="1" t="s">
+        <v>2209</v>
+      </c>
     </row>
     <row r="498" spans="1:6">
       <c r="A498" s="1" t="s">
-        <v>2157</v>
-[...3 lines deleted...]
-      </c>
+        <v>2210</v>
+      </c>
+      <c r="B498" s="1"/>
       <c r="C498" s="1" t="s">
-        <v>2159</v>
+        <v>2206</v>
       </c>
       <c r="D498" s="1" t="s">
-        <v>2160</v>
+        <v>2211</v>
       </c>
       <c r="E498" s="1" t="s">
-        <v>2161</v>
-[...3 lines deleted...]
-      </c>
+        <v>2212</v>
+      </c>
+      <c r="F498" s="1"/>
     </row>
     <row r="499" spans="1:6">
       <c r="A499" s="1" t="s">
-        <v>2163</v>
-[...1 lines deleted...]
-      <c r="B499" s="1"/>
+        <v>2213</v>
+      </c>
+      <c r="B499" s="1" t="s">
+        <v>2214</v>
+      </c>
       <c r="C499" s="1" t="s">
-        <v>2159</v>
+        <v>2206</v>
       </c>
       <c r="D499" s="1" t="s">
-        <v>2164</v>
+        <v>2215</v>
       </c>
       <c r="E499" s="1" t="s">
-        <v>2165</v>
+        <v>2216</v>
       </c>
       <c r="F499" s="1"/>
     </row>
     <row r="500" spans="1:6">
       <c r="A500" s="1" t="s">
-        <v>2166</v>
-[...1 lines deleted...]
-      <c r="B500" s="1"/>
+        <v>2217</v>
+      </c>
+      <c r="B500" s="1" t="s">
+        <v>2218</v>
+      </c>
       <c r="C500" s="1" t="s">
-        <v>2159</v>
+        <v>2206</v>
       </c>
       <c r="D500" s="1" t="s">
-        <v>2167</v>
+        <v>2219</v>
       </c>
       <c r="E500" s="1" t="s">
-        <v>2168</v>
+        <v>2220</v>
       </c>
       <c r="F500" s="1"/>
     </row>
     <row r="501" spans="1:6">
       <c r="A501" s="1" t="s">
-        <v>2169</v>
-[...1 lines deleted...]
-      <c r="B501" s="1"/>
+        <v>2221</v>
+      </c>
+      <c r="B501" s="1" t="s">
+        <v>2222</v>
+      </c>
       <c r="C501" s="1" t="s">
-        <v>2159</v>
+        <v>2206</v>
       </c>
       <c r="D501" s="1" t="s">
-        <v>2170</v>
+        <v>2223</v>
       </c>
       <c r="E501" s="1" t="s">
-        <v>2171</v>
-[...1 lines deleted...]
-      <c r="F501" s="1"/>
+        <v>2224</v>
+      </c>
+      <c r="F501" s="1" t="s">
+        <v>2225</v>
+      </c>
     </row>
     <row r="502" spans="1:6">
       <c r="A502" s="1" t="s">
-        <v>2172</v>
+        <v>2226</v>
       </c>
       <c r="B502" s="1" t="s">
-        <v>2173</v>
+        <v>2227</v>
       </c>
       <c r="C502" s="1" t="s">
-        <v>2159</v>
+        <v>2206</v>
       </c>
       <c r="D502" s="1" t="s">
-        <v>2174</v>
+        <v>2228</v>
       </c>
       <c r="E502" s="1" t="s">
-        <v>2175</v>
-[...3 lines deleted...]
-      </c>
+        <v>2229</v>
+      </c>
+      <c r="F502" s="1"/>
     </row>
     <row r="503" spans="1:6">
       <c r="A503" s="1" t="s">
-        <v>2177</v>
+        <v>2230</v>
       </c>
       <c r="B503" s="1" t="s">
-        <v>2178</v>
+        <v>2231</v>
       </c>
       <c r="C503" s="1" t="s">
-        <v>2159</v>
+        <v>2232</v>
       </c>
       <c r="D503" s="1" t="s">
-        <v>2179</v>
+        <v>2233</v>
       </c>
       <c r="E503" s="1" t="s">
-        <v>2180</v>
-[...1 lines deleted...]
-      <c r="F503" s="1"/>
+        <v>2234</v>
+      </c>
+      <c r="F503" s="1" t="s">
+        <v>2235</v>
+      </c>
     </row>
     <row r="504" spans="1:6">
       <c r="A504" s="1" t="s">
-        <v>2181</v>
+        <v>2236</v>
       </c>
       <c r="B504" s="1" t="s">
-        <v>2182</v>
+        <v>2237</v>
       </c>
       <c r="C504" s="1" t="s">
-        <v>2183</v>
+        <v>2232</v>
       </c>
       <c r="D504" s="1" t="s">
-        <v>2184</v>
+        <v>2233</v>
       </c>
       <c r="E504" s="1" t="s">
-        <v>2185</v>
-[...3 lines deleted...]
-      </c>
+        <v>2238</v>
+      </c>
+      <c r="F504" s="1"/>
     </row>
     <row r="505" spans="1:6">
       <c r="A505" s="1" t="s">
-        <v>2187</v>
+        <v>2239</v>
       </c>
       <c r="B505" s="1" t="s">
-        <v>2188</v>
+        <v>2237</v>
       </c>
       <c r="C505" s="1" t="s">
-        <v>2183</v>
+        <v>2232</v>
       </c>
       <c r="D505" s="1" t="s">
-        <v>2184</v>
+        <v>2240</v>
       </c>
       <c r="E505" s="1" t="s">
-        <v>2189</v>
+        <v>2241</v>
       </c>
       <c r="F505" s="1"/>
     </row>
     <row r="506" spans="1:6">
       <c r="A506" s="1" t="s">
-        <v>2190</v>
-[...3 lines deleted...]
-      </c>
+        <v>2242</v>
+      </c>
+      <c r="B506" s="1"/>
       <c r="C506" s="1" t="s">
-        <v>2183</v>
+        <v>2232</v>
       </c>
       <c r="D506" s="1" t="s">
-        <v>2191</v>
+        <v>2243</v>
       </c>
       <c r="E506" s="1" t="s">
-        <v>2192</v>
+        <v>2244</v>
       </c>
       <c r="F506" s="1"/>
     </row>
     <row r="507" spans="1:6">
       <c r="A507" s="1" t="s">
-        <v>2193</v>
-[...1 lines deleted...]
-      <c r="B507" s="1"/>
+        <v>2245</v>
+      </c>
+      <c r="B507" s="1" t="s">
+        <v>2246</v>
+      </c>
       <c r="C507" s="1" t="s">
-        <v>2183</v>
+        <v>2247</v>
       </c>
       <c r="D507" s="1" t="s">
-        <v>2194</v>
+        <v>2248</v>
       </c>
       <c r="E507" s="1" t="s">
-        <v>2195</v>
-[...1 lines deleted...]
-      <c r="F507" s="1"/>
+        <v>2249</v>
+      </c>
+      <c r="F507" s="1" t="s">
+        <v>2250</v>
+      </c>
     </row>
     <row r="508" spans="1:6">
       <c r="A508" s="1" t="s">
-        <v>2196</v>
+        <v>2251</v>
       </c>
       <c r="B508" s="1" t="s">
-        <v>2197</v>
+        <v>2252</v>
       </c>
       <c r="C508" s="1" t="s">
-        <v>2198</v>
+        <v>2247</v>
       </c>
       <c r="D508" s="1" t="s">
-        <v>2199</v>
+        <v>2253</v>
       </c>
       <c r="E508" s="1" t="s">
-        <v>2200</v>
+        <v>2254</v>
       </c>
       <c r="F508" s="1" t="s">
-        <v>2201</v>
+        <v>2255</v>
       </c>
     </row>
     <row r="509" spans="1:6">
       <c r="A509" s="1" t="s">
-        <v>2202</v>
-[...3 lines deleted...]
-      </c>
+        <v>2256</v>
+      </c>
+      <c r="B509" s="1"/>
       <c r="C509" s="1" t="s">
-        <v>2198</v>
-[...3 lines deleted...]
-      </c>
+        <v>2247</v>
+      </c>
+      <c r="D509" s="1"/>
       <c r="E509" s="1" t="s">
-        <v>2205</v>
-[...3 lines deleted...]
-      </c>
+        <v>2257</v>
+      </c>
+      <c r="F509" s="1"/>
     </row>
     <row r="510" spans="1:6">
       <c r="A510" s="1" t="s">
-        <v>2207</v>
-[...1 lines deleted...]
-      <c r="B510" s="1"/>
+        <v>2258</v>
+      </c>
+      <c r="B510" s="1" t="s">
+        <v>2259</v>
+      </c>
       <c r="C510" s="1" t="s">
-        <v>2198</v>
-[...1 lines deleted...]
-      <c r="D510" s="1"/>
+        <v>2247</v>
+      </c>
+      <c r="D510" s="1" t="s">
+        <v>2260</v>
+      </c>
       <c r="E510" s="1" t="s">
-        <v>2208</v>
-[...1 lines deleted...]
-      <c r="F510" s="1"/>
+        <v>2261</v>
+      </c>
+      <c r="F510" s="1" t="s">
+        <v>2262</v>
+      </c>
     </row>
     <row r="511" spans="1:6">
       <c r="A511" s="1" t="s">
-        <v>2209</v>
-[...3 lines deleted...]
-      </c>
+        <v>2263</v>
+      </c>
+      <c r="B511" s="1"/>
       <c r="C511" s="1" t="s">
-        <v>2198</v>
+        <v>2247</v>
       </c>
       <c r="D511" s="1" t="s">
-        <v>2211</v>
+        <v>2264</v>
       </c>
       <c r="E511" s="1" t="s">
-        <v>2212</v>
-[...3 lines deleted...]
-      </c>
+        <v>2265</v>
+      </c>
+      <c r="F511" s="1"/>
     </row>
     <row r="512" spans="1:6">
       <c r="A512" s="1" t="s">
-        <v>2214</v>
+        <v>2266</v>
       </c>
       <c r="B512" s="1"/>
       <c r="C512" s="1" t="s">
-        <v>2198</v>
+        <v>2247</v>
       </c>
       <c r="D512" s="1" t="s">
-        <v>2215</v>
+        <v>257</v>
       </c>
       <c r="E512" s="1" t="s">
-        <v>2216</v>
-[...1 lines deleted...]
-      <c r="F512" s="1"/>
+        <v>2267</v>
+      </c>
+      <c r="F512" s="1" t="s">
+        <v>387</v>
+      </c>
     </row>
     <row r="513" spans="1:6">
       <c r="A513" s="1" t="s">
-        <v>2217</v>
-[...1 lines deleted...]
-      <c r="B513" s="1"/>
+        <v>2268</v>
+      </c>
+      <c r="B513" s="1" t="s">
+        <v>2269</v>
+      </c>
       <c r="C513" s="1" t="s">
-        <v>2198</v>
+        <v>2247</v>
       </c>
       <c r="D513" s="1" t="s">
-        <v>249</v>
+        <v>2270</v>
       </c>
       <c r="E513" s="1" t="s">
-        <v>2218</v>
+        <v>2271</v>
       </c>
       <c r="F513" s="1" t="s">
-        <v>377</v>
+        <v>2272</v>
       </c>
     </row>
     <row r="514" spans="1:6">
       <c r="A514" s="1" t="s">
-        <v>2219</v>
+        <v>2273</v>
       </c>
       <c r="B514" s="1" t="s">
-        <v>2220</v>
+        <v>2274</v>
       </c>
       <c r="C514" s="1" t="s">
-        <v>2198</v>
+        <v>2275</v>
       </c>
       <c r="D514" s="1" t="s">
-        <v>2221</v>
+        <v>2276</v>
       </c>
       <c r="E514" s="1" t="s">
-        <v>2222</v>
+        <v>2277</v>
       </c>
       <c r="F514" s="1" t="s">
-        <v>2223</v>
+        <v>2278</v>
       </c>
     </row>
     <row r="515" spans="1:6">
       <c r="A515" s="1" t="s">
-        <v>2224</v>
-[...3 lines deleted...]
-      </c>
+        <v>2279</v>
+      </c>
+      <c r="B515" s="1"/>
       <c r="C515" s="1" t="s">
-        <v>2226</v>
+        <v>2275</v>
       </c>
       <c r="D515" s="1" t="s">
-        <v>2227</v>
+        <v>2280</v>
       </c>
       <c r="E515" s="1" t="s">
-        <v>2228</v>
-[...3 lines deleted...]
-      </c>
+        <v>2281</v>
+      </c>
+      <c r="F515" s="1"/>
     </row>
     <row r="516" spans="1:6">
       <c r="A516" s="1" t="s">
-        <v>2230</v>
+        <v>2282</v>
       </c>
       <c r="B516" s="1" t="s">
-        <v>1895</v>
+        <v>2283</v>
       </c>
       <c r="C516" s="1" t="s">
-        <v>2226</v>
+        <v>2275</v>
       </c>
       <c r="D516" s="1" t="s">
-        <v>2231</v>
+        <v>2284</v>
       </c>
       <c r="E516" s="1" t="s">
-        <v>2232</v>
+        <v>2285</v>
       </c>
       <c r="F516" s="1" t="s">
-        <v>2233</v>
+        <v>2286</v>
       </c>
     </row>
     <row r="517" spans="1:6">
       <c r="A517" s="1" t="s">
-        <v>2234</v>
-[...1 lines deleted...]
-      <c r="B517" s="1"/>
+        <v>2287</v>
+      </c>
+      <c r="B517" s="1" t="s">
+        <v>2288</v>
+      </c>
       <c r="C517" s="1" t="s">
-        <v>2226</v>
+        <v>2275</v>
       </c>
       <c r="D517" s="1" t="s">
-        <v>2235</v>
+        <v>2289</v>
       </c>
       <c r="E517" s="1" t="s">
-        <v>2236</v>
+        <v>2290</v>
       </c>
       <c r="F517" s="1"/>
     </row>
     <row r="518" spans="1:6">
       <c r="A518" s="1" t="s">
-        <v>2237</v>
+        <v>2291</v>
       </c>
       <c r="B518" s="1" t="s">
-        <v>2238</v>
+        <v>2292</v>
       </c>
       <c r="C518" s="1" t="s">
-        <v>2226</v>
+        <v>2293</v>
       </c>
       <c r="D518" s="1" t="s">
-        <v>2239</v>
+        <v>2294</v>
       </c>
       <c r="E518" s="1" t="s">
-        <v>2240</v>
+        <v>2295</v>
       </c>
       <c r="F518" s="1" t="s">
-        <v>2241</v>
+        <v>2296</v>
       </c>
     </row>
     <row r="519" spans="1:6">
       <c r="A519" s="1" t="s">
-        <v>2242</v>
+        <v>2297</v>
       </c>
       <c r="B519" s="1" t="s">
-        <v>2243</v>
+        <v>2298</v>
       </c>
       <c r="C519" s="1" t="s">
-        <v>2244</v>
+        <v>2299</v>
       </c>
       <c r="D519" s="1" t="s">
-        <v>2245</v>
+        <v>2300</v>
       </c>
       <c r="E519" s="1" t="s">
-        <v>2246</v>
-[...3 lines deleted...]
-      </c>
+        <v>2301</v>
+      </c>
+      <c r="F519" s="1"/>
     </row>
     <row r="520" spans="1:6">
       <c r="A520" s="1" t="s">
-        <v>2248</v>
+        <v>2302</v>
       </c>
       <c r="B520" s="1" t="s">
-        <v>2249</v>
+        <v>2303</v>
       </c>
       <c r="C520" s="1" t="s">
-        <v>2250</v>
+        <v>2299</v>
       </c>
       <c r="D520" s="1" t="s">
-        <v>2251</v>
+        <v>2304</v>
       </c>
       <c r="E520" s="1" t="s">
-        <v>2252</v>
+        <v>2305</v>
       </c>
       <c r="F520" s="1"/>
     </row>
     <row r="521" spans="1:6">
       <c r="A521" s="1" t="s">
-        <v>2253</v>
-[...3 lines deleted...]
-      </c>
+        <v>2306</v>
+      </c>
+      <c r="B521" s="1"/>
       <c r="C521" s="1" t="s">
-        <v>2250</v>
+        <v>2299</v>
       </c>
       <c r="D521" s="1" t="s">
-        <v>2255</v>
+        <v>2307</v>
       </c>
       <c r="E521" s="1" t="s">
-        <v>2256</v>
+        <v>2308</v>
       </c>
       <c r="F521" s="1"/>
     </row>
     <row r="522" spans="1:6">
       <c r="A522" s="1" t="s">
-        <v>2257</v>
+        <v>2309</v>
       </c>
       <c r="B522" s="1"/>
       <c r="C522" s="1" t="s">
-        <v>2250</v>
-[...3 lines deleted...]
-      </c>
+        <v>2299</v>
+      </c>
+      <c r="D522" s="1"/>
       <c r="E522" s="1" t="s">
-        <v>2259</v>
+        <v>2310</v>
       </c>
       <c r="F522" s="1"/>
     </row>
     <row r="523" spans="1:6">
       <c r="A523" s="1" t="s">
-        <v>2260</v>
-[...1 lines deleted...]
-      <c r="B523" s="1"/>
+        <v>2311</v>
+      </c>
+      <c r="B523" s="1" t="s">
+        <v>2312</v>
+      </c>
       <c r="C523" s="1" t="s">
-        <v>2250</v>
-[...1 lines deleted...]
-      <c r="D523" s="1"/>
+        <v>2299</v>
+      </c>
+      <c r="D523" s="1" t="s">
+        <v>2313</v>
+      </c>
       <c r="E523" s="1" t="s">
-        <v>2261</v>
-[...1 lines deleted...]
-      <c r="F523" s="1"/>
+        <v>2314</v>
+      </c>
+      <c r="F523" s="1" t="s">
+        <v>2315</v>
+      </c>
     </row>
     <row r="524" spans="1:6">
       <c r="A524" s="1" t="s">
-        <v>2262</v>
+        <v>2316</v>
       </c>
       <c r="B524" s="1" t="s">
-        <v>2263</v>
+        <v>2317</v>
       </c>
       <c r="C524" s="1" t="s">
-        <v>2250</v>
+        <v>2318</v>
       </c>
       <c r="D524" s="1" t="s">
-        <v>2264</v>
+        <v>2319</v>
       </c>
       <c r="E524" s="1" t="s">
-        <v>2265</v>
+        <v>2320</v>
       </c>
       <c r="F524" s="1" t="s">
-        <v>2266</v>
+        <v>2321</v>
       </c>
     </row>
     <row r="525" spans="1:6">
       <c r="A525" s="1" t="s">
-        <v>2267</v>
-[...3 lines deleted...]
-      </c>
+        <v>2322</v>
+      </c>
+      <c r="B525" s="1"/>
       <c r="C525" s="1" t="s">
-        <v>2269</v>
+        <v>2323</v>
       </c>
       <c r="D525" s="1" t="s">
-        <v>2270</v>
+        <v>2324</v>
       </c>
       <c r="E525" s="1" t="s">
-        <v>2271</v>
-[...3 lines deleted...]
-      </c>
+        <v>2325</v>
+      </c>
+      <c r="F525" s="1"/>
     </row>
     <row r="526" spans="1:6">
       <c r="A526" s="1" t="s">
-        <v>2273</v>
-[...1 lines deleted...]
-      <c r="B526" s="1"/>
+        <v>2326</v>
+      </c>
+      <c r="B526" s="1" t="s">
+        <v>2327</v>
+      </c>
       <c r="C526" s="1" t="s">
-        <v>2274</v>
+        <v>2328</v>
       </c>
       <c r="D526" s="1" t="s">
-        <v>2275</v>
+        <v>2329</v>
       </c>
       <c r="E526" s="1" t="s">
-        <v>2276</v>
-[...1 lines deleted...]
-      <c r="F526" s="1"/>
+        <v>2330</v>
+      </c>
+      <c r="F526" s="1" t="s">
+        <v>2331</v>
+      </c>
     </row>
     <row r="527" spans="1:6">
       <c r="A527" s="1" t="s">
-        <v>2277</v>
+        <v>2332</v>
       </c>
       <c r="B527" s="1" t="s">
-        <v>2278</v>
+        <v>2327</v>
       </c>
       <c r="C527" s="1" t="s">
-        <v>2279</v>
+        <v>2328</v>
       </c>
       <c r="D527" s="1" t="s">
-        <v>2280</v>
+        <v>2333</v>
       </c>
       <c r="E527" s="1" t="s">
-        <v>2281</v>
+        <v>2334</v>
       </c>
       <c r="F527" s="1" t="s">
-        <v>2282</v>
+        <v>2335</v>
       </c>
     </row>
     <row r="528" spans="1:6">
       <c r="A528" s="1" t="s">
-        <v>2283</v>
-[...3 lines deleted...]
-      </c>
+        <v>2336</v>
+      </c>
+      <c r="B528" s="1"/>
       <c r="C528" s="1" t="s">
-        <v>2279</v>
+        <v>2328</v>
       </c>
       <c r="D528" s="1" t="s">
-        <v>2284</v>
+        <v>2337</v>
       </c>
       <c r="E528" s="1" t="s">
-        <v>2285</v>
-[...3 lines deleted...]
-      </c>
+        <v>2338</v>
+      </c>
+      <c r="F528" s="1"/>
     </row>
     <row r="529" spans="1:6">
       <c r="A529" s="1" t="s">
-        <v>2287</v>
+        <v>2339</v>
       </c>
       <c r="B529" s="1"/>
       <c r="C529" s="1" t="s">
-        <v>2279</v>
+        <v>2328</v>
       </c>
       <c r="D529" s="1" t="s">
-        <v>2288</v>
+        <v>2340</v>
       </c>
       <c r="E529" s="1" t="s">
-        <v>2289</v>
+        <v>2341</v>
       </c>
       <c r="F529" s="1"/>
     </row>
     <row r="530" spans="1:6">
       <c r="A530" s="1" t="s">
-        <v>2290</v>
+        <v>2342</v>
       </c>
       <c r="B530" s="1"/>
       <c r="C530" s="1" t="s">
-        <v>2279</v>
+        <v>2328</v>
       </c>
       <c r="D530" s="1" t="s">
-        <v>2291</v>
+        <v>2343</v>
       </c>
       <c r="E530" s="1" t="s">
-        <v>2292</v>
+        <v>2344</v>
       </c>
       <c r="F530" s="1"/>
     </row>
     <row r="531" spans="1:6">
       <c r="A531" s="1" t="s">
-        <v>2293</v>
-[...1 lines deleted...]
-      <c r="B531" s="1"/>
+        <v>2345</v>
+      </c>
+      <c r="B531" s="1" t="s">
+        <v>2346</v>
+      </c>
       <c r="C531" s="1" t="s">
-        <v>2279</v>
+        <v>2347</v>
       </c>
       <c r="D531" s="1" t="s">
-        <v>2294</v>
+        <v>2348</v>
       </c>
       <c r="E531" s="1" t="s">
-        <v>2295</v>
-[...1 lines deleted...]
-      <c r="F531" s="1"/>
+        <v>2349</v>
+      </c>
+      <c r="F531" s="1" t="s">
+        <v>2350</v>
+      </c>
     </row>
     <row r="532" spans="1:6">
       <c r="A532" s="1" t="s">
-        <v>2296</v>
-[...3 lines deleted...]
-      </c>
+        <v>2351</v>
+      </c>
+      <c r="B532" s="1"/>
       <c r="C532" s="1" t="s">
-        <v>2298</v>
+        <v>2347</v>
       </c>
       <c r="D532" s="1" t="s">
-        <v>2299</v>
+        <v>2352</v>
       </c>
       <c r="E532" s="1" t="s">
-        <v>2300</v>
-[...3 lines deleted...]
-      </c>
+        <v>2353</v>
+      </c>
+      <c r="F532" s="1"/>
     </row>
     <row r="533" spans="1:6">
       <c r="A533" s="1" t="s">
-        <v>2302</v>
+        <v>2354</v>
       </c>
       <c r="B533" s="1"/>
       <c r="C533" s="1" t="s">
-        <v>2298</v>
+        <v>2347</v>
       </c>
       <c r="D533" s="1" t="s">
-        <v>2303</v>
-[...4 lines deleted...]
-      <c r="F533" s="1"/>
+        <v>257</v>
+      </c>
+      <c r="E533" s="1"/>
+      <c r="F533" s="1" t="s">
+        <v>259</v>
+      </c>
     </row>
     <row r="534" spans="1:6">
       <c r="A534" s="1" t="s">
-        <v>2305</v>
-[...1 lines deleted...]
-      <c r="B534" s="1"/>
+        <v>2355</v>
+      </c>
+      <c r="B534" s="1" t="s">
+        <v>2356</v>
+      </c>
       <c r="C534" s="1" t="s">
-        <v>2298</v>
+        <v>2357</v>
       </c>
       <c r="D534" s="1" t="s">
-        <v>249</v>
-[...1 lines deleted...]
-      <c r="E534" s="1"/>
+        <v>2358</v>
+      </c>
+      <c r="E534" s="1" t="s">
+        <v>2359</v>
+      </c>
       <c r="F534" s="1" t="s">
-        <v>251</v>
+        <v>2360</v>
       </c>
     </row>
     <row r="535" spans="1:6">
       <c r="A535" s="1" t="s">
-        <v>2306</v>
-[...3 lines deleted...]
-      </c>
+        <v>2361</v>
+      </c>
+      <c r="B535" s="1"/>
       <c r="C535" s="1" t="s">
-        <v>2308</v>
+        <v>2357</v>
       </c>
       <c r="D535" s="1" t="s">
-        <v>2309</v>
+        <v>2362</v>
       </c>
       <c r="E535" s="1" t="s">
-        <v>2310</v>
-[...3 lines deleted...]
-      </c>
+        <v>2363</v>
+      </c>
+      <c r="F535" s="1"/>
     </row>
     <row r="536" spans="1:6">
       <c r="A536" s="1" t="s">
-        <v>2312</v>
-[...1 lines deleted...]
-      <c r="B536" s="1"/>
+        <v>2364</v>
+      </c>
+      <c r="B536" s="1" t="s">
+        <v>2365</v>
+      </c>
       <c r="C536" s="1" t="s">
-        <v>2308</v>
+        <v>2366</v>
       </c>
       <c r="D536" s="1" t="s">
-        <v>2313</v>
+        <v>2367</v>
       </c>
       <c r="E536" s="1" t="s">
-        <v>2314</v>
+        <v>2368</v>
       </c>
       <c r="F536" s="1"/>
     </row>
     <row r="537" spans="1:6">
       <c r="A537" s="1" t="s">
-        <v>2315</v>
+        <v>2369</v>
       </c>
       <c r="B537" s="1" t="s">
-        <v>2316</v>
+        <v>2370</v>
       </c>
       <c r="C537" s="1" t="s">
-        <v>2317</v>
+        <v>2366</v>
       </c>
       <c r="D537" s="1" t="s">
-        <v>2318</v>
+        <v>2371</v>
       </c>
       <c r="E537" s="1" t="s">
-        <v>2319</v>
-[...1 lines deleted...]
-      <c r="F537" s="1"/>
+        <v>2372</v>
+      </c>
+      <c r="F537" s="1" t="s">
+        <v>2373</v>
+      </c>
     </row>
     <row r="538" spans="1:6">
       <c r="A538" s="1" t="s">
-        <v>2320</v>
-[...3 lines deleted...]
-      </c>
+        <v>2374</v>
+      </c>
+      <c r="B538" s="1"/>
       <c r="C538" s="1" t="s">
-        <v>2317</v>
-[...3 lines deleted...]
-      </c>
+        <v>2366</v>
+      </c>
+      <c r="D538" s="1"/>
       <c r="E538" s="1" t="s">
-        <v>2323</v>
+        <v>2375</v>
       </c>
       <c r="F538" s="1" t="s">
-        <v>2324</v>
+        <v>2376</v>
       </c>
     </row>
     <row r="539" spans="1:6">
       <c r="A539" s="1" t="s">
-        <v>2325</v>
+        <v>2377</v>
       </c>
       <c r="B539" s="1"/>
       <c r="C539" s="1" t="s">
-        <v>2317</v>
-[...1 lines deleted...]
-      <c r="D539" s="1"/>
+        <v>2366</v>
+      </c>
+      <c r="D539" s="1" t="s">
+        <v>2378</v>
+      </c>
       <c r="E539" s="1" t="s">
-        <v>2326</v>
-[...3 lines deleted...]
-      </c>
+        <v>2379</v>
+      </c>
+      <c r="F539" s="1"/>
     </row>
     <row r="540" spans="1:6">
       <c r="A540" s="1" t="s">
-        <v>2328</v>
-[...1 lines deleted...]
-      <c r="B540" s="1"/>
+        <v>2380</v>
+      </c>
+      <c r="B540" s="1" t="s">
+        <v>2381</v>
+      </c>
       <c r="C540" s="1" t="s">
-        <v>2317</v>
+        <v>2366</v>
       </c>
       <c r="D540" s="1" t="s">
-        <v>2329</v>
+        <v>2382</v>
       </c>
       <c r="E540" s="1" t="s">
-        <v>2330</v>
-[...1 lines deleted...]
-      <c r="F540" s="1"/>
+        <v>2383</v>
+      </c>
+      <c r="F540" s="1" t="s">
+        <v>2384</v>
+      </c>
     </row>
     <row r="541" spans="1:6">
       <c r="A541" s="1" t="s">
-        <v>2331</v>
+        <v>2385</v>
       </c>
       <c r="B541" s="1" t="s">
-        <v>2332</v>
+        <v>2386</v>
       </c>
       <c r="C541" s="1" t="s">
-        <v>2317</v>
+        <v>2366</v>
       </c>
       <c r="D541" s="1" t="s">
-        <v>2333</v>
+        <v>2387</v>
       </c>
       <c r="E541" s="1" t="s">
-        <v>2334</v>
+        <v>2388</v>
       </c>
       <c r="F541" s="1" t="s">
-        <v>2335</v>
+        <v>2389</v>
       </c>
     </row>
     <row r="542" spans="1:6">
       <c r="A542" s="1" t="s">
-        <v>2336</v>
+        <v>2390</v>
       </c>
       <c r="B542" s="1" t="s">
-        <v>2337</v>
+        <v>2391</v>
       </c>
       <c r="C542" s="1" t="s">
-        <v>2317</v>
+        <v>2366</v>
       </c>
       <c r="D542" s="1" t="s">
-        <v>2338</v>
+        <v>2392</v>
       </c>
       <c r="E542" s="1" t="s">
-        <v>2339</v>
+        <v>2393</v>
       </c>
       <c r="F542" s="1" t="s">
-        <v>2340</v>
+        <v>2394</v>
       </c>
     </row>
     <row r="543" spans="1:6">
       <c r="A543" s="1" t="s">
-        <v>2341</v>
+        <v>2395</v>
       </c>
       <c r="B543" s="1" t="s">
-        <v>2342</v>
+        <v>2391</v>
       </c>
       <c r="C543" s="1" t="s">
-        <v>2317</v>
+        <v>2366</v>
       </c>
       <c r="D543" s="1" t="s">
-        <v>2343</v>
+        <v>2392</v>
       </c>
       <c r="E543" s="1" t="s">
-        <v>2344</v>
+        <v>2396</v>
       </c>
       <c r="F543" s="1" t="s">
-        <v>2345</v>
+        <v>2394</v>
       </c>
     </row>
     <row r="544" spans="1:6">
       <c r="A544" s="1" t="s">
-        <v>2346</v>
+        <v>2397</v>
       </c>
       <c r="B544" s="1" t="s">
-        <v>2342</v>
+        <v>2398</v>
       </c>
       <c r="C544" s="1" t="s">
-        <v>2317</v>
+        <v>2366</v>
       </c>
       <c r="D544" s="1" t="s">
-        <v>2343</v>
+        <v>2399</v>
       </c>
       <c r="E544" s="1" t="s">
-        <v>2347</v>
+        <v>2400</v>
       </c>
       <c r="F544" s="1" t="s">
-        <v>2345</v>
+        <v>2401</v>
       </c>
     </row>
     <row r="545" spans="1:6">
       <c r="A545" s="1" t="s">
-        <v>2348</v>
+        <v>2402</v>
       </c>
       <c r="B545" s="1" t="s">
-        <v>2349</v>
+        <v>2403</v>
       </c>
       <c r="C545" s="1" t="s">
-        <v>2317</v>
+        <v>2404</v>
       </c>
       <c r="D545" s="1" t="s">
-        <v>2350</v>
+        <v>2405</v>
       </c>
       <c r="E545" s="1" t="s">
-        <v>2351</v>
+        <v>2406</v>
       </c>
       <c r="F545" s="1" t="s">
-        <v>2352</v>
+        <v>2407</v>
       </c>
     </row>
     <row r="546" spans="1:6">
       <c r="A546" s="1" t="s">
-        <v>2353</v>
+        <v>2408</v>
       </c>
       <c r="B546" s="1"/>
       <c r="C546" s="1" t="s">
-        <v>2354</v>
+        <v>2404</v>
       </c>
       <c r="D546" s="1" t="s">
-        <v>2355</v>
+        <v>2409</v>
       </c>
       <c r="E546" s="1" t="s">
-        <v>2356</v>
-[...3 lines deleted...]
-      </c>
+        <v>2410</v>
+      </c>
+      <c r="F546" s="1"/>
     </row>
     <row r="547" spans="1:6">
       <c r="A547" s="1" t="s">
-        <v>2358</v>
-[...1 lines deleted...]
-      <c r="B547" s="1"/>
+        <v>2411</v>
+      </c>
+      <c r="B547" s="1" t="s">
+        <v>2412</v>
+      </c>
       <c r="C547" s="1" t="s">
-        <v>2354</v>
+        <v>2413</v>
       </c>
       <c r="D547" s="1" t="s">
-        <v>2359</v>
+        <v>2414</v>
       </c>
       <c r="E547" s="1" t="s">
-        <v>2360</v>
-[...1 lines deleted...]
-      <c r="F547" s="1"/>
+        <v>2415</v>
+      </c>
+      <c r="F547" s="1" t="s">
+        <v>2416</v>
+      </c>
     </row>
     <row r="548" spans="1:6">
       <c r="A548" s="1" t="s">
-        <v>2361</v>
+        <v>2417</v>
       </c>
       <c r="B548" s="1" t="s">
-        <v>2362</v>
+        <v>2418</v>
       </c>
       <c r="C548" s="1" t="s">
-        <v>2363</v>
+        <v>2419</v>
       </c>
       <c r="D548" s="1" t="s">
-        <v>2364</v>
+        <v>2420</v>
       </c>
       <c r="E548" s="1" t="s">
-        <v>2365</v>
+        <v>2421</v>
       </c>
       <c r="F548" s="1" t="s">
-        <v>2366</v>
+        <v>2422</v>
       </c>
     </row>
     <row r="549" spans="1:6">
       <c r="A549" s="1" t="s">
-        <v>2367</v>
-[...3 lines deleted...]
-      </c>
+        <v>2423</v>
+      </c>
+      <c r="B549" s="1"/>
       <c r="C549" s="1" t="s">
-        <v>2369</v>
+        <v>2419</v>
       </c>
       <c r="D549" s="1" t="s">
-        <v>2370</v>
+        <v>2424</v>
       </c>
       <c r="E549" s="1" t="s">
-        <v>2371</v>
-[...3 lines deleted...]
-      </c>
+        <v>2425</v>
+      </c>
+      <c r="F549" s="1"/>
     </row>
     <row r="550" spans="1:6">
       <c r="A550" s="1" t="s">
-        <v>2373</v>
-[...1 lines deleted...]
-      <c r="B550" s="1"/>
+        <v>2426</v>
+      </c>
+      <c r="B550" s="1" t="s">
+        <v>2427</v>
+      </c>
       <c r="C550" s="1" t="s">
-        <v>2369</v>
+        <v>2419</v>
       </c>
       <c r="D550" s="1" t="s">
-        <v>2374</v>
+        <v>2428</v>
       </c>
       <c r="E550" s="1" t="s">
-        <v>2375</v>
-[...1 lines deleted...]
-      <c r="F550" s="1"/>
+        <v>2429</v>
+      </c>
+      <c r="F550" s="1" t="s">
+        <v>2430</v>
+      </c>
     </row>
     <row r="551" spans="1:6">
       <c r="A551" s="1" t="s">
-        <v>2376</v>
+        <v>2431</v>
       </c>
       <c r="B551" s="1" t="s">
-        <v>2377</v>
+        <v>2432</v>
       </c>
       <c r="C551" s="1" t="s">
-        <v>2369</v>
+        <v>2419</v>
       </c>
       <c r="D551" s="1" t="s">
-        <v>2378</v>
+        <v>2433</v>
       </c>
       <c r="E551" s="1" t="s">
-        <v>2379</v>
+        <v>2434</v>
       </c>
       <c r="F551" s="1" t="s">
-        <v>2380</v>
+        <v>2435</v>
       </c>
     </row>
     <row r="552" spans="1:6">
       <c r="A552" s="1" t="s">
-        <v>2381</v>
+        <v>2436</v>
       </c>
       <c r="B552" s="1" t="s">
-        <v>2382</v>
+        <v>2437</v>
       </c>
       <c r="C552" s="1" t="s">
-        <v>2369</v>
+        <v>2419</v>
       </c>
       <c r="D552" s="1" t="s">
-        <v>2383</v>
+        <v>2438</v>
       </c>
       <c r="E552" s="1" t="s">
-        <v>2384</v>
-[...3 lines deleted...]
-      </c>
+        <v>2439</v>
+      </c>
+      <c r="F552" s="1"/>
     </row>
     <row r="553" spans="1:6">
       <c r="A553" s="1" t="s">
-        <v>2386</v>
+        <v>2440</v>
       </c>
       <c r="B553" s="1" t="s">
-        <v>2387</v>
+        <v>2441</v>
       </c>
       <c r="C553" s="1" t="s">
-        <v>2369</v>
+        <v>2442</v>
       </c>
       <c r="D553" s="1" t="s">
-        <v>2388</v>
+        <v>2443</v>
       </c>
       <c r="E553" s="1" t="s">
-        <v>2389</v>
+        <v>2444</v>
       </c>
       <c r="F553" s="1"/>
     </row>
     <row r="554" spans="1:6">
       <c r="A554" s="1" t="s">
-        <v>2390</v>
-[...3 lines deleted...]
-      </c>
+        <v>2445</v>
+      </c>
+      <c r="B554" s="1"/>
       <c r="C554" s="1" t="s">
-        <v>2392</v>
+        <v>2446</v>
       </c>
       <c r="D554" s="1" t="s">
-        <v>2393</v>
+        <v>257</v>
       </c>
       <c r="E554" s="1" t="s">
-        <v>2394</v>
-[...1 lines deleted...]
-      <c r="F554" s="1"/>
+        <v>2447</v>
+      </c>
+      <c r="F554" s="1" t="s">
+        <v>259</v>
+      </c>
     </row>
     <row r="555" spans="1:6">
       <c r="A555" s="1" t="s">
-        <v>2395</v>
-[...1 lines deleted...]
-      <c r="B555" s="1"/>
+        <v>2448</v>
+      </c>
+      <c r="B555" s="1" t="s">
+        <v>2449</v>
+      </c>
       <c r="C555" s="1" t="s">
-        <v>2396</v>
+        <v>2450</v>
       </c>
       <c r="D555" s="1" t="s">
-        <v>249</v>
+        <v>2451</v>
       </c>
       <c r="E555" s="1" t="s">
-        <v>2397</v>
-[...3 lines deleted...]
-      </c>
+        <v>2452</v>
+      </c>
+      <c r="F555" s="1"/>
     </row>
     <row r="556" spans="1:6">
       <c r="A556" s="1" t="s">
-        <v>2398</v>
-[...3 lines deleted...]
-      </c>
+        <v>2453</v>
+      </c>
+      <c r="B556" s="1"/>
       <c r="C556" s="1" t="s">
-        <v>2400</v>
+        <v>2450</v>
       </c>
       <c r="D556" s="1" t="s">
-        <v>2401</v>
+        <v>2454</v>
       </c>
       <c r="E556" s="1" t="s">
-        <v>2402</v>
+        <v>2455</v>
       </c>
       <c r="F556" s="1"/>
     </row>
     <row r="557" spans="1:6">
       <c r="A557" s="1" t="s">
-        <v>2403</v>
-[...1 lines deleted...]
-      <c r="B557" s="1"/>
+        <v>2456</v>
+      </c>
+      <c r="B557" s="1" t="s">
+        <v>2457</v>
+      </c>
       <c r="C557" s="1" t="s">
-        <v>2400</v>
+        <v>2458</v>
       </c>
       <c r="D557" s="1" t="s">
-        <v>2404</v>
+        <v>2459</v>
       </c>
       <c r="E557" s="1" t="s">
-        <v>2405</v>
-[...1 lines deleted...]
-      <c r="F557" s="1"/>
+        <v>2460</v>
+      </c>
+      <c r="F557" s="1" t="s">
+        <v>2461</v>
+      </c>
     </row>
     <row r="558" spans="1:6">
       <c r="A558" s="1" t="s">
-        <v>2406</v>
-[...3 lines deleted...]
-      </c>
+        <v>2462</v>
+      </c>
+      <c r="B558" s="1"/>
       <c r="C558" s="1" t="s">
-        <v>2408</v>
+        <v>2458</v>
       </c>
       <c r="D558" s="1" t="s">
-        <v>2409</v>
+        <v>2463</v>
       </c>
       <c r="E558" s="1" t="s">
-        <v>2410</v>
-[...3 lines deleted...]
-      </c>
+        <v>2464</v>
+      </c>
+      <c r="F558" s="1"/>
     </row>
     <row r="559" spans="1:6">
       <c r="A559" s="1" t="s">
-        <v>2412</v>
-[...1 lines deleted...]
-      <c r="B559" s="1"/>
+        <v>2465</v>
+      </c>
+      <c r="B559" s="1" t="s">
+        <v>2466</v>
+      </c>
       <c r="C559" s="1" t="s">
-        <v>2408</v>
+        <v>2458</v>
       </c>
       <c r="D559" s="1" t="s">
-        <v>2413</v>
+        <v>2467</v>
       </c>
       <c r="E559" s="1" t="s">
-        <v>2414</v>
-[...1 lines deleted...]
-      <c r="F559" s="1"/>
+        <v>2468</v>
+      </c>
+      <c r="F559" s="1" t="s">
+        <v>2469</v>
+      </c>
     </row>
     <row r="560" spans="1:6">
       <c r="A560" s="1" t="s">
-        <v>2415</v>
+        <v>2470</v>
       </c>
       <c r="B560" s="1" t="s">
-        <v>2416</v>
+        <v>2471</v>
       </c>
       <c r="C560" s="1" t="s">
-        <v>2408</v>
+        <v>2458</v>
       </c>
       <c r="D560" s="1" t="s">
-        <v>2417</v>
+        <v>2472</v>
       </c>
       <c r="E560" s="1" t="s">
-        <v>2418</v>
+        <v>2473</v>
       </c>
       <c r="F560" s="1" t="s">
-        <v>2419</v>
+        <v>2474</v>
       </c>
     </row>
     <row r="561" spans="1:6">
       <c r="A561" s="1" t="s">
-        <v>2420</v>
-[...1 lines deleted...]
-      <c r="B561" s="1"/>
+        <v>2475</v>
+      </c>
+      <c r="B561" s="1" t="s">
+        <v>2476</v>
+      </c>
       <c r="C561" s="1" t="s">
-        <v>2408</v>
+        <v>2477</v>
       </c>
       <c r="D561" s="1" t="s">
-        <v>2421</v>
+        <v>2478</v>
       </c>
       <c r="E561" s="1" t="s">
-        <v>2422</v>
+        <v>2479</v>
       </c>
       <c r="F561" s="1" t="s">
-        <v>2423</v>
+        <v>2480</v>
       </c>
     </row>
     <row r="562" spans="1:6">
       <c r="A562" s="1" t="s">
-        <v>2424</v>
+        <v>2481</v>
       </c>
       <c r="B562" s="1" t="s">
-        <v>2425</v>
+        <v>2482</v>
       </c>
       <c r="C562" s="1" t="s">
-        <v>2426</v>
+        <v>2477</v>
       </c>
       <c r="D562" s="1" t="s">
-        <v>2427</v>
+        <v>2483</v>
       </c>
       <c r="E562" s="1" t="s">
-        <v>2428</v>
+        <v>2484</v>
       </c>
       <c r="F562" s="1" t="s">
-        <v>2429</v>
+        <v>2485</v>
       </c>
     </row>
     <row r="563" spans="1:6">
       <c r="A563" s="1" t="s">
-        <v>2430</v>
+        <v>2486</v>
       </c>
       <c r="B563" s="1" t="s">
-        <v>2431</v>
+        <v>2487</v>
       </c>
       <c r="C563" s="1" t="s">
-        <v>2426</v>
+        <v>2477</v>
       </c>
       <c r="D563" s="1" t="s">
-        <v>2432</v>
+        <v>2488</v>
       </c>
       <c r="E563" s="1" t="s">
-        <v>2433</v>
+        <v>2489</v>
       </c>
       <c r="F563" s="1" t="s">
-        <v>2434</v>
+        <v>2490</v>
       </c>
     </row>
     <row r="564" spans="1:6">
       <c r="A564" s="1" t="s">
-        <v>2435</v>
-[...3 lines deleted...]
-      </c>
+        <v>2491</v>
+      </c>
+      <c r="B564" s="1"/>
       <c r="C564" s="1" t="s">
-        <v>2426</v>
+        <v>2477</v>
       </c>
       <c r="D564" s="1" t="s">
-        <v>2437</v>
+        <v>2492</v>
       </c>
       <c r="E564" s="1" t="s">
-        <v>2438</v>
-[...3 lines deleted...]
-      </c>
+        <v>2493</v>
+      </c>
+      <c r="F564" s="1"/>
     </row>
     <row r="565" spans="1:6">
       <c r="A565" s="1" t="s">
-        <v>2440</v>
-[...1 lines deleted...]
-      <c r="B565" s="1"/>
+        <v>2494</v>
+      </c>
+      <c r="B565" s="1" t="s">
+        <v>2495</v>
+      </c>
       <c r="C565" s="1" t="s">
-        <v>2426</v>
+        <v>2477</v>
       </c>
       <c r="D565" s="1" t="s">
-        <v>2441</v>
+        <v>2496</v>
       </c>
       <c r="E565" s="1" t="s">
-        <v>2442</v>
-[...1 lines deleted...]
-      <c r="F565" s="1"/>
+        <v>2497</v>
+      </c>
+      <c r="F565" s="1" t="s">
+        <v>2498</v>
+      </c>
     </row>
     <row r="566" spans="1:6">
       <c r="A566" s="1" t="s">
-        <v>2443</v>
-[...1 lines deleted...]
-      <c r="B566" s="1"/>
+        <v>2499</v>
+      </c>
+      <c r="B566" s="1" t="s">
+        <v>2500</v>
+      </c>
       <c r="C566" s="1" t="s">
-        <v>2426</v>
+        <v>2477</v>
       </c>
       <c r="D566" s="1" t="s">
-        <v>2444</v>
+        <v>2501</v>
       </c>
       <c r="E566" s="1" t="s">
-        <v>2445</v>
-[...3 lines deleted...]
-      </c>
+        <v>2502</v>
+      </c>
+      <c r="F566" s="1"/>
     </row>
     <row r="567" spans="1:6">
       <c r="A567" s="1" t="s">
-        <v>2447</v>
-[...1 lines deleted...]
-      <c r="B567" s="1"/>
+        <v>2503</v>
+      </c>
+      <c r="B567" s="1" t="s">
+        <v>2504</v>
+      </c>
       <c r="C567" s="1" t="s">
-        <v>2426</v>
+        <v>2477</v>
       </c>
       <c r="D567" s="1" t="s">
-        <v>2448</v>
+        <v>2505</v>
       </c>
       <c r="E567" s="1" t="s">
-        <v>2449</v>
-[...1 lines deleted...]
-      <c r="F567" s="1"/>
+        <v>2506</v>
+      </c>
+      <c r="F567" s="1" t="s">
+        <v>2507</v>
+      </c>
     </row>
     <row r="568" spans="1:6">
       <c r="A568" s="1" t="s">
-        <v>2450</v>
-[...1 lines deleted...]
-      <c r="B568" s="1"/>
+        <v>2508</v>
+      </c>
+      <c r="B568" s="1" t="s">
+        <v>2509</v>
+      </c>
       <c r="C568" s="1" t="s">
-        <v>2426</v>
+        <v>2510</v>
       </c>
       <c r="D568" s="1" t="s">
-        <v>2451</v>
+        <v>2511</v>
       </c>
       <c r="E568" s="1" t="s">
-        <v>2452</v>
+        <v>2512</v>
       </c>
       <c r="F568" s="1" t="s">
-        <v>2453</v>
+        <v>2513</v>
       </c>
     </row>
     <row r="569" spans="1:6">
       <c r="A569" s="1" t="s">
-        <v>2454</v>
-[...3 lines deleted...]
-      </c>
+        <v>2514</v>
+      </c>
+      <c r="B569" s="1"/>
       <c r="C569" s="1" t="s">
-        <v>2456</v>
+        <v>2510</v>
       </c>
       <c r="D569" s="1" t="s">
-        <v>2457</v>
+        <v>2515</v>
       </c>
       <c r="E569" s="1" t="s">
-        <v>2458</v>
-[...3 lines deleted...]
-      </c>
+        <v>2516</v>
+      </c>
+      <c r="F569" s="1"/>
     </row>
     <row r="570" spans="1:6">
       <c r="A570" s="1" t="s">
-        <v>2460</v>
-[...1 lines deleted...]
-      <c r="B570" s="1"/>
+        <v>2517</v>
+      </c>
+      <c r="B570" s="1" t="s">
+        <v>2518</v>
+      </c>
       <c r="C570" s="1" t="s">
-        <v>2456</v>
+        <v>2519</v>
       </c>
       <c r="D570" s="1" t="s">
-        <v>2461</v>
+        <v>2520</v>
       </c>
       <c r="E570" s="1" t="s">
-        <v>2462</v>
-[...1 lines deleted...]
-      <c r="F570" s="1"/>
+        <v>2521</v>
+      </c>
+      <c r="F570" s="1" t="s">
+        <v>2522</v>
+      </c>
     </row>
     <row r="571" spans="1:6">
       <c r="A571" s="1" t="s">
-        <v>2463</v>
-[...3 lines deleted...]
-      </c>
+        <v>2523</v>
+      </c>
+      <c r="B571" s="1"/>
       <c r="C571" s="1" t="s">
-        <v>2465</v>
+        <v>2519</v>
       </c>
       <c r="D571" s="1" t="s">
-        <v>2466</v>
+        <v>2524</v>
       </c>
       <c r="E571" s="1" t="s">
-        <v>2467</v>
-[...3 lines deleted...]
-      </c>
+        <v>2525</v>
+      </c>
+      <c r="F571" s="1"/>
     </row>
     <row r="572" spans="1:6">
       <c r="A572" s="1" t="s">
-        <v>2469</v>
-[...1 lines deleted...]
-      <c r="B572" s="1"/>
+        <v>2526</v>
+      </c>
+      <c r="B572" s="1" t="s">
+        <v>2527</v>
+      </c>
       <c r="C572" s="1" t="s">
-        <v>2465</v>
+        <v>2528</v>
       </c>
       <c r="D572" s="1" t="s">
-        <v>2470</v>
+        <v>2529</v>
       </c>
       <c r="E572" s="1" t="s">
-        <v>2471</v>
+        <v>2530</v>
       </c>
       <c r="F572" s="1"/>
     </row>
     <row r="573" spans="1:6">
       <c r="A573" s="1" t="s">
-        <v>2472</v>
+        <v>2531</v>
       </c>
       <c r="B573" s="1" t="s">
-        <v>2473</v>
+        <v>2532</v>
       </c>
       <c r="C573" s="1" t="s">
-        <v>2474</v>
+        <v>2528</v>
       </c>
       <c r="D573" s="1" t="s">
-        <v>2475</v>
+        <v>2533</v>
       </c>
       <c r="E573" s="1" t="s">
-        <v>2476</v>
-[...1 lines deleted...]
-      <c r="F573" s="1"/>
+        <v>2534</v>
+      </c>
+      <c r="F573" s="1" t="s">
+        <v>2535</v>
+      </c>
     </row>
     <row r="574" spans="1:6">
       <c r="A574" s="1" t="s">
-        <v>2477</v>
-[...3 lines deleted...]
-      </c>
+        <v>2536</v>
+      </c>
+      <c r="B574" s="1"/>
       <c r="C574" s="1" t="s">
-        <v>2474</v>
+        <v>2528</v>
       </c>
       <c r="D574" s="1" t="s">
-        <v>2479</v>
+        <v>2537</v>
       </c>
       <c r="E574" s="1" t="s">
-        <v>2480</v>
-[...3 lines deleted...]
-      </c>
+        <v>2538</v>
+      </c>
+      <c r="F574" s="1"/>
     </row>
     <row r="575" spans="1:6">
       <c r="A575" s="1" t="s">
-        <v>2482</v>
+        <v>2539</v>
       </c>
       <c r="B575" s="1"/>
       <c r="C575" s="1" t="s">
-        <v>2474</v>
-[...3 lines deleted...]
-      </c>
+        <v>2540</v>
+      </c>
+      <c r="D575" s="1"/>
       <c r="E575" s="1" t="s">
-        <v>2484</v>
+        <v>2541</v>
       </c>
       <c r="F575" s="1"/>
     </row>
     <row r="576" spans="1:6">
       <c r="A576" s="1" t="s">
-        <v>2485</v>
-[...1 lines deleted...]
-      <c r="B576" s="1"/>
+        <v>2542</v>
+      </c>
+      <c r="B576" s="1" t="s">
+        <v>2543</v>
+      </c>
       <c r="C576" s="1" t="s">
-        <v>2486</v>
-[...1 lines deleted...]
-      <c r="D576" s="1"/>
+        <v>2540</v>
+      </c>
+      <c r="D576" s="1" t="s">
+        <v>2544</v>
+      </c>
       <c r="E576" s="1" t="s">
-        <v>2487</v>
-[...1 lines deleted...]
-      <c r="F576" s="1"/>
+        <v>2545</v>
+      </c>
+      <c r="F576" s="1" t="s">
+        <v>2546</v>
+      </c>
     </row>
     <row r="577" spans="1:6">
       <c r="A577" s="1" t="s">
-        <v>2488</v>
+        <v>2547</v>
       </c>
       <c r="B577" s="1" t="s">
-        <v>2489</v>
+        <v>2548</v>
       </c>
       <c r="C577" s="1" t="s">
-        <v>2486</v>
+        <v>2540</v>
       </c>
       <c r="D577" s="1" t="s">
-        <v>2490</v>
+        <v>2549</v>
       </c>
       <c r="E577" s="1" t="s">
-        <v>2491</v>
-[...3 lines deleted...]
-      </c>
+        <v>2550</v>
+      </c>
+      <c r="F577" s="1"/>
     </row>
     <row r="578" spans="1:6">
       <c r="A578" s="1" t="s">
-        <v>2493</v>
+        <v>2551</v>
       </c>
       <c r="B578" s="1" t="s">
-        <v>2494</v>
+        <v>2552</v>
       </c>
       <c r="C578" s="1" t="s">
-        <v>2486</v>
+        <v>2553</v>
       </c>
       <c r="D578" s="1" t="s">
-        <v>2495</v>
+        <v>2554</v>
       </c>
       <c r="E578" s="1" t="s">
-        <v>2496</v>
+        <v>2555</v>
       </c>
       <c r="F578" s="1"/>
     </row>
     <row r="579" spans="1:6">
       <c r="A579" s="1" t="s">
-        <v>2497</v>
+        <v>2556</v>
       </c>
       <c r="B579" s="1" t="s">
-        <v>2498</v>
+        <v>2557</v>
       </c>
       <c r="C579" s="1" t="s">
-        <v>2499</v>
+        <v>2553</v>
       </c>
       <c r="D579" s="1" t="s">
-        <v>2500</v>
+        <v>2558</v>
       </c>
       <c r="E579" s="1" t="s">
-        <v>2501</v>
+        <v>2559</v>
       </c>
       <c r="F579" s="1"/>
     </row>
     <row r="580" spans="1:6">
       <c r="A580" s="1" t="s">
-        <v>2502</v>
+        <v>2560</v>
       </c>
       <c r="B580" s="1" t="s">
-        <v>2503</v>
+        <v>2561</v>
       </c>
       <c r="C580" s="1" t="s">
-        <v>2499</v>
+        <v>2562</v>
       </c>
       <c r="D580" s="1" t="s">
-        <v>2504</v>
+        <v>2563</v>
       </c>
       <c r="E580" s="1" t="s">
-        <v>2505</v>
+        <v>2564</v>
       </c>
       <c r="F580" s="1"/>
     </row>
     <row r="581" spans="1:6">
       <c r="A581" s="1" t="s">
-        <v>2506</v>
+        <v>2565</v>
       </c>
       <c r="B581" s="1" t="s">
-        <v>2507</v>
+        <v>2566</v>
       </c>
       <c r="C581" s="1" t="s">
-        <v>2508</v>
+        <v>2567</v>
       </c>
       <c r="D581" s="1" t="s">
-        <v>2509</v>
+        <v>2568</v>
       </c>
       <c r="E581" s="1" t="s">
-        <v>2510</v>
-[...1 lines deleted...]
-      <c r="F581" s="1"/>
+        <v>2569</v>
+      </c>
+      <c r="F581" s="1" t="s">
+        <v>2570</v>
+      </c>
     </row>
     <row r="582" spans="1:6">
       <c r="A582" s="1" t="s">
-        <v>2511</v>
+        <v>2571</v>
       </c>
       <c r="B582" s="1" t="s">
-        <v>2512</v>
+        <v>2572</v>
       </c>
       <c r="C582" s="1" t="s">
-        <v>2513</v>
+        <v>2567</v>
       </c>
       <c r="D582" s="1" t="s">
-        <v>2514</v>
+        <v>2573</v>
       </c>
       <c r="E582" s="1" t="s">
-        <v>2515</v>
+        <v>2574</v>
       </c>
       <c r="F582" s="1" t="s">
-        <v>2516</v>
+        <v>2575</v>
       </c>
     </row>
     <row r="583" spans="1:6">
       <c r="A583" s="1" t="s">
-        <v>2517</v>
+        <v>2576</v>
       </c>
       <c r="B583" s="1" t="s">
-        <v>2518</v>
+        <v>2577</v>
       </c>
       <c r="C583" s="1" t="s">
-        <v>2513</v>
+        <v>2567</v>
       </c>
       <c r="D583" s="1" t="s">
-        <v>2519</v>
+        <v>2578</v>
       </c>
       <c r="E583" s="1" t="s">
-        <v>2520</v>
+        <v>2579</v>
       </c>
       <c r="F583" s="1" t="s">
-        <v>2521</v>
+        <v>2570</v>
       </c>
     </row>
     <row r="584" spans="1:6">
       <c r="A584" s="1" t="s">
-        <v>2522</v>
+        <v>2580</v>
       </c>
       <c r="B584" s="1" t="s">
-        <v>2523</v>
+        <v>2581</v>
       </c>
       <c r="C584" s="1" t="s">
-        <v>2513</v>
+        <v>2582</v>
       </c>
       <c r="D584" s="1" t="s">
-        <v>2524</v>
+        <v>2583</v>
       </c>
       <c r="E584" s="1" t="s">
-        <v>2525</v>
+        <v>2584</v>
       </c>
       <c r="F584" s="1" t="s">
-        <v>2516</v>
+        <v>2585</v>
       </c>
     </row>
     <row r="585" spans="1:6">
       <c r="A585" s="1" t="s">
-        <v>2526</v>
-[...3 lines deleted...]
-      </c>
+        <v>2586</v>
+      </c>
+      <c r="B585" s="1"/>
       <c r="C585" s="1" t="s">
-        <v>2528</v>
+        <v>2582</v>
       </c>
       <c r="D585" s="1" t="s">
-        <v>2529</v>
+        <v>2587</v>
       </c>
       <c r="E585" s="1" t="s">
-        <v>2530</v>
-[...3 lines deleted...]
-      </c>
+        <v>2588</v>
+      </c>
+      <c r="F585" s="1"/>
     </row>
     <row r="586" spans="1:6">
       <c r="A586" s="1" t="s">
-        <v>2532</v>
-[...1 lines deleted...]
-      <c r="B586" s="1"/>
+        <v>2589</v>
+      </c>
+      <c r="B586" s="1" t="s">
+        <v>2590</v>
+      </c>
       <c r="C586" s="1" t="s">
-        <v>2528</v>
+        <v>2582</v>
       </c>
       <c r="D586" s="1" t="s">
-        <v>2533</v>
+        <v>2591</v>
       </c>
       <c r="E586" s="1" t="s">
-        <v>2534</v>
-[...1 lines deleted...]
-      <c r="F586" s="1"/>
+        <v>2592</v>
+      </c>
+      <c r="F586" s="1" t="s">
+        <v>2593</v>
+      </c>
     </row>
     <row r="587" spans="1:6">
       <c r="A587" s="1" t="s">
-        <v>2535</v>
-[...1 lines deleted...]
-      <c r="B587" s="1"/>
+        <v>2594</v>
+      </c>
+      <c r="B587" s="1" t="s">
+        <v>2595</v>
+      </c>
       <c r="C587" s="1" t="s">
-        <v>2528</v>
-[...3 lines deleted...]
-      </c>
+        <v>2596</v>
+      </c>
+      <c r="D587" s="1"/>
       <c r="E587" s="1" t="s">
-        <v>2537</v>
+        <v>2597</v>
       </c>
       <c r="F587" s="1" t="s">
-        <v>2538</v>
+        <v>2598</v>
       </c>
     </row>
     <row r="588" spans="1:6">
       <c r="A588" s="1" t="s">
-        <v>2539</v>
+        <v>2599</v>
       </c>
       <c r="B588" s="1" t="s">
-        <v>2540</v>
+        <v>2600</v>
       </c>
       <c r="C588" s="1" t="s">
-        <v>2541</v>
-[...1 lines deleted...]
-      <c r="D588" s="1"/>
+        <v>2601</v>
+      </c>
+      <c r="D588" s="1" t="s">
+        <v>2602</v>
+      </c>
       <c r="E588" s="1" t="s">
-        <v>2542</v>
-[...3 lines deleted...]
-      </c>
+        <v>2603</v>
+      </c>
+      <c r="F588" s="1"/>
     </row>
     <row r="589" spans="1:6">
       <c r="A589" s="1" t="s">
-        <v>2544</v>
+        <v>2604</v>
       </c>
       <c r="B589" s="1" t="s">
-        <v>2545</v>
+        <v>2605</v>
       </c>
       <c r="C589" s="1" t="s">
-        <v>2546</v>
+        <v>2606</v>
       </c>
       <c r="D589" s="1" t="s">
-        <v>2547</v>
+        <v>2607</v>
       </c>
       <c r="E589" s="1" t="s">
-        <v>2548</v>
+        <v>2608</v>
       </c>
       <c r="F589" s="1"/>
     </row>
     <row r="590" spans="1:6">
       <c r="A590" s="1" t="s">
-        <v>2549</v>
-[...3 lines deleted...]
-      </c>
+        <v>2609</v>
+      </c>
+      <c r="B590" s="1"/>
       <c r="C590" s="1" t="s">
-        <v>2551</v>
+        <v>2606</v>
       </c>
       <c r="D590" s="1" t="s">
-        <v>2552</v>
+        <v>2610</v>
       </c>
       <c r="E590" s="1" t="s">
-        <v>2553</v>
+        <v>2611</v>
       </c>
       <c r="F590" s="1"/>
     </row>
     <row r="591" spans="1:6">
       <c r="A591" s="1" t="s">
-        <v>2554</v>
-[...1 lines deleted...]
-      <c r="B591" s="1"/>
+        <v>2612</v>
+      </c>
+      <c r="B591" s="1" t="s">
+        <v>2613</v>
+      </c>
       <c r="C591" s="1" t="s">
-        <v>2551</v>
+        <v>2614</v>
       </c>
       <c r="D591" s="1" t="s">
-        <v>2555</v>
+        <v>2615</v>
       </c>
       <c r="E591" s="1" t="s">
-        <v>2556</v>
-[...1 lines deleted...]
-      <c r="F591" s="1"/>
+        <v>2616</v>
+      </c>
+      <c r="F591" s="1" t="s">
+        <v>2617</v>
+      </c>
     </row>
     <row r="592" spans="1:6">
       <c r="A592" s="1" t="s">
-        <v>2557</v>
-[...3 lines deleted...]
-      </c>
+        <v>2618</v>
+      </c>
+      <c r="B592" s="1"/>
       <c r="C592" s="1" t="s">
-        <v>2559</v>
+        <v>2614</v>
       </c>
       <c r="D592" s="1" t="s">
-        <v>2560</v>
+        <v>2619</v>
       </c>
       <c r="E592" s="1" t="s">
-        <v>2561</v>
-[...3 lines deleted...]
-      </c>
+        <v>2620</v>
+      </c>
+      <c r="F592" s="1"/>
     </row>
     <row r="593" spans="1:6">
       <c r="A593" s="1" t="s">
-        <v>2563</v>
-[...1 lines deleted...]
-      <c r="B593" s="1"/>
+        <v>2621</v>
+      </c>
+      <c r="B593" s="1" t="s">
+        <v>2622</v>
+      </c>
       <c r="C593" s="1" t="s">
-        <v>2559</v>
+        <v>2623</v>
       </c>
       <c r="D593" s="1" t="s">
-        <v>2564</v>
+        <v>2624</v>
       </c>
       <c r="E593" s="1" t="s">
-        <v>2565</v>
-[...1 lines deleted...]
-      <c r="F593" s="1"/>
+        <v>2625</v>
+      </c>
+      <c r="F593" s="1" t="s">
+        <v>2626</v>
+      </c>
     </row>
     <row r="594" spans="1:6">
       <c r="A594" s="1" t="s">
-        <v>2566</v>
-[...3 lines deleted...]
-      </c>
+        <v>2627</v>
+      </c>
+      <c r="B594" s="1"/>
       <c r="C594" s="1" t="s">
-        <v>2568</v>
+        <v>2623</v>
       </c>
       <c r="D594" s="1" t="s">
-        <v>2569</v>
+        <v>2628</v>
       </c>
       <c r="E594" s="1" t="s">
-        <v>2570</v>
-[...3 lines deleted...]
-      </c>
+        <v>2629</v>
+      </c>
+      <c r="F594" s="1"/>
     </row>
     <row r="595" spans="1:6">
       <c r="A595" s="1" t="s">
-        <v>2572</v>
-[...1 lines deleted...]
-      <c r="B595" s="1"/>
+        <v>2630</v>
+      </c>
+      <c r="B595" s="1" t="s">
+        <v>2631</v>
+      </c>
       <c r="C595" s="1" t="s">
-        <v>2568</v>
+        <v>2623</v>
       </c>
       <c r="D595" s="1" t="s">
-        <v>2573</v>
+        <v>2632</v>
       </c>
       <c r="E595" s="1" t="s">
-        <v>2574</v>
-[...1 lines deleted...]
-      <c r="F595" s="1"/>
+        <v>2633</v>
+      </c>
+      <c r="F595" s="1" t="s">
+        <v>2634</v>
+      </c>
     </row>
     <row r="596" spans="1:6">
       <c r="A596" s="1" t="s">
-        <v>2575</v>
+        <v>2635</v>
       </c>
       <c r="B596" s="1" t="s">
-        <v>2576</v>
+        <v>2636</v>
       </c>
       <c r="C596" s="1" t="s">
-        <v>2568</v>
+        <v>2623</v>
       </c>
       <c r="D596" s="1" t="s">
-        <v>2577</v>
+        <v>2637</v>
       </c>
       <c r="E596" s="1" t="s">
-        <v>2578</v>
+        <v>2638</v>
       </c>
       <c r="F596" s="1" t="s">
-        <v>2579</v>
+        <v>2639</v>
       </c>
     </row>
     <row r="597" spans="1:6">
       <c r="A597" s="1" t="s">
-        <v>2580</v>
+        <v>2640</v>
       </c>
       <c r="B597" s="1" t="s">
-        <v>2581</v>
+        <v>2641</v>
       </c>
       <c r="C597" s="1" t="s">
-        <v>2568</v>
+        <v>2623</v>
       </c>
       <c r="D597" s="1" t="s">
-        <v>2582</v>
+        <v>2642</v>
       </c>
       <c r="E597" s="1" t="s">
-        <v>2583</v>
+        <v>2643</v>
       </c>
       <c r="F597" s="1" t="s">
-        <v>2584</v>
+        <v>2644</v>
       </c>
     </row>
     <row r="598" spans="1:6">
       <c r="A598" s="1" t="s">
-        <v>2585</v>
+        <v>2645</v>
       </c>
       <c r="B598" s="1" t="s">
-        <v>2586</v>
+        <v>2646</v>
       </c>
       <c r="C598" s="1" t="s">
-        <v>2568</v>
+        <v>2623</v>
       </c>
       <c r="D598" s="1" t="s">
-        <v>2587</v>
+        <v>2647</v>
       </c>
       <c r="E598" s="1" t="s">
-        <v>2588</v>
-[...3 lines deleted...]
-      </c>
+        <v>2648</v>
+      </c>
+      <c r="F598" s="1"/>
     </row>
     <row r="599" spans="1:6">
       <c r="A599" s="1" t="s">
-        <v>2590</v>
-[...1 lines deleted...]
-      <c r="B599" s="1"/>
+        <v>2649</v>
+      </c>
+      <c r="B599" s="1" t="s">
+        <v>2650</v>
+      </c>
       <c r="C599" s="1" t="s">
-        <v>2568</v>
+        <v>2651</v>
       </c>
       <c r="D599" s="1" t="s">
-        <v>2591</v>
+        <v>2652</v>
       </c>
       <c r="E599" s="1" t="s">
-        <v>2592</v>
-[...1 lines deleted...]
-      <c r="F599" s="1"/>
+        <v>2653</v>
+      </c>
+      <c r="F599" s="1" t="s">
+        <v>2654</v>
+      </c>
     </row>
     <row r="600" spans="1:6">
       <c r="A600" s="1" t="s">
-        <v>2593</v>
-[...3 lines deleted...]
-      </c>
+        <v>2655</v>
+      </c>
+      <c r="B600" s="1"/>
       <c r="C600" s="1" t="s">
-        <v>2595</v>
+        <v>2651</v>
       </c>
       <c r="D600" s="1" t="s">
-        <v>2596</v>
+        <v>2656</v>
       </c>
       <c r="E600" s="1" t="s">
-        <v>2597</v>
-[...3 lines deleted...]
-      </c>
+        <v>2657</v>
+      </c>
+      <c r="F600" s="1"/>
     </row>
     <row r="601" spans="1:6">
       <c r="A601" s="1" t="s">
-        <v>2599</v>
-[...1 lines deleted...]
-      <c r="B601" s="1"/>
+        <v>2658</v>
+      </c>
+      <c r="B601" s="1" t="s">
+        <v>2659</v>
+      </c>
       <c r="C601" s="1" t="s">
-        <v>2595</v>
-[...3 lines deleted...]
-      </c>
+        <v>2660</v>
+      </c>
+      <c r="D601" s="1"/>
       <c r="E601" s="1" t="s">
-        <v>2601</v>
+        <v>2661</v>
       </c>
       <c r="F601" s="1"/>
     </row>
     <row r="602" spans="1:6">
       <c r="A602" s="1" t="s">
-        <v>2602</v>
+        <v>2662</v>
       </c>
       <c r="B602" s="1" t="s">
-        <v>2603</v>
+        <v>2663</v>
       </c>
       <c r="C602" s="1" t="s">
-        <v>2604</v>
-[...1 lines deleted...]
-      <c r="D602" s="1"/>
+        <v>2664</v>
+      </c>
+      <c r="D602" s="1" t="s">
+        <v>2665</v>
+      </c>
       <c r="E602" s="1" t="s">
-        <v>2605</v>
-[...1 lines deleted...]
-      <c r="F602" s="1"/>
+        <v>2666</v>
+      </c>
+      <c r="F602" s="1" t="s">
+        <v>2667</v>
+      </c>
     </row>
     <row r="603" spans="1:6">
       <c r="A603" s="1" t="s">
-        <v>2606</v>
+        <v>2668</v>
       </c>
       <c r="B603" s="1" t="s">
-        <v>2607</v>
+        <v>2669</v>
       </c>
       <c r="C603" s="1" t="s">
-        <v>2608</v>
+        <v>2670</v>
       </c>
       <c r="D603" s="1" t="s">
-        <v>2609</v>
+        <v>2671</v>
       </c>
       <c r="E603" s="1" t="s">
-        <v>2610</v>
+        <v>2672</v>
       </c>
       <c r="F603" s="1" t="s">
-        <v>2611</v>
+        <v>2673</v>
       </c>
     </row>
     <row r="604" spans="1:6">
       <c r="A604" s="1" t="s">
-        <v>2612</v>
+        <v>2674</v>
       </c>
       <c r="B604" s="1" t="s">
-        <v>2613</v>
+        <v>2675</v>
       </c>
       <c r="C604" s="1" t="s">
-        <v>2614</v>
+        <v>2676</v>
       </c>
       <c r="D604" s="1" t="s">
-        <v>2615</v>
+        <v>2677</v>
       </c>
       <c r="E604" s="1" t="s">
-        <v>2616</v>
-[...3 lines deleted...]
-      </c>
+        <v>2678</v>
+      </c>
+      <c r="F604" s="1"/>
     </row>
     <row r="605" spans="1:6">
       <c r="A605" s="1" t="s">
-        <v>2618</v>
-[...3 lines deleted...]
-      </c>
+        <v>2679</v>
+      </c>
+      <c r="B605" s="1"/>
       <c r="C605" s="1" t="s">
-        <v>2620</v>
+        <v>2676</v>
       </c>
       <c r="D605" s="1" t="s">
-        <v>2621</v>
+        <v>257</v>
       </c>
       <c r="E605" s="1" t="s">
-        <v>2622</v>
-[...1 lines deleted...]
-      <c r="F605" s="1"/>
+        <v>2680</v>
+      </c>
+      <c r="F605" s="1" t="s">
+        <v>259</v>
+      </c>
     </row>
     <row r="606" spans="1:6">
       <c r="A606" s="1" t="s">
-        <v>2623</v>
-[...1 lines deleted...]
-      <c r="B606" s="1"/>
+        <v>2681</v>
+      </c>
+      <c r="B606" s="1" t="s">
+        <v>2682</v>
+      </c>
       <c r="C606" s="1" t="s">
-        <v>2620</v>
+        <v>2676</v>
       </c>
       <c r="D606" s="1" t="s">
-        <v>249</v>
+        <v>2683</v>
       </c>
       <c r="E606" s="1" t="s">
-        <v>2624</v>
+        <v>2684</v>
       </c>
       <c r="F606" s="1" t="s">
-        <v>251</v>
+        <v>2685</v>
       </c>
     </row>
     <row r="607" spans="1:6">
       <c r="A607" s="1" t="s">
-        <v>2625</v>
+        <v>2686</v>
       </c>
       <c r="B607" s="1" t="s">
-        <v>2626</v>
+        <v>2687</v>
       </c>
       <c r="C607" s="1" t="s">
-        <v>2620</v>
+        <v>2688</v>
       </c>
       <c r="D607" s="1" t="s">
-        <v>2627</v>
+        <v>2689</v>
       </c>
       <c r="E607" s="1" t="s">
-        <v>2628</v>
+        <v>2690</v>
       </c>
       <c r="F607" s="1" t="s">
-        <v>2629</v>
+        <v>2691</v>
       </c>
     </row>
     <row r="608" spans="1:6">
       <c r="A608" s="1" t="s">
-        <v>2630</v>
+        <v>2692</v>
       </c>
       <c r="B608" s="1" t="s">
-        <v>2631</v>
+        <v>2693</v>
       </c>
       <c r="C608" s="1" t="s">
-        <v>2632</v>
+        <v>2694</v>
       </c>
       <c r="D608" s="1" t="s">
-        <v>2633</v>
+        <v>2695</v>
       </c>
       <c r="E608" s="1" t="s">
-        <v>2634</v>
-[...3 lines deleted...]
-      </c>
+        <v>2696</v>
+      </c>
+      <c r="F608" s="1"/>
     </row>
     <row r="609" spans="1:6">
       <c r="A609" s="1" t="s">
-        <v>2636</v>
+        <v>2697</v>
       </c>
       <c r="B609" s="1" t="s">
-        <v>2637</v>
+        <v>2698</v>
       </c>
       <c r="C609" s="1" t="s">
-        <v>2638</v>
+        <v>2694</v>
       </c>
       <c r="D609" s="1" t="s">
-        <v>2639</v>
+        <v>2699</v>
       </c>
       <c r="E609" s="1" t="s">
-        <v>2640</v>
-[...1 lines deleted...]
-      <c r="F609" s="1"/>
+        <v>2700</v>
+      </c>
+      <c r="F609" s="1" t="s">
+        <v>2701</v>
+      </c>
     </row>
     <row r="610" spans="1:6">
       <c r="A610" s="1" t="s">
-        <v>2641</v>
-[...3 lines deleted...]
-      </c>
+        <v>2702</v>
+      </c>
+      <c r="B610" s="1"/>
       <c r="C610" s="1" t="s">
-        <v>2638</v>
+        <v>2694</v>
       </c>
       <c r="D610" s="1" t="s">
-        <v>2643</v>
+        <v>2695</v>
       </c>
       <c r="E610" s="1" t="s">
-        <v>2644</v>
+        <v>2703</v>
       </c>
       <c r="F610" s="1" t="s">
-        <v>2645</v>
+        <v>2704</v>
       </c>
     </row>
     <row r="611" spans="1:6">
       <c r="A611" s="1" t="s">
-        <v>2646</v>
+        <v>2705</v>
       </c>
       <c r="B611" s="1"/>
       <c r="C611" s="1" t="s">
-        <v>2638</v>
+        <v>2694</v>
       </c>
       <c r="D611" s="1" t="s">
-        <v>2639</v>
+        <v>2706</v>
       </c>
       <c r="E611" s="1" t="s">
-        <v>2647</v>
-[...3 lines deleted...]
-      </c>
+        <v>2707</v>
+      </c>
+      <c r="F611" s="1"/>
     </row>
     <row r="612" spans="1:6">
       <c r="A612" s="1" t="s">
-        <v>2649</v>
+        <v>2708</v>
       </c>
       <c r="B612" s="1"/>
       <c r="C612" s="1" t="s">
-        <v>2638</v>
+        <v>2694</v>
       </c>
       <c r="D612" s="1" t="s">
-        <v>2650</v>
+        <v>257</v>
       </c>
       <c r="E612" s="1" t="s">
-        <v>2651</v>
-[...1 lines deleted...]
-      <c r="F612" s="1"/>
+        <v>2709</v>
+      </c>
+      <c r="F612" s="1" t="s">
+        <v>259</v>
+      </c>
     </row>
     <row r="613" spans="1:6">
       <c r="A613" s="1" t="s">
-        <v>2652</v>
+        <v>2710</v>
       </c>
       <c r="B613" s="1"/>
       <c r="C613" s="1" t="s">
-        <v>2638</v>
-[...3 lines deleted...]
-      </c>
+        <v>2694</v>
+      </c>
+      <c r="D613" s="1"/>
       <c r="E613" s="1" t="s">
-        <v>2653</v>
-[...3 lines deleted...]
-      </c>
+        <v>2711</v>
+      </c>
+      <c r="F613" s="1"/>
     </row>
     <row r="614" spans="1:6">
       <c r="A614" s="1" t="s">
-        <v>2654</v>
-[...1 lines deleted...]
-      <c r="B614" s="1"/>
+        <v>2712</v>
+      </c>
+      <c r="B614" s="1" t="s">
+        <v>2713</v>
+      </c>
       <c r="C614" s="1" t="s">
-        <v>2638</v>
-[...1 lines deleted...]
-      <c r="D614" s="1"/>
+        <v>2694</v>
+      </c>
+      <c r="D614" s="1" t="s">
+        <v>2714</v>
+      </c>
       <c r="E614" s="1" t="s">
-        <v>2655</v>
-[...1 lines deleted...]
-      <c r="F614" s="1"/>
+        <v>2715</v>
+      </c>
+      <c r="F614" s="1" t="s">
+        <v>2716</v>
+      </c>
     </row>
     <row r="615" spans="1:6">
       <c r="A615" s="1" t="s">
-        <v>2656</v>
+        <v>2717</v>
       </c>
       <c r="B615" s="1" t="s">
-        <v>2657</v>
+        <v>2718</v>
       </c>
       <c r="C615" s="1" t="s">
-        <v>2638</v>
+        <v>2694</v>
       </c>
       <c r="D615" s="1" t="s">
-        <v>2658</v>
+        <v>2719</v>
       </c>
       <c r="E615" s="1" t="s">
-        <v>2659</v>
-[...3 lines deleted...]
-      </c>
+        <v>2720</v>
+      </c>
+      <c r="F615" s="1"/>
     </row>
     <row r="616" spans="1:6">
       <c r="A616" s="1" t="s">
-        <v>2661</v>
+        <v>2721</v>
       </c>
       <c r="B616" s="1" t="s">
-        <v>2662</v>
+        <v>2722</v>
       </c>
       <c r="C616" s="1" t="s">
-        <v>2638</v>
+        <v>2723</v>
       </c>
       <c r="D616" s="1" t="s">
-        <v>2663</v>
+        <v>2724</v>
       </c>
       <c r="E616" s="1" t="s">
-        <v>2664</v>
+        <v>2725</v>
       </c>
       <c r="F616" s="1"/>
     </row>
     <row r="617" spans="1:6">
       <c r="A617" s="1" t="s">
-        <v>2665</v>
+        <v>2726</v>
       </c>
       <c r="B617" s="1" t="s">
-        <v>2666</v>
+        <v>2727</v>
       </c>
       <c r="C617" s="1" t="s">
-        <v>2667</v>
+        <v>2728</v>
       </c>
       <c r="D617" s="1" t="s">
-        <v>2668</v>
+        <v>2729</v>
       </c>
       <c r="E617" s="1" t="s">
-        <v>2669</v>
+        <v>2730</v>
       </c>
       <c r="F617" s="1"/>
     </row>
     <row r="618" spans="1:6">
       <c r="A618" s="1" t="s">
-        <v>2670</v>
+        <v>2731</v>
       </c>
       <c r="B618" s="1" t="s">
-        <v>2671</v>
+        <v>2732</v>
       </c>
       <c r="C618" s="1" t="s">
-        <v>2672</v>
+        <v>2733</v>
       </c>
       <c r="D618" s="1" t="s">
-        <v>2673</v>
+        <v>2734</v>
       </c>
       <c r="E618" s="1" t="s">
-        <v>2674</v>
-[...1 lines deleted...]
-      <c r="F618" s="1"/>
+        <v>2735</v>
+      </c>
+      <c r="F618" s="1" t="s">
+        <v>2736</v>
+      </c>
     </row>
     <row r="619" spans="1:6">
       <c r="A619" s="1" t="s">
-        <v>2675</v>
+        <v>2737</v>
       </c>
       <c r="B619" s="1" t="s">
-        <v>2676</v>
+        <v>2732</v>
       </c>
       <c r="C619" s="1" t="s">
-        <v>2677</v>
+        <v>2733</v>
       </c>
       <c r="D619" s="1" t="s">
-        <v>2678</v>
+        <v>2738</v>
       </c>
       <c r="E619" s="1" t="s">
-        <v>2679</v>
+        <v>2739</v>
       </c>
       <c r="F619" s="1" t="s">
-        <v>2680</v>
+        <v>2740</v>
       </c>
     </row>
     <row r="620" spans="1:6">
       <c r="A620" s="1" t="s">
-        <v>2681</v>
+        <v>2741</v>
       </c>
       <c r="B620" s="1" t="s">
-        <v>2676</v>
+        <v>2742</v>
       </c>
       <c r="C620" s="1" t="s">
-        <v>2677</v>
+        <v>2743</v>
       </c>
       <c r="D620" s="1" t="s">
-        <v>2682</v>
+        <v>2744</v>
       </c>
       <c r="E620" s="1" t="s">
-        <v>2683</v>
-[...3 lines deleted...]
-      </c>
+        <v>2745</v>
+      </c>
+      <c r="F620" s="1"/>
     </row>
     <row r="621" spans="1:6">
       <c r="A621" s="1" t="s">
-        <v>2685</v>
-[...3 lines deleted...]
-      </c>
+        <v>2746</v>
+      </c>
+      <c r="B621" s="1"/>
       <c r="C621" s="1" t="s">
-        <v>2687</v>
+        <v>2743</v>
       </c>
       <c r="D621" s="1" t="s">
-        <v>2688</v>
+        <v>2747</v>
       </c>
       <c r="E621" s="1" t="s">
-        <v>2689</v>
+        <v>2748</v>
       </c>
       <c r="F621" s="1"/>
     </row>
     <row r="622" spans="1:6">
       <c r="A622" s="1" t="s">
-        <v>2690</v>
-[...1 lines deleted...]
-      <c r="B622" s="1"/>
+        <v>2749</v>
+      </c>
+      <c r="B622" s="1" t="s">
+        <v>2750</v>
+      </c>
       <c r="C622" s="1" t="s">
-        <v>2687</v>
+        <v>2751</v>
       </c>
       <c r="D622" s="1" t="s">
-        <v>2691</v>
+        <v>2752</v>
       </c>
       <c r="E622" s="1" t="s">
-        <v>2692</v>
-[...1 lines deleted...]
-      <c r="F622" s="1"/>
+        <v>2753</v>
+      </c>
+      <c r="F622" s="1" t="s">
+        <v>2754</v>
+      </c>
     </row>
     <row r="623" spans="1:6">
       <c r="A623" s="1" t="s">
-        <v>2693</v>
+        <v>2755</v>
       </c>
       <c r="B623" s="1" t="s">
-        <v>2694</v>
+        <v>2750</v>
       </c>
       <c r="C623" s="1" t="s">
-        <v>2695</v>
+        <v>2751</v>
       </c>
       <c r="D623" s="1" t="s">
-        <v>2696</v>
+        <v>2756</v>
       </c>
       <c r="E623" s="1" t="s">
-        <v>2697</v>
-[...3 lines deleted...]
-      </c>
+        <v>2757</v>
+      </c>
+      <c r="F623" s="1"/>
     </row>
     <row r="624" spans="1:6">
       <c r="A624" s="1" t="s">
-        <v>2699</v>
+        <v>2758</v>
       </c>
       <c r="B624" s="1" t="s">
-        <v>2694</v>
+        <v>2759</v>
       </c>
       <c r="C624" s="1" t="s">
-        <v>2695</v>
+        <v>2760</v>
       </c>
       <c r="D624" s="1" t="s">
-        <v>2700</v>
+        <v>2761</v>
       </c>
       <c r="E624" s="1" t="s">
-        <v>2701</v>
-[...1 lines deleted...]
-      <c r="F624" s="1"/>
+        <v>2762</v>
+      </c>
+      <c r="F624" s="1" t="s">
+        <v>2763</v>
+      </c>
     </row>
     <row r="625" spans="1:6">
       <c r="A625" s="1" t="s">
-        <v>2702</v>
+        <v>2764</v>
       </c>
       <c r="B625" s="1" t="s">
-        <v>2703</v>
+        <v>2765</v>
       </c>
       <c r="C625" s="1" t="s">
-        <v>2704</v>
+        <v>2766</v>
       </c>
       <c r="D625" s="1" t="s">
-        <v>2705</v>
+        <v>2767</v>
       </c>
       <c r="E625" s="1" t="s">
-        <v>2706</v>
+        <v>2768</v>
       </c>
       <c r="F625" s="1" t="s">
-        <v>2707</v>
+        <v>2769</v>
       </c>
     </row>
     <row r="626" spans="1:6">
       <c r="A626" s="1" t="s">
-        <v>2708</v>
+        <v>2770</v>
       </c>
       <c r="B626" s="1" t="s">
-        <v>2709</v>
+        <v>2771</v>
       </c>
       <c r="C626" s="1" t="s">
-        <v>2710</v>
+        <v>2772</v>
       </c>
       <c r="D626" s="1" t="s">
-        <v>2711</v>
+        <v>2773</v>
       </c>
       <c r="E626" s="1" t="s">
-        <v>2712</v>
+        <v>2774</v>
       </c>
       <c r="F626" s="1" t="s">
-        <v>2713</v>
+        <v>2775</v>
       </c>
     </row>
     <row r="627" spans="1:6">
       <c r="A627" s="1" t="s">
-        <v>2714</v>
+        <v>2776</v>
       </c>
       <c r="B627" s="1" t="s">
-        <v>2715</v>
+        <v>2777</v>
       </c>
       <c r="C627" s="1" t="s">
-        <v>2716</v>
+        <v>2772</v>
       </c>
       <c r="D627" s="1" t="s">
-        <v>2717</v>
+        <v>2778</v>
       </c>
       <c r="E627" s="1" t="s">
-        <v>2718</v>
+        <v>2779</v>
       </c>
       <c r="F627" s="1" t="s">
-        <v>2719</v>
+        <v>2780</v>
       </c>
     </row>
     <row r="628" spans="1:6">
       <c r="A628" s="1" t="s">
-        <v>2720</v>
+        <v>2781</v>
       </c>
       <c r="B628" s="1" t="s">
-        <v>2721</v>
+        <v>2782</v>
       </c>
       <c r="C628" s="1" t="s">
-        <v>2716</v>
+        <v>2772</v>
       </c>
       <c r="D628" s="1" t="s">
-        <v>2722</v>
+        <v>2783</v>
       </c>
       <c r="E628" s="1" t="s">
-        <v>2723</v>
+        <v>2784</v>
       </c>
       <c r="F628" s="1" t="s">
-        <v>2724</v>
+        <v>2785</v>
       </c>
     </row>
     <row r="629" spans="1:6">
       <c r="A629" s="1" t="s">
-        <v>2725</v>
-[...3 lines deleted...]
-      </c>
+        <v>2786</v>
+      </c>
+      <c r="B629" s="1"/>
       <c r="C629" s="1" t="s">
-        <v>2716</v>
+        <v>2772</v>
       </c>
       <c r="D629" s="1" t="s">
-        <v>2727</v>
+        <v>2787</v>
       </c>
       <c r="E629" s="1" t="s">
-        <v>2728</v>
-[...3 lines deleted...]
-      </c>
+        <v>2788</v>
+      </c>
+      <c r="F629" s="1"/>
     </row>
     <row r="630" spans="1:6">
       <c r="A630" s="1" t="s">
-        <v>2730</v>
+        <v>2789</v>
       </c>
       <c r="B630" s="1"/>
       <c r="C630" s="1" t="s">
-        <v>2716</v>
+        <v>2772</v>
       </c>
       <c r="D630" s="1" t="s">
-        <v>2731</v>
+        <v>2790</v>
       </c>
       <c r="E630" s="1" t="s">
-        <v>2732</v>
+        <v>2791</v>
       </c>
       <c r="F630" s="1"/>
     </row>
     <row r="631" spans="1:6">
       <c r="A631" s="1" t="s">
-        <v>2733</v>
+        <v>2792</v>
       </c>
       <c r="B631" s="1"/>
       <c r="C631" s="1" t="s">
-        <v>2716</v>
-[...3 lines deleted...]
-      </c>
+        <v>2772</v>
+      </c>
+      <c r="D631" s="1"/>
       <c r="E631" s="1" t="s">
-        <v>2735</v>
+        <v>2793</v>
       </c>
       <c r="F631" s="1"/>
     </row>
     <row r="632" spans="1:6">
       <c r="A632" s="1" t="s">
-        <v>2736</v>
-[...1 lines deleted...]
-      <c r="B632" s="1"/>
+        <v>2794</v>
+      </c>
+      <c r="B632" s="1" t="s">
+        <v>2795</v>
+      </c>
       <c r="C632" s="1" t="s">
-        <v>2716</v>
-[...1 lines deleted...]
-      <c r="D632" s="1"/>
+        <v>2772</v>
+      </c>
+      <c r="D632" s="1" t="s">
+        <v>2796</v>
+      </c>
       <c r="E632" s="1" t="s">
-        <v>2737</v>
-[...1 lines deleted...]
-      <c r="F632" s="1"/>
+        <v>2797</v>
+      </c>
+      <c r="F632" s="1" t="s">
+        <v>2798</v>
+      </c>
     </row>
     <row r="633" spans="1:6">
       <c r="A633" s="1" t="s">
-        <v>2738</v>
+        <v>2799</v>
       </c>
       <c r="B633" s="1" t="s">
-        <v>2739</v>
+        <v>2800</v>
       </c>
       <c r="C633" s="1" t="s">
-        <v>2716</v>
+        <v>2772</v>
       </c>
       <c r="D633" s="1" t="s">
-        <v>2740</v>
+        <v>2801</v>
       </c>
       <c r="E633" s="1" t="s">
-        <v>2741</v>
+        <v>2802</v>
       </c>
       <c r="F633" s="1" t="s">
-        <v>2742</v>
+        <v>2803</v>
       </c>
     </row>
     <row r="634" spans="1:6">
       <c r="A634" s="1" t="s">
-        <v>2743</v>
-[...1 lines deleted...]
-      <c r="B634" s="1"/>
+        <v>2804</v>
+      </c>
+      <c r="B634" s="1" t="s">
+        <v>2805</v>
+      </c>
       <c r="C634" s="1" t="s">
-        <v>2716</v>
+        <v>2772</v>
       </c>
       <c r="D634" s="1" t="s">
-        <v>2744</v>
+        <v>2806</v>
       </c>
       <c r="E634" s="1" t="s">
-        <v>2745</v>
+        <v>2807</v>
       </c>
       <c r="F634" s="1" t="s">
-        <v>2746</v>
+        <v>2808</v>
       </c>
     </row>
     <row r="635" spans="1:6">
       <c r="A635" s="1" t="s">
-        <v>2747</v>
+        <v>2809</v>
       </c>
       <c r="B635" s="1" t="s">
-        <v>2748</v>
+        <v>2810</v>
       </c>
       <c r="C635" s="1" t="s">
-        <v>2716</v>
+        <v>2811</v>
       </c>
       <c r="D635" s="1" t="s">
-        <v>2749</v>
+        <v>2812</v>
       </c>
       <c r="E635" s="1" t="s">
-        <v>2750</v>
+        <v>2813</v>
       </c>
       <c r="F635" s="1" t="s">
-        <v>2751</v>
+        <v>2814</v>
       </c>
     </row>
     <row r="636" spans="1:6">
       <c r="A636" s="1" t="s">
-        <v>2752</v>
+        <v>2815</v>
       </c>
       <c r="B636" s="1" t="s">
-        <v>2753</v>
+        <v>2816</v>
       </c>
       <c r="C636" s="1" t="s">
-        <v>2754</v>
+        <v>2811</v>
       </c>
       <c r="D636" s="1" t="s">
-        <v>2755</v>
+        <v>2817</v>
       </c>
       <c r="E636" s="1" t="s">
-        <v>2756</v>
-[...3 lines deleted...]
-      </c>
+        <v>2818</v>
+      </c>
+      <c r="F636" s="1"/>
     </row>
     <row r="637" spans="1:6">
       <c r="A637" s="1" t="s">
-        <v>2758</v>
+        <v>2819</v>
       </c>
       <c r="B637" s="1" t="s">
-        <v>2759</v>
+        <v>2820</v>
       </c>
       <c r="C637" s="1" t="s">
-        <v>2754</v>
+        <v>2821</v>
       </c>
       <c r="D637" s="1" t="s">
-        <v>2760</v>
+        <v>2822</v>
       </c>
       <c r="E637" s="1" t="s">
-        <v>2761</v>
-[...1 lines deleted...]
-      <c r="F637" s="1"/>
+        <v>2823</v>
+      </c>
+      <c r="F637" s="1" t="s">
+        <v>2824</v>
+      </c>
     </row>
     <row r="638" spans="1:6">
       <c r="A638" s="1" t="s">
-        <v>2762</v>
+        <v>2825</v>
       </c>
       <c r="B638" s="1" t="s">
-        <v>2763</v>
+        <v>2826</v>
       </c>
       <c r="C638" s="1" t="s">
-        <v>2764</v>
+        <v>2821</v>
       </c>
       <c r="D638" s="1" t="s">
-        <v>2765</v>
+        <v>2827</v>
       </c>
       <c r="E638" s="1" t="s">
-        <v>2766</v>
-[...3 lines deleted...]
-      </c>
+        <v>2828</v>
+      </c>
+      <c r="F638" s="1"/>
     </row>
     <row r="639" spans="1:6">
       <c r="A639" s="1" t="s">
-        <v>2768</v>
+        <v>2829</v>
       </c>
       <c r="B639" s="1" t="s">
-        <v>2769</v>
+        <v>2830</v>
       </c>
       <c r="C639" s="1" t="s">
-        <v>2764</v>
+        <v>2821</v>
       </c>
       <c r="D639" s="1" t="s">
-        <v>2770</v>
+        <v>2831</v>
       </c>
       <c r="E639" s="1" t="s">
-        <v>2771</v>
-[...1 lines deleted...]
-      <c r="F639" s="1"/>
+        <v>2828</v>
+      </c>
+      <c r="F639" s="1" t="s">
+        <v>2832</v>
+      </c>
     </row>
     <row r="640" spans="1:6">
       <c r="A640" s="1" t="s">
-        <v>2772</v>
+        <v>2833</v>
       </c>
       <c r="B640" s="1" t="s">
-        <v>2773</v>
+        <v>2834</v>
       </c>
       <c r="C640" s="1" t="s">
-        <v>2764</v>
+        <v>2821</v>
       </c>
       <c r="D640" s="1" t="s">
-        <v>2774</v>
+        <v>2835</v>
       </c>
       <c r="E640" s="1" t="s">
-        <v>2771</v>
+        <v>2823</v>
       </c>
       <c r="F640" s="1" t="s">
-        <v>2775</v>
+        <v>2836</v>
       </c>
     </row>
     <row r="641" spans="1:6">
       <c r="A641" s="1" t="s">
-        <v>2776</v>
+        <v>2837</v>
       </c>
       <c r="B641" s="1" t="s">
-        <v>2777</v>
+        <v>2838</v>
       </c>
       <c r="C641" s="1" t="s">
-        <v>2764</v>
+        <v>2839</v>
       </c>
       <c r="D641" s="1" t="s">
-        <v>2778</v>
+        <v>2840</v>
       </c>
       <c r="E641" s="1" t="s">
-        <v>2766</v>
+        <v>2841</v>
       </c>
       <c r="F641" s="1" t="s">
-        <v>2779</v>
+        <v>2842</v>
       </c>
     </row>
     <row r="642" spans="1:6">
       <c r="A642" s="1" t="s">
-        <v>2780</v>
+        <v>2843</v>
       </c>
       <c r="B642" s="1" t="s">
-        <v>2781</v>
+        <v>2844</v>
       </c>
       <c r="C642" s="1" t="s">
-        <v>2782</v>
+        <v>2845</v>
       </c>
       <c r="D642" s="1" t="s">
-        <v>2783</v>
+        <v>2846</v>
       </c>
       <c r="E642" s="1" t="s">
-        <v>2784</v>
-[...3 lines deleted...]
-      </c>
+        <v>2847</v>
+      </c>
+      <c r="F642" s="1"/>
     </row>
     <row r="643" spans="1:6">
       <c r="A643" s="1" t="s">
-        <v>2786</v>
-[...3 lines deleted...]
-      </c>
+        <v>2848</v>
+      </c>
+      <c r="B643" s="1"/>
       <c r="C643" s="1" t="s">
-        <v>2788</v>
+        <v>2845</v>
       </c>
       <c r="D643" s="1" t="s">
-        <v>2789</v>
+        <v>257</v>
       </c>
       <c r="E643" s="1" t="s">
-        <v>2790</v>
-[...1 lines deleted...]
-      <c r="F643" s="1"/>
+        <v>2849</v>
+      </c>
+      <c r="F643" s="1" t="s">
+        <v>259</v>
+      </c>
     </row>
     <row r="644" spans="1:6">
       <c r="A644" s="1" t="s">
-        <v>2791</v>
-[...1 lines deleted...]
-      <c r="B644" s="1"/>
+        <v>2850</v>
+      </c>
+      <c r="B644" s="1" t="s">
+        <v>2851</v>
+      </c>
       <c r="C644" s="1" t="s">
-        <v>2788</v>
+        <v>2852</v>
       </c>
       <c r="D644" s="1" t="s">
-        <v>249</v>
+        <v>2853</v>
       </c>
       <c r="E644" s="1" t="s">
-        <v>2792</v>
+        <v>2854</v>
       </c>
       <c r="F644" s="1" t="s">
-        <v>251</v>
+        <v>2855</v>
       </c>
     </row>
     <row r="645" spans="1:6">
       <c r="A645" s="1" t="s">
-        <v>2793</v>
+        <v>2856</v>
       </c>
       <c r="B645" s="1" t="s">
-        <v>2794</v>
+        <v>2857</v>
       </c>
       <c r="C645" s="1" t="s">
-        <v>2795</v>
+        <v>2852</v>
       </c>
       <c r="D645" s="1" t="s">
-        <v>2796</v>
+        <v>2858</v>
       </c>
       <c r="E645" s="1" t="s">
-        <v>2797</v>
+        <v>2859</v>
       </c>
       <c r="F645" s="1" t="s">
-        <v>2798</v>
+        <v>2860</v>
       </c>
     </row>
     <row r="646" spans="1:6">
       <c r="A646" s="1" t="s">
-        <v>2799</v>
-[...3 lines deleted...]
-      </c>
+        <v>2861</v>
+      </c>
+      <c r="B646" s="1"/>
       <c r="C646" s="1" t="s">
-        <v>2795</v>
+        <v>2852</v>
       </c>
       <c r="D646" s="1" t="s">
-        <v>2801</v>
+        <v>2862</v>
       </c>
       <c r="E646" s="1" t="s">
-        <v>2802</v>
+        <v>2863</v>
       </c>
       <c r="F646" s="1" t="s">
-        <v>2803</v>
+        <v>2864</v>
       </c>
     </row>
     <row r="647" spans="1:6">
       <c r="A647" s="1" t="s">
-        <v>2804</v>
+        <v>2865</v>
       </c>
       <c r="B647" s="1"/>
       <c r="C647" s="1" t="s">
-        <v>2795</v>
+        <v>2852</v>
       </c>
       <c r="D647" s="1" t="s">
-        <v>2805</v>
+        <v>2866</v>
       </c>
       <c r="E647" s="1" t="s">
-        <v>2806</v>
-[...3 lines deleted...]
-      </c>
+        <v>2867</v>
+      </c>
+      <c r="F647" s="1"/>
     </row>
     <row r="648" spans="1:6">
       <c r="A648" s="1" t="s">
-        <v>2808</v>
+        <v>2868</v>
       </c>
       <c r="B648" s="1"/>
       <c r="C648" s="1" t="s">
-        <v>2795</v>
+        <v>2852</v>
       </c>
       <c r="D648" s="1" t="s">
-        <v>2809</v>
+        <v>257</v>
       </c>
       <c r="E648" s="1" t="s">
-        <v>2810</v>
-[...1 lines deleted...]
-      <c r="F648" s="1"/>
+        <v>2869</v>
+      </c>
+      <c r="F648" s="1" t="s">
+        <v>259</v>
+      </c>
     </row>
     <row r="649" spans="1:6">
       <c r="A649" s="1" t="s">
-        <v>2811</v>
-[...1 lines deleted...]
-      <c r="B649" s="1"/>
+        <v>2870</v>
+      </c>
+      <c r="B649" s="1" t="s">
+        <v>2871</v>
+      </c>
       <c r="C649" s="1" t="s">
-        <v>2795</v>
+        <v>2852</v>
       </c>
       <c r="D649" s="1" t="s">
-        <v>249</v>
+        <v>2853</v>
       </c>
       <c r="E649" s="1" t="s">
-        <v>2812</v>
+        <v>2872</v>
       </c>
       <c r="F649" s="1" t="s">
-        <v>251</v>
+        <v>2873</v>
       </c>
     </row>
     <row r="650" spans="1:6">
       <c r="A650" s="1" t="s">
-        <v>2813</v>
+        <v>2874</v>
       </c>
       <c r="B650" s="1" t="s">
-        <v>2814</v>
+        <v>2875</v>
       </c>
       <c r="C650" s="1" t="s">
-        <v>2795</v>
+        <v>2852</v>
       </c>
       <c r="D650" s="1" t="s">
-        <v>2796</v>
+        <v>2876</v>
       </c>
       <c r="E650" s="1" t="s">
-        <v>2815</v>
-[...3 lines deleted...]
-      </c>
+        <v>2877</v>
+      </c>
+      <c r="F650" s="1"/>
     </row>
     <row r="651" spans="1:6">
       <c r="A651" s="1" t="s">
-        <v>2817</v>
+        <v>2878</v>
       </c>
       <c r="B651" s="1" t="s">
-        <v>2818</v>
+        <v>2879</v>
       </c>
       <c r="C651" s="1" t="s">
-        <v>2795</v>
+        <v>2852</v>
       </c>
       <c r="D651" s="1" t="s">
-        <v>2819</v>
+        <v>2880</v>
       </c>
       <c r="E651" s="1" t="s">
-        <v>2820</v>
+        <v>2881</v>
       </c>
       <c r="F651" s="1"/>
     </row>
     <row r="652" spans="1:6">
       <c r="A652" s="1" t="s">
-        <v>2821</v>
+        <v>2882</v>
       </c>
       <c r="B652" s="1" t="s">
-        <v>2822</v>
+        <v>2883</v>
       </c>
       <c r="C652" s="1" t="s">
-        <v>2795</v>
+        <v>2884</v>
       </c>
       <c r="D652" s="1" t="s">
-        <v>2823</v>
+        <v>2885</v>
       </c>
       <c r="E652" s="1" t="s">
-        <v>2824</v>
+        <v>2886</v>
       </c>
       <c r="F652" s="1"/>
     </row>
     <row r="653" spans="1:6">
       <c r="A653" s="1" t="s">
-        <v>2825</v>
+        <v>2887</v>
       </c>
       <c r="B653" s="1" t="s">
-        <v>2826</v>
+        <v>2888</v>
       </c>
       <c r="C653" s="1" t="s">
-        <v>2827</v>
+        <v>2884</v>
       </c>
       <c r="D653" s="1" t="s">
-        <v>2828</v>
+        <v>2889</v>
       </c>
       <c r="E653" s="1" t="s">
-        <v>2829</v>
-[...1 lines deleted...]
-      <c r="F653" s="1"/>
+        <v>2890</v>
+      </c>
+      <c r="F653" s="1" t="s">
+        <v>2891</v>
+      </c>
     </row>
     <row r="654" spans="1:6">
       <c r="A654" s="1" t="s">
-        <v>2830</v>
-[...3 lines deleted...]
-      </c>
+        <v>2892</v>
+      </c>
+      <c r="B654" s="1"/>
       <c r="C654" s="1" t="s">
-        <v>2827</v>
+        <v>2884</v>
       </c>
       <c r="D654" s="1" t="s">
-        <v>2832</v>
+        <v>2893</v>
       </c>
       <c r="E654" s="1" t="s">
-        <v>2833</v>
-[...3 lines deleted...]
-      </c>
+        <v>2894</v>
+      </c>
+      <c r="F654" s="1"/>
     </row>
     <row r="655" spans="1:6">
       <c r="A655" s="1" t="s">
-        <v>2835</v>
+        <v>2895</v>
       </c>
       <c r="B655" s="1"/>
       <c r="C655" s="1" t="s">
-        <v>2827</v>
+        <v>2884</v>
       </c>
       <c r="D655" s="1" t="s">
-        <v>2836</v>
+        <v>2896</v>
       </c>
       <c r="E655" s="1" t="s">
-        <v>2837</v>
+        <v>2897</v>
       </c>
       <c r="F655" s="1"/>
     </row>
     <row r="656" spans="1:6">
       <c r="A656" s="1" t="s">
-        <v>2838</v>
-[...1 lines deleted...]
-      <c r="B656" s="1"/>
+        <v>2898</v>
+      </c>
+      <c r="B656" s="1" t="s">
+        <v>2899</v>
+      </c>
       <c r="C656" s="1" t="s">
-        <v>2827</v>
+        <v>2900</v>
       </c>
       <c r="D656" s="1" t="s">
-        <v>2839</v>
+        <v>2901</v>
       </c>
       <c r="E656" s="1" t="s">
-        <v>2840</v>
-[...1 lines deleted...]
-      <c r="F656" s="1"/>
+        <v>2902</v>
+      </c>
+      <c r="F656" s="1" t="s">
+        <v>2903</v>
+      </c>
     </row>
     <row r="657" spans="1:6">
       <c r="A657" s="1" t="s">
-        <v>2841</v>
-[...3 lines deleted...]
-      </c>
+        <v>2904</v>
+      </c>
+      <c r="B657" s="1"/>
       <c r="C657" s="1" t="s">
-        <v>2843</v>
+        <v>2900</v>
       </c>
       <c r="D657" s="1" t="s">
-        <v>2844</v>
+        <v>2905</v>
       </c>
       <c r="E657" s="1" t="s">
-        <v>2845</v>
-[...3 lines deleted...]
-      </c>
+        <v>2906</v>
+      </c>
+      <c r="F657" s="1"/>
     </row>
     <row r="658" spans="1:6">
       <c r="A658" s="1" t="s">
-        <v>2847</v>
-[...1 lines deleted...]
-      <c r="B658" s="1"/>
+        <v>2907</v>
+      </c>
+      <c r="B658" s="1" t="s">
+        <v>2908</v>
+      </c>
       <c r="C658" s="1" t="s">
-        <v>2843</v>
+        <v>2900</v>
       </c>
       <c r="D658" s="1" t="s">
-        <v>2848</v>
+        <v>2909</v>
       </c>
       <c r="E658" s="1" t="s">
-        <v>2849</v>
-[...1 lines deleted...]
-      <c r="F658" s="1"/>
+        <v>2910</v>
+      </c>
+      <c r="F658" s="1" t="s">
+        <v>2911</v>
+      </c>
     </row>
     <row r="659" spans="1:6">
       <c r="A659" s="1" t="s">
-        <v>2850</v>
+        <v>2912</v>
       </c>
       <c r="B659" s="1" t="s">
-        <v>2851</v>
+        <v>2913</v>
       </c>
       <c r="C659" s="1" t="s">
-        <v>2843</v>
+        <v>2914</v>
       </c>
       <c r="D659" s="1" t="s">
-        <v>2852</v>
+        <v>2915</v>
       </c>
       <c r="E659" s="1" t="s">
-        <v>2853</v>
-[...3 lines deleted...]
-      </c>
+        <v>2916</v>
+      </c>
+      <c r="F659" s="1"/>
     </row>
     <row r="660" spans="1:6">
       <c r="A660" s="1" t="s">
-        <v>2855</v>
+        <v>2917</v>
       </c>
       <c r="B660" s="1" t="s">
-        <v>2856</v>
+        <v>2918</v>
       </c>
       <c r="C660" s="1" t="s">
-        <v>2857</v>
+        <v>2914</v>
       </c>
       <c r="D660" s="1" t="s">
-        <v>2858</v>
+        <v>2919</v>
       </c>
       <c r="E660" s="1" t="s">
-        <v>2859</v>
-[...1 lines deleted...]
-      <c r="F660" s="1"/>
+        <v>2920</v>
+      </c>
+      <c r="F660" s="1" t="s">
+        <v>2921</v>
+      </c>
     </row>
     <row r="661" spans="1:6">
       <c r="A661" s="1" t="s">
-        <v>2860</v>
-[...3 lines deleted...]
-      </c>
+        <v>2922</v>
+      </c>
+      <c r="B661" s="1"/>
       <c r="C661" s="1" t="s">
-        <v>2857</v>
+        <v>2914</v>
       </c>
       <c r="D661" s="1" t="s">
-        <v>2862</v>
+        <v>2923</v>
       </c>
       <c r="E661" s="1" t="s">
-        <v>2863</v>
-[...3 lines deleted...]
-      </c>
+        <v>2924</v>
+      </c>
+      <c r="F661" s="1"/>
     </row>
     <row r="662" spans="1:6">
       <c r="A662" s="1" t="s">
-        <v>2865</v>
+        <v>2925</v>
       </c>
       <c r="B662" s="1"/>
       <c r="C662" s="1" t="s">
-        <v>2857</v>
-[...3 lines deleted...]
-      </c>
+        <v>2914</v>
+      </c>
+      <c r="D662" s="1"/>
       <c r="E662" s="1" t="s">
-        <v>2867</v>
+        <v>2926</v>
       </c>
       <c r="F662" s="1"/>
     </row>
     <row r="663" spans="1:6">
       <c r="A663" s="1" t="s">
-        <v>2868</v>
-[...1 lines deleted...]
-      <c r="B663" s="1"/>
+        <v>2927</v>
+      </c>
+      <c r="B663" s="1" t="s">
+        <v>2928</v>
+      </c>
       <c r="C663" s="1" t="s">
-        <v>2857</v>
-[...1 lines deleted...]
-      <c r="D663" s="1"/>
+        <v>2914</v>
+      </c>
+      <c r="D663" s="1" t="s">
+        <v>2929</v>
+      </c>
       <c r="E663" s="1" t="s">
-        <v>2869</v>
-[...1 lines deleted...]
-      <c r="F663" s="1"/>
+        <v>2930</v>
+      </c>
+      <c r="F663" s="1" t="s">
+        <v>2931</v>
+      </c>
     </row>
     <row r="664" spans="1:6">
       <c r="A664" s="1" t="s">
-        <v>2870</v>
+        <v>2932</v>
       </c>
       <c r="B664" s="1" t="s">
-        <v>2871</v>
+        <v>2933</v>
       </c>
       <c r="C664" s="1" t="s">
-        <v>2857</v>
+        <v>2914</v>
       </c>
       <c r="D664" s="1" t="s">
-        <v>2872</v>
+        <v>2934</v>
       </c>
       <c r="E664" s="1" t="s">
-        <v>2873</v>
+        <v>2935</v>
       </c>
       <c r="F664" s="1" t="s">
-        <v>2874</v>
+        <v>2936</v>
       </c>
     </row>
     <row r="665" spans="1:6">
       <c r="A665" s="1" t="s">
-        <v>2875</v>
+        <v>2937</v>
       </c>
       <c r="B665" s="1" t="s">
-        <v>2876</v>
+        <v>2938</v>
       </c>
       <c r="C665" s="1" t="s">
-        <v>2857</v>
+        <v>2914</v>
       </c>
       <c r="D665" s="1" t="s">
-        <v>2877</v>
+        <v>2939</v>
       </c>
       <c r="E665" s="1" t="s">
-        <v>2878</v>
+        <v>2940</v>
       </c>
       <c r="F665" s="1" t="s">
-        <v>2879</v>
+        <v>2941</v>
       </c>
     </row>
     <row r="666" spans="1:6">
       <c r="A666" s="1" t="s">
-        <v>2880</v>
+        <v>2942</v>
       </c>
       <c r="B666" s="1" t="s">
-        <v>2881</v>
+        <v>2943</v>
       </c>
       <c r="C666" s="1" t="s">
-        <v>2857</v>
+        <v>2914</v>
       </c>
       <c r="D666" s="1" t="s">
-        <v>2882</v>
+        <v>2944</v>
       </c>
       <c r="E666" s="1" t="s">
-        <v>2883</v>
+        <v>2945</v>
       </c>
       <c r="F666" s="1" t="s">
-        <v>2884</v>
+        <v>2946</v>
       </c>
     </row>
     <row r="667" spans="1:6">
       <c r="A667" s="1" t="s">
-        <v>2885</v>
+        <v>2947</v>
       </c>
       <c r="B667" s="1" t="s">
-        <v>2886</v>
+        <v>2943</v>
       </c>
       <c r="C667" s="1" t="s">
-        <v>2857</v>
+        <v>2914</v>
       </c>
       <c r="D667" s="1" t="s">
-        <v>2887</v>
+        <v>2948</v>
       </c>
       <c r="E667" s="1" t="s">
-        <v>2888</v>
+        <v>2949</v>
       </c>
       <c r="F667" s="1" t="s">
-        <v>2889</v>
+        <v>2950</v>
       </c>
     </row>
     <row r="668" spans="1:6">
       <c r="A668" s="1" t="s">
-        <v>2890</v>
+        <v>2951</v>
       </c>
       <c r="B668" s="1" t="s">
-        <v>2891</v>
+        <v>2952</v>
       </c>
       <c r="C668" s="1" t="s">
-        <v>2857</v>
+        <v>2953</v>
       </c>
       <c r="D668" s="1" t="s">
-        <v>2892</v>
+        <v>2954</v>
       </c>
       <c r="E668" s="1" t="s">
-        <v>2893</v>
-[...3 lines deleted...]
-      </c>
+        <v>2955</v>
+      </c>
+      <c r="F668" s="1"/>
     </row>
     <row r="669" spans="1:6">
       <c r="A669" s="1" t="s">
-        <v>2895</v>
+        <v>2956</v>
       </c>
       <c r="B669" s="1" t="s">
-        <v>2891</v>
+        <v>2957</v>
       </c>
       <c r="C669" s="1" t="s">
-        <v>2857</v>
+        <v>2953</v>
       </c>
       <c r="D669" s="1" t="s">
-        <v>2896</v>
+        <v>2958</v>
       </c>
       <c r="E669" s="1" t="s">
-        <v>2897</v>
+        <v>2959</v>
       </c>
       <c r="F669" s="1" t="s">
-        <v>2898</v>
+        <v>2960</v>
       </c>
     </row>
     <row r="670" spans="1:6">
       <c r="A670" s="1" t="s">
-        <v>2899</v>
-[...3 lines deleted...]
-      </c>
+        <v>2961</v>
+      </c>
+      <c r="B670" s="1"/>
       <c r="C670" s="1" t="s">
-        <v>2901</v>
+        <v>2953</v>
       </c>
       <c r="D670" s="1" t="s">
-        <v>2902</v>
+        <v>2962</v>
       </c>
       <c r="E670" s="1" t="s">
-        <v>2903</v>
+        <v>2963</v>
       </c>
       <c r="F670" s="1"/>
     </row>
     <row r="671" spans="1:6">
       <c r="A671" s="1" t="s">
-        <v>2904</v>
-[...3 lines deleted...]
-      </c>
+        <v>2964</v>
+      </c>
+      <c r="B671" s="1"/>
       <c r="C671" s="1" t="s">
-        <v>2901</v>
+        <v>2953</v>
       </c>
       <c r="D671" s="1" t="s">
-        <v>2906</v>
+        <v>257</v>
       </c>
       <c r="E671" s="1" t="s">
-        <v>2907</v>
+        <v>2965</v>
       </c>
       <c r="F671" s="1" t="s">
-        <v>2908</v>
+        <v>259</v>
       </c>
     </row>
     <row r="672" spans="1:6">
       <c r="A672" s="1" t="s">
-        <v>2909</v>
-[...1 lines deleted...]
-      <c r="B672" s="1"/>
+        <v>2966</v>
+      </c>
+      <c r="B672" s="1" t="s">
+        <v>2967</v>
+      </c>
       <c r="C672" s="1" t="s">
-        <v>2901</v>
+        <v>2968</v>
       </c>
       <c r="D672" s="1" t="s">
-        <v>2910</v>
+        <v>2969</v>
       </c>
       <c r="E672" s="1" t="s">
-        <v>2911</v>
+        <v>2970</v>
       </c>
       <c r="F672" s="1"/>
     </row>
     <row r="673" spans="1:6">
       <c r="A673" s="1" t="s">
-        <v>2912</v>
-[...1 lines deleted...]
-      <c r="B673" s="1"/>
+        <v>2971</v>
+      </c>
+      <c r="B673" s="1" t="s">
+        <v>2972</v>
+      </c>
       <c r="C673" s="1" t="s">
-        <v>2901</v>
+        <v>2973</v>
       </c>
       <c r="D673" s="1" t="s">
-        <v>249</v>
+        <v>2974</v>
       </c>
       <c r="E673" s="1" t="s">
-        <v>2913</v>
+        <v>2975</v>
       </c>
       <c r="F673" s="1" t="s">
-        <v>251</v>
+        <v>2976</v>
       </c>
     </row>
     <row r="674" spans="1:6">
       <c r="A674" s="1" t="s">
-        <v>2914</v>
+        <v>2977</v>
       </c>
       <c r="B674" s="1" t="s">
-        <v>2915</v>
+        <v>2978</v>
       </c>
       <c r="C674" s="1" t="s">
-        <v>2916</v>
+        <v>2973</v>
       </c>
       <c r="D674" s="1" t="s">
-        <v>2917</v>
+        <v>2979</v>
       </c>
       <c r="E674" s="1" t="s">
-        <v>2918</v>
+        <v>2980</v>
       </c>
       <c r="F674" s="1"/>
     </row>
     <row r="675" spans="1:6">
       <c r="A675" s="1" t="s">
-        <v>2919</v>
+        <v>2981</v>
       </c>
       <c r="B675" s="1" t="s">
-        <v>2920</v>
+        <v>2982</v>
       </c>
       <c r="C675" s="1" t="s">
-        <v>2921</v>
+        <v>2973</v>
       </c>
       <c r="D675" s="1" t="s">
-        <v>2922</v>
+        <v>2983</v>
       </c>
       <c r="E675" s="1" t="s">
-        <v>2923</v>
+        <v>2984</v>
       </c>
       <c r="F675" s="1" t="s">
-        <v>2924</v>
+        <v>2985</v>
       </c>
     </row>
     <row r="676" spans="1:6">
       <c r="A676" s="1" t="s">
-        <v>2925</v>
-[...3 lines deleted...]
-      </c>
+        <v>2986</v>
+      </c>
+      <c r="B676" s="1"/>
       <c r="C676" s="1" t="s">
-        <v>2921</v>
+        <v>2973</v>
       </c>
       <c r="D676" s="1" t="s">
-        <v>2927</v>
+        <v>2987</v>
       </c>
       <c r="E676" s="1" t="s">
-        <v>2928</v>
+        <v>2988</v>
       </c>
       <c r="F676" s="1"/>
     </row>
     <row r="677" spans="1:6">
       <c r="A677" s="1" t="s">
-        <v>2929</v>
-[...3 lines deleted...]
-      </c>
+        <v>2989</v>
+      </c>
+      <c r="B677" s="1"/>
       <c r="C677" s="1" t="s">
-        <v>2921</v>
+        <v>2973</v>
       </c>
       <c r="D677" s="1" t="s">
-        <v>2931</v>
+        <v>2990</v>
       </c>
       <c r="E677" s="1" t="s">
-        <v>2932</v>
-[...3 lines deleted...]
-      </c>
+        <v>2991</v>
+      </c>
+      <c r="F677" s="1"/>
     </row>
     <row r="678" spans="1:6">
       <c r="A678" s="1" t="s">
-        <v>2934</v>
+        <v>2992</v>
       </c>
       <c r="B678" s="1"/>
       <c r="C678" s="1" t="s">
-        <v>2921</v>
+        <v>2973</v>
       </c>
       <c r="D678" s="1" t="s">
-        <v>2935</v>
+        <v>257</v>
       </c>
       <c r="E678" s="1" t="s">
-        <v>2936</v>
-[...1 lines deleted...]
-      <c r="F678" s="1"/>
+        <v>2993</v>
+      </c>
+      <c r="F678" s="1" t="s">
+        <v>259</v>
+      </c>
     </row>
     <row r="679" spans="1:6">
       <c r="A679" s="1" t="s">
-        <v>2937</v>
-[...1 lines deleted...]
-      <c r="B679" s="1"/>
+        <v>2994</v>
+      </c>
+      <c r="B679" s="1" t="s">
+        <v>2995</v>
+      </c>
       <c r="C679" s="1" t="s">
-        <v>2921</v>
+        <v>2973</v>
       </c>
       <c r="D679" s="1" t="s">
-        <v>2938</v>
+        <v>2996</v>
       </c>
       <c r="E679" s="1" t="s">
-        <v>2939</v>
-[...1 lines deleted...]
-      <c r="F679" s="1"/>
+        <v>2997</v>
+      </c>
+      <c r="F679" s="1" t="s">
+        <v>2998</v>
+      </c>
     </row>
     <row r="680" spans="1:6">
       <c r="A680" s="1" t="s">
-        <v>2940</v>
-[...1 lines deleted...]
-      <c r="B680" s="1"/>
+        <v>2999</v>
+      </c>
+      <c r="B680" s="1" t="s">
+        <v>3000</v>
+      </c>
       <c r="C680" s="1" t="s">
-        <v>2921</v>
+        <v>2973</v>
       </c>
       <c r="D680" s="1" t="s">
-        <v>249</v>
+        <v>3001</v>
       </c>
       <c r="E680" s="1" t="s">
-        <v>2941</v>
+        <v>3002</v>
       </c>
       <c r="F680" s="1" t="s">
-        <v>251</v>
+        <v>3003</v>
       </c>
     </row>
     <row r="681" spans="1:6">
       <c r="A681" s="1" t="s">
-        <v>2942</v>
-[...1 lines deleted...]
-      <c r="B681" s="1"/>
+        <v>3004</v>
+      </c>
+      <c r="B681" s="1" t="s">
+        <v>3005</v>
+      </c>
       <c r="C681" s="1" t="s">
-        <v>2921</v>
+        <v>2973</v>
       </c>
       <c r="D681" s="1" t="s">
-        <v>2943</v>
+        <v>3006</v>
       </c>
       <c r="E681" s="1" t="s">
-        <v>2944</v>
+        <v>3007</v>
       </c>
       <c r="F681" s="1" t="s">
-        <v>2945</v>
+        <v>3008</v>
       </c>
     </row>
     <row r="682" spans="1:6">
       <c r="A682" s="1" t="s">
-        <v>2946</v>
-[...1 lines deleted...]
-      <c r="B682" s="1"/>
+        <v>3009</v>
+      </c>
+      <c r="B682" s="1" t="s">
+        <v>3010</v>
+      </c>
       <c r="C682" s="1" t="s">
-        <v>2921</v>
+        <v>3011</v>
       </c>
       <c r="D682" s="1" t="s">
-        <v>2947</v>
+        <v>3012</v>
       </c>
       <c r="E682" s="1" t="s">
-        <v>2948</v>
+        <v>3013</v>
       </c>
       <c r="F682" s="1" t="s">
-        <v>2949</v>
+        <v>3014</v>
       </c>
     </row>
     <row r="683" spans="1:6">
       <c r="A683" s="1" t="s">
-        <v>2950</v>
-[...1 lines deleted...]
-      <c r="B683" s="1"/>
+        <v>3015</v>
+      </c>
+      <c r="B683" s="1" t="s">
+        <v>3016</v>
+      </c>
       <c r="C683" s="1" t="s">
-        <v>2921</v>
+        <v>3011</v>
       </c>
       <c r="D683" s="1" t="s">
-        <v>2951</v>
+        <v>3017</v>
       </c>
       <c r="E683" s="1" t="s">
-        <v>2952</v>
+        <v>3018</v>
       </c>
       <c r="F683" s="1" t="s">
-        <v>2953</v>
+        <v>3019</v>
       </c>
     </row>
     <row r="684" spans="1:6">
       <c r="A684" s="1" t="s">
-        <v>2954</v>
-[...3 lines deleted...]
-      </c>
+        <v>3020</v>
+      </c>
+      <c r="B684" s="1"/>
       <c r="C684" s="1" t="s">
-        <v>2956</v>
+        <v>3011</v>
       </c>
       <c r="D684" s="1" t="s">
-        <v>2957</v>
+        <v>3012</v>
       </c>
       <c r="E684" s="1" t="s">
-        <v>2958</v>
+        <v>3021</v>
       </c>
       <c r="F684" s="1" t="s">
-        <v>2959</v>
+        <v>3022</v>
       </c>
     </row>
     <row r="685" spans="1:6">
       <c r="A685" s="1" t="s">
-        <v>2960</v>
-[...3 lines deleted...]
-      </c>
+        <v>3023</v>
+      </c>
+      <c r="B685" s="1"/>
       <c r="C685" s="1" t="s">
-        <v>2956</v>
+        <v>3011</v>
       </c>
       <c r="D685" s="1" t="s">
-        <v>2962</v>
+        <v>3024</v>
       </c>
       <c r="E685" s="1" t="s">
-        <v>2963</v>
-[...3 lines deleted...]
-      </c>
+        <v>3025</v>
+      </c>
+      <c r="F685" s="1"/>
     </row>
     <row r="686" spans="1:6">
       <c r="A686" s="1" t="s">
-        <v>2965</v>
+        <v>3026</v>
       </c>
       <c r="B686" s="1"/>
       <c r="C686" s="1" t="s">
-        <v>2956</v>
-[...3 lines deleted...]
-      </c>
+        <v>3011</v>
+      </c>
+      <c r="D686" s="1"/>
       <c r="E686" s="1" t="s">
-        <v>2966</v>
-[...3 lines deleted...]
-      </c>
+        <v>3027</v>
+      </c>
+      <c r="F686" s="1"/>
     </row>
     <row r="687" spans="1:6">
       <c r="A687" s="1" t="s">
-        <v>2968</v>
-[...1 lines deleted...]
-      <c r="B687" s="1"/>
+        <v>3028</v>
+      </c>
+      <c r="B687" s="1" t="s">
+        <v>3029</v>
+      </c>
       <c r="C687" s="1" t="s">
-        <v>2956</v>
+        <v>3011</v>
       </c>
       <c r="D687" s="1" t="s">
-        <v>2969</v>
+        <v>3030</v>
       </c>
       <c r="E687" s="1" t="s">
-        <v>2970</v>
-[...1 lines deleted...]
-      <c r="F687" s="1"/>
+        <v>3031</v>
+      </c>
+      <c r="F687" s="1" t="s">
+        <v>3032</v>
+      </c>
     </row>
     <row r="688" spans="1:6">
       <c r="A688" s="1" t="s">
-        <v>2971</v>
-[...1 lines deleted...]
-      <c r="B688" s="1"/>
+        <v>3033</v>
+      </c>
+      <c r="B688" s="1" t="s">
+        <v>3034</v>
+      </c>
       <c r="C688" s="1" t="s">
-        <v>2956</v>
-[...1 lines deleted...]
-      <c r="D688" s="1"/>
+        <v>3011</v>
+      </c>
+      <c r="D688" s="1" t="s">
+        <v>3035</v>
+      </c>
       <c r="E688" s="1" t="s">
-        <v>2972</v>
-[...1 lines deleted...]
-      <c r="F688" s="1"/>
+        <v>3036</v>
+      </c>
+      <c r="F688" s="1" t="s">
+        <v>3037</v>
+      </c>
     </row>
     <row r="689" spans="1:6">
       <c r="A689" s="1" t="s">
-        <v>2973</v>
-[...1 lines deleted...]
-      <c r="B689" s="1"/>
+        <v>3038</v>
+      </c>
+      <c r="B689" s="1" t="s">
+        <v>3039</v>
+      </c>
       <c r="C689" s="1" t="s">
-        <v>2956</v>
+        <v>3040</v>
       </c>
       <c r="D689" s="1" t="s">
-        <v>2974</v>
+        <v>3041</v>
       </c>
       <c r="E689" s="1" t="s">
-        <v>2975</v>
-[...3 lines deleted...]
-      </c>
+        <v>1265</v>
+      </c>
+      <c r="F689" s="1"/>
     </row>
     <row r="690" spans="1:6">
       <c r="A690" s="1" t="s">
-        <v>2977</v>
+        <v>3042</v>
       </c>
       <c r="B690" s="1" t="s">
-        <v>2978</v>
+        <v>3043</v>
       </c>
       <c r="C690" s="1" t="s">
-        <v>2956</v>
+        <v>3044</v>
       </c>
       <c r="D690" s="1" t="s">
-        <v>2979</v>
+        <v>3045</v>
       </c>
       <c r="E690" s="1" t="s">
-        <v>2980</v>
+        <v>3046</v>
       </c>
       <c r="F690" s="1" t="s">
-        <v>2981</v>
+        <v>3047</v>
       </c>
     </row>
     <row r="691" spans="1:6">
       <c r="A691" s="1" t="s">
-        <v>2982</v>
-[...3 lines deleted...]
-      </c>
+        <v>3048</v>
+      </c>
+      <c r="B691" s="1"/>
       <c r="C691" s="1" t="s">
-        <v>2984</v>
+        <v>3044</v>
       </c>
       <c r="D691" s="1" t="s">
-        <v>2985</v>
+        <v>3049</v>
       </c>
       <c r="E691" s="1" t="s">
-        <v>1240</v>
+        <v>3050</v>
       </c>
       <c r="F691" s="1"/>
     </row>
     <row r="692" spans="1:6">
       <c r="A692" s="1" t="s">
-        <v>2986</v>
+        <v>3051</v>
       </c>
       <c r="B692" s="1" t="s">
-        <v>2987</v>
+        <v>3052</v>
       </c>
       <c r="C692" s="1" t="s">
-        <v>2988</v>
+        <v>3044</v>
       </c>
       <c r="D692" s="1" t="s">
-        <v>2989</v>
+        <v>3053</v>
       </c>
       <c r="E692" s="1" t="s">
-        <v>2990</v>
+        <v>2479</v>
       </c>
       <c r="F692" s="1" t="s">
-        <v>2991</v>
+        <v>3047</v>
       </c>
     </row>
     <row r="693" spans="1:6">
       <c r="A693" s="1" t="s">
-        <v>2992</v>
-[...1 lines deleted...]
-      <c r="B693" s="1"/>
+        <v>3054</v>
+      </c>
+      <c r="B693" s="1" t="s">
+        <v>3055</v>
+      </c>
       <c r="C693" s="1" t="s">
-        <v>2988</v>
+        <v>3056</v>
       </c>
       <c r="D693" s="1" t="s">
-        <v>2993</v>
+        <v>3057</v>
       </c>
       <c r="E693" s="1" t="s">
-        <v>2994</v>
+        <v>3058</v>
       </c>
       <c r="F693" s="1"/>
     </row>
     <row r="694" spans="1:6">
       <c r="A694" s="1" t="s">
-        <v>2995</v>
-[...1 lines deleted...]
-      <c r="B694" s="1"/>
+        <v>3059</v>
+      </c>
+      <c r="B694" s="1" t="s">
+        <v>3060</v>
+      </c>
       <c r="C694" s="1" t="s">
-        <v>2988</v>
+        <v>3061</v>
       </c>
       <c r="D694" s="1" t="s">
-        <v>2996</v>
+        <v>3062</v>
       </c>
       <c r="E694" s="1" t="s">
-        <v>2428</v>
+        <v>3063</v>
       </c>
       <c r="F694" s="1" t="s">
-        <v>2991</v>
+        <v>3064</v>
       </c>
     </row>
     <row r="695" spans="1:6">
       <c r="A695" s="1" t="s">
-        <v>2997</v>
-[...3 lines deleted...]
-      </c>
+        <v>3065</v>
+      </c>
+      <c r="B695" s="1"/>
       <c r="C695" s="1" t="s">
-        <v>2999</v>
+        <v>3061</v>
       </c>
       <c r="D695" s="1" t="s">
-        <v>3000</v>
+        <v>3066</v>
       </c>
       <c r="E695" s="1" t="s">
-        <v>3001</v>
+        <v>3067</v>
       </c>
       <c r="F695" s="1"/>
     </row>
     <row r="696" spans="1:6">
       <c r="A696" s="1" t="s">
-        <v>3002</v>
+        <v>3068</v>
       </c>
       <c r="B696" s="1" t="s">
-        <v>3003</v>
+        <v>3069</v>
       </c>
       <c r="C696" s="1" t="s">
-        <v>3004</v>
+        <v>3061</v>
       </c>
       <c r="D696" s="1" t="s">
-        <v>3005</v>
+        <v>3070</v>
       </c>
       <c r="E696" s="1" t="s">
-        <v>3006</v>
+        <v>3071</v>
       </c>
       <c r="F696" s="1" t="s">
-        <v>3007</v>
+        <v>3072</v>
       </c>
     </row>
     <row r="697" spans="1:6">
       <c r="A697" s="1" t="s">
-        <v>3008</v>
-[...1 lines deleted...]
-      <c r="B697" s="1"/>
+        <v>3073</v>
+      </c>
+      <c r="B697" s="1" t="s">
+        <v>3074</v>
+      </c>
       <c r="C697" s="1" t="s">
-        <v>3004</v>
+        <v>3075</v>
       </c>
       <c r="D697" s="1" t="s">
-        <v>3009</v>
+        <v>3076</v>
       </c>
       <c r="E697" s="1" t="s">
-        <v>3010</v>
+        <v>3077</v>
       </c>
       <c r="F697" s="1"/>
     </row>
     <row r="698" spans="1:6">
       <c r="A698" s="1" t="s">
-        <v>3011</v>
+        <v>3078</v>
       </c>
       <c r="B698" s="1" t="s">
-        <v>3012</v>
+        <v>3079</v>
       </c>
       <c r="C698" s="1" t="s">
-        <v>3004</v>
+        <v>3080</v>
       </c>
       <c r="D698" s="1" t="s">
-        <v>3013</v>
+        <v>3081</v>
       </c>
       <c r="E698" s="1" t="s">
-        <v>3014</v>
+        <v>3082</v>
       </c>
       <c r="F698" s="1" t="s">
-        <v>3015</v>
+        <v>3083</v>
       </c>
     </row>
     <row r="699" spans="1:6">
       <c r="A699" s="1" t="s">
-        <v>3016</v>
-[...3 lines deleted...]
-      </c>
+        <v>3084</v>
+      </c>
+      <c r="B699" s="1"/>
       <c r="C699" s="1" t="s">
-        <v>3018</v>
+        <v>3080</v>
       </c>
       <c r="D699" s="1" t="s">
-        <v>3019</v>
+        <v>3085</v>
       </c>
       <c r="E699" s="1" t="s">
-        <v>3020</v>
+        <v>3086</v>
       </c>
       <c r="F699" s="1"/>
     </row>
     <row r="700" spans="1:6">
       <c r="A700" s="1" t="s">
-        <v>3021</v>
+        <v>3087</v>
       </c>
       <c r="B700" s="1" t="s">
-        <v>3022</v>
+        <v>3088</v>
       </c>
       <c r="C700" s="1" t="s">
-        <v>3023</v>
+        <v>3080</v>
       </c>
       <c r="D700" s="1" t="s">
-        <v>3024</v>
+        <v>3089</v>
       </c>
       <c r="E700" s="1" t="s">
-        <v>3025</v>
+        <v>3090</v>
       </c>
       <c r="F700" s="1" t="s">
-        <v>3026</v>
+        <v>3091</v>
       </c>
     </row>
     <row r="701" spans="1:6">
       <c r="A701" s="1" t="s">
-        <v>3027</v>
-[...1 lines deleted...]
-      <c r="B701" s="1"/>
+        <v>3092</v>
+      </c>
+      <c r="B701" s="1" t="s">
+        <v>3093</v>
+      </c>
       <c r="C701" s="1" t="s">
-        <v>3023</v>
+        <v>3080</v>
       </c>
       <c r="D701" s="1" t="s">
-        <v>3028</v>
+        <v>3094</v>
       </c>
       <c r="E701" s="1" t="s">
-        <v>3029</v>
-[...1 lines deleted...]
-      <c r="F701" s="1"/>
+        <v>3095</v>
+      </c>
+      <c r="F701" s="1" t="s">
+        <v>3096</v>
+      </c>
     </row>
     <row r="702" spans="1:6">
       <c r="A702" s="1" t="s">
-        <v>3030</v>
-[...1 lines deleted...]
-      <c r="B702" s="1"/>
+        <v>3097</v>
+      </c>
+      <c r="B702" s="1" t="s">
+        <v>3098</v>
+      </c>
       <c r="C702" s="1" t="s">
-        <v>3023</v>
+        <v>3080</v>
       </c>
       <c r="D702" s="1" t="s">
-        <v>3031</v>
+        <v>3099</v>
       </c>
       <c r="E702" s="1" t="s">
-        <v>3032</v>
+        <v>3100</v>
       </c>
       <c r="F702" s="1" t="s">
-        <v>3033</v>
+        <v>3101</v>
       </c>
     </row>
     <row r="703" spans="1:6">
       <c r="A703" s="1" t="s">
-        <v>3034</v>
-[...1 lines deleted...]
-      <c r="B703" s="1"/>
+        <v>3102</v>
+      </c>
+      <c r="B703" s="1" t="s">
+        <v>3103</v>
+      </c>
       <c r="C703" s="1" t="s">
-        <v>3023</v>
+        <v>3080</v>
       </c>
       <c r="D703" s="1" t="s">
-        <v>3035</v>
+        <v>3104</v>
       </c>
       <c r="E703" s="1" t="s">
-        <v>3036</v>
+        <v>3105</v>
       </c>
       <c r="F703" s="1" t="s">
-        <v>3037</v>
+        <v>3106</v>
       </c>
     </row>
     <row r="704" spans="1:6">
       <c r="A704" s="1" t="s">
-        <v>3038</v>
+        <v>3107</v>
       </c>
       <c r="B704" s="1"/>
       <c r="C704" s="1" t="s">
-        <v>3023</v>
+        <v>3108</v>
       </c>
       <c r="D704" s="1" t="s">
-        <v>3039</v>
+        <v>257</v>
       </c>
       <c r="E704" s="1" t="s">
-        <v>3040</v>
+        <v>3109</v>
       </c>
       <c r="F704" s="1" t="s">
-        <v>3041</v>
+        <v>259</v>
       </c>
     </row>
     <row r="705" spans="1:6">
       <c r="A705" s="1" t="s">
-        <v>3042</v>
+        <v>3110</v>
       </c>
       <c r="B705" s="1" t="s">
-        <v>3043</v>
+        <v>3111</v>
       </c>
       <c r="C705" s="1" t="s">
-        <v>3023</v>
+        <v>3112</v>
       </c>
       <c r="D705" s="1" t="s">
-        <v>3044</v>
+        <v>3113</v>
       </c>
       <c r="E705" s="1" t="s">
-        <v>3045</v>
-[...3 lines deleted...]
-      </c>
+        <v>3114</v>
+      </c>
+      <c r="F705" s="1"/>
     </row>
     <row r="706" spans="1:6">
       <c r="A706" s="1" t="s">
-        <v>3047</v>
-[...1 lines deleted...]
-      <c r="B706" s="1"/>
+        <v>3115</v>
+      </c>
+      <c r="B706" s="1" t="s">
+        <v>3116</v>
+      </c>
       <c r="C706" s="1" t="s">
-        <v>3048</v>
+        <v>3117</v>
       </c>
       <c r="D706" s="1" t="s">
-        <v>249</v>
+        <v>3118</v>
       </c>
       <c r="E706" s="1" t="s">
-        <v>3049</v>
-[...3 lines deleted...]
-      </c>
+        <v>3119</v>
+      </c>
+      <c r="F706" s="1"/>
     </row>
     <row r="707" spans="1:6">
       <c r="A707" s="1" t="s">
-        <v>3050</v>
+        <v>3120</v>
       </c>
       <c r="B707" s="1" t="s">
-        <v>3051</v>
+        <v>3121</v>
       </c>
       <c r="C707" s="1" t="s">
-        <v>3052</v>
+        <v>3117</v>
       </c>
       <c r="D707" s="1" t="s">
-        <v>3053</v>
+        <v>3122</v>
       </c>
       <c r="E707" s="1" t="s">
-        <v>3054</v>
-[...1 lines deleted...]
-      <c r="F707" s="1"/>
+        <v>3123</v>
+      </c>
+      <c r="F707" s="1" t="s">
+        <v>3124</v>
+      </c>
     </row>
     <row r="708" spans="1:6">
       <c r="A708" s="1" t="s">
-        <v>3055</v>
+        <v>3125</v>
       </c>
       <c r="B708" s="1" t="s">
-        <v>3056</v>
+        <v>3126</v>
       </c>
       <c r="C708" s="1" t="s">
-        <v>3057</v>
+        <v>3117</v>
       </c>
       <c r="D708" s="1" t="s">
-        <v>3058</v>
+        <v>3127</v>
       </c>
       <c r="E708" s="1" t="s">
-        <v>3059</v>
-[...1 lines deleted...]
-      <c r="F708" s="1"/>
+        <v>3128</v>
+      </c>
+      <c r="F708" s="1" t="s">
+        <v>3129</v>
+      </c>
     </row>
     <row r="709" spans="1:6">
       <c r="A709" s="1" t="s">
-        <v>3060</v>
+        <v>3130</v>
       </c>
       <c r="B709" s="1" t="s">
-        <v>3061</v>
+        <v>3131</v>
       </c>
       <c r="C709" s="1" t="s">
-        <v>3057</v>
+        <v>3132</v>
       </c>
       <c r="D709" s="1" t="s">
-        <v>3062</v>
+        <v>3133</v>
       </c>
       <c r="E709" s="1" t="s">
-        <v>3063</v>
+        <v>3134</v>
       </c>
       <c r="F709" s="1" t="s">
-        <v>3064</v>
+        <v>3135</v>
       </c>
     </row>
     <row r="710" spans="1:6">
       <c r="A710" s="1" t="s">
-        <v>3065</v>
+        <v>3136</v>
       </c>
       <c r="B710" s="1" t="s">
-        <v>3066</v>
+        <v>3137</v>
       </c>
       <c r="C710" s="1" t="s">
-        <v>3057</v>
+        <v>3132</v>
       </c>
       <c r="D710" s="1" t="s">
-        <v>3067</v>
+        <v>3138</v>
       </c>
       <c r="E710" s="1" t="s">
-        <v>3068</v>
+        <v>3139</v>
       </c>
       <c r="F710" s="1" t="s">
-        <v>3069</v>
+        <v>3140</v>
       </c>
     </row>
     <row r="711" spans="1:6">
       <c r="A711" s="1" t="s">
-        <v>3070</v>
-[...3 lines deleted...]
-      </c>
+        <v>3141</v>
+      </c>
+      <c r="B711" s="1"/>
       <c r="C711" s="1" t="s">
-        <v>3072</v>
+        <v>3132</v>
       </c>
       <c r="D711" s="1" t="s">
-        <v>3073</v>
+        <v>257</v>
       </c>
       <c r="E711" s="1" t="s">
-        <v>3074</v>
+        <v>3142</v>
       </c>
       <c r="F711" s="1" t="s">
-        <v>3075</v>
+        <v>259</v>
       </c>
     </row>
     <row r="712" spans="1:6">
       <c r="A712" s="1" t="s">
-        <v>3076</v>
+        <v>3143</v>
       </c>
       <c r="B712" s="1" t="s">
-        <v>3077</v>
+        <v>3144</v>
       </c>
       <c r="C712" s="1" t="s">
-        <v>3072</v>
+        <v>3132</v>
       </c>
       <c r="D712" s="1" t="s">
-        <v>3078</v>
+        <v>3145</v>
       </c>
       <c r="E712" s="1" t="s">
-        <v>3079</v>
+        <v>3146</v>
       </c>
       <c r="F712" s="1" t="s">
-        <v>3080</v>
+        <v>3147</v>
       </c>
     </row>
     <row r="713" spans="1:6">
       <c r="A713" s="1" t="s">
-        <v>3081</v>
-[...1 lines deleted...]
-      <c r="B713" s="1"/>
+        <v>3148</v>
+      </c>
+      <c r="B713" s="1" t="s">
+        <v>3149</v>
+      </c>
       <c r="C713" s="1" t="s">
-        <v>3072</v>
+        <v>3132</v>
       </c>
       <c r="D713" s="1" t="s">
-        <v>249</v>
+        <v>3150</v>
       </c>
       <c r="E713" s="1" t="s">
-        <v>3082</v>
+        <v>3151</v>
       </c>
       <c r="F713" s="1" t="s">
-        <v>251</v>
+        <v>3152</v>
       </c>
     </row>
     <row r="714" spans="1:6">
       <c r="A714" s="1" t="s">
-        <v>3083</v>
+        <v>3153</v>
       </c>
       <c r="B714" s="1" t="s">
-        <v>3084</v>
+        <v>3154</v>
       </c>
       <c r="C714" s="1" t="s">
-        <v>3072</v>
+        <v>3132</v>
       </c>
       <c r="D714" s="1" t="s">
-        <v>3085</v>
+        <v>3155</v>
       </c>
       <c r="E714" s="1" t="s">
-        <v>3086</v>
+        <v>3156</v>
       </c>
       <c r="F714" s="1" t="s">
-        <v>3087</v>
+        <v>3157</v>
       </c>
     </row>
     <row r="715" spans="1:6">
       <c r="A715" s="1" t="s">
-        <v>3088</v>
+        <v>3158</v>
       </c>
       <c r="B715" s="1" t="s">
-        <v>3089</v>
+        <v>3159</v>
       </c>
       <c r="C715" s="1" t="s">
-        <v>3072</v>
+        <v>3132</v>
       </c>
       <c r="D715" s="1" t="s">
-        <v>3090</v>
+        <v>3150</v>
       </c>
       <c r="E715" s="1" t="s">
-        <v>3091</v>
+        <v>3160</v>
       </c>
       <c r="F715" s="1" t="s">
-        <v>3092</v>
+        <v>3161</v>
       </c>
     </row>
     <row r="716" spans="1:6">
       <c r="A716" s="1" t="s">
-        <v>3093</v>
-[...1 lines deleted...]
-      <c r="B716" s="1"/>
+        <v>3162</v>
+      </c>
+      <c r="B716" s="1" t="s">
+        <v>2659</v>
+      </c>
       <c r="C716" s="1" t="s">
-        <v>3072</v>
+        <v>3163</v>
       </c>
       <c r="D716" s="1" t="s">
-        <v>3094</v>
+        <v>3164</v>
       </c>
       <c r="E716" s="1" t="s">
-        <v>3095</v>
+        <v>3165</v>
       </c>
       <c r="F716" s="1" t="s">
-        <v>3096</v>
+        <v>3166</v>
       </c>
     </row>
     <row r="717" spans="1:6">
       <c r="A717" s="1" t="s">
-        <v>3097</v>
+        <v>3167</v>
       </c>
       <c r="B717" s="1"/>
       <c r="C717" s="1" t="s">
-        <v>3072</v>
+        <v>3163</v>
       </c>
       <c r="D717" s="1" t="s">
-        <v>3090</v>
+        <v>3168</v>
       </c>
       <c r="E717" s="1" t="s">
-        <v>3098</v>
+        <v>3169</v>
       </c>
       <c r="F717" s="1" t="s">
-        <v>3099</v>
+        <v>3170</v>
       </c>
     </row>
     <row r="718" spans="1:6">
       <c r="A718" s="1" t="s">
-        <v>3100</v>
+        <v>3171</v>
       </c>
       <c r="B718" s="1" t="s">
-        <v>2603</v>
+        <v>3172</v>
       </c>
       <c r="C718" s="1" t="s">
-        <v>3101</v>
+        <v>3163</v>
       </c>
       <c r="D718" s="1" t="s">
-        <v>3102</v>
+        <v>3173</v>
       </c>
       <c r="E718" s="1" t="s">
-        <v>3103</v>
+        <v>3174</v>
       </c>
       <c r="F718" s="1" t="s">
-        <v>3104</v>
+        <v>3175</v>
       </c>
     </row>
     <row r="719" spans="1:6">
       <c r="A719" s="1" t="s">
-        <v>3105</v>
-[...1 lines deleted...]
-      <c r="B719" s="1"/>
+        <v>3176</v>
+      </c>
+      <c r="B719" s="1" t="s">
+        <v>3177</v>
+      </c>
       <c r="C719" s="1" t="s">
-        <v>3101</v>
+        <v>3178</v>
       </c>
       <c r="D719" s="1" t="s">
-        <v>3106</v>
+        <v>3179</v>
       </c>
       <c r="E719" s="1" t="s">
-        <v>3107</v>
+        <v>3180</v>
       </c>
       <c r="F719" s="1" t="s">
-        <v>3108</v>
+        <v>3181</v>
       </c>
     </row>
     <row r="720" spans="1:6">
       <c r="A720" s="1" t="s">
-        <v>3109</v>
-[...1 lines deleted...]
-      <c r="B720" s="1"/>
+        <v>3182</v>
+      </c>
+      <c r="B720" s="1" t="s">
+        <v>3183</v>
+      </c>
       <c r="C720" s="1" t="s">
-        <v>3101</v>
+        <v>3178</v>
       </c>
       <c r="D720" s="1" t="s">
-        <v>3110</v>
+        <v>3184</v>
       </c>
       <c r="E720" s="1" t="s">
-        <v>3111</v>
+        <v>3185</v>
       </c>
       <c r="F720" s="1" t="s">
-        <v>3112</v>
+        <v>3186</v>
       </c>
     </row>
     <row r="721" spans="1:6">
       <c r="A721" s="1" t="s">
-        <v>3113</v>
+        <v>3187</v>
       </c>
       <c r="B721" s="1" t="s">
-        <v>3114</v>
+        <v>3188</v>
       </c>
       <c r="C721" s="1" t="s">
-        <v>3115</v>
+        <v>3189</v>
       </c>
       <c r="D721" s="1" t="s">
-        <v>3116</v>
+        <v>3190</v>
       </c>
       <c r="E721" s="1" t="s">
-        <v>3117</v>
+        <v>3191</v>
       </c>
       <c r="F721" s="1" t="s">
-        <v>3118</v>
+        <v>3192</v>
       </c>
     </row>
     <row r="722" spans="1:6">
       <c r="A722" s="1" t="s">
-        <v>3119</v>
-[...1 lines deleted...]
-      <c r="B722" s="1"/>
+        <v>3193</v>
+      </c>
+      <c r="B722" s="1" t="s">
+        <v>3194</v>
+      </c>
       <c r="C722" s="1" t="s">
-        <v>3115</v>
+        <v>3189</v>
       </c>
       <c r="D722" s="1" t="s">
-        <v>3120</v>
+        <v>3195</v>
       </c>
       <c r="E722" s="1" t="s">
-        <v>3121</v>
+        <v>3196</v>
       </c>
       <c r="F722" s="1" t="s">
-        <v>3122</v>
+        <v>3197</v>
       </c>
     </row>
     <row r="723" spans="1:6">
       <c r="A723" s="1" t="s">
-        <v>3123</v>
+        <v>3198</v>
       </c>
       <c r="B723" s="1" t="s">
-        <v>3124</v>
+        <v>3199</v>
       </c>
       <c r="C723" s="1" t="s">
-        <v>3125</v>
+        <v>3200</v>
       </c>
       <c r="D723" s="1" t="s">
-        <v>3126</v>
+        <v>3201</v>
       </c>
       <c r="E723" s="1" t="s">
-        <v>3127</v>
+        <v>3202</v>
       </c>
       <c r="F723" s="1" t="s">
-        <v>3128</v>
+        <v>3203</v>
       </c>
     </row>
     <row r="724" spans="1:6">
       <c r="A724" s="1" t="s">
-        <v>3129</v>
+        <v>3204</v>
       </c>
       <c r="B724" s="1" t="s">
-        <v>3130</v>
+        <v>3205</v>
       </c>
       <c r="C724" s="1" t="s">
-        <v>3125</v>
+        <v>3200</v>
       </c>
       <c r="D724" s="1" t="s">
-        <v>3131</v>
+        <v>3206</v>
       </c>
       <c r="E724" s="1" t="s">
-        <v>3132</v>
+        <v>3207</v>
       </c>
       <c r="F724" s="1" t="s">
-        <v>3133</v>
+        <v>3208</v>
       </c>
     </row>
     <row r="725" spans="1:6">
       <c r="A725" s="1" t="s">
-        <v>3134</v>
-[...3 lines deleted...]
-      </c>
+        <v>3209</v>
+      </c>
+      <c r="B725" s="1"/>
       <c r="C725" s="1" t="s">
-        <v>3136</v>
+        <v>3200</v>
       </c>
       <c r="D725" s="1" t="s">
-        <v>3137</v>
+        <v>3210</v>
       </c>
       <c r="E725" s="1" t="s">
-        <v>3138</v>
-[...3 lines deleted...]
-      </c>
+        <v>3211</v>
+      </c>
+      <c r="F725" s="1"/>
     </row>
     <row r="726" spans="1:6">
       <c r="A726" s="1" t="s">
-        <v>3140</v>
+        <v>3212</v>
       </c>
       <c r="B726" s="1" t="s">
-        <v>3141</v>
+        <v>3213</v>
       </c>
       <c r="C726" s="1" t="s">
-        <v>3136</v>
+        <v>3214</v>
       </c>
       <c r="D726" s="1" t="s">
-        <v>3142</v>
+        <v>3215</v>
       </c>
       <c r="E726" s="1" t="s">
-        <v>3143</v>
+        <v>3216</v>
       </c>
       <c r="F726" s="1" t="s">
-        <v>3144</v>
+        <v>3217</v>
       </c>
     </row>
     <row r="727" spans="1:6">
       <c r="A727" s="1" t="s">
-        <v>3145</v>
+        <v>3218</v>
       </c>
       <c r="B727" s="1"/>
       <c r="C727" s="1" t="s">
-        <v>3136</v>
+        <v>3214</v>
       </c>
       <c r="D727" s="1" t="s">
-        <v>3146</v>
+        <v>3219</v>
       </c>
       <c r="E727" s="1" t="s">
-        <v>3147</v>
+        <v>3220</v>
       </c>
       <c r="F727" s="1"/>
     </row>
     <row r="728" spans="1:6">
       <c r="A728" s="1" t="s">
-        <v>3148</v>
-[...3 lines deleted...]
-      </c>
+        <v>3221</v>
+      </c>
+      <c r="B728" s="1"/>
       <c r="C728" s="1" t="s">
-        <v>3150</v>
+        <v>3214</v>
       </c>
       <c r="D728" s="1" t="s">
-        <v>3151</v>
+        <v>3222</v>
       </c>
       <c r="E728" s="1" t="s">
-        <v>3152</v>
+        <v>3223</v>
       </c>
       <c r="F728" s="1" t="s">
-        <v>3153</v>
+        <v>3224</v>
       </c>
     </row>
     <row r="729" spans="1:6">
       <c r="A729" s="1" t="s">
-        <v>3154</v>
-[...1 lines deleted...]
-      <c r="B729" s="1"/>
+        <v>3225</v>
+      </c>
+      <c r="B729" s="1" t="s">
+        <v>3226</v>
+      </c>
       <c r="C729" s="1" t="s">
-        <v>3150</v>
+        <v>3214</v>
       </c>
       <c r="D729" s="1" t="s">
-        <v>3155</v>
+        <v>3227</v>
       </c>
       <c r="E729" s="1" t="s">
-        <v>3156</v>
-[...1 lines deleted...]
-      <c r="F729" s="1"/>
+        <v>3223</v>
+      </c>
+      <c r="F729" s="1" t="s">
+        <v>3224</v>
+      </c>
     </row>
     <row r="730" spans="1:6">
       <c r="A730" s="1" t="s">
-        <v>3157</v>
-[...1 lines deleted...]
-      <c r="B730" s="1"/>
+        <v>3228</v>
+      </c>
+      <c r="B730" s="1" t="s">
+        <v>3229</v>
+      </c>
       <c r="C730" s="1" t="s">
-        <v>3150</v>
+        <v>3214</v>
       </c>
       <c r="D730" s="1" t="s">
-        <v>3158</v>
+        <v>3230</v>
       </c>
       <c r="E730" s="1" t="s">
-        <v>3159</v>
+        <v>3231</v>
       </c>
       <c r="F730" s="1" t="s">
-        <v>3160</v>
+        <v>3232</v>
       </c>
     </row>
     <row r="731" spans="1:6">
       <c r="A731" s="1" t="s">
-        <v>3161</v>
-[...1 lines deleted...]
-      <c r="B731" s="1"/>
+        <v>3233</v>
+      </c>
+      <c r="B731" s="1" t="s">
+        <v>3234</v>
+      </c>
       <c r="C731" s="1" t="s">
-        <v>3150</v>
+        <v>3214</v>
       </c>
       <c r="D731" s="1" t="s">
-        <v>3162</v>
+        <v>3235</v>
       </c>
       <c r="E731" s="1" t="s">
-        <v>3159</v>
+        <v>3236</v>
       </c>
       <c r="F731" s="1" t="s">
-        <v>3160</v>
+        <v>3232</v>
       </c>
     </row>
     <row r="732" spans="1:6">
       <c r="A732" s="1" t="s">
-        <v>3163</v>
-[...1 lines deleted...]
-      <c r="B732" s="1"/>
+        <v>3237</v>
+      </c>
+      <c r="B732" s="1" t="s">
+        <v>3238</v>
+      </c>
       <c r="C732" s="1" t="s">
-        <v>3150</v>
+        <v>3214</v>
       </c>
       <c r="D732" s="1" t="s">
-        <v>3164</v>
+        <v>3239</v>
       </c>
       <c r="E732" s="1" t="s">
-        <v>3165</v>
+        <v>3240</v>
       </c>
       <c r="F732" s="1" t="s">
-        <v>3166</v>
+        <v>3241</v>
       </c>
     </row>
     <row r="733" spans="1:6">
       <c r="A733" s="1" t="s">
-        <v>3167</v>
+        <v>3242</v>
       </c>
       <c r="B733" s="1" t="s">
-        <v>3168</v>
+        <v>3234</v>
       </c>
       <c r="C733" s="1" t="s">
-        <v>3150</v>
+        <v>3214</v>
       </c>
       <c r="D733" s="1" t="s">
-        <v>3169</v>
+        <v>3230</v>
       </c>
       <c r="E733" s="1" t="s">
-        <v>3170</v>
+        <v>3243</v>
       </c>
       <c r="F733" s="1" t="s">
-        <v>3166</v>
+        <v>3232</v>
       </c>
     </row>
     <row r="734" spans="1:6">
       <c r="A734" s="1" t="s">
-        <v>3171</v>
+        <v>3244</v>
       </c>
       <c r="B734" s="1" t="s">
-        <v>3172</v>
+        <v>3245</v>
       </c>
       <c r="C734" s="1" t="s">
-        <v>3150</v>
+        <v>3214</v>
       </c>
       <c r="D734" s="1" t="s">
-        <v>3173</v>
+        <v>3246</v>
       </c>
       <c r="E734" s="1" t="s">
-        <v>3174</v>
+        <v>3247</v>
       </c>
       <c r="F734" s="1" t="s">
-        <v>3175</v>
+        <v>3248</v>
       </c>
     </row>
     <row r="735" spans="1:6">
       <c r="A735" s="1" t="s">
-        <v>3176</v>
+        <v>3249</v>
       </c>
       <c r="B735" s="1" t="s">
-        <v>3168</v>
+        <v>3250</v>
       </c>
       <c r="C735" s="1" t="s">
-        <v>3150</v>
+        <v>3214</v>
       </c>
       <c r="D735" s="1" t="s">
-        <v>3164</v>
+        <v>3251</v>
       </c>
       <c r="E735" s="1" t="s">
-        <v>3177</v>
+        <v>3252</v>
       </c>
       <c r="F735" s="1" t="s">
-        <v>3166</v>
+        <v>3253</v>
       </c>
     </row>
     <row r="736" spans="1:6">
       <c r="A736" s="1" t="s">
-        <v>3178</v>
+        <v>3254</v>
       </c>
       <c r="B736" s="1" t="s">
-        <v>3179</v>
+        <v>3255</v>
       </c>
       <c r="C736" s="1" t="s">
-        <v>3150</v>
+        <v>3214</v>
       </c>
       <c r="D736" s="1" t="s">
-        <v>3180</v>
+        <v>3256</v>
       </c>
       <c r="E736" s="1" t="s">
-        <v>3181</v>
-[...3 lines deleted...]
-      </c>
+        <v>3257</v>
+      </c>
+      <c r="F736" s="1"/>
     </row>
     <row r="737" spans="1:6">
       <c r="A737" s="1" t="s">
-        <v>3183</v>
+        <v>3258</v>
       </c>
       <c r="B737" s="1" t="s">
-        <v>3184</v>
+        <v>3259</v>
       </c>
       <c r="C737" s="1" t="s">
-        <v>3150</v>
+        <v>3260</v>
       </c>
       <c r="D737" s="1" t="s">
-        <v>3185</v>
+        <v>3261</v>
       </c>
       <c r="E737" s="1" t="s">
-        <v>3186</v>
+        <v>3262</v>
       </c>
       <c r="F737" s="1" t="s">
-        <v>3187</v>
+        <v>3263</v>
       </c>
     </row>
     <row r="738" spans="1:6">
       <c r="A738" s="1" t="s">
-        <v>3188</v>
-[...3 lines deleted...]
-      </c>
+        <v>3264</v>
+      </c>
+      <c r="B738" s="1"/>
       <c r="C738" s="1" t="s">
-        <v>3150</v>
-[...3 lines deleted...]
-      </c>
+        <v>3260</v>
+      </c>
+      <c r="D738" s="1"/>
       <c r="E738" s="1" t="s">
-        <v>3191</v>
+        <v>3265</v>
       </c>
       <c r="F738" s="1"/>
     </row>
     <row r="739" spans="1:6">
       <c r="A739" s="1" t="s">
-        <v>3192</v>
-[...3 lines deleted...]
-      </c>
+        <v>3266</v>
+      </c>
+      <c r="B739" s="1"/>
       <c r="C739" s="1" t="s">
-        <v>3194</v>
-[...3 lines deleted...]
-      </c>
+        <v>3260</v>
+      </c>
+      <c r="D739" s="1"/>
       <c r="E739" s="1" t="s">
-        <v>3196</v>
+        <v>3267</v>
       </c>
       <c r="F739" s="1" t="s">
-        <v>3197</v>
+        <v>3268</v>
       </c>
     </row>
     <row r="740" spans="1:6">
       <c r="A740" s="1" t="s">
-        <v>3198</v>
-[...1 lines deleted...]
-      <c r="B740" s="1"/>
+        <v>3269</v>
+      </c>
+      <c r="B740" s="1" t="s">
+        <v>3270</v>
+      </c>
       <c r="C740" s="1" t="s">
-        <v>3194</v>
-[...1 lines deleted...]
-      <c r="D740" s="1"/>
+        <v>3260</v>
+      </c>
+      <c r="D740" s="1" t="s">
+        <v>3271</v>
+      </c>
       <c r="E740" s="1" t="s">
-        <v>3199</v>
-[...1 lines deleted...]
-      <c r="F740" s="1"/>
+        <v>3272</v>
+      </c>
+      <c r="F740" s="1" t="s">
+        <v>3273</v>
+      </c>
     </row>
     <row r="741" spans="1:6">
       <c r="A741" s="1" t="s">
-        <v>3200</v>
-[...1 lines deleted...]
-      <c r="B741" s="1"/>
+        <v>3274</v>
+      </c>
+      <c r="B741" s="1" t="s">
+        <v>3275</v>
+      </c>
       <c r="C741" s="1" t="s">
-        <v>3194</v>
-[...1 lines deleted...]
-      <c r="D741" s="1"/>
+        <v>3260</v>
+      </c>
+      <c r="D741" s="1" t="s">
+        <v>3276</v>
+      </c>
       <c r="E741" s="1" t="s">
-        <v>3201</v>
+        <v>3277</v>
       </c>
       <c r="F741" s="1" t="s">
-        <v>3202</v>
+        <v>3278</v>
       </c>
     </row>
     <row r="742" spans="1:6">
       <c r="A742" s="1" t="s">
-        <v>3203</v>
-[...1 lines deleted...]
-      <c r="B742" s="1"/>
+        <v>3279</v>
+      </c>
+      <c r="B742" s="1" t="s">
+        <v>3275</v>
+      </c>
       <c r="C742" s="1" t="s">
-        <v>3194</v>
+        <v>3260</v>
       </c>
       <c r="D742" s="1" t="s">
-        <v>3204</v>
+        <v>3280</v>
       </c>
       <c r="E742" s="1" t="s">
-        <v>3205</v>
+        <v>3281</v>
       </c>
       <c r="F742" s="1" t="s">
-        <v>3206</v>
+        <v>3282</v>
       </c>
     </row>
     <row r="743" spans="1:6">
       <c r="A743" s="1" t="s">
-        <v>3207</v>
-[...1 lines deleted...]
-      <c r="B743" s="1"/>
+        <v>3283</v>
+      </c>
+      <c r="B743" s="1" t="s">
+        <v>3284</v>
+      </c>
       <c r="C743" s="1" t="s">
-        <v>3194</v>
+        <v>3260</v>
       </c>
       <c r="D743" s="1" t="s">
-        <v>3208</v>
+        <v>3285</v>
       </c>
       <c r="E743" s="1" t="s">
-        <v>3209</v>
+        <v>3286</v>
       </c>
       <c r="F743" s="1" t="s">
-        <v>3210</v>
+        <v>3287</v>
       </c>
     </row>
     <row r="744" spans="1:6">
       <c r="A744" s="1" t="s">
-        <v>3211</v>
+        <v>3288</v>
       </c>
       <c r="B744" s="1" t="s">
-        <v>3212</v>
+        <v>3289</v>
       </c>
       <c r="C744" s="1" t="s">
-        <v>3194</v>
+        <v>3290</v>
       </c>
       <c r="D744" s="1" t="s">
-        <v>3213</v>
+        <v>3291</v>
       </c>
       <c r="E744" s="1" t="s">
-        <v>3214</v>
+        <v>3292</v>
       </c>
       <c r="F744" s="1" t="s">
-        <v>3215</v>
+        <v>3293</v>
       </c>
     </row>
     <row r="745" spans="1:6">
       <c r="A745" s="1" t="s">
-        <v>3216</v>
-[...1 lines deleted...]
-      <c r="B745" s="1"/>
+        <v>3294</v>
+      </c>
+      <c r="B745" s="1" t="s">
+        <v>3295</v>
+      </c>
       <c r="C745" s="1" t="s">
-        <v>3194</v>
+        <v>3290</v>
       </c>
       <c r="D745" s="1" t="s">
-        <v>3217</v>
+        <v>3296</v>
       </c>
       <c r="E745" s="1" t="s">
-        <v>3218</v>
+        <v>3297</v>
       </c>
       <c r="F745" s="1" t="s">
-        <v>3219</v>
+        <v>3298</v>
       </c>
     </row>
     <row r="746" spans="1:6">
       <c r="A746" s="1" t="s">
-        <v>3220</v>
+        <v>3299</v>
       </c>
       <c r="B746" s="1" t="s">
-        <v>3221</v>
+        <v>3300</v>
       </c>
       <c r="C746" s="1" t="s">
-        <v>3222</v>
+        <v>3290</v>
       </c>
       <c r="D746" s="1" t="s">
-        <v>3223</v>
+        <v>3301</v>
       </c>
       <c r="E746" s="1" t="s">
-        <v>3224</v>
+        <v>3302</v>
       </c>
       <c r="F746" s="1" t="s">
-        <v>3225</v>
+        <v>3303</v>
       </c>
     </row>
     <row r="747" spans="1:6">
       <c r="A747" s="1" t="s">
-        <v>3226</v>
-[...3 lines deleted...]
-      </c>
+        <v>3304</v>
+      </c>
+      <c r="B747" s="1"/>
       <c r="C747" s="1" t="s">
-        <v>3222</v>
+        <v>3290</v>
       </c>
       <c r="D747" s="1" t="s">
-        <v>3228</v>
+        <v>257</v>
       </c>
       <c r="E747" s="1" t="s">
-        <v>3229</v>
+        <v>3305</v>
       </c>
       <c r="F747" s="1" t="s">
-        <v>3230</v>
+        <v>387</v>
       </c>
     </row>
     <row r="748" spans="1:6">
       <c r="A748" s="1" t="s">
-        <v>3231</v>
-[...3 lines deleted...]
-      </c>
+        <v>3306</v>
+      </c>
+      <c r="B748" s="1"/>
       <c r="C748" s="1" t="s">
-        <v>3222</v>
+        <v>3290</v>
       </c>
       <c r="D748" s="1" t="s">
-        <v>3233</v>
+        <v>3307</v>
       </c>
       <c r="E748" s="1" t="s">
-        <v>3234</v>
-[...3 lines deleted...]
-      </c>
+        <v>3308</v>
+      </c>
+      <c r="F748" s="1"/>
     </row>
     <row r="749" spans="1:6">
       <c r="A749" s="1" t="s">
-        <v>3236</v>
-[...1 lines deleted...]
-      <c r="B749" s="1"/>
+        <v>3309</v>
+      </c>
+      <c r="B749" s="1" t="s">
+        <v>3310</v>
+      </c>
       <c r="C749" s="1" t="s">
-        <v>3222</v>
+        <v>3290</v>
       </c>
       <c r="D749" s="1" t="s">
-        <v>249</v>
+        <v>3311</v>
       </c>
       <c r="E749" s="1" t="s">
-        <v>3237</v>
+        <v>3312</v>
       </c>
       <c r="F749" s="1" t="s">
-        <v>377</v>
+        <v>3313</v>
       </c>
     </row>
     <row r="750" spans="1:6">
       <c r="A750" s="1" t="s">
-        <v>3238</v>
-[...1 lines deleted...]
-      <c r="B750" s="1"/>
+        <v>3314</v>
+      </c>
+      <c r="B750" s="1" t="s">
+        <v>3315</v>
+      </c>
       <c r="C750" s="1" t="s">
-        <v>3222</v>
+        <v>3290</v>
       </c>
       <c r="D750" s="1" t="s">
-        <v>3239</v>
+        <v>3316</v>
       </c>
       <c r="E750" s="1" t="s">
-        <v>3240</v>
-[...1 lines deleted...]
-      <c r="F750" s="1"/>
+        <v>3317</v>
+      </c>
+      <c r="F750" s="1" t="s">
+        <v>3318</v>
+      </c>
     </row>
     <row r="751" spans="1:6">
       <c r="A751" s="1" t="s">
-        <v>3241</v>
+        <v>3319</v>
       </c>
       <c r="B751" s="1" t="s">
-        <v>3242</v>
+        <v>3320</v>
       </c>
       <c r="C751" s="1" t="s">
-        <v>3222</v>
+        <v>3290</v>
       </c>
       <c r="D751" s="1" t="s">
-        <v>3243</v>
+        <v>3321</v>
       </c>
       <c r="E751" s="1" t="s">
-        <v>3244</v>
+        <v>3322</v>
       </c>
       <c r="F751" s="1" t="s">
-        <v>3245</v>
+        <v>3323</v>
       </c>
     </row>
     <row r="752" spans="1:6">
       <c r="A752" s="1" t="s">
-        <v>3246</v>
-[...1 lines deleted...]
-      <c r="B752" s="1"/>
+        <v>3324</v>
+      </c>
+      <c r="B752" s="1" t="s">
+        <v>3325</v>
+      </c>
       <c r="C752" s="1" t="s">
-        <v>3222</v>
+        <v>3326</v>
       </c>
       <c r="D752" s="1" t="s">
-        <v>3247</v>
+        <v>3327</v>
       </c>
       <c r="E752" s="1" t="s">
-        <v>3248</v>
-[...3 lines deleted...]
-      </c>
+        <v>3328</v>
+      </c>
+      <c r="F752" s="1"/>
     </row>
     <row r="753" spans="1:6">
       <c r="A753" s="1" t="s">
-        <v>3250</v>
-[...1 lines deleted...]
-      <c r="B753" s="1"/>
+        <v>3329</v>
+      </c>
+      <c r="B753" s="1" t="s">
+        <v>1435</v>
+      </c>
       <c r="C753" s="1" t="s">
-        <v>3222</v>
+        <v>3326</v>
       </c>
       <c r="D753" s="1" t="s">
-        <v>3251</v>
+        <v>3330</v>
       </c>
       <c r="E753" s="1" t="s">
-        <v>3252</v>
+        <v>3331</v>
       </c>
       <c r="F753" s="1" t="s">
-        <v>3253</v>
+        <v>1437</v>
       </c>
     </row>
     <row r="754" spans="1:6">
       <c r="A754" s="1" t="s">
-        <v>3254</v>
+        <v>3332</v>
       </c>
       <c r="B754" s="1" t="s">
-        <v>3255</v>
+        <v>3333</v>
       </c>
       <c r="C754" s="1" t="s">
-        <v>3256</v>
+        <v>3334</v>
       </c>
       <c r="D754" s="1" t="s">
-        <v>3257</v>
+        <v>3335</v>
       </c>
       <c r="E754" s="1" t="s">
-        <v>3258</v>
-[...1 lines deleted...]
-      <c r="F754" s="1"/>
+        <v>3336</v>
+      </c>
+      <c r="F754" s="1" t="s">
+        <v>3337</v>
+      </c>
     </row>
     <row r="755" spans="1:6">
       <c r="A755" s="1" t="s">
-        <v>3259</v>
+        <v>3338</v>
       </c>
       <c r="B755" s="1" t="s">
-        <v>1406</v>
+        <v>3339</v>
       </c>
       <c r="C755" s="1" t="s">
-        <v>3256</v>
+        <v>3334</v>
       </c>
       <c r="D755" s="1" t="s">
-        <v>3260</v>
+        <v>3340</v>
       </c>
       <c r="E755" s="1" t="s">
-        <v>3261</v>
+        <v>3341</v>
       </c>
       <c r="F755" s="1" t="s">
-        <v>1408</v>
+        <v>3337</v>
       </c>
     </row>
     <row r="756" spans="1:6">
       <c r="A756" s="1" t="s">
-        <v>3262</v>
+        <v>3342</v>
       </c>
       <c r="B756" s="1" t="s">
-        <v>3263</v>
+        <v>3343</v>
       </c>
       <c r="C756" s="1" t="s">
-        <v>3264</v>
+        <v>3334</v>
       </c>
       <c r="D756" s="1" t="s">
-        <v>3265</v>
+        <v>3344</v>
       </c>
       <c r="E756" s="1" t="s">
-        <v>3266</v>
+        <v>3345</v>
       </c>
       <c r="F756" s="1" t="s">
-        <v>3267</v>
+        <v>3346</v>
       </c>
     </row>
     <row r="757" spans="1:6">
       <c r="A757" s="1" t="s">
-        <v>3268</v>
+        <v>3347</v>
       </c>
       <c r="B757" s="1" t="s">
-        <v>3269</v>
+        <v>3348</v>
       </c>
       <c r="C757" s="1" t="s">
-        <v>3264</v>
+        <v>3334</v>
       </c>
       <c r="D757" s="1" t="s">
-        <v>3270</v>
+        <v>3349</v>
       </c>
       <c r="E757" s="1" t="s">
-        <v>3271</v>
-[...3 lines deleted...]
-      </c>
+        <v>3350</v>
+      </c>
+      <c r="F757" s="1"/>
     </row>
     <row r="758" spans="1:6">
       <c r="A758" s="1" t="s">
-        <v>3272</v>
-[...3 lines deleted...]
-      </c>
+        <v>3351</v>
+      </c>
+      <c r="B758" s="1"/>
       <c r="C758" s="1" t="s">
-        <v>3264</v>
+        <v>3334</v>
       </c>
       <c r="D758" s="1" t="s">
-        <v>3274</v>
+        <v>257</v>
       </c>
       <c r="E758" s="1" t="s">
-        <v>3275</v>
+        <v>3350</v>
       </c>
       <c r="F758" s="1" t="s">
-        <v>3276</v>
+        <v>387</v>
       </c>
     </row>
     <row r="759" spans="1:6">
       <c r="A759" s="1" t="s">
-        <v>3277</v>
-[...3 lines deleted...]
-      </c>
+        <v>3352</v>
+      </c>
+      <c r="B759" s="1"/>
       <c r="C759" s="1" t="s">
-        <v>3264</v>
+        <v>3334</v>
       </c>
       <c r="D759" s="1" t="s">
-        <v>3279</v>
+        <v>875</v>
       </c>
       <c r="E759" s="1" t="s">
-        <v>3280</v>
-[...1 lines deleted...]
-      <c r="F759" s="1"/>
+        <v>3353</v>
+      </c>
+      <c r="F759" s="1" t="s">
+        <v>3354</v>
+      </c>
     </row>
     <row r="760" spans="1:6">
       <c r="A760" s="1" t="s">
-        <v>3281</v>
+        <v>3355</v>
       </c>
       <c r="B760" s="1"/>
       <c r="C760" s="1" t="s">
-        <v>3264</v>
+        <v>3334</v>
       </c>
       <c r="D760" s="1" t="s">
-        <v>249</v>
+        <v>3356</v>
       </c>
       <c r="E760" s="1" t="s">
-        <v>3280</v>
-[...3 lines deleted...]
-      </c>
+        <v>3357</v>
+      </c>
+      <c r="F760" s="1"/>
     </row>
     <row r="761" spans="1:6">
       <c r="A761" s="1" t="s">
-        <v>3282</v>
-[...1 lines deleted...]
-      <c r="B761" s="1"/>
+        <v>3358</v>
+      </c>
+      <c r="B761" s="1" t="s">
+        <v>3359</v>
+      </c>
       <c r="C761" s="1" t="s">
-        <v>3264</v>
+        <v>3360</v>
       </c>
       <c r="D761" s="1" t="s">
-        <v>853</v>
+        <v>3361</v>
       </c>
       <c r="E761" s="1" t="s">
-        <v>3283</v>
-[...3 lines deleted...]
-      </c>
+        <v>3362</v>
+      </c>
+      <c r="F761" s="1"/>
     </row>
     <row r="762" spans="1:6">
       <c r="A762" s="1" t="s">
-        <v>3285</v>
-[...1 lines deleted...]
-      <c r="B762" s="1"/>
+        <v>3363</v>
+      </c>
+      <c r="B762" s="1" t="s">
+        <v>3364</v>
+      </c>
       <c r="C762" s="1" t="s">
-        <v>3264</v>
+        <v>3360</v>
       </c>
       <c r="D762" s="1" t="s">
-        <v>3286</v>
+        <v>3365</v>
       </c>
       <c r="E762" s="1" t="s">
-        <v>3287</v>
-[...1 lines deleted...]
-      <c r="F762" s="1"/>
+        <v>3366</v>
+      </c>
+      <c r="F762" s="1" t="s">
+        <v>3367</v>
+      </c>
     </row>
     <row r="763" spans="1:6">
       <c r="A763" s="1" t="s">
-        <v>3288</v>
-[...3 lines deleted...]
-      </c>
+        <v>3368</v>
+      </c>
+      <c r="B763" s="1"/>
       <c r="C763" s="1" t="s">
-        <v>3290</v>
+        <v>3360</v>
       </c>
       <c r="D763" s="1" t="s">
-        <v>3291</v>
+        <v>3369</v>
       </c>
       <c r="E763" s="1" t="s">
-        <v>3292</v>
+        <v>3370</v>
       </c>
       <c r="F763" s="1"/>
     </row>
     <row r="764" spans="1:6">
       <c r="A764" s="1" t="s">
-        <v>3293</v>
+        <v>3371</v>
       </c>
       <c r="B764" s="1" t="s">
-        <v>3294</v>
+        <v>3372</v>
       </c>
       <c r="C764" s="1" t="s">
-        <v>3290</v>
+        <v>3373</v>
       </c>
       <c r="D764" s="1" t="s">
-        <v>3295</v>
+        <v>3374</v>
       </c>
       <c r="E764" s="1" t="s">
-        <v>3296</v>
+        <v>3375</v>
       </c>
       <c r="F764" s="1" t="s">
-        <v>3297</v>
+        <v>3376</v>
       </c>
     </row>
     <row r="765" spans="1:6">
       <c r="A765" s="1" t="s">
-        <v>3298</v>
+        <v>3377</v>
       </c>
       <c r="B765" s="1"/>
       <c r="C765" s="1" t="s">
-        <v>3290</v>
+        <v>3373</v>
       </c>
       <c r="D765" s="1" t="s">
-        <v>3299</v>
+        <v>3378</v>
       </c>
       <c r="E765" s="1" t="s">
-        <v>3300</v>
+        <v>3379</v>
       </c>
       <c r="F765" s="1"/>
     </row>
     <row r="766" spans="1:6">
       <c r="A766" s="1" t="s">
-        <v>3301</v>
+        <v>3380</v>
       </c>
       <c r="B766" s="1" t="s">
-        <v>3302</v>
+        <v>3381</v>
       </c>
       <c r="C766" s="1" t="s">
-        <v>3303</v>
+        <v>3382</v>
       </c>
       <c r="D766" s="1" t="s">
-        <v>3304</v>
+        <v>3383</v>
       </c>
       <c r="E766" s="1" t="s">
-        <v>3305</v>
+        <v>3384</v>
       </c>
       <c r="F766" s="1" t="s">
-        <v>3306</v>
+        <v>3385</v>
       </c>
     </row>
     <row r="767" spans="1:6">
       <c r="A767" s="1" t="s">
-        <v>3307</v>
+        <v>3386</v>
       </c>
       <c r="B767" s="1"/>
       <c r="C767" s="1" t="s">
-        <v>3303</v>
+        <v>3382</v>
       </c>
       <c r="D767" s="1" t="s">
-        <v>3308</v>
+        <v>3387</v>
       </c>
       <c r="E767" s="1" t="s">
-        <v>3309</v>
+        <v>3388</v>
       </c>
       <c r="F767" s="1"/>
     </row>
     <row r="768" spans="1:6">
       <c r="A768" s="1" t="s">
-        <v>3310</v>
+        <v>3389</v>
       </c>
       <c r="B768" s="1" t="s">
-        <v>3311</v>
+        <v>3390</v>
       </c>
       <c r="C768" s="1" t="s">
-        <v>3312</v>
+        <v>3391</v>
       </c>
       <c r="D768" s="1" t="s">
-        <v>3313</v>
+        <v>3392</v>
       </c>
       <c r="E768" s="1" t="s">
-        <v>3314</v>
-[...3 lines deleted...]
-      </c>
+        <v>3393</v>
+      </c>
+      <c r="F768" s="1"/>
     </row>
     <row r="769" spans="1:6">
       <c r="A769" s="1" t="s">
-        <v>3316</v>
+        <v>3394</v>
       </c>
       <c r="B769" s="1"/>
       <c r="C769" s="1" t="s">
-        <v>3312</v>
+        <v>3391</v>
       </c>
       <c r="D769" s="1" t="s">
-        <v>3317</v>
+        <v>3395</v>
       </c>
       <c r="E769" s="1" t="s">
-        <v>3318</v>
+        <v>3396</v>
       </c>
       <c r="F769" s="1"/>
     </row>
     <row r="770" spans="1:6">
       <c r="A770" s="1" t="s">
-        <v>3319</v>
+        <v>3397</v>
       </c>
       <c r="B770" s="1" t="s">
-        <v>3320</v>
+        <v>3398</v>
       </c>
       <c r="C770" s="1" t="s">
-        <v>3321</v>
+        <v>3399</v>
       </c>
       <c r="D770" s="1" t="s">
-        <v>3322</v>
+        <v>3400</v>
       </c>
       <c r="E770" s="1" t="s">
-        <v>3323</v>
-[...1 lines deleted...]
-      <c r="F770" s="1"/>
+        <v>1315</v>
+      </c>
+      <c r="F770" s="1" t="s">
+        <v>3401</v>
+      </c>
     </row>
     <row r="771" spans="1:6">
       <c r="A771" s="1" t="s">
-        <v>3324</v>
-[...1 lines deleted...]
-      <c r="B771" s="1"/>
+        <v>3402</v>
+      </c>
+      <c r="B771" s="1" t="s">
+        <v>3403</v>
+      </c>
       <c r="C771" s="1" t="s">
-        <v>3321</v>
+        <v>3404</v>
       </c>
       <c r="D771" s="1" t="s">
-        <v>3325</v>
+        <v>3405</v>
       </c>
       <c r="E771" s="1" t="s">
-        <v>3326</v>
+        <v>3406</v>
       </c>
       <c r="F771" s="1"/>
     </row>
     <row r="772" spans="1:6">
       <c r="A772" s="1" t="s">
-        <v>3327</v>
-[...1 lines deleted...]
-      <c r="B772" s="1"/>
+        <v>3407</v>
+      </c>
+      <c r="B772" s="1" t="s">
+        <v>3408</v>
+      </c>
       <c r="C772" s="1" t="s">
-        <v>3328</v>
+        <v>3409</v>
       </c>
       <c r="D772" s="1" t="s">
-        <v>3329</v>
+        <v>3410</v>
       </c>
       <c r="E772" s="1" t="s">
-        <v>1288</v>
-[...3 lines deleted...]
-      </c>
+        <v>3411</v>
+      </c>
+      <c r="F772" s="1"/>
     </row>
     <row r="773" spans="1:6">
       <c r="A773" s="1" t="s">
-        <v>3331</v>
+        <v>3412</v>
       </c>
       <c r="B773" s="1" t="s">
-        <v>3332</v>
+        <v>3413</v>
       </c>
       <c r="C773" s="1" t="s">
-        <v>3333</v>
+        <v>3414</v>
       </c>
       <c r="D773" s="1" t="s">
-        <v>3334</v>
+        <v>3415</v>
       </c>
       <c r="E773" s="1" t="s">
-        <v>3335</v>
-[...1 lines deleted...]
-      <c r="F773" s="1"/>
+        <v>3416</v>
+      </c>
+      <c r="F773" s="1" t="s">
+        <v>3417</v>
+      </c>
     </row>
     <row r="774" spans="1:6">
       <c r="A774" s="1" t="s">
-        <v>3336</v>
+        <v>3418</v>
       </c>
       <c r="B774" s="1" t="s">
-        <v>3337</v>
+        <v>3419</v>
       </c>
       <c r="C774" s="1" t="s">
-        <v>3338</v>
+        <v>3414</v>
       </c>
       <c r="D774" s="1" t="s">
-        <v>3339</v>
+        <v>3420</v>
       </c>
       <c r="E774" s="1" t="s">
-        <v>3340</v>
-[...1 lines deleted...]
-      <c r="F774" s="1"/>
+        <v>3421</v>
+      </c>
+      <c r="F774" s="1" t="s">
+        <v>3422</v>
+      </c>
     </row>
     <row r="775" spans="1:6">
       <c r="A775" s="1" t="s">
-        <v>3341</v>
-[...3 lines deleted...]
-      </c>
+        <v>3423</v>
+      </c>
+      <c r="B775" s="1"/>
       <c r="C775" s="1" t="s">
-        <v>3343</v>
+        <v>3414</v>
       </c>
       <c r="D775" s="1" t="s">
-        <v>3344</v>
+        <v>3424</v>
       </c>
       <c r="E775" s="1" t="s">
-        <v>3345</v>
-[...3 lines deleted...]
-      </c>
+        <v>3425</v>
+      </c>
+      <c r="F775" s="1"/>
     </row>
     <row r="776" spans="1:6">
       <c r="A776" s="1" t="s">
-        <v>3347</v>
+        <v>3426</v>
       </c>
       <c r="B776" s="1" t="s">
-        <v>3348</v>
+        <v>3427</v>
       </c>
       <c r="C776" s="1" t="s">
-        <v>3343</v>
+        <v>3414</v>
       </c>
       <c r="D776" s="1" t="s">
-        <v>3349</v>
+        <v>3428</v>
       </c>
       <c r="E776" s="1" t="s">
-        <v>3350</v>
+        <v>3429</v>
       </c>
       <c r="F776" s="1" t="s">
-        <v>3351</v>
+        <v>3430</v>
       </c>
     </row>
     <row r="777" spans="1:6">
       <c r="A777" s="1" t="s">
-        <v>3352</v>
-[...1 lines deleted...]
-      <c r="B777" s="1"/>
+        <v>3431</v>
+      </c>
+      <c r="B777" s="1" t="s">
+        <v>3432</v>
+      </c>
       <c r="C777" s="1" t="s">
-        <v>3343</v>
+        <v>3414</v>
       </c>
       <c r="D777" s="1" t="s">
-        <v>3353</v>
+        <v>3433</v>
       </c>
       <c r="E777" s="1" t="s">
-        <v>3354</v>
-[...1 lines deleted...]
-      <c r="F777" s="1"/>
+        <v>3434</v>
+      </c>
+      <c r="F777" s="1" t="s">
+        <v>3435</v>
+      </c>
     </row>
     <row r="778" spans="1:6">
       <c r="A778" s="1" t="s">
-        <v>3355</v>
+        <v>3436</v>
       </c>
       <c r="B778" s="1" t="s">
-        <v>3356</v>
+        <v>3437</v>
       </c>
       <c r="C778" s="1" t="s">
-        <v>3343</v>
+        <v>3414</v>
       </c>
       <c r="D778" s="1" t="s">
-        <v>3357</v>
+        <v>3438</v>
       </c>
       <c r="E778" s="1" t="s">
-        <v>3358</v>
+        <v>3439</v>
       </c>
       <c r="F778" s="1" t="s">
-        <v>3359</v>
+        <v>3440</v>
       </c>
     </row>
     <row r="779" spans="1:6">
       <c r="A779" s="1" t="s">
-        <v>3360</v>
+        <v>3441</v>
       </c>
       <c r="B779" s="1" t="s">
-        <v>3361</v>
+        <v>3442</v>
       </c>
       <c r="C779" s="1" t="s">
-        <v>3343</v>
+        <v>3414</v>
       </c>
       <c r="D779" s="1" t="s">
-        <v>3362</v>
+        <v>3443</v>
       </c>
       <c r="E779" s="1" t="s">
-        <v>3363</v>
+        <v>3444</v>
       </c>
       <c r="F779" s="1" t="s">
-        <v>3364</v>
+        <v>3445</v>
       </c>
     </row>
     <row r="780" spans="1:6">
       <c r="A780" s="1" t="s">
-        <v>3365</v>
+        <v>3446</v>
       </c>
       <c r="B780" s="1" t="s">
-        <v>3366</v>
+        <v>3447</v>
       </c>
       <c r="C780" s="1" t="s">
-        <v>3343</v>
+        <v>3448</v>
       </c>
       <c r="D780" s="1" t="s">
-        <v>3367</v>
+        <v>3449</v>
       </c>
       <c r="E780" s="1" t="s">
-        <v>3368</v>
+        <v>3450</v>
       </c>
       <c r="F780" s="1" t="s">
-        <v>3369</v>
+        <v>3451</v>
       </c>
     </row>
     <row r="781" spans="1:6">
       <c r="A781" s="1" t="s">
-        <v>3370</v>
-[...3 lines deleted...]
-      </c>
+        <v>3452</v>
+      </c>
+      <c r="B781" s="1"/>
       <c r="C781" s="1" t="s">
-        <v>3343</v>
+        <v>3448</v>
       </c>
       <c r="D781" s="1" t="s">
-        <v>3372</v>
+        <v>3453</v>
       </c>
       <c r="E781" s="1" t="s">
-        <v>3373</v>
+        <v>3454</v>
       </c>
       <c r="F781" s="1" t="s">
-        <v>3374</v>
+        <v>3455</v>
       </c>
     </row>
     <row r="782" spans="1:6">
       <c r="A782" s="1" t="s">
-        <v>3375</v>
+        <v>3456</v>
       </c>
       <c r="B782" s="1" t="s">
-        <v>3376</v>
+        <v>3457</v>
       </c>
       <c r="C782" s="1" t="s">
-        <v>3377</v>
+        <v>3448</v>
       </c>
       <c r="D782" s="1" t="s">
-        <v>3378</v>
+        <v>3458</v>
       </c>
       <c r="E782" s="1" t="s">
-        <v>3379</v>
+        <v>3459</v>
       </c>
       <c r="F782" s="1" t="s">
-        <v>3380</v>
+        <v>3460</v>
       </c>
     </row>
     <row r="783" spans="1:6">
       <c r="A783" s="1" t="s">
-        <v>3381</v>
-[...1 lines deleted...]
-      <c r="B783" s="1"/>
+        <v>3461</v>
+      </c>
+      <c r="B783" s="1" t="s">
+        <v>3462</v>
+      </c>
       <c r="C783" s="1" t="s">
-        <v>3377</v>
+        <v>3463</v>
       </c>
       <c r="D783" s="1" t="s">
-        <v>3382</v>
+        <v>3464</v>
       </c>
       <c r="E783" s="1" t="s">
-        <v>3383</v>
+        <v>3465</v>
       </c>
       <c r="F783" s="1" t="s">
-        <v>3384</v>
+        <v>3466</v>
       </c>
     </row>
     <row r="784" spans="1:6">
       <c r="A784" s="1" t="s">
-        <v>3385</v>
+        <v>3467</v>
       </c>
       <c r="B784" s="1"/>
       <c r="C784" s="1" t="s">
-        <v>3377</v>
+        <v>3463</v>
       </c>
       <c r="D784" s="1" t="s">
-        <v>3386</v>
+        <v>3468</v>
       </c>
       <c r="E784" s="1" t="s">
-        <v>3387</v>
-[...3 lines deleted...]
-      </c>
+        <v>3469</v>
+      </c>
+      <c r="F784" s="1"/>
     </row>
     <row r="785" spans="1:6">
       <c r="A785" s="1" t="s">
-        <v>3389</v>
+        <v>3470</v>
       </c>
       <c r="B785" s="1" t="s">
-        <v>3390</v>
+        <v>3471</v>
       </c>
       <c r="C785" s="1" t="s">
-        <v>3391</v>
+        <v>3472</v>
       </c>
       <c r="D785" s="1" t="s">
-        <v>3392</v>
+        <v>3473</v>
       </c>
       <c r="E785" s="1" t="s">
-        <v>3393</v>
+        <v>3474</v>
       </c>
       <c r="F785" s="1" t="s">
-        <v>3394</v>
+        <v>3475</v>
       </c>
     </row>
     <row r="786" spans="1:6">
       <c r="A786" s="1" t="s">
-        <v>3395</v>
-[...1 lines deleted...]
-      <c r="B786" s="1"/>
+        <v>3476</v>
+      </c>
+      <c r="B786" s="1" t="s">
+        <v>3477</v>
+      </c>
       <c r="C786" s="1" t="s">
-        <v>3391</v>
+        <v>3478</v>
       </c>
       <c r="D786" s="1" t="s">
-        <v>3396</v>
+        <v>3479</v>
       </c>
       <c r="E786" s="1" t="s">
-        <v>3397</v>
-[...1 lines deleted...]
-      <c r="F786" s="1"/>
+        <v>3480</v>
+      </c>
+      <c r="F786" s="1" t="s">
+        <v>3481</v>
+      </c>
     </row>
     <row r="787" spans="1:6">
       <c r="A787" s="1" t="s">
-        <v>3398</v>
-[...3 lines deleted...]
-      </c>
+        <v>3482</v>
+      </c>
+      <c r="B787" s="1"/>
       <c r="C787" s="1" t="s">
-        <v>3400</v>
+        <v>3483</v>
       </c>
       <c r="D787" s="1" t="s">
-        <v>3401</v>
+        <v>3484</v>
       </c>
       <c r="E787" s="1" t="s">
-        <v>3402</v>
-[...3 lines deleted...]
-      </c>
+        <v>3485</v>
+      </c>
+      <c r="F787" s="1"/>
     </row>
     <row r="788" spans="1:6">
       <c r="A788" s="1" t="s">
-        <v>3404</v>
+        <v>3486</v>
       </c>
       <c r="B788" s="1" t="s">
-        <v>3405</v>
+        <v>3487</v>
       </c>
       <c r="C788" s="1" t="s">
-        <v>3406</v>
+        <v>3488</v>
       </c>
       <c r="D788" s="1" t="s">
-        <v>3407</v>
+        <v>3489</v>
       </c>
       <c r="E788" s="1" t="s">
-        <v>3408</v>
+        <v>3490</v>
       </c>
       <c r="F788" s="1" t="s">
-        <v>3409</v>
+        <v>3491</v>
       </c>
     </row>
     <row r="789" spans="1:6">
       <c r="A789" s="1" t="s">
-        <v>3410</v>
-[...1 lines deleted...]
-      <c r="B789" s="1"/>
+        <v>3492</v>
+      </c>
+      <c r="B789" s="1" t="s">
+        <v>3493</v>
+      </c>
       <c r="C789" s="1" t="s">
-        <v>3411</v>
+        <v>3494</v>
       </c>
       <c r="D789" s="1" t="s">
-        <v>3412</v>
+        <v>3495</v>
       </c>
       <c r="E789" s="1" t="s">
-        <v>3413</v>
-[...1 lines deleted...]
-      <c r="F789" s="1"/>
+        <v>3496</v>
+      </c>
+      <c r="F789" s="1" t="s">
+        <v>3497</v>
+      </c>
     </row>
     <row r="790" spans="1:6">
       <c r="A790" s="1" t="s">
-        <v>3414</v>
-[...3 lines deleted...]
-      </c>
+        <v>3498</v>
+      </c>
+      <c r="B790" s="1"/>
       <c r="C790" s="1" t="s">
-        <v>3416</v>
+        <v>3494</v>
       </c>
       <c r="D790" s="1" t="s">
-        <v>3417</v>
+        <v>3499</v>
       </c>
       <c r="E790" s="1" t="s">
-        <v>3418</v>
-[...3 lines deleted...]
-      </c>
+        <v>3500</v>
+      </c>
+      <c r="F790" s="1"/>
     </row>
     <row r="791" spans="1:6">
       <c r="A791" s="1" t="s">
-        <v>3420</v>
+        <v>3501</v>
       </c>
       <c r="B791" s="1" t="s">
-        <v>3421</v>
+        <v>3502</v>
       </c>
       <c r="C791" s="1" t="s">
-        <v>3422</v>
+        <v>3503</v>
       </c>
       <c r="D791" s="1" t="s">
-        <v>3423</v>
+        <v>3504</v>
       </c>
       <c r="E791" s="1" t="s">
-        <v>3424</v>
-[...3 lines deleted...]
-      </c>
+        <v>3505</v>
+      </c>
+      <c r="F791" s="1"/>
     </row>
     <row r="792" spans="1:6">
       <c r="A792" s="1" t="s">
-        <v>3426</v>
-[...1 lines deleted...]
-      <c r="B792" s="1"/>
+        <v>3506</v>
+      </c>
+      <c r="B792" s="1" t="s">
+        <v>3507</v>
+      </c>
       <c r="C792" s="1" t="s">
-        <v>3422</v>
+        <v>3508</v>
       </c>
       <c r="D792" s="1" t="s">
-        <v>3427</v>
+        <v>3509</v>
       </c>
       <c r="E792" s="1" t="s">
-        <v>3428</v>
+        <v>3510</v>
       </c>
       <c r="F792" s="1"/>
     </row>
     <row r="793" spans="1:6">
       <c r="A793" s="1" t="s">
-        <v>3429</v>
+        <v>3511</v>
       </c>
       <c r="B793" s="1" t="s">
-        <v>3430</v>
+        <v>3512</v>
       </c>
       <c r="C793" s="1" t="s">
-        <v>3431</v>
+        <v>3508</v>
       </c>
       <c r="D793" s="1" t="s">
-        <v>3432</v>
+        <v>3513</v>
       </c>
       <c r="E793" s="1" t="s">
-        <v>3433</v>
-[...1 lines deleted...]
-      <c r="F793" s="1"/>
+        <v>3514</v>
+      </c>
+      <c r="F793" s="1" t="s">
+        <v>3515</v>
+      </c>
     </row>
     <row r="794" spans="1:6">
       <c r="A794" s="1" t="s">
-        <v>3434</v>
+        <v>3516</v>
       </c>
       <c r="B794" s="1" t="s">
-        <v>3435</v>
+        <v>3517</v>
       </c>
       <c r="C794" s="1" t="s">
-        <v>3436</v>
+        <v>3518</v>
       </c>
       <c r="D794" s="1" t="s">
-        <v>3437</v>
+        <v>3519</v>
       </c>
       <c r="E794" s="1" t="s">
-        <v>3438</v>
-[...1 lines deleted...]
-      <c r="F794" s="1"/>
+        <v>3520</v>
+      </c>
+      <c r="F794" s="1" t="s">
+        <v>3521</v>
+      </c>
     </row>
     <row r="795" spans="1:6">
       <c r="A795" s="1" t="s">
-        <v>3439</v>
-[...3 lines deleted...]
-      </c>
+        <v>3522</v>
+      </c>
+      <c r="B795" s="1"/>
       <c r="C795" s="1" t="s">
-        <v>3436</v>
+        <v>3518</v>
       </c>
       <c r="D795" s="1" t="s">
-        <v>3441</v>
+        <v>3523</v>
       </c>
       <c r="E795" s="1" t="s">
-        <v>3442</v>
-[...3 lines deleted...]
-      </c>
+        <v>3524</v>
+      </c>
+      <c r="F795" s="1"/>
     </row>
     <row r="796" spans="1:6">
       <c r="A796" s="1" t="s">
-        <v>3444</v>
+        <v>3525</v>
       </c>
       <c r="B796" s="1" t="s">
-        <v>3445</v>
+        <v>3526</v>
       </c>
       <c r="C796" s="1" t="s">
-        <v>3446</v>
+        <v>3518</v>
       </c>
       <c r="D796" s="1" t="s">
-        <v>3447</v>
+        <v>3527</v>
       </c>
       <c r="E796" s="1" t="s">
-        <v>3448</v>
-[...3 lines deleted...]
-      </c>
+        <v>3528</v>
+      </c>
+      <c r="F796" s="1"/>
     </row>
     <row r="797" spans="1:6">
       <c r="A797" s="1" t="s">
-        <v>3450</v>
-[...1 lines deleted...]
-      <c r="B797" s="1"/>
+        <v>3529</v>
+      </c>
+      <c r="B797" s="1" t="s">
+        <v>3530</v>
+      </c>
       <c r="C797" s="1" t="s">
-        <v>3446</v>
+        <v>3531</v>
       </c>
       <c r="D797" s="1" t="s">
-        <v>3451</v>
+        <v>3532</v>
       </c>
       <c r="E797" s="1" t="s">
-        <v>3452</v>
-[...1 lines deleted...]
-      <c r="F797" s="1"/>
+        <v>3533</v>
+      </c>
+      <c r="F797" s="1" t="s">
+        <v>3534</v>
+      </c>
     </row>
     <row r="798" spans="1:6">
       <c r="A798" s="1" t="s">
-        <v>3453</v>
-[...3 lines deleted...]
-      </c>
+        <v>3535</v>
+      </c>
+      <c r="B798" s="1"/>
       <c r="C798" s="1" t="s">
-        <v>3446</v>
+        <v>3531</v>
       </c>
       <c r="D798" s="1" t="s">
-        <v>3455</v>
+        <v>3536</v>
       </c>
       <c r="E798" s="1" t="s">
-        <v>3456</v>
+        <v>3537</v>
       </c>
       <c r="F798" s="1"/>
     </row>
     <row r="799" spans="1:6">
       <c r="A799" s="1" t="s">
-        <v>3457</v>
+        <v>3538</v>
       </c>
       <c r="B799" s="1" t="s">
-        <v>3458</v>
+        <v>3539</v>
       </c>
       <c r="C799" s="1" t="s">
-        <v>3459</v>
+        <v>3540</v>
       </c>
       <c r="D799" s="1" t="s">
-        <v>3460</v>
+        <v>3541</v>
       </c>
       <c r="E799" s="1" t="s">
-        <v>3461</v>
+        <v>3542</v>
       </c>
       <c r="F799" s="1" t="s">
-        <v>3462</v>
+        <v>3543</v>
       </c>
     </row>
     <row r="800" spans="1:6">
       <c r="A800" s="1" t="s">
-        <v>3463</v>
+        <v>3544</v>
       </c>
       <c r="B800" s="1"/>
       <c r="C800" s="1" t="s">
-        <v>3459</v>
+        <v>3540</v>
       </c>
       <c r="D800" s="1" t="s">
-        <v>3464</v>
+        <v>3545</v>
       </c>
       <c r="E800" s="1" t="s">
-        <v>3465</v>
+        <v>3546</v>
       </c>
       <c r="F800" s="1"/>
     </row>
     <row r="801" spans="1:6">
       <c r="A801" s="1" t="s">
-        <v>3466</v>
+        <v>3547</v>
       </c>
       <c r="B801" s="1" t="s">
-        <v>3467</v>
+        <v>3548</v>
       </c>
       <c r="C801" s="1" t="s">
-        <v>3468</v>
+        <v>3549</v>
       </c>
       <c r="D801" s="1" t="s">
-        <v>3469</v>
+        <v>3550</v>
       </c>
       <c r="E801" s="1" t="s">
-        <v>3470</v>
-[...3 lines deleted...]
-      </c>
+        <v>3551</v>
+      </c>
+      <c r="F801" s="1"/>
     </row>
     <row r="802" spans="1:6">
       <c r="A802" s="1" t="s">
-        <v>3472</v>
-[...1 lines deleted...]
-      <c r="B802" s="1"/>
+        <v>3552</v>
+      </c>
+      <c r="B802" s="1" t="s">
+        <v>3548</v>
+      </c>
       <c r="C802" s="1" t="s">
-        <v>3468</v>
+        <v>3549</v>
       </c>
       <c r="D802" s="1" t="s">
-        <v>3473</v>
+        <v>2207</v>
       </c>
       <c r="E802" s="1" t="s">
-        <v>3474</v>
+        <v>3553</v>
       </c>
       <c r="F802" s="1"/>
     </row>
     <row r="803" spans="1:6">
       <c r="A803" s="1" t="s">
-        <v>3475</v>
+        <v>3554</v>
       </c>
       <c r="B803" s="1" t="s">
-        <v>3476</v>
+        <v>3555</v>
       </c>
       <c r="C803" s="1" t="s">
-        <v>3477</v>
+        <v>3556</v>
       </c>
       <c r="D803" s="1" t="s">
-        <v>3478</v>
+        <v>3557</v>
       </c>
       <c r="E803" s="1" t="s">
-        <v>3479</v>
-[...1 lines deleted...]
-      <c r="F803" s="1"/>
+        <v>3558</v>
+      </c>
+      <c r="F803" s="1" t="s">
+        <v>3559</v>
+      </c>
     </row>
     <row r="804" spans="1:6">
       <c r="A804" s="1" t="s">
-        <v>3480</v>
+        <v>3560</v>
       </c>
       <c r="B804" s="1" t="s">
-        <v>3476</v>
+        <v>3561</v>
       </c>
       <c r="C804" s="1" t="s">
-        <v>3477</v>
+        <v>3556</v>
       </c>
       <c r="D804" s="1" t="s">
-        <v>2160</v>
+        <v>3562</v>
       </c>
       <c r="E804" s="1" t="s">
-        <v>3481</v>
-[...1 lines deleted...]
-      <c r="F804" s="1"/>
+        <v>3563</v>
+      </c>
+      <c r="F804" s="1" t="s">
+        <v>3564</v>
+      </c>
     </row>
     <row r="805" spans="1:6">
       <c r="A805" s="1" t="s">
-        <v>3482</v>
-[...1 lines deleted...]
-      <c r="B805" s="1"/>
+        <v>3565</v>
+      </c>
+      <c r="B805" s="1" t="s">
+        <v>3566</v>
+      </c>
       <c r="C805" s="1" t="s">
-        <v>3483</v>
+        <v>3556</v>
       </c>
       <c r="D805" s="1" t="s">
-        <v>3484</v>
+        <v>3567</v>
       </c>
       <c r="E805" s="1" t="s">
-        <v>3485</v>
+        <v>3568</v>
       </c>
       <c r="F805" s="1" t="s">
-        <v>3486</v>
+        <v>3569</v>
       </c>
     </row>
     <row r="806" spans="1:6">
       <c r="A806" s="1" t="s">
-        <v>3487</v>
+        <v>3570</v>
       </c>
       <c r="B806" s="1" t="s">
-        <v>3488</v>
+        <v>3571</v>
       </c>
       <c r="C806" s="1" t="s">
-        <v>3483</v>
+        <v>3572</v>
       </c>
       <c r="D806" s="1" t="s">
-        <v>3489</v>
+        <v>3573</v>
       </c>
       <c r="E806" s="1" t="s">
-        <v>3490</v>
+        <v>3574</v>
       </c>
       <c r="F806" s="1" t="s">
-        <v>3491</v>
+        <v>3575</v>
       </c>
     </row>
     <row r="807" spans="1:6">
       <c r="A807" s="1" t="s">
-        <v>3492</v>
+        <v>3576</v>
       </c>
       <c r="B807" s="1" t="s">
-        <v>3493</v>
+        <v>3577</v>
       </c>
       <c r="C807" s="1" t="s">
-        <v>3483</v>
+        <v>3578</v>
       </c>
       <c r="D807" s="1" t="s">
-        <v>3494</v>
+        <v>3579</v>
       </c>
       <c r="E807" s="1" t="s">
-        <v>3495</v>
+        <v>3580</v>
       </c>
       <c r="F807" s="1" t="s">
-        <v>3496</v>
+        <v>3581</v>
       </c>
     </row>
     <row r="808" spans="1:6">
       <c r="A808" s="1" t="s">
-        <v>3497</v>
+        <v>3582</v>
       </c>
       <c r="B808" s="1"/>
       <c r="C808" s="1" t="s">
-        <v>3498</v>
+        <v>3578</v>
       </c>
       <c r="D808" s="1" t="s">
-        <v>3499</v>
+        <v>3583</v>
       </c>
       <c r="E808" s="1" t="s">
-        <v>3500</v>
-[...3 lines deleted...]
-      </c>
+        <v>3584</v>
+      </c>
+      <c r="F808" s="1"/>
     </row>
     <row r="809" spans="1:6">
       <c r="A809" s="1" t="s">
-        <v>3502</v>
+        <v>3585</v>
       </c>
       <c r="B809" s="1" t="s">
-        <v>3503</v>
+        <v>3586</v>
       </c>
       <c r="C809" s="1" t="s">
-        <v>3504</v>
+        <v>3587</v>
       </c>
       <c r="D809" s="1" t="s">
-        <v>3505</v>
+        <v>3588</v>
       </c>
       <c r="E809" s="1" t="s">
-        <v>3506</v>
+        <v>3589</v>
       </c>
       <c r="F809" s="1" t="s">
-        <v>3507</v>
+        <v>3590</v>
       </c>
     </row>
     <row r="810" spans="1:6">
       <c r="A810" s="1" t="s">
-        <v>3508</v>
+        <v>3591</v>
       </c>
       <c r="B810" s="1"/>
       <c r="C810" s="1" t="s">
-        <v>3504</v>
+        <v>3587</v>
       </c>
       <c r="D810" s="1" t="s">
-        <v>3509</v>
+        <v>3592</v>
       </c>
       <c r="E810" s="1" t="s">
-        <v>3510</v>
+        <v>3593</v>
       </c>
       <c r="F810" s="1"/>
     </row>
     <row r="811" spans="1:6">
       <c r="A811" s="1" t="s">
-        <v>3511</v>
+        <v>3594</v>
       </c>
       <c r="B811" s="1" t="s">
-        <v>3512</v>
+        <v>3595</v>
       </c>
       <c r="C811" s="1" t="s">
-        <v>3513</v>
+        <v>3596</v>
       </c>
       <c r="D811" s="1" t="s">
-        <v>3514</v>
+        <v>3597</v>
       </c>
       <c r="E811" s="1" t="s">
-        <v>3515</v>
+        <v>3598</v>
       </c>
       <c r="F811" s="1" t="s">
-        <v>3516</v>
+        <v>3599</v>
       </c>
     </row>
     <row r="812" spans="1:6">
       <c r="A812" s="1" t="s">
-        <v>3517</v>
+        <v>3600</v>
       </c>
       <c r="B812" s="1"/>
       <c r="C812" s="1" t="s">
-        <v>3513</v>
+        <v>3596</v>
       </c>
       <c r="D812" s="1" t="s">
-        <v>3518</v>
+        <v>3601</v>
       </c>
       <c r="E812" s="1" t="s">
-        <v>3519</v>
+        <v>3602</v>
       </c>
       <c r="F812" s="1"/>
     </row>
     <row r="813" spans="1:6">
       <c r="A813" s="1" t="s">
-        <v>3520</v>
+        <v>3603</v>
       </c>
       <c r="B813" s="1" t="s">
-        <v>3521</v>
+        <v>3604</v>
       </c>
       <c r="C813" s="1" t="s">
-        <v>3522</v>
+        <v>3605</v>
       </c>
       <c r="D813" s="1" t="s">
-        <v>3523</v>
+        <v>3606</v>
       </c>
       <c r="E813" s="1" t="s">
-        <v>3524</v>
-[...3 lines deleted...]
-      </c>
+        <v>3607</v>
+      </c>
+      <c r="F813" s="1"/>
     </row>
     <row r="814" spans="1:6">
       <c r="A814" s="1" t="s">
-        <v>3526</v>
-[...1 lines deleted...]
-      <c r="B814" s="1"/>
+        <v>3608</v>
+      </c>
+      <c r="B814" s="1" t="s">
+        <v>3609</v>
+      </c>
       <c r="C814" s="1" t="s">
-        <v>3522</v>
+        <v>3605</v>
       </c>
       <c r="D814" s="1" t="s">
-        <v>3527</v>
+        <v>3610</v>
       </c>
       <c r="E814" s="1" t="s">
-        <v>3528</v>
-[...1 lines deleted...]
-      <c r="F814" s="1"/>
+        <v>3611</v>
+      </c>
+      <c r="F814" s="1" t="s">
+        <v>3612</v>
+      </c>
     </row>
     <row r="815" spans="1:6">
       <c r="A815" s="1" t="s">
-        <v>3529</v>
+        <v>3613</v>
       </c>
       <c r="B815" s="1" t="s">
-        <v>3530</v>
+        <v>3614</v>
       </c>
       <c r="C815" s="1" t="s">
-        <v>3531</v>
+        <v>3615</v>
       </c>
       <c r="D815" s="1" t="s">
-        <v>3532</v>
+        <v>3616</v>
       </c>
       <c r="E815" s="1" t="s">
-        <v>3533</v>
-[...1 lines deleted...]
-      <c r="F815" s="1"/>
+        <v>3617</v>
+      </c>
+      <c r="F815" s="1" t="s">
+        <v>3618</v>
+      </c>
     </row>
     <row r="816" spans="1:6">
       <c r="A816" s="1" t="s">
-        <v>3534</v>
-[...3 lines deleted...]
-      </c>
+        <v>3619</v>
+      </c>
+      <c r="B816" s="1"/>
       <c r="C816" s="1" t="s">
-        <v>3531</v>
+        <v>3615</v>
       </c>
       <c r="D816" s="1" t="s">
-        <v>3536</v>
+        <v>3620</v>
       </c>
       <c r="E816" s="1" t="s">
-        <v>3537</v>
-[...3 lines deleted...]
-      </c>
+        <v>3621</v>
+      </c>
+      <c r="F816" s="1"/>
     </row>
     <row r="817" spans="1:6">
       <c r="A817" s="1" t="s">
-        <v>3539</v>
+        <v>3622</v>
       </c>
       <c r="B817" s="1" t="s">
-        <v>3540</v>
+        <v>3623</v>
       </c>
       <c r="C817" s="1" t="s">
-        <v>3541</v>
+        <v>3615</v>
       </c>
       <c r="D817" s="1" t="s">
-        <v>3542</v>
+        <v>3624</v>
       </c>
       <c r="E817" s="1" t="s">
-        <v>3543</v>
-[...3 lines deleted...]
-      </c>
+        <v>3625</v>
+      </c>
+      <c r="F817" s="1"/>
     </row>
     <row r="818" spans="1:6">
       <c r="A818" s="1" t="s">
-        <v>3545</v>
-[...1 lines deleted...]
-      <c r="B818" s="1"/>
+        <v>3626</v>
+      </c>
+      <c r="B818" s="1" t="s">
+        <v>3627</v>
+      </c>
       <c r="C818" s="1" t="s">
-        <v>3541</v>
+        <v>3615</v>
       </c>
       <c r="D818" s="1" t="s">
-        <v>3546</v>
+        <v>3628</v>
       </c>
       <c r="E818" s="1" t="s">
-        <v>3547</v>
-[...1 lines deleted...]
-      <c r="F818" s="1"/>
+        <v>3625</v>
+      </c>
+      <c r="F818" s="1" t="s">
+        <v>3629</v>
+      </c>
     </row>
     <row r="819" spans="1:6">
       <c r="A819" s="1" t="s">
-        <v>3548</v>
+        <v>3630</v>
       </c>
       <c r="B819" s="1" t="s">
-        <v>3549</v>
+        <v>3631</v>
       </c>
       <c r="C819" s="1" t="s">
-        <v>3541</v>
+        <v>3632</v>
       </c>
       <c r="D819" s="1" t="s">
-        <v>3550</v>
+        <v>3633</v>
       </c>
       <c r="E819" s="1" t="s">
-        <v>3551</v>
-[...1 lines deleted...]
-      <c r="F819" s="1"/>
+        <v>3634</v>
+      </c>
+      <c r="F819" s="1" t="s">
+        <v>3635</v>
+      </c>
     </row>
     <row r="820" spans="1:6">
       <c r="A820" s="1" t="s">
-        <v>3552</v>
+        <v>3636</v>
       </c>
       <c r="B820" s="1" t="s">
-        <v>3553</v>
+        <v>3637</v>
       </c>
       <c r="C820" s="1" t="s">
-        <v>3541</v>
+        <v>3638</v>
       </c>
       <c r="D820" s="1" t="s">
-        <v>3554</v>
+        <v>3639</v>
       </c>
       <c r="E820" s="1" t="s">
-        <v>3551</v>
+        <v>3640</v>
       </c>
       <c r="F820" s="1" t="s">
-        <v>3555</v>
+        <v>3641</v>
       </c>
     </row>
     <row r="821" spans="1:6">
       <c r="A821" s="1" t="s">
-        <v>3556</v>
+        <v>3642</v>
       </c>
       <c r="B821" s="1" t="s">
-        <v>3557</v>
+        <v>3643</v>
       </c>
       <c r="C821" s="1" t="s">
-        <v>3558</v>
+        <v>3638</v>
       </c>
       <c r="D821" s="1" t="s">
-        <v>3559</v>
+        <v>3644</v>
       </c>
       <c r="E821" s="1" t="s">
-        <v>3560</v>
-[...3 lines deleted...]
-      </c>
+        <v>3645</v>
+      </c>
+      <c r="F821" s="1"/>
     </row>
     <row r="822" spans="1:6">
       <c r="A822" s="1" t="s">
-        <v>3562</v>
+        <v>3646</v>
       </c>
       <c r="B822" s="1" t="s">
-        <v>3563</v>
+        <v>3647</v>
       </c>
       <c r="C822" s="1" t="s">
-        <v>3564</v>
+        <v>3638</v>
       </c>
       <c r="D822" s="1" t="s">
-        <v>3565</v>
+        <v>3648</v>
       </c>
       <c r="E822" s="1" t="s">
-        <v>3566</v>
-[...3 lines deleted...]
-      </c>
+        <v>3649</v>
+      </c>
+      <c r="F822" s="1"/>
     </row>
     <row r="823" spans="1:6">
       <c r="A823" s="1" t="s">
-        <v>3568</v>
-[...1 lines deleted...]
-      <c r="B823" s="1"/>
+        <v>3650</v>
+      </c>
+      <c r="B823" s="1" t="s">
+        <v>3651</v>
+      </c>
       <c r="C823" s="1" t="s">
-        <v>3564</v>
+        <v>3652</v>
       </c>
       <c r="D823" s="1" t="s">
-        <v>3569</v>
+        <v>3653</v>
       </c>
       <c r="E823" s="1" t="s">
-        <v>3570</v>
-[...1 lines deleted...]
-      <c r="F823" s="1"/>
+        <v>3654</v>
+      </c>
+      <c r="F823" s="1" t="s">
+        <v>3655</v>
+      </c>
     </row>
     <row r="824" spans="1:6">
       <c r="A824" s="1" t="s">
-        <v>3571</v>
+        <v>3656</v>
       </c>
       <c r="B824" s="1"/>
       <c r="C824" s="1" t="s">
-        <v>3564</v>
+        <v>3652</v>
       </c>
       <c r="D824" s="1" t="s">
-        <v>3572</v>
+        <v>3657</v>
       </c>
       <c r="E824" s="1" t="s">
-        <v>3573</v>
+        <v>3658</v>
       </c>
       <c r="F824" s="1"/>
     </row>
     <row r="825" spans="1:6">
       <c r="A825" s="1" t="s">
-        <v>3574</v>
+        <v>3659</v>
       </c>
       <c r="B825" s="1" t="s">
-        <v>3575</v>
+        <v>3660</v>
       </c>
       <c r="C825" s="1" t="s">
-        <v>3576</v>
+        <v>3652</v>
       </c>
       <c r="D825" s="1" t="s">
-        <v>3577</v>
+        <v>3661</v>
       </c>
       <c r="E825" s="1" t="s">
-        <v>3578</v>
-[...3 lines deleted...]
-      </c>
+        <v>3662</v>
+      </c>
+      <c r="F825" s="1"/>
     </row>
     <row r="826" spans="1:6">
       <c r="A826" s="1" t="s">
-        <v>3580</v>
-[...1 lines deleted...]
-      <c r="B826" s="1"/>
+        <v>3663</v>
+      </c>
+      <c r="B826" s="1" t="s">
+        <v>3664</v>
+      </c>
       <c r="C826" s="1" t="s">
-        <v>3576</v>
+        <v>3665</v>
       </c>
       <c r="D826" s="1" t="s">
-        <v>3581</v>
+        <v>3666</v>
       </c>
       <c r="E826" s="1" t="s">
-        <v>3582</v>
+        <v>3667</v>
       </c>
       <c r="F826" s="1"/>
     </row>
     <row r="827" spans="1:6">
       <c r="A827" s="1" t="s">
-        <v>3583</v>
-[...1 lines deleted...]
-      <c r="B827" s="1"/>
+        <v>3668</v>
+      </c>
+      <c r="B827" s="1" t="s">
+        <v>3669</v>
+      </c>
       <c r="C827" s="1" t="s">
-        <v>3576</v>
+        <v>3670</v>
       </c>
       <c r="D827" s="1" t="s">
-        <v>3584</v>
+        <v>2744</v>
       </c>
       <c r="E827" s="1" t="s">
-        <v>3585</v>
+        <v>3671</v>
       </c>
       <c r="F827" s="1"/>
     </row>
     <row r="828" spans="1:6">
       <c r="A828" s="1" t="s">
-        <v>3586</v>
-[...3 lines deleted...]
-      </c>
+        <v>3672</v>
+      </c>
+      <c r="B828" s="1"/>
       <c r="C828" s="1" t="s">
-        <v>3588</v>
+        <v>3670</v>
       </c>
       <c r="D828" s="1" t="s">
-        <v>3589</v>
+        <v>3673</v>
       </c>
       <c r="E828" s="1" t="s">
-        <v>3590</v>
+        <v>3674</v>
       </c>
       <c r="F828" s="1"/>
     </row>
     <row r="829" spans="1:6">
       <c r="A829" s="1" t="s">
-        <v>3591</v>
+        <v>3675</v>
       </c>
       <c r="B829" s="1" t="s">
-        <v>3592</v>
+        <v>3676</v>
       </c>
       <c r="C829" s="1" t="s">
-        <v>3593</v>
+        <v>3677</v>
       </c>
       <c r="D829" s="1" t="s">
-        <v>2688</v>
+        <v>3678</v>
       </c>
       <c r="E829" s="1" t="s">
-        <v>3594</v>
-[...1 lines deleted...]
-      <c r="F829" s="1"/>
+        <v>3679</v>
+      </c>
+      <c r="F829" s="1" t="s">
+        <v>3680</v>
+      </c>
     </row>
     <row r="830" spans="1:6">
       <c r="A830" s="1" t="s">
-        <v>3595</v>
+        <v>3681</v>
       </c>
       <c r="B830" s="1"/>
       <c r="C830" s="1" t="s">
-        <v>3593</v>
+        <v>3677</v>
       </c>
       <c r="D830" s="1" t="s">
-        <v>3596</v>
+        <v>3682</v>
       </c>
       <c r="E830" s="1" t="s">
-        <v>3597</v>
+        <v>3683</v>
       </c>
       <c r="F830" s="1"/>
     </row>
     <row r="831" spans="1:6">
       <c r="A831" s="1" t="s">
-        <v>3598</v>
-[...3 lines deleted...]
-      </c>
+        <v>3684</v>
+      </c>
+      <c r="B831" s="1"/>
       <c r="C831" s="1" t="s">
-        <v>3600</v>
+        <v>3685</v>
       </c>
       <c r="D831" s="1" t="s">
-        <v>3601</v>
+        <v>3686</v>
       </c>
       <c r="E831" s="1" t="s">
-        <v>3602</v>
+        <v>3687</v>
       </c>
       <c r="F831" s="1" t="s">
-        <v>3603</v>
+        <v>3688</v>
       </c>
     </row>
     <row r="832" spans="1:6">
       <c r="A832" s="1" t="s">
-        <v>3604</v>
+        <v>3689</v>
       </c>
       <c r="B832" s="1"/>
       <c r="C832" s="1" t="s">
-        <v>3600</v>
-[...3 lines deleted...]
-      </c>
+        <v>3685</v>
+      </c>
+      <c r="D832" s="1"/>
       <c r="E832" s="1" t="s">
-        <v>3606</v>
+        <v>3690</v>
       </c>
       <c r="F832" s="1"/>
     </row>
     <row r="833" spans="1:6">
       <c r="A833" s="1" t="s">
-        <v>3607</v>
+        <v>3691</v>
       </c>
       <c r="B833" s="1"/>
       <c r="C833" s="1" t="s">
-        <v>3608</v>
+        <v>3685</v>
       </c>
       <c r="D833" s="1" t="s">
-        <v>3609</v>
+        <v>3692</v>
       </c>
       <c r="E833" s="1" t="s">
-        <v>3610</v>
-[...3 lines deleted...]
-      </c>
+        <v>3693</v>
+      </c>
+      <c r="F833" s="1"/>
     </row>
     <row r="834" spans="1:6">
       <c r="A834" s="1" t="s">
-        <v>3612</v>
+        <v>3694</v>
       </c>
       <c r="B834" s="1"/>
       <c r="C834" s="1" t="s">
-        <v>3608</v>
-[...1 lines deleted...]
-      <c r="D834" s="1"/>
+        <v>3685</v>
+      </c>
+      <c r="D834" s="1" t="s">
+        <v>3695</v>
+      </c>
       <c r="E834" s="1" t="s">
-        <v>3613</v>
+        <v>3696</v>
       </c>
       <c r="F834" s="1"/>
     </row>
     <row r="835" spans="1:6">
       <c r="A835" s="1" t="s">
-        <v>3614</v>
+        <v>3697</v>
       </c>
       <c r="B835" s="1"/>
       <c r="C835" s="1" t="s">
-        <v>3608</v>
+        <v>3685</v>
       </c>
       <c r="D835" s="1" t="s">
-        <v>3615</v>
+        <v>257</v>
       </c>
       <c r="E835" s="1" t="s">
-        <v>3616</v>
-[...1 lines deleted...]
-      <c r="F835" s="1"/>
+        <v>3698</v>
+      </c>
+      <c r="F835" s="1" t="s">
+        <v>259</v>
+      </c>
     </row>
     <row r="836" spans="1:6">
       <c r="A836" s="1" t="s">
-        <v>3617</v>
-[...1 lines deleted...]
-      <c r="B836" s="1"/>
+        <v>3699</v>
+      </c>
+      <c r="B836" s="1" t="s">
+        <v>3700</v>
+      </c>
       <c r="C836" s="1" t="s">
-        <v>3608</v>
+        <v>3685</v>
       </c>
       <c r="D836" s="1" t="s">
-        <v>3618</v>
+        <v>3701</v>
       </c>
       <c r="E836" s="1" t="s">
-        <v>3619</v>
-[...1 lines deleted...]
-      <c r="F836" s="1"/>
+        <v>3702</v>
+      </c>
+      <c r="F836" s="1" t="s">
+        <v>3703</v>
+      </c>
     </row>
     <row r="837" spans="1:6">
       <c r="A837" s="1" t="s">
-        <v>3620</v>
-[...1 lines deleted...]
-      <c r="B837" s="1"/>
+        <v>3704</v>
+      </c>
+      <c r="B837" s="1" t="s">
+        <v>3705</v>
+      </c>
       <c r="C837" s="1" t="s">
-        <v>3608</v>
+        <v>3685</v>
       </c>
       <c r="D837" s="1" t="s">
-        <v>249</v>
+        <v>3706</v>
       </c>
       <c r="E837" s="1" t="s">
-        <v>3621</v>
+        <v>3707</v>
       </c>
       <c r="F837" s="1" t="s">
-        <v>251</v>
+        <v>3708</v>
       </c>
     </row>
     <row r="838" spans="1:6">
       <c r="A838" s="1" t="s">
-        <v>3622</v>
+        <v>3709</v>
       </c>
       <c r="B838" s="1" t="s">
-        <v>3623</v>
+        <v>3710</v>
       </c>
       <c r="C838" s="1" t="s">
-        <v>3608</v>
+        <v>3685</v>
       </c>
       <c r="D838" s="1" t="s">
-        <v>3624</v>
+        <v>3711</v>
       </c>
       <c r="E838" s="1" t="s">
-        <v>3625</v>
+        <v>3712</v>
       </c>
       <c r="F838" s="1" t="s">
-        <v>3626</v>
+        <v>3713</v>
       </c>
     </row>
     <row r="839" spans="1:6">
       <c r="A839" s="1" t="s">
-        <v>3627</v>
+        <v>3714</v>
       </c>
       <c r="B839" s="1" t="s">
-        <v>3628</v>
+        <v>3715</v>
       </c>
       <c r="C839" s="1" t="s">
-        <v>3608</v>
+        <v>3685</v>
       </c>
       <c r="D839" s="1" t="s">
-        <v>3629</v>
+        <v>3716</v>
       </c>
       <c r="E839" s="1" t="s">
-        <v>3630</v>
+        <v>3717</v>
       </c>
       <c r="F839" s="1" t="s">
-        <v>3631</v>
+        <v>3718</v>
       </c>
     </row>
     <row r="840" spans="1:6">
       <c r="A840" s="1" t="s">
-        <v>3632</v>
-[...1 lines deleted...]
-      <c r="B840" s="1"/>
+        <v>3719</v>
+      </c>
+      <c r="B840" s="1" t="s">
+        <v>3720</v>
+      </c>
       <c r="C840" s="1" t="s">
-        <v>3608</v>
+        <v>3685</v>
       </c>
       <c r="D840" s="1" t="s">
-        <v>3633</v>
+        <v>3721</v>
       </c>
       <c r="E840" s="1" t="s">
-        <v>3634</v>
+        <v>3722</v>
       </c>
       <c r="F840" s="1" t="s">
-        <v>3635</v>
+        <v>3723</v>
       </c>
     </row>
     <row r="841" spans="1:6">
       <c r="A841" s="1" t="s">
-        <v>3636</v>
-[...1 lines deleted...]
-      <c r="B841" s="1"/>
+        <v>3724</v>
+      </c>
+      <c r="B841" s="1" t="s">
+        <v>3725</v>
+      </c>
       <c r="C841" s="1" t="s">
-        <v>3608</v>
+        <v>3685</v>
       </c>
       <c r="D841" s="1" t="s">
-        <v>3637</v>
+        <v>3726</v>
       </c>
       <c r="E841" s="1" t="s">
-        <v>3638</v>
+        <v>3727</v>
       </c>
       <c r="F841" s="1" t="s">
-        <v>3639</v>
+        <v>3728</v>
       </c>
     </row>
     <row r="842" spans="1:6">
       <c r="A842" s="1" t="s">
-        <v>3640</v>
-[...1 lines deleted...]
-      <c r="B842" s="1"/>
+        <v>3729</v>
+      </c>
+      <c r="B842" s="1" t="s">
+        <v>3730</v>
+      </c>
       <c r="C842" s="1" t="s">
-        <v>3608</v>
+        <v>3731</v>
       </c>
       <c r="D842" s="1" t="s">
-        <v>3641</v>
+        <v>3732</v>
       </c>
       <c r="E842" s="1" t="s">
-        <v>3642</v>
-[...3 lines deleted...]
-      </c>
+        <v>3733</v>
+      </c>
+      <c r="F842" s="1"/>
     </row>
     <row r="843" spans="1:6">
       <c r="A843" s="1" t="s">
-        <v>3644</v>
+        <v>3734</v>
       </c>
       <c r="B843" s="1" t="s">
-        <v>3645</v>
+        <v>3735</v>
       </c>
       <c r="C843" s="1" t="s">
-        <v>3608</v>
+        <v>3731</v>
       </c>
       <c r="D843" s="1" t="s">
-        <v>3646</v>
+        <v>3736</v>
       </c>
       <c r="E843" s="1" t="s">
-        <v>3647</v>
+        <v>3737</v>
       </c>
       <c r="F843" s="1" t="s">
-        <v>3648</v>
+        <v>3738</v>
       </c>
     </row>
     <row r="844" spans="1:6">
       <c r="A844" s="1" t="s">
-        <v>3649</v>
-[...3 lines deleted...]
-      </c>
+        <v>3739</v>
+      </c>
+      <c r="B844" s="1"/>
       <c r="C844" s="1" t="s">
-        <v>3651</v>
+        <v>3731</v>
       </c>
       <c r="D844" s="1" t="s">
-        <v>3652</v>
+        <v>257</v>
       </c>
       <c r="E844" s="1" t="s">
-        <v>3653</v>
-[...1 lines deleted...]
-      <c r="F844" s="1"/>
+        <v>3740</v>
+      </c>
+      <c r="F844" s="1" t="s">
+        <v>387</v>
+      </c>
     </row>
     <row r="845" spans="1:6">
       <c r="A845" s="1" t="s">
-        <v>3654</v>
-[...3 lines deleted...]
-      </c>
+        <v>3741</v>
+      </c>
+      <c r="B845" s="1"/>
       <c r="C845" s="1" t="s">
-        <v>3651</v>
-[...3 lines deleted...]
-      </c>
+        <v>3731</v>
+      </c>
+      <c r="D845" s="1"/>
       <c r="E845" s="1" t="s">
-        <v>3657</v>
-[...3 lines deleted...]
-      </c>
+        <v>3742</v>
+      </c>
+      <c r="F845" s="1"/>
     </row>
     <row r="846" spans="1:6">
       <c r="A846" s="1" t="s">
-        <v>3659</v>
+        <v>3743</v>
       </c>
       <c r="B846" s="1"/>
       <c r="C846" s="1" t="s">
-        <v>3651</v>
+        <v>3731</v>
       </c>
       <c r="D846" s="1" t="s">
-        <v>249</v>
+        <v>3744</v>
       </c>
       <c r="E846" s="1" t="s">
-        <v>3660</v>
-[...3 lines deleted...]
-      </c>
+        <v>3745</v>
+      </c>
+      <c r="F846" s="1"/>
     </row>
     <row r="847" spans="1:6">
       <c r="A847" s="1" t="s">
-        <v>3661</v>
-[...1 lines deleted...]
-      <c r="B847" s="1"/>
+        <v>3746</v>
+      </c>
+      <c r="B847" s="1" t="s">
+        <v>3747</v>
+      </c>
       <c r="C847" s="1" t="s">
-        <v>3651</v>
-[...1 lines deleted...]
-      <c r="D847" s="1"/>
+        <v>3731</v>
+      </c>
+      <c r="D847" s="1" t="s">
+        <v>3748</v>
+      </c>
       <c r="E847" s="1" t="s">
-        <v>3662</v>
-[...1 lines deleted...]
-      <c r="F847" s="1"/>
+        <v>3749</v>
+      </c>
+      <c r="F847" s="1" t="s">
+        <v>3750</v>
+      </c>
     </row>
     <row r="848" spans="1:6">
       <c r="A848" s="1" t="s">
-        <v>3663</v>
-[...1 lines deleted...]
-      <c r="B848" s="1"/>
+        <v>3751</v>
+      </c>
+      <c r="B848" s="1" t="s">
+        <v>3752</v>
+      </c>
       <c r="C848" s="1" t="s">
-        <v>3651</v>
+        <v>3731</v>
       </c>
       <c r="D848" s="1" t="s">
-        <v>3664</v>
+        <v>3753</v>
       </c>
       <c r="E848" s="1" t="s">
-        <v>3665</v>
-[...1 lines deleted...]
-      <c r="F848" s="1"/>
+        <v>3754</v>
+      </c>
+      <c r="F848" s="1" t="s">
+        <v>3755</v>
+      </c>
     </row>
     <row r="849" spans="1:6">
       <c r="A849" s="1" t="s">
-        <v>3666</v>
-[...1 lines deleted...]
-      <c r="B849" s="1"/>
+        <v>3756</v>
+      </c>
+      <c r="B849" s="1" t="s">
+        <v>3757</v>
+      </c>
       <c r="C849" s="1" t="s">
-        <v>3651</v>
+        <v>3731</v>
       </c>
       <c r="D849" s="1" t="s">
-        <v>3667</v>
+        <v>3758</v>
       </c>
       <c r="E849" s="1" t="s">
-        <v>3668</v>
+        <v>3759</v>
       </c>
       <c r="F849" s="1" t="s">
-        <v>3669</v>
+        <v>3760</v>
       </c>
     </row>
     <row r="850" spans="1:6">
       <c r="A850" s="1" t="s">
-        <v>3670</v>
-[...1 lines deleted...]
-      <c r="B850" s="1"/>
+        <v>3761</v>
+      </c>
+      <c r="B850" s="1" t="s">
+        <v>3762</v>
+      </c>
       <c r="C850" s="1" t="s">
-        <v>3651</v>
+        <v>3731</v>
       </c>
       <c r="D850" s="1" t="s">
-        <v>3671</v>
+        <v>3763</v>
       </c>
       <c r="E850" s="1" t="s">
-        <v>3672</v>
+        <v>3764</v>
       </c>
       <c r="F850" s="1" t="s">
-        <v>3673</v>
+        <v>3765</v>
       </c>
     </row>
     <row r="851" spans="1:6">
       <c r="A851" s="1" t="s">
-        <v>3674</v>
+        <v>3766</v>
       </c>
       <c r="B851" s="1" t="s">
-        <v>3675</v>
+        <v>3767</v>
       </c>
       <c r="C851" s="1" t="s">
-        <v>3651</v>
+        <v>3768</v>
       </c>
       <c r="D851" s="1" t="s">
-        <v>3676</v>
+        <v>3769</v>
       </c>
       <c r="E851" s="1" t="s">
-        <v>3677</v>
+        <v>3770</v>
       </c>
       <c r="F851" s="1" t="s">
-        <v>3678</v>
+        <v>3771</v>
       </c>
     </row>
     <row r="852" spans="1:6">
       <c r="A852" s="1" t="s">
-        <v>3679</v>
+        <v>3772</v>
       </c>
       <c r="B852" s="1" t="s">
-        <v>3680</v>
+        <v>3773</v>
       </c>
       <c r="C852" s="1" t="s">
-        <v>3651</v>
+        <v>3774</v>
       </c>
       <c r="D852" s="1" t="s">
-        <v>3681</v>
+        <v>3775</v>
       </c>
       <c r="E852" s="1" t="s">
-        <v>3682</v>
+        <v>3776</v>
       </c>
       <c r="F852" s="1" t="s">
-        <v>3683</v>
+        <v>3777</v>
       </c>
     </row>
     <row r="853" spans="1:6">
       <c r="A853" s="1" t="s">
-        <v>3684</v>
+        <v>3778</v>
       </c>
       <c r="B853" s="1" t="s">
-        <v>3685</v>
+        <v>3779</v>
       </c>
       <c r="C853" s="1" t="s">
-        <v>3686</v>
+        <v>3774</v>
       </c>
       <c r="D853" s="1" t="s">
-        <v>3687</v>
+        <v>3780</v>
       </c>
       <c r="E853" s="1" t="s">
-        <v>3688</v>
+        <v>3781</v>
       </c>
       <c r="F853" s="1" t="s">
-        <v>3689</v>
+        <v>3782</v>
       </c>
     </row>
     <row r="854" spans="1:6">
       <c r="A854" s="1" t="s">
-        <v>3690</v>
-[...3 lines deleted...]
-      </c>
+        <v>3783</v>
+      </c>
+      <c r="B854" s="1"/>
       <c r="C854" s="1" t="s">
-        <v>3692</v>
+        <v>3774</v>
       </c>
       <c r="D854" s="1" t="s">
-        <v>3693</v>
+        <v>3784</v>
       </c>
       <c r="E854" s="1" t="s">
-        <v>3694</v>
-[...3 lines deleted...]
-      </c>
+        <v>3785</v>
+      </c>
+      <c r="F854" s="1"/>
     </row>
     <row r="855" spans="1:6">
       <c r="A855" s="1" t="s">
-        <v>3696</v>
+        <v>3786</v>
       </c>
       <c r="B855" s="1" t="s">
-        <v>3697</v>
+        <v>3787</v>
       </c>
       <c r="C855" s="1" t="s">
-        <v>3692</v>
+        <v>3774</v>
       </c>
       <c r="D855" s="1" t="s">
-        <v>3698</v>
+        <v>3788</v>
       </c>
       <c r="E855" s="1" t="s">
-        <v>3699</v>
+        <v>3789</v>
       </c>
       <c r="F855" s="1" t="s">
-        <v>3700</v>
+        <v>3790</v>
       </c>
     </row>
     <row r="856" spans="1:6">
       <c r="A856" s="1" t="s">
-        <v>3701</v>
-[...1 lines deleted...]
-      <c r="B856" s="1"/>
+        <v>3791</v>
+      </c>
+      <c r="B856" s="1" t="s">
+        <v>3792</v>
+      </c>
       <c r="C856" s="1" t="s">
-        <v>3692</v>
+        <v>3774</v>
       </c>
       <c r="D856" s="1" t="s">
-        <v>3702</v>
+        <v>3793</v>
       </c>
       <c r="E856" s="1" t="s">
-        <v>3703</v>
-[...1 lines deleted...]
-      <c r="F856" s="1"/>
+        <v>3794</v>
+      </c>
+      <c r="F856" s="1" t="s">
+        <v>3795</v>
+      </c>
     </row>
     <row r="857" spans="1:6">
       <c r="A857" s="1" t="s">
-        <v>3704</v>
+        <v>3796</v>
       </c>
       <c r="B857" s="1" t="s">
-        <v>3705</v>
+        <v>3797</v>
       </c>
       <c r="C857" s="1" t="s">
-        <v>3692</v>
+        <v>3774</v>
       </c>
       <c r="D857" s="1" t="s">
-        <v>3706</v>
+        <v>3798</v>
       </c>
       <c r="E857" s="1" t="s">
-        <v>3707</v>
+        <v>3799</v>
       </c>
       <c r="F857" s="1" t="s">
-        <v>3708</v>
+        <v>3800</v>
       </c>
     </row>
     <row r="858" spans="1:6">
       <c r="A858" s="1" t="s">
-        <v>3709</v>
+        <v>3801</v>
       </c>
       <c r="B858" s="1" t="s">
-        <v>3710</v>
+        <v>3802</v>
       </c>
       <c r="C858" s="1" t="s">
-        <v>3692</v>
+        <v>3774</v>
       </c>
       <c r="D858" s="1" t="s">
-        <v>3711</v>
+        <v>3803</v>
       </c>
       <c r="E858" s="1" t="s">
-        <v>3712</v>
+        <v>3804</v>
       </c>
       <c r="F858" s="1" t="s">
-        <v>3713</v>
+        <v>3805</v>
       </c>
     </row>
     <row r="859" spans="1:6">
       <c r="A859" s="1" t="s">
-        <v>3714</v>
+        <v>3806</v>
       </c>
       <c r="B859" s="1" t="s">
-        <v>3715</v>
+        <v>3807</v>
       </c>
       <c r="C859" s="1" t="s">
-        <v>3692</v>
+        <v>3808</v>
       </c>
       <c r="D859" s="1" t="s">
-        <v>3716</v>
+        <v>3809</v>
       </c>
       <c r="E859" s="1" t="s">
-        <v>3717</v>
-[...3 lines deleted...]
-      </c>
+        <v>3810</v>
+      </c>
+      <c r="F859" s="1"/>
     </row>
     <row r="860" spans="1:6">
       <c r="A860" s="1" t="s">
-        <v>3719</v>
+        <v>3811</v>
       </c>
       <c r="B860" s="1" t="s">
-        <v>3720</v>
+        <v>3812</v>
       </c>
       <c r="C860" s="1" t="s">
-        <v>3692</v>
+        <v>3813</v>
       </c>
       <c r="D860" s="1" t="s">
-        <v>3721</v>
+        <v>3814</v>
       </c>
       <c r="E860" s="1" t="s">
-        <v>3722</v>
-[...3 lines deleted...]
-      </c>
+        <v>3815</v>
+      </c>
+      <c r="F860" s="1"/>
     </row>
     <row r="861" spans="1:6">
       <c r="A861" s="1" t="s">
-        <v>3724</v>
+        <v>3816</v>
       </c>
       <c r="B861" s="1" t="s">
-        <v>3725</v>
+        <v>3817</v>
       </c>
       <c r="C861" s="1" t="s">
-        <v>3726</v>
+        <v>3818</v>
       </c>
       <c r="D861" s="1" t="s">
-        <v>3727</v>
+        <v>3819</v>
       </c>
       <c r="E861" s="1" t="s">
-        <v>3728</v>
-[...1 lines deleted...]
-      <c r="F861" s="1"/>
+        <v>3820</v>
+      </c>
+      <c r="F861" s="1" t="s">
+        <v>3821</v>
+      </c>
     </row>
     <row r="862" spans="1:6">
       <c r="A862" s="1" t="s">
-        <v>3729</v>
-[...3 lines deleted...]
-      </c>
+        <v>3822</v>
+      </c>
+      <c r="B862" s="1"/>
       <c r="C862" s="1" t="s">
-        <v>3731</v>
+        <v>3818</v>
       </c>
       <c r="D862" s="1" t="s">
-        <v>3732</v>
+        <v>3819</v>
       </c>
       <c r="E862" s="1" t="s">
-        <v>3733</v>
-[...1 lines deleted...]
-      <c r="F862" s="1"/>
+        <v>3823</v>
+      </c>
+      <c r="F862" s="1" t="s">
+        <v>3824</v>
+      </c>
     </row>
     <row r="863" spans="1:6">
       <c r="A863" s="1" t="s">
-        <v>3734</v>
-[...3 lines deleted...]
-      </c>
+        <v>3825</v>
+      </c>
+      <c r="B863" s="1"/>
       <c r="C863" s="1" t="s">
-        <v>3736</v>
+        <v>3818</v>
       </c>
       <c r="D863" s="1" t="s">
-        <v>3737</v>
+        <v>257</v>
       </c>
       <c r="E863" s="1" t="s">
-        <v>3738</v>
-[...3 lines deleted...]
-      </c>
+        <v>3826</v>
+      </c>
+      <c r="F863" s="1"/>
     </row>
     <row r="864" spans="1:6">
       <c r="A864" s="1" t="s">
-        <v>3740</v>
-[...1 lines deleted...]
-      <c r="B864" s="1"/>
+        <v>3827</v>
+      </c>
+      <c r="B864" s="1" t="s">
+        <v>3828</v>
+      </c>
       <c r="C864" s="1" t="s">
-        <v>3736</v>
+        <v>3818</v>
       </c>
       <c r="D864" s="1" t="s">
-        <v>3737</v>
+        <v>3829</v>
       </c>
       <c r="E864" s="1" t="s">
-        <v>3741</v>
+        <v>3830</v>
       </c>
       <c r="F864" s="1" t="s">
-        <v>3742</v>
+        <v>3831</v>
       </c>
     </row>
     <row r="865" spans="1:6">
       <c r="A865" s="1" t="s">
-        <v>3743</v>
-[...1 lines deleted...]
-      <c r="B865" s="1"/>
+        <v>3832</v>
+      </c>
+      <c r="B865" s="1" t="s">
+        <v>3833</v>
+      </c>
       <c r="C865" s="1" t="s">
-        <v>3736</v>
+        <v>3834</v>
       </c>
       <c r="D865" s="1" t="s">
-        <v>249</v>
+        <v>3835</v>
       </c>
       <c r="E865" s="1" t="s">
-        <v>3744</v>
-[...1 lines deleted...]
-      <c r="F865" s="1"/>
+        <v>3836</v>
+      </c>
+      <c r="F865" s="1" t="s">
+        <v>3837</v>
+      </c>
     </row>
     <row r="866" spans="1:6">
       <c r="A866" s="1" t="s">
-        <v>3745</v>
+        <v>3838</v>
       </c>
       <c r="B866" s="1" t="s">
-        <v>3746</v>
+        <v>3839</v>
       </c>
       <c r="C866" s="1" t="s">
-        <v>3736</v>
+        <v>3840</v>
       </c>
       <c r="D866" s="1" t="s">
-        <v>3747</v>
+        <v>3841</v>
       </c>
       <c r="E866" s="1" t="s">
-        <v>3748</v>
+        <v>3842</v>
       </c>
       <c r="F866" s="1" t="s">
-        <v>3749</v>
+        <v>3843</v>
       </c>
     </row>
     <row r="867" spans="1:6">
       <c r="A867" s="1" t="s">
-        <v>3750</v>
+        <v>3844</v>
       </c>
       <c r="B867" s="1" t="s">
-        <v>3751</v>
+        <v>3845</v>
       </c>
       <c r="C867" s="1" t="s">
-        <v>3752</v>
+        <v>3846</v>
       </c>
       <c r="D867" s="1" t="s">
-        <v>3753</v>
+        <v>3847</v>
       </c>
       <c r="E867" s="1" t="s">
-        <v>3754</v>
+        <v>3848</v>
       </c>
       <c r="F867" s="1" t="s">
-        <v>3755</v>
+        <v>3849</v>
       </c>
     </row>
     <row r="868" spans="1:6">
       <c r="A868" s="1" t="s">
-        <v>3756</v>
-[...3 lines deleted...]
-      </c>
+        <v>3850</v>
+      </c>
+      <c r="B868" s="1"/>
       <c r="C868" s="1" t="s">
-        <v>3758</v>
+        <v>3846</v>
       </c>
       <c r="D868" s="1" t="s">
-        <v>3759</v>
+        <v>3851</v>
       </c>
       <c r="E868" s="1" t="s">
-        <v>3760</v>
-[...3 lines deleted...]
-      </c>
+        <v>3852</v>
+      </c>
+      <c r="F868" s="1"/>
     </row>
     <row r="869" spans="1:6">
       <c r="A869" s="1" t="s">
-        <v>3762</v>
+        <v>3853</v>
       </c>
       <c r="B869" s="1" t="s">
-        <v>3763</v>
+        <v>3854</v>
       </c>
       <c r="C869" s="1" t="s">
-        <v>3764</v>
+        <v>3846</v>
       </c>
       <c r="D869" s="1" t="s">
-        <v>3765</v>
+        <v>3855</v>
       </c>
       <c r="E869" s="1" t="s">
-        <v>3766</v>
+        <v>3856</v>
       </c>
       <c r="F869" s="1" t="s">
-        <v>3767</v>
+        <v>3857</v>
       </c>
     </row>
     <row r="870" spans="1:6">
       <c r="A870" s="1" t="s">
-        <v>3768</v>
-[...1 lines deleted...]
-      <c r="B870" s="1"/>
+        <v>3858</v>
+      </c>
+      <c r="B870" s="1" t="s">
+        <v>3859</v>
+      </c>
       <c r="C870" s="1" t="s">
-        <v>3764</v>
+        <v>3846</v>
       </c>
       <c r="D870" s="1" t="s">
-        <v>3769</v>
+        <v>3860</v>
       </c>
       <c r="E870" s="1" t="s">
-        <v>3770</v>
-[...1 lines deleted...]
-      <c r="F870" s="1"/>
+        <v>3861</v>
+      </c>
+      <c r="F870" s="1" t="s">
+        <v>3862</v>
+      </c>
     </row>
     <row r="871" spans="1:6">
       <c r="A871" s="1" t="s">
-        <v>3771</v>
+        <v>3863</v>
       </c>
       <c r="B871" s="1" t="s">
-        <v>3772</v>
+        <v>3864</v>
       </c>
       <c r="C871" s="1" t="s">
-        <v>3764</v>
+        <v>3846</v>
       </c>
       <c r="D871" s="1" t="s">
-        <v>3773</v>
+        <v>3865</v>
       </c>
       <c r="E871" s="1" t="s">
-        <v>3774</v>
+        <v>3866</v>
       </c>
       <c r="F871" s="1" t="s">
-        <v>3775</v>
+        <v>3867</v>
       </c>
     </row>
     <row r="872" spans="1:6">
       <c r="A872" s="1" t="s">
-        <v>3776</v>
-[...3 lines deleted...]
-      </c>
+        <v>3868</v>
+      </c>
+      <c r="B872" s="1"/>
       <c r="C872" s="1" t="s">
-        <v>3764</v>
-[...3 lines deleted...]
-      </c>
+        <v>3846</v>
+      </c>
+      <c r="D872" s="1"/>
       <c r="E872" s="1" t="s">
-        <v>3779</v>
+        <v>3869</v>
       </c>
       <c r="F872" s="1" t="s">
-        <v>3780</v>
+        <v>3862</v>
       </c>
     </row>
     <row r="873" spans="1:6">
       <c r="A873" s="1" t="s">
-        <v>3781</v>
-[...3 lines deleted...]
-      </c>
+        <v>3870</v>
+      </c>
+      <c r="B873" s="1"/>
       <c r="C873" s="1" t="s">
-        <v>3764</v>
-[...3 lines deleted...]
-      </c>
+        <v>3846</v>
+      </c>
+      <c r="D873" s="1"/>
       <c r="E873" s="1" t="s">
-        <v>3784</v>
-[...3 lines deleted...]
-      </c>
+        <v>3861</v>
+      </c>
+      <c r="F873" s="1"/>
     </row>
     <row r="874" spans="1:6">
       <c r="A874" s="1" t="s">
-        <v>3786</v>
-[...1 lines deleted...]
-      <c r="B874" s="1"/>
+        <v>3871</v>
+      </c>
+      <c r="B874" s="1" t="s">
+        <v>3872</v>
+      </c>
       <c r="C874" s="1" t="s">
-        <v>3764</v>
-[...1 lines deleted...]
-      <c r="D874" s="1"/>
+        <v>3846</v>
+      </c>
+      <c r="D874" s="1" t="s">
+        <v>3873</v>
+      </c>
       <c r="E874" s="1" t="s">
-        <v>3787</v>
+        <v>3874</v>
       </c>
       <c r="F874" s="1" t="s">
-        <v>3780</v>
+        <v>3875</v>
       </c>
     </row>
     <row r="875" spans="1:6">
       <c r="A875" s="1" t="s">
-        <v>3788</v>
-[...1 lines deleted...]
-      <c r="B875" s="1"/>
+        <v>3876</v>
+      </c>
+      <c r="B875" s="1" t="s">
+        <v>3877</v>
+      </c>
       <c r="C875" s="1" t="s">
-        <v>3764</v>
-[...1 lines deleted...]
-      <c r="D875" s="1"/>
+        <v>3846</v>
+      </c>
+      <c r="D875" s="1" t="s">
+        <v>3878</v>
+      </c>
       <c r="E875" s="1" t="s">
-        <v>3779</v>
-[...1 lines deleted...]
-      <c r="F875" s="1"/>
+        <v>1777</v>
+      </c>
+      <c r="F875" s="1" t="s">
+        <v>3879</v>
+      </c>
     </row>
     <row r="876" spans="1:6">
       <c r="A876" s="1" t="s">
-        <v>3789</v>
+        <v>3880</v>
       </c>
       <c r="B876" s="1" t="s">
-        <v>3790</v>
+        <v>3881</v>
       </c>
       <c r="C876" s="1" t="s">
-        <v>3764</v>
+        <v>3846</v>
       </c>
       <c r="D876" s="1" t="s">
-        <v>3791</v>
+        <v>3882</v>
       </c>
       <c r="E876" s="1" t="s">
-        <v>3792</v>
+        <v>3883</v>
       </c>
       <c r="F876" s="1" t="s">
-        <v>3793</v>
+        <v>3884</v>
       </c>
     </row>
     <row r="877" spans="1:6">
       <c r="A877" s="1" t="s">
-        <v>3794</v>
+        <v>3885</v>
       </c>
       <c r="B877" s="1" t="s">
-        <v>3795</v>
+        <v>3886</v>
       </c>
       <c r="C877" s="1" t="s">
-        <v>3764</v>
+        <v>3887</v>
       </c>
       <c r="D877" s="1" t="s">
-        <v>3796</v>
+        <v>3888</v>
       </c>
       <c r="E877" s="1" t="s">
-        <v>1743</v>
+        <v>3889</v>
       </c>
       <c r="F877" s="1" t="s">
-        <v>3797</v>
+        <v>3890</v>
       </c>
     </row>
     <row r="878" spans="1:6">
       <c r="A878" s="1" t="s">
-        <v>3798</v>
+        <v>3891</v>
       </c>
       <c r="B878" s="1" t="s">
-        <v>3799</v>
+        <v>3892</v>
       </c>
       <c r="C878" s="1" t="s">
-        <v>3764</v>
+        <v>3887</v>
       </c>
       <c r="D878" s="1" t="s">
-        <v>3800</v>
+        <v>3893</v>
       </c>
       <c r="E878" s="1" t="s">
-        <v>3801</v>
+        <v>3894</v>
       </c>
       <c r="F878" s="1" t="s">
-        <v>3802</v>
+        <v>3895</v>
       </c>
     </row>
     <row r="879" spans="1:6">
       <c r="A879" s="1" t="s">
-        <v>3803</v>
-[...3 lines deleted...]
-      </c>
+        <v>3896</v>
+      </c>
+      <c r="B879" s="1"/>
       <c r="C879" s="1" t="s">
-        <v>3805</v>
+        <v>3887</v>
       </c>
       <c r="D879" s="1" t="s">
-        <v>3806</v>
+        <v>257</v>
       </c>
       <c r="E879" s="1" t="s">
-        <v>3807</v>
+        <v>3897</v>
       </c>
       <c r="F879" s="1" t="s">
-        <v>3808</v>
+        <v>259</v>
       </c>
     </row>
     <row r="880" spans="1:6">
       <c r="A880" s="1" t="s">
-        <v>3809</v>
+        <v>3898</v>
       </c>
       <c r="B880" s="1" t="s">
-        <v>3810</v>
+        <v>3899</v>
       </c>
       <c r="C880" s="1" t="s">
-        <v>3805</v>
+        <v>3887</v>
       </c>
       <c r="D880" s="1" t="s">
-        <v>3811</v>
+        <v>3900</v>
       </c>
       <c r="E880" s="1" t="s">
-        <v>3812</v>
-[...3 lines deleted...]
-      </c>
+        <v>3901</v>
+      </c>
+      <c r="F880" s="1"/>
     </row>
     <row r="881" spans="1:6">
       <c r="A881" s="1" t="s">
-        <v>3814</v>
-[...1 lines deleted...]
-      <c r="B881" s="1"/>
+        <v>3902</v>
+      </c>
+      <c r="B881" s="1" t="s">
+        <v>3903</v>
+      </c>
       <c r="C881" s="1" t="s">
-        <v>3805</v>
+        <v>3904</v>
       </c>
       <c r="D881" s="1" t="s">
-        <v>249</v>
+        <v>3905</v>
       </c>
       <c r="E881" s="1" t="s">
-        <v>3815</v>
+        <v>3906</v>
       </c>
       <c r="F881" s="1" t="s">
-        <v>251</v>
+        <v>3907</v>
       </c>
     </row>
     <row r="882" spans="1:6">
       <c r="A882" s="1" t="s">
-        <v>3816</v>
+        <v>3908</v>
       </c>
       <c r="B882" s="1" t="s">
-        <v>3817</v>
+        <v>3909</v>
       </c>
       <c r="C882" s="1" t="s">
-        <v>3805</v>
+        <v>3910</v>
       </c>
       <c r="D882" s="1" t="s">
-        <v>3818</v>
+        <v>3911</v>
       </c>
       <c r="E882" s="1" t="s">
-        <v>3819</v>
-[...1 lines deleted...]
-      <c r="F882" s="1"/>
+        <v>3912</v>
+      </c>
+      <c r="F882" s="1" t="s">
+        <v>3913</v>
+      </c>
     </row>
     <row r="883" spans="1:6">
       <c r="A883" s="1" t="s">
-        <v>3820</v>
+        <v>3914</v>
       </c>
       <c r="B883" s="1" t="s">
-        <v>3821</v>
+        <v>3915</v>
       </c>
       <c r="C883" s="1" t="s">
-        <v>3822</v>
+        <v>3910</v>
       </c>
       <c r="D883" s="1" t="s">
-        <v>3823</v>
+        <v>3916</v>
       </c>
       <c r="E883" s="1" t="s">
-        <v>3824</v>
+        <v>3917</v>
       </c>
       <c r="F883" s="1" t="s">
-        <v>3825</v>
+        <v>3918</v>
       </c>
     </row>
     <row r="884" spans="1:6">
       <c r="A884" s="1" t="s">
-        <v>3826</v>
-[...3 lines deleted...]
-      </c>
+        <v>3919</v>
+      </c>
+      <c r="B884" s="1"/>
       <c r="C884" s="1" t="s">
-        <v>3828</v>
+        <v>3910</v>
       </c>
       <c r="D884" s="1" t="s">
-        <v>3829</v>
+        <v>3920</v>
       </c>
       <c r="E884" s="1" t="s">
-        <v>3830</v>
+        <v>3921</v>
       </c>
       <c r="F884" s="1" t="s">
-        <v>3831</v>
+        <v>3922</v>
       </c>
     </row>
     <row r="885" spans="1:6">
       <c r="A885" s="1" t="s">
-        <v>3832</v>
-[...3 lines deleted...]
-      </c>
+        <v>3923</v>
+      </c>
+      <c r="B885" s="1"/>
       <c r="C885" s="1" t="s">
-        <v>3828</v>
+        <v>3910</v>
       </c>
       <c r="D885" s="1" t="s">
-        <v>3834</v>
+        <v>257</v>
       </c>
       <c r="E885" s="1" t="s">
-        <v>3835</v>
+        <v>3924</v>
       </c>
       <c r="F885" s="1" t="s">
-        <v>3836</v>
+        <v>387</v>
       </c>
     </row>
     <row r="886" spans="1:6">
       <c r="A886" s="1" t="s">
-        <v>3837</v>
-[...1 lines deleted...]
-      <c r="B886" s="1"/>
+        <v>3925</v>
+      </c>
+      <c r="B886" s="1" t="s">
+        <v>3926</v>
+      </c>
       <c r="C886" s="1" t="s">
-        <v>3828</v>
+        <v>3910</v>
       </c>
       <c r="D886" s="1" t="s">
-        <v>3838</v>
+        <v>3927</v>
       </c>
       <c r="E886" s="1" t="s">
-        <v>3839</v>
+        <v>3928</v>
       </c>
       <c r="F886" s="1" t="s">
-        <v>3840</v>
+        <v>3929</v>
       </c>
     </row>
     <row r="887" spans="1:6">
       <c r="A887" s="1" t="s">
-        <v>3841</v>
-[...1 lines deleted...]
-      <c r="B887" s="1"/>
+        <v>3930</v>
+      </c>
+      <c r="B887" s="1" t="s">
+        <v>3931</v>
+      </c>
       <c r="C887" s="1" t="s">
-        <v>3828</v>
+        <v>3910</v>
       </c>
       <c r="D887" s="1" t="s">
-        <v>249</v>
+        <v>3932</v>
       </c>
       <c r="E887" s="1" t="s">
-        <v>3842</v>
+        <v>3933</v>
       </c>
       <c r="F887" s="1" t="s">
-        <v>377</v>
+        <v>3934</v>
       </c>
     </row>
     <row r="888" spans="1:6">
       <c r="A888" s="1" t="s">
-        <v>3843</v>
-[...1 lines deleted...]
-      <c r="B888" s="1"/>
+        <v>3935</v>
+      </c>
+      <c r="B888" s="1" t="s">
+        <v>3936</v>
+      </c>
       <c r="C888" s="1" t="s">
-        <v>3828</v>
+        <v>3910</v>
       </c>
       <c r="D888" s="1" t="s">
-        <v>3844</v>
+        <v>3937</v>
       </c>
       <c r="E888" s="1" t="s">
-        <v>3845</v>
+        <v>3938</v>
       </c>
       <c r="F888" s="1" t="s">
-        <v>3846</v>
+        <v>3939</v>
       </c>
     </row>
     <row r="889" spans="1:6">
       <c r="A889" s="1" t="s">
-        <v>3847</v>
-[...1 lines deleted...]
-      <c r="B889" s="1"/>
+        <v>3940</v>
+      </c>
+      <c r="B889" s="1" t="s">
+        <v>3941</v>
+      </c>
       <c r="C889" s="1" t="s">
-        <v>3828</v>
+        <v>3910</v>
       </c>
       <c r="D889" s="1" t="s">
-        <v>3848</v>
+        <v>3942</v>
       </c>
       <c r="E889" s="1" t="s">
-        <v>3849</v>
+        <v>3943</v>
       </c>
       <c r="F889" s="1" t="s">
-        <v>3850</v>
+        <v>3944</v>
       </c>
     </row>
     <row r="890" spans="1:6">
       <c r="A890" s="1" t="s">
-        <v>3851</v>
-[...1 lines deleted...]
-      <c r="B890" s="1"/>
+        <v>3945</v>
+      </c>
+      <c r="B890" s="1" t="s">
+        <v>3946</v>
+      </c>
       <c r="C890" s="1" t="s">
-        <v>3828</v>
+        <v>3947</v>
       </c>
       <c r="D890" s="1" t="s">
-        <v>3852</v>
+        <v>3948</v>
       </c>
       <c r="E890" s="1" t="s">
-        <v>3853</v>
+        <v>3949</v>
       </c>
       <c r="F890" s="1" t="s">
-        <v>3854</v>
+        <v>3950</v>
       </c>
     </row>
     <row r="891" spans="1:6">
       <c r="A891" s="1" t="s">
-        <v>3855</v>
-[...3 lines deleted...]
-      </c>
+        <v>3951</v>
+      </c>
+      <c r="B891" s="1"/>
       <c r="C891" s="1" t="s">
-        <v>3828</v>
+        <v>3947</v>
       </c>
       <c r="D891" s="1" t="s">
-        <v>3857</v>
+        <v>3952</v>
       </c>
       <c r="E891" s="1" t="s">
-        <v>3858</v>
-[...3 lines deleted...]
-      </c>
+        <v>3953</v>
+      </c>
+      <c r="F891" s="1"/>
     </row>
     <row r="892" spans="1:6">
       <c r="A892" s="1" t="s">
-        <v>3860</v>
+        <v>3954</v>
       </c>
       <c r="B892" s="1" t="s">
-        <v>3861</v>
+        <v>3955</v>
       </c>
       <c r="C892" s="1" t="s">
-        <v>3862</v>
+        <v>3956</v>
       </c>
       <c r="D892" s="1" t="s">
-        <v>3863</v>
+        <v>3957</v>
       </c>
       <c r="E892" s="1" t="s">
-        <v>3864</v>
+        <v>3958</v>
       </c>
       <c r="F892" s="1" t="s">
-        <v>3865</v>
+        <v>3959</v>
       </c>
     </row>
     <row r="893" spans="1:6">
       <c r="A893" s="1" t="s">
-        <v>3866</v>
+        <v>3960</v>
       </c>
       <c r="B893" s="1"/>
       <c r="C893" s="1" t="s">
-        <v>3862</v>
+        <v>3956</v>
       </c>
       <c r="D893" s="1" t="s">
-        <v>3867</v>
+        <v>3961</v>
       </c>
       <c r="E893" s="1" t="s">
-        <v>3868</v>
+        <v>3962</v>
       </c>
       <c r="F893" s="1"/>
     </row>
     <row r="894" spans="1:6">
       <c r="A894" s="1" t="s">
-        <v>3869</v>
-[...3 lines deleted...]
-      </c>
+        <v>3963</v>
+      </c>
+      <c r="B894" s="1"/>
       <c r="C894" s="1" t="s">
-        <v>3871</v>
+        <v>3956</v>
       </c>
       <c r="D894" s="1" t="s">
-        <v>3872</v>
+        <v>3964</v>
       </c>
       <c r="E894" s="1" t="s">
-        <v>3873</v>
-[...3 lines deleted...]
-      </c>
+        <v>3965</v>
+      </c>
+      <c r="F894" s="1"/>
     </row>
     <row r="895" spans="1:6">
       <c r="A895" s="1" t="s">
-        <v>3875</v>
-[...1 lines deleted...]
-      <c r="B895" s="1"/>
+        <v>3966</v>
+      </c>
+      <c r="B895" s="1" t="s">
+        <v>3967</v>
+      </c>
       <c r="C895" s="1" t="s">
-        <v>3871</v>
+        <v>3956</v>
       </c>
       <c r="D895" s="1" t="s">
-        <v>3876</v>
+        <v>3968</v>
       </c>
       <c r="E895" s="1" t="s">
-        <v>3877</v>
-[...1 lines deleted...]
-      <c r="F895" s="1"/>
+        <v>3969</v>
+      </c>
+      <c r="F895" s="1" t="s">
+        <v>3970</v>
+      </c>
     </row>
     <row r="896" spans="1:6">
       <c r="A896" s="1" t="s">
-        <v>3878</v>
-[...1 lines deleted...]
-      <c r="B896" s="1"/>
+        <v>3971</v>
+      </c>
+      <c r="B896" s="1" t="s">
+        <v>3972</v>
+      </c>
       <c r="C896" s="1" t="s">
-        <v>3871</v>
+        <v>3956</v>
       </c>
       <c r="D896" s="1" t="s">
-        <v>3879</v>
+        <v>3973</v>
       </c>
       <c r="E896" s="1" t="s">
-        <v>3880</v>
-[...1 lines deleted...]
-      <c r="F896" s="1"/>
+        <v>3974</v>
+      </c>
+      <c r="F896" s="1" t="s">
+        <v>3975</v>
+      </c>
     </row>
     <row r="897" spans="1:6">
       <c r="A897" s="1" t="s">
-        <v>3881</v>
+        <v>3976</v>
       </c>
       <c r="B897" s="1" t="s">
-        <v>3882</v>
+        <v>3955</v>
       </c>
       <c r="C897" s="1" t="s">
-        <v>3871</v>
+        <v>3956</v>
       </c>
       <c r="D897" s="1" t="s">
-        <v>3883</v>
+        <v>3977</v>
       </c>
       <c r="E897" s="1" t="s">
-        <v>3884</v>
+        <v>3978</v>
       </c>
       <c r="F897" s="1" t="s">
-        <v>3885</v>
+        <v>3979</v>
       </c>
     </row>
     <row r="898" spans="1:6">
       <c r="A898" s="1" t="s">
-        <v>3886</v>
-[...1 lines deleted...]
-      <c r="B898" s="1"/>
+        <v>3980</v>
+      </c>
+      <c r="B898" s="1" t="s">
+        <v>3981</v>
+      </c>
       <c r="C898" s="1" t="s">
-        <v>3871</v>
+        <v>3956</v>
       </c>
       <c r="D898" s="1" t="s">
-        <v>3887</v>
+        <v>3982</v>
       </c>
       <c r="E898" s="1" t="s">
-        <v>3888</v>
+        <v>3983</v>
       </c>
       <c r="F898" s="1" t="s">
-        <v>3889</v>
+        <v>3984</v>
       </c>
     </row>
     <row r="899" spans="1:6">
       <c r="A899" s="1" t="s">
-        <v>3890</v>
+        <v>3985</v>
       </c>
       <c r="B899" s="1" t="s">
-        <v>3870</v>
+        <v>3986</v>
       </c>
       <c r="C899" s="1" t="s">
-        <v>3871</v>
+        <v>3987</v>
       </c>
       <c r="D899" s="1" t="s">
-        <v>3891</v>
+        <v>3988</v>
       </c>
       <c r="E899" s="1" t="s">
-        <v>3892</v>
+        <v>3989</v>
       </c>
       <c r="F899" s="1" t="s">
-        <v>3893</v>
+        <v>3990</v>
       </c>
     </row>
     <row r="900" spans="1:6">
       <c r="A900" s="1" t="s">
-        <v>3894</v>
+        <v>3991</v>
       </c>
       <c r="B900" s="1" t="s">
-        <v>3895</v>
+        <v>3992</v>
       </c>
       <c r="C900" s="1" t="s">
-        <v>3871</v>
+        <v>3987</v>
       </c>
       <c r="D900" s="1" t="s">
-        <v>3896</v>
+        <v>3993</v>
       </c>
       <c r="E900" s="1" t="s">
-        <v>3897</v>
+        <v>3994</v>
       </c>
       <c r="F900" s="1" t="s">
-        <v>3898</v>
+        <v>3995</v>
       </c>
     </row>
     <row r="901" spans="1:6">
       <c r="A901" s="1" t="s">
-        <v>3899</v>
+        <v>3996</v>
       </c>
       <c r="B901" s="1" t="s">
-        <v>3900</v>
+        <v>3997</v>
       </c>
       <c r="C901" s="1" t="s">
-        <v>3901</v>
+        <v>3987</v>
       </c>
       <c r="D901" s="1" t="s">
-        <v>3902</v>
+        <v>3998</v>
       </c>
       <c r="E901" s="1" t="s">
-        <v>3903</v>
+        <v>3999</v>
       </c>
       <c r="F901" s="1" t="s">
-        <v>3904</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="902" spans="1:6">
       <c r="A902" s="1" t="s">
-        <v>3905</v>
-[...3 lines deleted...]
-      </c>
+        <v>4001</v>
+      </c>
+      <c r="B902" s="1"/>
       <c r="C902" s="1" t="s">
-        <v>3901</v>
-[...3 lines deleted...]
-      </c>
+        <v>3987</v>
+      </c>
+      <c r="D902" s="1"/>
       <c r="E902" s="1" t="s">
-        <v>3908</v>
+        <v>4002</v>
       </c>
       <c r="F902" s="1" t="s">
-        <v>3909</v>
+        <v>4003</v>
       </c>
     </row>
     <row r="903" spans="1:6">
       <c r="A903" s="1" t="s">
-        <v>3910</v>
-[...3 lines deleted...]
-      </c>
+        <v>4004</v>
+      </c>
+      <c r="B903" s="1"/>
       <c r="C903" s="1" t="s">
-        <v>3901</v>
+        <v>3987</v>
       </c>
       <c r="D903" s="1" t="s">
-        <v>3912</v>
+        <v>4005</v>
       </c>
       <c r="E903" s="1" t="s">
-        <v>3913</v>
-[...3 lines deleted...]
-      </c>
+        <v>4006</v>
+      </c>
+      <c r="F903" s="1"/>
     </row>
     <row r="904" spans="1:6">
       <c r="A904" s="1" t="s">
-        <v>3915</v>
+        <v>4007</v>
       </c>
       <c r="B904" s="1"/>
       <c r="C904" s="1" t="s">
-        <v>3901</v>
-[...1 lines deleted...]
-      <c r="D904" s="1"/>
+        <v>3987</v>
+      </c>
+      <c r="D904" s="1" t="s">
+        <v>4008</v>
+      </c>
       <c r="E904" s="1" t="s">
-        <v>3916</v>
-[...3 lines deleted...]
-      </c>
+        <v>4009</v>
+      </c>
+      <c r="F904" s="1"/>
     </row>
     <row r="905" spans="1:6">
       <c r="A905" s="1" t="s">
-        <v>3918</v>
+        <v>4010</v>
       </c>
       <c r="B905" s="1"/>
       <c r="C905" s="1" t="s">
-        <v>3901</v>
+        <v>3987</v>
       </c>
       <c r="D905" s="1" t="s">
-        <v>3919</v>
+        <v>257</v>
       </c>
       <c r="E905" s="1" t="s">
-        <v>3920</v>
-[...1 lines deleted...]
-      <c r="F905" s="1"/>
+        <v>4011</v>
+      </c>
+      <c r="F905" s="1" t="s">
+        <v>387</v>
+      </c>
     </row>
     <row r="906" spans="1:6">
       <c r="A906" s="1" t="s">
-        <v>3921</v>
+        <v>4012</v>
       </c>
       <c r="B906" s="1"/>
       <c r="C906" s="1" t="s">
-        <v>3901</v>
-[...3 lines deleted...]
-      </c>
+        <v>3987</v>
+      </c>
+      <c r="D906" s="1"/>
       <c r="E906" s="1" t="s">
-        <v>3923</v>
+        <v>4013</v>
       </c>
       <c r="F906" s="1"/>
     </row>
     <row r="907" spans="1:6">
       <c r="A907" s="1" t="s">
-        <v>3924</v>
-[...1 lines deleted...]
-      <c r="B907" s="1"/>
+        <v>4014</v>
+      </c>
+      <c r="B907" s="1" t="s">
+        <v>4015</v>
+      </c>
       <c r="C907" s="1" t="s">
-        <v>3901</v>
+        <v>3987</v>
       </c>
       <c r="D907" s="1" t="s">
-        <v>249</v>
+        <v>4016</v>
       </c>
       <c r="E907" s="1" t="s">
-        <v>3925</v>
+        <v>4017</v>
       </c>
       <c r="F907" s="1" t="s">
-        <v>377</v>
+        <v>4018</v>
       </c>
     </row>
     <row r="908" spans="1:6">
       <c r="A908" s="1" t="s">
-        <v>3926</v>
-[...1 lines deleted...]
-      <c r="B908" s="1"/>
+        <v>4019</v>
+      </c>
+      <c r="B908" s="1" t="s">
+        <v>4020</v>
+      </c>
       <c r="C908" s="1" t="s">
-        <v>3901</v>
-[...1 lines deleted...]
-      <c r="D908" s="1"/>
+        <v>3987</v>
+      </c>
+      <c r="D908" s="1" t="s">
+        <v>4021</v>
+      </c>
       <c r="E908" s="1" t="s">
-        <v>3927</v>
-[...1 lines deleted...]
-      <c r="F908" s="1"/>
+        <v>4022</v>
+      </c>
+      <c r="F908" s="1" t="s">
+        <v>4023</v>
+      </c>
     </row>
     <row r="909" spans="1:6">
       <c r="A909" s="1" t="s">
-        <v>3928</v>
+        <v>4024</v>
       </c>
       <c r="B909" s="1" t="s">
-        <v>3929</v>
+        <v>4025</v>
       </c>
       <c r="C909" s="1" t="s">
-        <v>3901</v>
+        <v>3987</v>
       </c>
       <c r="D909" s="1" t="s">
-        <v>3930</v>
+        <v>4026</v>
       </c>
       <c r="E909" s="1" t="s">
-        <v>3931</v>
+        <v>4027</v>
       </c>
       <c r="F909" s="1" t="s">
-        <v>3932</v>
+        <v>4028</v>
       </c>
     </row>
     <row r="910" spans="1:6">
       <c r="A910" s="1" t="s">
-        <v>3933</v>
+        <v>4029</v>
       </c>
       <c r="B910" s="1" t="s">
-        <v>3934</v>
+        <v>4030</v>
       </c>
       <c r="C910" s="1" t="s">
-        <v>3901</v>
+        <v>3987</v>
       </c>
       <c r="D910" s="1" t="s">
-        <v>3935</v>
+        <v>4031</v>
       </c>
       <c r="E910" s="1" t="s">
-        <v>3936</v>
+        <v>4032</v>
       </c>
       <c r="F910" s="1" t="s">
-        <v>3937</v>
+        <v>4033</v>
       </c>
     </row>
     <row r="911" spans="1:6">
       <c r="A911" s="1" t="s">
-        <v>3938</v>
+        <v>4034</v>
       </c>
       <c r="B911" s="1" t="s">
-        <v>3939</v>
+        <v>4035</v>
       </c>
       <c r="C911" s="1" t="s">
-        <v>3901</v>
+        <v>4036</v>
       </c>
       <c r="D911" s="1" t="s">
-        <v>3940</v>
+        <v>4037</v>
       </c>
       <c r="E911" s="1" t="s">
-        <v>3941</v>
+        <v>4038</v>
       </c>
       <c r="F911" s="1" t="s">
-        <v>3942</v>
+        <v>4039</v>
       </c>
     </row>
     <row r="912" spans="1:6">
       <c r="A912" s="1" t="s">
-        <v>3943</v>
+        <v>4040</v>
       </c>
       <c r="B912" s="1" t="s">
-        <v>3944</v>
+        <v>4041</v>
       </c>
       <c r="C912" s="1" t="s">
-        <v>3901</v>
+        <v>4036</v>
       </c>
       <c r="D912" s="1" t="s">
-        <v>3945</v>
+        <v>4042</v>
       </c>
       <c r="E912" s="1" t="s">
-        <v>3946</v>
+        <v>4043</v>
       </c>
       <c r="F912" s="1" t="s">
-        <v>3947</v>
+        <v>4039</v>
       </c>
     </row>
     <row r="913" spans="1:6">
       <c r="A913" s="1" t="s">
-        <v>3948</v>
-[...1 lines deleted...]
-      <c r="B913" s="1"/>
+        <v>4044</v>
+      </c>
+      <c r="B913" s="1" t="s">
+        <v>4045</v>
+      </c>
       <c r="C913" s="1" t="s">
-        <v>3901</v>
+        <v>4036</v>
       </c>
       <c r="D913" s="1" t="s">
-        <v>3949</v>
+        <v>4037</v>
       </c>
       <c r="E913" s="1" t="s">
-        <v>3950</v>
+        <v>4046</v>
       </c>
       <c r="F913" s="1" t="s">
-        <v>3951</v>
+        <v>4047</v>
       </c>
     </row>
     <row r="914" spans="1:6">
       <c r="A914" s="1" t="s">
-        <v>3952</v>
+        <v>4048</v>
       </c>
       <c r="B914" s="1" t="s">
-        <v>3953</v>
+        <v>4049</v>
       </c>
       <c r="C914" s="1" t="s">
-        <v>3954</v>
+        <v>4050</v>
       </c>
       <c r="D914" s="1" t="s">
-        <v>3955</v>
+        <v>4051</v>
       </c>
       <c r="E914" s="1" t="s">
-        <v>3956</v>
+        <v>4052</v>
       </c>
       <c r="F914" s="1" t="s">
-        <v>3957</v>
+        <v>4053</v>
       </c>
     </row>
     <row r="915" spans="1:6">
       <c r="A915" s="1" t="s">
-        <v>3958</v>
-[...3 lines deleted...]
-      </c>
+        <v>4054</v>
+      </c>
+      <c r="B915" s="1"/>
       <c r="C915" s="1" t="s">
-        <v>3954</v>
+        <v>4050</v>
       </c>
       <c r="D915" s="1" t="s">
-        <v>3960</v>
+        <v>4055</v>
       </c>
       <c r="E915" s="1" t="s">
-        <v>3961</v>
-[...3 lines deleted...]
-      </c>
+        <v>4056</v>
+      </c>
+      <c r="F915" s="1"/>
     </row>
     <row r="916" spans="1:6">
       <c r="A916" s="1" t="s">
-        <v>3962</v>
-[...1 lines deleted...]
-      <c r="B916" s="1"/>
+        <v>4057</v>
+      </c>
+      <c r="B916" s="1" t="s">
+        <v>4058</v>
+      </c>
       <c r="C916" s="1" t="s">
-        <v>3954</v>
+        <v>4050</v>
       </c>
       <c r="D916" s="1" t="s">
-        <v>3955</v>
+        <v>4059</v>
       </c>
       <c r="E916" s="1" t="s">
-        <v>3963</v>
+        <v>4060</v>
       </c>
       <c r="F916" s="1" t="s">
-        <v>3964</v>
+        <v>4061</v>
       </c>
     </row>
     <row r="917" spans="1:6">
       <c r="A917" s="1" t="s">
-        <v>3965</v>
+        <v>4062</v>
       </c>
       <c r="B917" s="1" t="s">
-        <v>3966</v>
+        <v>4063</v>
       </c>
       <c r="C917" s="1" t="s">
-        <v>3967</v>
+        <v>4064</v>
       </c>
       <c r="D917" s="1" t="s">
-        <v>3968</v>
+        <v>4065</v>
       </c>
       <c r="E917" s="1" t="s">
-        <v>3969</v>
+        <v>4066</v>
       </c>
       <c r="F917" s="1" t="s">
-        <v>3970</v>
+        <v>4067</v>
       </c>
     </row>
     <row r="918" spans="1:6">
       <c r="A918" s="1" t="s">
-        <v>3971</v>
+        <v>4068</v>
       </c>
       <c r="B918" s="1"/>
       <c r="C918" s="1" t="s">
-        <v>3967</v>
+        <v>4064</v>
       </c>
       <c r="D918" s="1" t="s">
-        <v>3972</v>
+        <v>4069</v>
       </c>
       <c r="E918" s="1" t="s">
-        <v>3973</v>
+        <v>4070</v>
       </c>
       <c r="F918" s="1"/>
     </row>
     <row r="919" spans="1:6">
       <c r="A919" s="1" t="s">
-        <v>3974</v>
+        <v>4071</v>
       </c>
       <c r="B919" s="1" t="s">
-        <v>3975</v>
+        <v>4072</v>
       </c>
       <c r="C919" s="1" t="s">
-        <v>3967</v>
+        <v>4064</v>
       </c>
       <c r="D919" s="1" t="s">
-        <v>3976</v>
+        <v>3932</v>
       </c>
       <c r="E919" s="1" t="s">
-        <v>3977</v>
+        <v>4073</v>
       </c>
       <c r="F919" s="1" t="s">
-        <v>3978</v>
+        <v>4074</v>
       </c>
     </row>
     <row r="920" spans="1:6">
       <c r="A920" s="1" t="s">
-        <v>3979</v>
+        <v>4075</v>
       </c>
       <c r="B920" s="1" t="s">
-        <v>3980</v>
+        <v>4076</v>
       </c>
       <c r="C920" s="1" t="s">
-        <v>3981</v>
+        <v>4077</v>
       </c>
       <c r="D920" s="1" t="s">
-        <v>3982</v>
+        <v>4078</v>
       </c>
       <c r="E920" s="1" t="s">
-        <v>3983</v>
-[...3 lines deleted...]
-      </c>
+        <v>4079</v>
+      </c>
+      <c r="F920" s="1"/>
     </row>
     <row r="921" spans="1:6">
       <c r="A921" s="1" t="s">
-        <v>3985</v>
-[...1 lines deleted...]
-      <c r="B921" s="1"/>
+        <v>4080</v>
+      </c>
+      <c r="B921" s="1" t="s">
+        <v>4081</v>
+      </c>
       <c r="C921" s="1" t="s">
-        <v>3981</v>
+        <v>4077</v>
       </c>
       <c r="D921" s="1" t="s">
-        <v>3986</v>
+        <v>4082</v>
       </c>
       <c r="E921" s="1" t="s">
-        <v>3987</v>
-[...1 lines deleted...]
-      <c r="F921" s="1"/>
+        <v>4083</v>
+      </c>
+      <c r="F921" s="1" t="s">
+        <v>4084</v>
+      </c>
     </row>
     <row r="922" spans="1:6">
       <c r="A922" s="1" t="s">
-        <v>3988</v>
+        <v>4085</v>
       </c>
       <c r="B922" s="1"/>
       <c r="C922" s="1" t="s">
-        <v>3981</v>
+        <v>4077</v>
       </c>
       <c r="D922" s="1" t="s">
-        <v>3848</v>
+        <v>4086</v>
       </c>
       <c r="E922" s="1" t="s">
-        <v>3989</v>
+        <v>4087</v>
       </c>
       <c r="F922" s="1" t="s">
-        <v>3990</v>
+        <v>4088</v>
       </c>
     </row>
     <row r="923" spans="1:6">
       <c r="A923" s="1" t="s">
-        <v>3991</v>
+        <v>4089</v>
       </c>
       <c r="B923" s="1" t="s">
-        <v>3992</v>
+        <v>4090</v>
       </c>
       <c r="C923" s="1" t="s">
-        <v>3993</v>
+        <v>4091</v>
       </c>
       <c r="D923" s="1" t="s">
-        <v>3994</v>
+        <v>4092</v>
       </c>
       <c r="E923" s="1" t="s">
-        <v>3995</v>
+        <v>4093</v>
       </c>
       <c r="F923" s="1"/>
     </row>
     <row r="924" spans="1:6">
       <c r="A924" s="1" t="s">
-        <v>3996</v>
-[...3 lines deleted...]
-      </c>
+        <v>4094</v>
+      </c>
+      <c r="B924" s="1"/>
       <c r="C924" s="1" t="s">
-        <v>3993</v>
+        <v>4091</v>
       </c>
       <c r="D924" s="1" t="s">
-        <v>3998</v>
+        <v>4095</v>
       </c>
       <c r="E924" s="1" t="s">
-        <v>3999</v>
-[...3 lines deleted...]
-      </c>
+        <v>4096</v>
+      </c>
+      <c r="F924" s="1"/>
     </row>
     <row r="925" spans="1:6">
       <c r="A925" s="1" t="s">
-        <v>4001</v>
+        <v>4097</v>
       </c>
       <c r="B925" s="1"/>
       <c r="C925" s="1" t="s">
-        <v>3993</v>
+        <v>4091</v>
       </c>
       <c r="D925" s="1" t="s">
-        <v>4002</v>
+        <v>257</v>
       </c>
       <c r="E925" s="1" t="s">
-        <v>4003</v>
+        <v>4098</v>
       </c>
       <c r="F925" s="1" t="s">
-        <v>4004</v>
+        <v>259</v>
       </c>
     </row>
     <row r="926" spans="1:6">
       <c r="A926" s="1" t="s">
-        <v>4005</v>
+        <v>4099</v>
       </c>
       <c r="B926" s="1" t="s">
-        <v>4006</v>
+        <v>4100</v>
       </c>
       <c r="C926" s="1" t="s">
-        <v>4007</v>
+        <v>4101</v>
       </c>
       <c r="D926" s="1" t="s">
-        <v>4008</v>
+        <v>4102</v>
       </c>
       <c r="E926" s="1" t="s">
-        <v>4009</v>
-[...1 lines deleted...]
-      <c r="F926" s="1"/>
+        <v>4103</v>
+      </c>
+      <c r="F926" s="1" t="s">
+        <v>4104</v>
+      </c>
     </row>
     <row r="927" spans="1:6">
       <c r="A927" s="1" t="s">
-        <v>4010</v>
-[...1 lines deleted...]
-      <c r="B927" s="1"/>
+        <v>4105</v>
+      </c>
+      <c r="B927" s="1" t="s">
+        <v>4106</v>
+      </c>
       <c r="C927" s="1" t="s">
-        <v>4007</v>
+        <v>4101</v>
       </c>
       <c r="D927" s="1" t="s">
-        <v>4011</v>
+        <v>4107</v>
       </c>
       <c r="E927" s="1" t="s">
-        <v>4012</v>
-[...1 lines deleted...]
-      <c r="F927" s="1"/>
+        <v>4108</v>
+      </c>
+      <c r="F927" s="1" t="s">
+        <v>4109</v>
+      </c>
     </row>
     <row r="928" spans="1:6">
       <c r="A928" s="1" t="s">
-        <v>4013</v>
-[...1 lines deleted...]
-      <c r="B928" s="1"/>
+        <v>4110</v>
+      </c>
+      <c r="B928" s="1" t="s">
+        <v>4111</v>
+      </c>
       <c r="C928" s="1" t="s">
-        <v>4007</v>
+        <v>4101</v>
       </c>
       <c r="D928" s="1" t="s">
-        <v>249</v>
+        <v>4112</v>
       </c>
       <c r="E928" s="1" t="s">
-        <v>4014</v>
+        <v>4113</v>
       </c>
       <c r="F928" s="1" t="s">
-        <v>251</v>
+        <v>4114</v>
       </c>
     </row>
     <row r="929" spans="1:6">
       <c r="A929" s="1" t="s">
-        <v>4015</v>
-[...3 lines deleted...]
-      </c>
+        <v>4115</v>
+      </c>
+      <c r="B929" s="1"/>
       <c r="C929" s="1" t="s">
-        <v>4017</v>
+        <v>4101</v>
       </c>
       <c r="D929" s="1" t="s">
-        <v>4018</v>
+        <v>4102</v>
       </c>
       <c r="E929" s="1" t="s">
-        <v>4019</v>
-[...1 lines deleted...]
-      <c r="F929" s="1"/>
+        <v>4116</v>
+      </c>
+      <c r="F929" s="1" t="s">
+        <v>4117</v>
+      </c>
     </row>
     <row r="930" spans="1:6">
       <c r="A930" s="1" t="s">
-        <v>4020</v>
-[...3 lines deleted...]
-      </c>
+        <v>4118</v>
+      </c>
+      <c r="B930" s="1"/>
       <c r="C930" s="1" t="s">
-        <v>4017</v>
+        <v>4101</v>
       </c>
       <c r="D930" s="1" t="s">
-        <v>4022</v>
+        <v>4102</v>
       </c>
       <c r="E930" s="1" t="s">
-        <v>4023</v>
+        <v>4119</v>
       </c>
       <c r="F930" s="1" t="s">
-        <v>4024</v>
+        <v>4120</v>
       </c>
     </row>
     <row r="931" spans="1:6">
       <c r="A931" s="1" t="s">
-        <v>4025</v>
-[...3 lines deleted...]
-      </c>
+        <v>4121</v>
+      </c>
+      <c r="B931" s="1"/>
       <c r="C931" s="1" t="s">
-        <v>4017</v>
+        <v>4101</v>
       </c>
       <c r="D931" s="1" t="s">
-        <v>4027</v>
+        <v>257</v>
       </c>
       <c r="E931" s="1" t="s">
-        <v>4028</v>
+        <v>4122</v>
       </c>
       <c r="F931" s="1" t="s">
-        <v>4029</v>
+        <v>387</v>
       </c>
     </row>
     <row r="932" spans="1:6">
       <c r="A932" s="1" t="s">
-        <v>4030</v>
+        <v>4123</v>
       </c>
       <c r="B932" s="1"/>
       <c r="C932" s="1" t="s">
-        <v>4017</v>
+        <v>4101</v>
       </c>
       <c r="D932" s="1" t="s">
-        <v>4018</v>
+        <v>4124</v>
       </c>
       <c r="E932" s="1" t="s">
-        <v>4031</v>
-[...3 lines deleted...]
-      </c>
+        <v>4125</v>
+      </c>
+      <c r="F932" s="1"/>
     </row>
     <row r="933" spans="1:6">
       <c r="A933" s="1" t="s">
-        <v>4033</v>
-[...1 lines deleted...]
-      <c r="B933" s="1"/>
+        <v>4126</v>
+      </c>
+      <c r="B933" s="1" t="s">
+        <v>4127</v>
+      </c>
       <c r="C933" s="1" t="s">
-        <v>4017</v>
+        <v>4101</v>
       </c>
       <c r="D933" s="1" t="s">
-        <v>4018</v>
+        <v>4128</v>
       </c>
       <c r="E933" s="1" t="s">
-        <v>4034</v>
+        <v>4129</v>
       </c>
       <c r="F933" s="1" t="s">
-        <v>4035</v>
+        <v>4130</v>
       </c>
     </row>
     <row r="934" spans="1:6">
       <c r="A934" s="1" t="s">
-        <v>4036</v>
-[...1 lines deleted...]
-      <c r="B934" s="1"/>
+        <v>4131</v>
+      </c>
+      <c r="B934" s="1" t="s">
+        <v>4132</v>
+      </c>
       <c r="C934" s="1" t="s">
-        <v>4017</v>
+        <v>4101</v>
       </c>
       <c r="D934" s="1" t="s">
-        <v>249</v>
+        <v>4133</v>
       </c>
       <c r="E934" s="1" t="s">
-        <v>4037</v>
+        <v>4134</v>
       </c>
       <c r="F934" s="1" t="s">
-        <v>377</v>
+        <v>4135</v>
       </c>
     </row>
     <row r="935" spans="1:6">
       <c r="A935" s="1" t="s">
-        <v>4038</v>
-[...1 lines deleted...]
-      <c r="B935" s="1"/>
+        <v>4136</v>
+      </c>
+      <c r="B935" s="1" t="s">
+        <v>4137</v>
+      </c>
       <c r="C935" s="1" t="s">
-        <v>4017</v>
+        <v>4101</v>
       </c>
       <c r="D935" s="1" t="s">
-        <v>4039</v>
+        <v>4138</v>
       </c>
       <c r="E935" s="1" t="s">
-        <v>4040</v>
-[...1 lines deleted...]
-      <c r="F935" s="1"/>
+        <v>4139</v>
+      </c>
+      <c r="F935" s="1" t="s">
+        <v>4140</v>
+      </c>
     </row>
     <row r="936" spans="1:6">
       <c r="A936" s="1" t="s">
-        <v>4041</v>
+        <v>4141</v>
       </c>
       <c r="B936" s="1" t="s">
-        <v>4042</v>
+        <v>3005</v>
       </c>
       <c r="C936" s="1" t="s">
-        <v>4017</v>
+        <v>4101</v>
       </c>
       <c r="D936" s="1" t="s">
-        <v>4043</v>
+        <v>4142</v>
       </c>
       <c r="E936" s="1" t="s">
-        <v>4044</v>
+        <v>4143</v>
       </c>
       <c r="F936" s="1" t="s">
-        <v>4045</v>
+        <v>4144</v>
       </c>
     </row>
     <row r="937" spans="1:6">
       <c r="A937" s="1" t="s">
-        <v>4046</v>
+        <v>4145</v>
       </c>
       <c r="B937" s="1" t="s">
-        <v>4047</v>
+        <v>3005</v>
       </c>
       <c r="C937" s="1" t="s">
-        <v>4017</v>
+        <v>4101</v>
       </c>
       <c r="D937" s="1" t="s">
-        <v>4048</v>
+        <v>4146</v>
       </c>
       <c r="E937" s="1" t="s">
-        <v>4049</v>
+        <v>4147</v>
       </c>
       <c r="F937" s="1" t="s">
-        <v>4050</v>
+        <v>4148</v>
       </c>
     </row>
     <row r="938" spans="1:6">
       <c r="A938" s="1" t="s">
-        <v>4051</v>
+        <v>4149</v>
       </c>
       <c r="B938" s="1" t="s">
-        <v>4052</v>
+        <v>4150</v>
       </c>
       <c r="C938" s="1" t="s">
-        <v>4017</v>
+        <v>4101</v>
       </c>
       <c r="D938" s="1" t="s">
-        <v>4053</v>
+        <v>4151</v>
       </c>
       <c r="E938" s="1" t="s">
-        <v>4054</v>
+        <v>4152</v>
       </c>
       <c r="F938" s="1" t="s">
-        <v>4055</v>
+        <v>4153</v>
       </c>
     </row>
     <row r="939" spans="1:6">
       <c r="A939" s="1" t="s">
-        <v>4056</v>
-[...1 lines deleted...]
-      <c r="B939" s="1"/>
+        <v>4154</v>
+      </c>
+      <c r="B939" s="1" t="s">
+        <v>4155</v>
+      </c>
       <c r="C939" s="1" t="s">
-        <v>4017</v>
+        <v>4101</v>
       </c>
       <c r="D939" s="1" t="s">
-        <v>4057</v>
+        <v>4156</v>
       </c>
       <c r="E939" s="1" t="s">
-        <v>4058</v>
+        <v>4157</v>
       </c>
       <c r="F939" s="1" t="s">
-        <v>4059</v>
+        <v>4158</v>
       </c>
     </row>
     <row r="940" spans="1:6">
       <c r="A940" s="1" t="s">
-        <v>4060</v>
+        <v>4159</v>
       </c>
       <c r="B940" s="1" t="s">
-        <v>4061</v>
+        <v>4160</v>
       </c>
       <c r="C940" s="1" t="s">
-        <v>4017</v>
+        <v>4101</v>
       </c>
       <c r="D940" s="1" t="s">
-        <v>4062</v>
+        <v>4161</v>
       </c>
       <c r="E940" s="1" t="s">
-        <v>4063</v>
+        <v>4162</v>
       </c>
       <c r="F940" s="1" t="s">
-        <v>4064</v>
+        <v>4163</v>
       </c>
     </row>
     <row r="941" spans="1:6">
       <c r="A941" s="1" t="s">
-        <v>4065</v>
-[...1 lines deleted...]
-      <c r="B941" s="1"/>
+        <v>4164</v>
+      </c>
+      <c r="B941" s="1" t="s">
+        <v>4165</v>
+      </c>
       <c r="C941" s="1" t="s">
-        <v>4017</v>
+        <v>4101</v>
       </c>
       <c r="D941" s="1" t="s">
-        <v>4066</v>
+        <v>4166</v>
       </c>
       <c r="E941" s="1" t="s">
-        <v>4067</v>
+        <v>4167</v>
       </c>
       <c r="F941" s="1" t="s">
-        <v>4068</v>
+        <v>4168</v>
       </c>
     </row>
     <row r="942" spans="1:6">
       <c r="A942" s="1" t="s">
-        <v>4069</v>
+        <v>4169</v>
       </c>
       <c r="B942" s="1" t="s">
-        <v>4070</v>
+        <v>4170</v>
       </c>
       <c r="C942" s="1" t="s">
-        <v>4017</v>
+        <v>4101</v>
       </c>
       <c r="D942" s="1" t="s">
-        <v>4071</v>
+        <v>4171</v>
       </c>
       <c r="E942" s="1" t="s">
-        <v>4072</v>
+        <v>4172</v>
       </c>
       <c r="F942" s="1" t="s">
-        <v>4073</v>
+        <v>4173</v>
       </c>
     </row>
     <row r="943" spans="1:6">
       <c r="A943" s="1" t="s">
-        <v>4074</v>
-[...1 lines deleted...]
-      <c r="B943" s="1"/>
+        <v>4174</v>
+      </c>
+      <c r="B943" s="1" t="s">
+        <v>4175</v>
+      </c>
       <c r="C943" s="1" t="s">
-        <v>4017</v>
+        <v>4101</v>
       </c>
       <c r="D943" s="1" t="s">
-        <v>4075</v>
+        <v>4176</v>
       </c>
       <c r="E943" s="1" t="s">
-        <v>4076</v>
+        <v>4177</v>
       </c>
       <c r="F943" s="1" t="s">
-        <v>4077</v>
+        <v>4178</v>
       </c>
     </row>
     <row r="944" spans="1:6">
       <c r="A944" s="1" t="s">
-        <v>4078</v>
+        <v>4179</v>
       </c>
       <c r="B944" s="1" t="s">
-        <v>4079</v>
+        <v>4180</v>
       </c>
       <c r="C944" s="1" t="s">
-        <v>4017</v>
+        <v>4101</v>
       </c>
       <c r="D944" s="1" t="s">
-        <v>4080</v>
+        <v>4181</v>
       </c>
       <c r="E944" s="1" t="s">
-        <v>4081</v>
+        <v>4182</v>
       </c>
       <c r="F944" s="1" t="s">
-        <v>4082</v>
+        <v>4183</v>
       </c>
     </row>
     <row r="945" spans="1:6">
       <c r="A945" s="1" t="s">
-        <v>4083</v>
+        <v>4184</v>
       </c>
       <c r="B945" s="1" t="s">
-        <v>4084</v>
+        <v>4185</v>
       </c>
       <c r="C945" s="1" t="s">
-        <v>4017</v>
+        <v>4101</v>
       </c>
       <c r="D945" s="1" t="s">
-        <v>4085</v>
+        <v>4186</v>
       </c>
       <c r="E945" s="1" t="s">
-        <v>4086</v>
+        <v>4187</v>
       </c>
       <c r="F945" s="1" t="s">
-        <v>4087</v>
+        <v>4188</v>
       </c>
     </row>
     <row r="946" spans="1:6">
       <c r="A946" s="1" t="s">
-        <v>4088</v>
+        <v>4189</v>
       </c>
       <c r="B946" s="1" t="s">
-        <v>4089</v>
+        <v>4190</v>
       </c>
       <c r="C946" s="1" t="s">
-        <v>4017</v>
+        <v>4101</v>
       </c>
       <c r="D946" s="1" t="s">
-        <v>4090</v>
+        <v>4191</v>
       </c>
       <c r="E946" s="1" t="s">
-        <v>4091</v>
+        <v>4192</v>
       </c>
       <c r="F946" s="1" t="s">
-        <v>4092</v>
+        <v>4193</v>
       </c>
     </row>
     <row r="947" spans="1:6">
       <c r="A947" s="1" t="s">
-        <v>4093</v>
-[...3 lines deleted...]
-      </c>
+        <v>4194</v>
+      </c>
+      <c r="B947" s="1"/>
       <c r="C947" s="1" t="s">
-        <v>4017</v>
+        <v>4195</v>
       </c>
       <c r="D947" s="1" t="s">
-        <v>4095</v>
+        <v>4196</v>
       </c>
       <c r="E947" s="1" t="s">
-        <v>4096</v>
-[...3 lines deleted...]
-      </c>
+        <v>4197</v>
+      </c>
+      <c r="F947" s="1"/>
     </row>
     <row r="948" spans="1:6">
       <c r="A948" s="1" t="s">
-        <v>4098</v>
+        <v>4198</v>
       </c>
       <c r="B948" s="1" t="s">
-        <v>4099</v>
+        <v>4199</v>
       </c>
       <c r="C948" s="1" t="s">
-        <v>4017</v>
+        <v>4200</v>
       </c>
       <c r="D948" s="1" t="s">
-        <v>4100</v>
+        <v>4201</v>
       </c>
       <c r="E948" s="1" t="s">
-        <v>4101</v>
-[...3 lines deleted...]
-      </c>
+        <v>4202</v>
+      </c>
+      <c r="F948" s="1"/>
     </row>
     <row r="949" spans="1:6">
       <c r="A949" s="1" t="s">
-        <v>4103</v>
+        <v>4203</v>
       </c>
       <c r="B949" s="1" t="s">
-        <v>4104</v>
+        <v>4204</v>
       </c>
       <c r="C949" s="1" t="s">
-        <v>4017</v>
+        <v>4205</v>
       </c>
       <c r="D949" s="1" t="s">
-        <v>4105</v>
+        <v>4206</v>
       </c>
       <c r="E949" s="1" t="s">
-        <v>4106</v>
+        <v>4207</v>
       </c>
       <c r="F949" s="1" t="s">
-        <v>4107</v>
+        <v>4208</v>
       </c>
     </row>
     <row r="950" spans="1:6">
       <c r="A950" s="1" t="s">
-        <v>4108</v>
+        <v>4209</v>
       </c>
       <c r="B950" s="1"/>
       <c r="C950" s="1" t="s">
-        <v>4109</v>
+        <v>4205</v>
       </c>
       <c r="D950" s="1" t="s">
-        <v>4110</v>
+        <v>4210</v>
       </c>
       <c r="E950" s="1" t="s">
-        <v>4111</v>
+        <v>4211</v>
       </c>
       <c r="F950" s="1"/>
     </row>
     <row r="951" spans="1:6">
       <c r="A951" s="1" t="s">
-        <v>4112</v>
+        <v>4212</v>
       </c>
       <c r="B951" s="1" t="s">
-        <v>4113</v>
+        <v>4213</v>
       </c>
       <c r="C951" s="1" t="s">
-        <v>4114</v>
+        <v>4205</v>
       </c>
       <c r="D951" s="1" t="s">
-        <v>4115</v>
+        <v>4214</v>
       </c>
       <c r="E951" s="1" t="s">
-        <v>4116</v>
-[...1 lines deleted...]
-      <c r="F951" s="1"/>
+        <v>4215</v>
+      </c>
+      <c r="F951" s="1" t="s">
+        <v>4216</v>
+      </c>
     </row>
     <row r="952" spans="1:6">
       <c r="A952" s="1" t="s">
-        <v>4117</v>
+        <v>4217</v>
       </c>
       <c r="B952" s="1" t="s">
-        <v>4118</v>
+        <v>4218</v>
       </c>
       <c r="C952" s="1" t="s">
-        <v>4119</v>
+        <v>4219</v>
       </c>
       <c r="D952" s="1" t="s">
-        <v>4120</v>
+        <v>4220</v>
       </c>
       <c r="E952" s="1" t="s">
-        <v>4121</v>
+        <v>4221</v>
       </c>
       <c r="F952" s="1" t="s">
-        <v>4122</v>
+        <v>4222</v>
       </c>
     </row>
     <row r="953" spans="1:6">
       <c r="A953" s="1" t="s">
-        <v>4123</v>
+        <v>4223</v>
       </c>
       <c r="B953" s="1"/>
       <c r="C953" s="1" t="s">
-        <v>4119</v>
+        <v>4219</v>
       </c>
       <c r="D953" s="1" t="s">
-        <v>4124</v>
+        <v>4224</v>
       </c>
       <c r="E953" s="1" t="s">
-        <v>4125</v>
+        <v>4225</v>
       </c>
       <c r="F953" s="1"/>
     </row>
     <row r="954" spans="1:6">
       <c r="A954" s="1" t="s">
-        <v>4126</v>
-[...1 lines deleted...]
-      <c r="B954" s="1"/>
+        <v>4226</v>
+      </c>
+      <c r="B954" s="1" t="s">
+        <v>4227</v>
+      </c>
       <c r="C954" s="1" t="s">
-        <v>4119</v>
+        <v>4219</v>
       </c>
       <c r="D954" s="1" t="s">
-        <v>4127</v>
+        <v>4228</v>
       </c>
       <c r="E954" s="1" t="s">
-        <v>4128</v>
-[...3 lines deleted...]
-      </c>
+        <v>4229</v>
+      </c>
+      <c r="F954" s="1"/>
     </row>
     <row r="955" spans="1:6">
       <c r="A955" s="1" t="s">
-        <v>4130</v>
+        <v>4230</v>
       </c>
       <c r="B955" s="1" t="s">
-        <v>4131</v>
+        <v>4231</v>
       </c>
       <c r="C955" s="1" t="s">
-        <v>4132</v>
+        <v>4232</v>
       </c>
       <c r="D955" s="1" t="s">
-        <v>4133</v>
+        <v>4233</v>
       </c>
       <c r="E955" s="1" t="s">
-        <v>4134</v>
+        <v>4234</v>
       </c>
       <c r="F955" s="1" t="s">
-        <v>4135</v>
+        <v>4235</v>
       </c>
     </row>
     <row r="956" spans="1:6">
       <c r="A956" s="1" t="s">
-        <v>4136</v>
-[...1 lines deleted...]
-      <c r="B956" s="1"/>
+        <v>4236</v>
+      </c>
+      <c r="B956" s="1" t="s">
+        <v>4237</v>
+      </c>
       <c r="C956" s="1" t="s">
-        <v>4132</v>
+        <v>4232</v>
       </c>
       <c r="D956" s="1" t="s">
-        <v>4137</v>
+        <v>4238</v>
       </c>
       <c r="E956" s="1" t="s">
-        <v>4138</v>
-[...1 lines deleted...]
-      <c r="F956" s="1"/>
+        <v>4239</v>
+      </c>
+      <c r="F956" s="1" t="s">
+        <v>4240</v>
+      </c>
     </row>
     <row r="957" spans="1:6">
       <c r="A957" s="1" t="s">
-        <v>4139</v>
+        <v>4241</v>
       </c>
       <c r="B957" s="1" t="s">
-        <v>4140</v>
+        <v>4242</v>
       </c>
       <c r="C957" s="1" t="s">
-        <v>4141</v>
+        <v>4243</v>
       </c>
       <c r="D957" s="1" t="s">
-        <v>4142</v>
+        <v>4244</v>
       </c>
       <c r="E957" s="1" t="s">
-        <v>4143</v>
-[...3 lines deleted...]
-      </c>
+        <v>4245</v>
+      </c>
+      <c r="F957" s="1"/>
     </row>
     <row r="958" spans="1:6">
       <c r="A958" s="1" t="s">
-        <v>4145</v>
+        <v>4246</v>
       </c>
       <c r="B958" s="1" t="s">
-        <v>4146</v>
+        <v>4247</v>
       </c>
       <c r="C958" s="1" t="s">
-        <v>4141</v>
+        <v>4248</v>
       </c>
       <c r="D958" s="1" t="s">
-        <v>4147</v>
+        <v>4249</v>
       </c>
       <c r="E958" s="1" t="s">
-        <v>4148</v>
+        <v>4250</v>
       </c>
       <c r="F958" s="1" t="s">
-        <v>4149</v>
+        <v>4251</v>
       </c>
     </row>
     <row r="959" spans="1:6">
       <c r="A959" s="1" t="s">
-        <v>4150</v>
-[...3 lines deleted...]
-      </c>
+        <v>4252</v>
+      </c>
+      <c r="B959" s="1"/>
       <c r="C959" s="1" t="s">
-        <v>4152</v>
+        <v>4248</v>
       </c>
       <c r="D959" s="1" t="s">
-        <v>4153</v>
+        <v>4253</v>
       </c>
       <c r="E959" s="1" t="s">
-        <v>4154</v>
+        <v>4254</v>
       </c>
       <c r="F959" s="1"/>
     </row>
     <row r="960" spans="1:6">
       <c r="A960" s="1" t="s">
-        <v>4155</v>
+        <v>4255</v>
       </c>
       <c r="B960" s="1" t="s">
-        <v>4156</v>
+        <v>4256</v>
       </c>
       <c r="C960" s="1" t="s">
-        <v>4157</v>
+        <v>4257</v>
       </c>
       <c r="D960" s="1" t="s">
-        <v>4158</v>
+        <v>4258</v>
       </c>
       <c r="E960" s="1" t="s">
-        <v>4159</v>
+        <v>4259</v>
       </c>
       <c r="F960" s="1" t="s">
-        <v>4160</v>
+        <v>4260</v>
       </c>
     </row>
     <row r="961" spans="1:6">
       <c r="A961" s="1" t="s">
-        <v>4161</v>
-[...1 lines deleted...]
-      <c r="B961" s="1"/>
+        <v>4261</v>
+      </c>
+      <c r="B961" s="1" t="s">
+        <v>4262</v>
+      </c>
       <c r="C961" s="1" t="s">
-        <v>4157</v>
+        <v>4263</v>
       </c>
       <c r="D961" s="1" t="s">
-        <v>4162</v>
+        <v>4264</v>
       </c>
       <c r="E961" s="1" t="s">
-        <v>4163</v>
+        <v>4265</v>
       </c>
       <c r="F961" s="1"/>
     </row>
     <row r="962" spans="1:6">
       <c r="A962" s="1" t="s">
-        <v>4164</v>
+        <v>4266</v>
       </c>
       <c r="B962" s="1" t="s">
-        <v>4165</v>
+        <v>4267</v>
       </c>
       <c r="C962" s="1" t="s">
-        <v>4166</v>
+        <v>4268</v>
       </c>
       <c r="D962" s="1" t="s">
-        <v>4167</v>
+        <v>4269</v>
       </c>
       <c r="E962" s="1" t="s">
-        <v>4168</v>
-[...3 lines deleted...]
-      </c>
+        <v>4270</v>
+      </c>
+      <c r="F962" s="1"/>
     </row>
     <row r="963" spans="1:6">
       <c r="A963" s="1" t="s">
-        <v>4170</v>
+        <v>4271</v>
       </c>
       <c r="B963" s="1" t="s">
-        <v>4171</v>
+        <v>4272</v>
       </c>
       <c r="C963" s="1" t="s">
-        <v>4172</v>
+        <v>4273</v>
       </c>
       <c r="D963" s="1" t="s">
-        <v>4173</v>
+        <v>4274</v>
       </c>
       <c r="E963" s="1" t="s">
-        <v>4174</v>
-[...1 lines deleted...]
-      <c r="F963" s="1"/>
+        <v>4275</v>
+      </c>
+      <c r="F963" s="1" t="s">
+        <v>4276</v>
+      </c>
     </row>
     <row r="964" spans="1:6">
       <c r="A964" s="1" t="s">
-        <v>4175</v>
+        <v>4277</v>
       </c>
       <c r="B964" s="1" t="s">
-        <v>4176</v>
+        <v>4278</v>
       </c>
       <c r="C964" s="1" t="s">
-        <v>4177</v>
+        <v>4273</v>
       </c>
       <c r="D964" s="1" t="s">
-        <v>4178</v>
+        <v>4279</v>
       </c>
       <c r="E964" s="1" t="s">
-        <v>4179</v>
-[...1 lines deleted...]
-      <c r="F964" s="1"/>
+        <v>4280</v>
+      </c>
+      <c r="F964" s="1" t="s">
+        <v>4281</v>
+      </c>
     </row>
     <row r="965" spans="1:6">
       <c r="A965" s="1" t="s">
-        <v>4180</v>
+        <v>4282</v>
       </c>
       <c r="B965" s="1" t="s">
-        <v>4181</v>
+        <v>4283</v>
       </c>
       <c r="C965" s="1" t="s">
-        <v>4182</v>
+        <v>4284</v>
       </c>
       <c r="D965" s="1" t="s">
-        <v>4183</v>
+        <v>4285</v>
       </c>
       <c r="E965" s="1" t="s">
-        <v>4184</v>
+        <v>4286</v>
       </c>
       <c r="F965" s="1" t="s">
-        <v>4185</v>
+        <v>4287</v>
       </c>
     </row>
     <row r="966" spans="1:6">
       <c r="A966" s="1" t="s">
-        <v>4186</v>
-[...3 lines deleted...]
-      </c>
+        <v>4288</v>
+      </c>
+      <c r="B966" s="1"/>
       <c r="C966" s="1" t="s">
-        <v>4182</v>
+        <v>4284</v>
       </c>
       <c r="D966" s="1" t="s">
-        <v>4188</v>
+        <v>4289</v>
       </c>
       <c r="E966" s="1" t="s">
-        <v>4189</v>
-[...3 lines deleted...]
-      </c>
+        <v>4290</v>
+      </c>
+      <c r="F966" s="1"/>
     </row>
     <row r="967" spans="1:6">
       <c r="A967" s="1" t="s">
-        <v>4191</v>
-[...3 lines deleted...]
-      </c>
+        <v>4291</v>
+      </c>
+      <c r="B967" s="1"/>
       <c r="C967" s="1" t="s">
-        <v>4193</v>
+        <v>4284</v>
       </c>
       <c r="D967" s="1" t="s">
-        <v>4194</v>
+        <v>4289</v>
       </c>
       <c r="E967" s="1" t="s">
-        <v>4195</v>
-[...3 lines deleted...]
-      </c>
+        <v>4292</v>
+      </c>
+      <c r="F967" s="1"/>
     </row>
     <row r="968" spans="1:6">
       <c r="A968" s="1" t="s">
-        <v>4197</v>
-[...1 lines deleted...]
-      <c r="B968" s="1"/>
+        <v>4293</v>
+      </c>
+      <c r="B968" s="1" t="s">
+        <v>4294</v>
+      </c>
       <c r="C968" s="1" t="s">
-        <v>4193</v>
+        <v>4284</v>
       </c>
       <c r="D968" s="1" t="s">
-        <v>4198</v>
+        <v>4295</v>
       </c>
       <c r="E968" s="1" t="s">
-        <v>4199</v>
-[...1 lines deleted...]
-      <c r="F968" s="1"/>
+        <v>4296</v>
+      </c>
+      <c r="F968" s="1" t="s">
+        <v>4297</v>
+      </c>
     </row>
     <row r="969" spans="1:6">
       <c r="A969" s="1" t="s">
-        <v>4200</v>
-[...1 lines deleted...]
-      <c r="B969" s="1"/>
+        <v>4298</v>
+      </c>
+      <c r="B969" s="1" t="s">
+        <v>4299</v>
+      </c>
       <c r="C969" s="1" t="s">
-        <v>4193</v>
+        <v>4284</v>
       </c>
       <c r="D969" s="1" t="s">
-        <v>4198</v>
+        <v>4300</v>
       </c>
       <c r="E969" s="1" t="s">
-        <v>4201</v>
-[...1 lines deleted...]
-      <c r="F969" s="1"/>
+        <v>4301</v>
+      </c>
+      <c r="F969" s="1" t="s">
+        <v>4302</v>
+      </c>
     </row>
     <row r="970" spans="1:6">
       <c r="A970" s="1" t="s">
-        <v>4202</v>
+        <v>4303</v>
       </c>
       <c r="B970" s="1" t="s">
-        <v>4203</v>
+        <v>4304</v>
       </c>
       <c r="C970" s="1" t="s">
-        <v>4193</v>
+        <v>4284</v>
       </c>
       <c r="D970" s="1" t="s">
-        <v>4204</v>
+        <v>4305</v>
       </c>
       <c r="E970" s="1" t="s">
-        <v>4205</v>
+        <v>4306</v>
       </c>
       <c r="F970" s="1" t="s">
-        <v>4206</v>
+        <v>4307</v>
       </c>
     </row>
     <row r="971" spans="1:6">
       <c r="A971" s="1" t="s">
-        <v>4207</v>
+        <v>4308</v>
       </c>
       <c r="B971" s="1" t="s">
-        <v>4208</v>
+        <v>4309</v>
       </c>
       <c r="C971" s="1" t="s">
-        <v>4193</v>
+        <v>4310</v>
       </c>
       <c r="D971" s="1" t="s">
-        <v>4209</v>
+        <v>4311</v>
       </c>
       <c r="E971" s="1" t="s">
-        <v>4210</v>
+        <v>4312</v>
       </c>
       <c r="F971" s="1" t="s">
-        <v>4211</v>
+        <v>4313</v>
       </c>
     </row>
     <row r="972" spans="1:6">
       <c r="A972" s="1" t="s">
-        <v>4212</v>
+        <v>4314</v>
       </c>
       <c r="B972" s="1"/>
       <c r="C972" s="1" t="s">
-        <v>4193</v>
+        <v>4310</v>
       </c>
       <c r="D972" s="1" t="s">
-        <v>4213</v>
+        <v>4315</v>
       </c>
       <c r="E972" s="1" t="s">
-        <v>4214</v>
-[...3 lines deleted...]
-      </c>
+        <v>4316</v>
+      </c>
+      <c r="F972" s="1"/>
     </row>
     <row r="973" spans="1:6">
       <c r="A973" s="1" t="s">
-        <v>4216</v>
-[...3 lines deleted...]
-      </c>
+        <v>4317</v>
+      </c>
+      <c r="B973" s="1"/>
       <c r="C973" s="1" t="s">
-        <v>4218</v>
+        <v>4310</v>
       </c>
       <c r="D973" s="1" t="s">
-        <v>4219</v>
+        <v>257</v>
       </c>
       <c r="E973" s="1" t="s">
-        <v>4220</v>
+        <v>4318</v>
       </c>
       <c r="F973" s="1" t="s">
-        <v>4221</v>
+        <v>259</v>
       </c>
     </row>
     <row r="974" spans="1:6">
       <c r="A974" s="1" t="s">
-        <v>4222</v>
-[...1 lines deleted...]
-      <c r="B974" s="1"/>
+        <v>4319</v>
+      </c>
+      <c r="B974" s="1" t="s">
+        <v>4320</v>
+      </c>
       <c r="C974" s="1" t="s">
-        <v>4218</v>
+        <v>4310</v>
       </c>
       <c r="D974" s="1" t="s">
-        <v>4223</v>
+        <v>4321</v>
       </c>
       <c r="E974" s="1" t="s">
-        <v>4224</v>
-[...1 lines deleted...]
-      <c r="F974" s="1"/>
+        <v>4322</v>
+      </c>
+      <c r="F974" s="1" t="s">
+        <v>4323</v>
+      </c>
     </row>
     <row r="975" spans="1:6">
       <c r="A975" s="1" t="s">
-        <v>4225</v>
-[...1 lines deleted...]
-      <c r="B975" s="1"/>
+        <v>4324</v>
+      </c>
+      <c r="B975" s="1" t="s">
+        <v>4325</v>
+      </c>
       <c r="C975" s="1" t="s">
-        <v>4218</v>
+        <v>4326</v>
       </c>
       <c r="D975" s="1" t="s">
-        <v>249</v>
+        <v>4327</v>
       </c>
       <c r="E975" s="1" t="s">
-        <v>4226</v>
-[...3 lines deleted...]
-      </c>
+        <v>4328</v>
+      </c>
+      <c r="F975" s="1"/>
     </row>
     <row r="976" spans="1:6">
       <c r="A976" s="1" t="s">
-        <v>4227</v>
-[...1 lines deleted...]
-      <c r="B976" s="1"/>
+        <v>4329</v>
+      </c>
+      <c r="B976" s="1" t="s">
+        <v>4330</v>
+      </c>
       <c r="C976" s="1" t="s">
-        <v>4218</v>
+        <v>4326</v>
       </c>
       <c r="D976" s="1" t="s">
-        <v>4228</v>
+        <v>4331</v>
       </c>
       <c r="E976" s="1" t="s">
-        <v>4229</v>
+        <v>4332</v>
       </c>
       <c r="F976" s="1" t="s">
-        <v>4230</v>
+        <v>4333</v>
       </c>
     </row>
     <row r="977" spans="1:6">
       <c r="A977" s="1" t="s">
-        <v>4231</v>
-[...3 lines deleted...]
-      </c>
+        <v>4334</v>
+      </c>
+      <c r="B977" s="1"/>
       <c r="C977" s="1" t="s">
-        <v>4233</v>
+        <v>4326</v>
       </c>
       <c r="D977" s="1" t="s">
-        <v>4234</v>
+        <v>4335</v>
       </c>
       <c r="E977" s="1" t="s">
-        <v>4235</v>
+        <v>4336</v>
       </c>
       <c r="F977" s="1"/>
     </row>
     <row r="978" spans="1:6">
       <c r="A978" s="1" t="s">
-        <v>4236</v>
+        <v>4337</v>
       </c>
       <c r="B978" s="1" t="s">
-        <v>4237</v>
+        <v>4338</v>
       </c>
       <c r="C978" s="1" t="s">
-        <v>4233</v>
+        <v>4339</v>
       </c>
       <c r="D978" s="1" t="s">
-        <v>4238</v>
+        <v>4340</v>
       </c>
       <c r="E978" s="1" t="s">
-        <v>4239</v>
+        <v>4341</v>
       </c>
       <c r="F978" s="1" t="s">
-        <v>4240</v>
+        <v>4342</v>
       </c>
     </row>
     <row r="979" spans="1:6">
       <c r="A979" s="1" t="s">
-        <v>4241</v>
-[...1 lines deleted...]
-      <c r="B979" s="1"/>
+        <v>4343</v>
+      </c>
+      <c r="B979" s="1" t="s">
+        <v>4344</v>
+      </c>
       <c r="C979" s="1" t="s">
-        <v>4233</v>
+        <v>4339</v>
       </c>
       <c r="D979" s="1" t="s">
-        <v>4242</v>
+        <v>4345</v>
       </c>
       <c r="E979" s="1" t="s">
-        <v>4243</v>
-[...1 lines deleted...]
-      <c r="F979" s="1"/>
+        <v>4346</v>
+      </c>
+      <c r="F979" s="1" t="s">
+        <v>4347</v>
+      </c>
     </row>
     <row r="980" spans="1:6">
       <c r="A980" s="1" t="s">
-        <v>4244</v>
+        <v>4348</v>
       </c>
       <c r="B980" s="1" t="s">
-        <v>4245</v>
+        <v>4349</v>
       </c>
       <c r="C980" s="1" t="s">
-        <v>4246</v>
+        <v>4350</v>
       </c>
       <c r="D980" s="1" t="s">
-        <v>4247</v>
+        <v>4351</v>
       </c>
       <c r="E980" s="1" t="s">
-        <v>4248</v>
+        <v>4352</v>
       </c>
       <c r="F980" s="1" t="s">
-        <v>4249</v>
+        <v>4353</v>
       </c>
     </row>
     <row r="981" spans="1:6">
       <c r="A981" s="1" t="s">
-        <v>4250</v>
-[...3 lines deleted...]
-      </c>
+        <v>4354</v>
+      </c>
+      <c r="B981" s="1"/>
       <c r="C981" s="1" t="s">
-        <v>4246</v>
+        <v>4350</v>
       </c>
       <c r="D981" s="1" t="s">
-        <v>4252</v>
+        <v>4355</v>
       </c>
       <c r="E981" s="1" t="s">
-        <v>4253</v>
-[...3 lines deleted...]
-      </c>
+        <v>4356</v>
+      </c>
+      <c r="F981" s="1"/>
     </row>
     <row r="982" spans="1:6">
       <c r="A982" s="1" t="s">
-        <v>4255</v>
+        <v>4357</v>
       </c>
       <c r="B982" s="1" t="s">
-        <v>4256</v>
+        <v>4358</v>
       </c>
       <c r="C982" s="1" t="s">
-        <v>4257</v>
+        <v>4359</v>
       </c>
       <c r="D982" s="1" t="s">
-        <v>4258</v>
+        <v>4360</v>
       </c>
       <c r="E982" s="1" t="s">
-        <v>4259</v>
-[...3 lines deleted...]
-      </c>
+        <v>3058</v>
+      </c>
+      <c r="F982" s="1"/>
     </row>
     <row r="983" spans="1:6">
       <c r="A983" s="1" t="s">
-        <v>4261</v>
-[...1 lines deleted...]
-      <c r="B983" s="1"/>
+        <v>4361</v>
+      </c>
+      <c r="B983" s="1" t="s">
+        <v>4362</v>
+      </c>
       <c r="C983" s="1" t="s">
-        <v>4257</v>
+        <v>4363</v>
       </c>
       <c r="D983" s="1" t="s">
-        <v>4262</v>
+        <v>4364</v>
       </c>
       <c r="E983" s="1" t="s">
-        <v>4263</v>
+        <v>4365</v>
       </c>
       <c r="F983" s="1"/>
     </row>
     <row r="984" spans="1:6">
       <c r="A984" s="1" t="s">
-        <v>4264</v>
+        <v>4366</v>
       </c>
       <c r="B984" s="1" t="s">
-        <v>4265</v>
+        <v>4367</v>
       </c>
       <c r="C984" s="1" t="s">
-        <v>4266</v>
+        <v>4368</v>
       </c>
       <c r="D984" s="1" t="s">
-        <v>4267</v>
+        <v>4369</v>
       </c>
       <c r="E984" s="1" t="s">
-        <v>3001</v>
+        <v>4370</v>
       </c>
       <c r="F984" s="1"/>
     </row>
     <row r="985" spans="1:6">
       <c r="A985" s="1" t="s">
-        <v>4268</v>
+        <v>4371</v>
       </c>
       <c r="B985" s="1" t="s">
-        <v>4269</v>
+        <v>4367</v>
       </c>
       <c r="C985" s="1" t="s">
-        <v>4270</v>
+        <v>4368</v>
       </c>
       <c r="D985" s="1" t="s">
-        <v>4271</v>
+        <v>4372</v>
       </c>
       <c r="E985" s="1" t="s">
-        <v>4272</v>
-[...1 lines deleted...]
-      <c r="F985" s="1"/>
+        <v>4373</v>
+      </c>
+      <c r="F985" s="1" t="s">
+        <v>4374</v>
+      </c>
     </row>
     <row r="986" spans="1:6">
       <c r="A986" s="1" t="s">
-        <v>4273</v>
-[...3 lines deleted...]
-      </c>
+        <v>4375</v>
+      </c>
+      <c r="B986" s="1"/>
       <c r="C986" s="1" t="s">
-        <v>4275</v>
+        <v>4376</v>
       </c>
       <c r="D986" s="1" t="s">
-        <v>4276</v>
+        <v>4377</v>
       </c>
       <c r="E986" s="1" t="s">
-        <v>4277</v>
+        <v>2479</v>
       </c>
       <c r="F986" s="1"/>
     </row>
     <row r="987" spans="1:6">
       <c r="A987" s="1" t="s">
-        <v>4278</v>
+        <v>4378</v>
       </c>
       <c r="B987" s="1"/>
       <c r="C987" s="1" t="s">
-        <v>4275</v>
+        <v>4376</v>
       </c>
       <c r="D987" s="1" t="s">
-        <v>4279</v>
+        <v>2420</v>
       </c>
       <c r="E987" s="1" t="s">
-        <v>4280</v>
-[...3 lines deleted...]
-      </c>
+        <v>4379</v>
+      </c>
+      <c r="F987" s="1"/>
     </row>
     <row r="988" spans="1:6">
       <c r="A988" s="1" t="s">
-        <v>4282</v>
-[...1 lines deleted...]
-      <c r="B988" s="1"/>
+        <v>4380</v>
+      </c>
+      <c r="B988" s="1" t="s">
+        <v>4381</v>
+      </c>
       <c r="C988" s="1" t="s">
-        <v>4283</v>
+        <v>4382</v>
       </c>
       <c r="D988" s="1" t="s">
-        <v>4284</v>
+        <v>4383</v>
       </c>
       <c r="E988" s="1" t="s">
-        <v>2428</v>
-[...1 lines deleted...]
-      <c r="F988" s="1"/>
+        <v>4384</v>
+      </c>
+      <c r="F988" s="1" t="s">
+        <v>4385</v>
+      </c>
     </row>
     <row r="989" spans="1:6">
       <c r="A989" s="1" t="s">
-        <v>4285</v>
+        <v>4386</v>
       </c>
       <c r="B989" s="1" t="s">
-        <v>4286</v>
+        <v>4387</v>
       </c>
       <c r="C989" s="1" t="s">
-        <v>4287</v>
+        <v>4388</v>
       </c>
       <c r="D989" s="1" t="s">
-        <v>4288</v>
+        <v>4389</v>
       </c>
       <c r="E989" s="1" t="s">
-        <v>4289</v>
-[...3 lines deleted...]
-      </c>
+        <v>4390</v>
+      </c>
+      <c r="F989" s="1"/>
     </row>
     <row r="990" spans="1:6">
       <c r="A990" s="1" t="s">
-        <v>4291</v>
+        <v>4391</v>
       </c>
       <c r="B990" s="1" t="s">
-        <v>4292</v>
+        <v>4392</v>
       </c>
       <c r="C990" s="1" t="s">
-        <v>4293</v>
+        <v>4393</v>
       </c>
       <c r="D990" s="1" t="s">
-        <v>4294</v>
+        <v>4394</v>
       </c>
       <c r="E990" s="1" t="s">
-        <v>4295</v>
-[...1 lines deleted...]
-      <c r="F990" s="1"/>
+        <v>4395</v>
+      </c>
+      <c r="F990" s="1" t="s">
+        <v>4396</v>
+      </c>
     </row>
     <row r="991" spans="1:6">
       <c r="A991" s="1" t="s">
-        <v>4296</v>
+        <v>4397</v>
       </c>
       <c r="B991" s="1" t="s">
-        <v>4297</v>
+        <v>4398</v>
       </c>
       <c r="C991" s="1" t="s">
-        <v>4298</v>
+        <v>4393</v>
       </c>
       <c r="D991" s="1" t="s">
-        <v>4299</v>
+        <v>4399</v>
       </c>
       <c r="E991" s="1" t="s">
-        <v>4300</v>
-[...3 lines deleted...]
-      </c>
+        <v>4400</v>
+      </c>
+      <c r="F991" s="1"/>
     </row>
     <row r="992" spans="1:6">
       <c r="A992" s="1" t="s">
-        <v>4302</v>
+        <v>4401</v>
       </c>
       <c r="B992" s="1" t="s">
-        <v>4303</v>
+        <v>4402</v>
       </c>
       <c r="C992" s="1" t="s">
-        <v>4298</v>
+        <v>4393</v>
       </c>
       <c r="D992" s="1" t="s">
-        <v>4304</v>
+        <v>4403</v>
       </c>
       <c r="E992" s="1" t="s">
-        <v>4305</v>
+        <v>4404</v>
       </c>
       <c r="F992" s="1"/>
     </row>
     <row r="993" spans="1:6">
       <c r="A993" s="1" t="s">
-        <v>4306</v>
+        <v>4405</v>
       </c>
       <c r="B993" s="1" t="s">
-        <v>4307</v>
+        <v>4406</v>
       </c>
       <c r="C993" s="1" t="s">
-        <v>4298</v>
+        <v>4393</v>
       </c>
       <c r="D993" s="1" t="s">
-        <v>4308</v>
+        <v>4407</v>
       </c>
       <c r="E993" s="1" t="s">
-        <v>4309</v>
-[...1 lines deleted...]
-      <c r="F993" s="1"/>
+        <v>4408</v>
+      </c>
+      <c r="F993" s="1" t="s">
+        <v>4409</v>
+      </c>
     </row>
     <row r="994" spans="1:6">
       <c r="A994" s="1" t="s">
-        <v>4310</v>
+        <v>4410</v>
       </c>
       <c r="B994" s="1" t="s">
-        <v>4311</v>
+        <v>4411</v>
       </c>
       <c r="C994" s="1" t="s">
-        <v>4298</v>
+        <v>4393</v>
       </c>
       <c r="D994" s="1" t="s">
-        <v>4312</v>
+        <v>4412</v>
       </c>
       <c r="E994" s="1" t="s">
-        <v>4313</v>
-[...1 lines deleted...]
-      <c r="F994" s="1"/>
+        <v>4413</v>
+      </c>
+      <c r="F994" s="1" t="s">
+        <v>4414</v>
+      </c>
     </row>
     <row r="995" spans="1:6">
       <c r="A995" s="1" t="s">
-        <v>4314</v>
-[...3 lines deleted...]
-      </c>
+        <v>4415</v>
+      </c>
+      <c r="B995" s="1"/>
       <c r="C995" s="1" t="s">
-        <v>4298</v>
+        <v>4393</v>
       </c>
       <c r="D995" s="1" t="s">
-        <v>4316</v>
+        <v>4416</v>
       </c>
       <c r="E995" s="1" t="s">
-        <v>4317</v>
-[...3 lines deleted...]
-      </c>
+        <v>4417</v>
+      </c>
+      <c r="F995" s="1"/>
     </row>
     <row r="996" spans="1:6">
       <c r="A996" s="1" t="s">
-        <v>4319</v>
-[...3 lines deleted...]
-      </c>
+        <v>4418</v>
+      </c>
+      <c r="B996" s="1"/>
       <c r="C996" s="1" t="s">
-        <v>4298</v>
+        <v>4393</v>
       </c>
       <c r="D996" s="1" t="s">
-        <v>4321</v>
+        <v>4419</v>
       </c>
       <c r="E996" s="1" t="s">
-        <v>4322</v>
+        <v>4420</v>
       </c>
       <c r="F996" s="1" t="s">
-        <v>4323</v>
+        <v>4421</v>
       </c>
     </row>
     <row r="997" spans="1:6">
       <c r="A997" s="1" t="s">
-        <v>4324</v>
+        <v>4422</v>
       </c>
       <c r="B997" s="1"/>
       <c r="C997" s="1" t="s">
-        <v>4298</v>
+        <v>4393</v>
       </c>
       <c r="D997" s="1" t="s">
-        <v>4325</v>
+        <v>257</v>
       </c>
       <c r="E997" s="1" t="s">
-        <v>4326</v>
-[...1 lines deleted...]
-      <c r="F997" s="1"/>
+        <v>4423</v>
+      </c>
+      <c r="F997" s="1" t="s">
+        <v>387</v>
+      </c>
     </row>
     <row r="998" spans="1:6">
       <c r="A998" s="1" t="s">
-        <v>4327</v>
+        <v>4424</v>
       </c>
       <c r="B998" s="1"/>
       <c r="C998" s="1" t="s">
-        <v>4298</v>
+        <v>4393</v>
       </c>
       <c r="D998" s="1" t="s">
-        <v>4328</v>
+        <v>257</v>
       </c>
       <c r="E998" s="1" t="s">
-        <v>4329</v>
+        <v>4425</v>
       </c>
       <c r="F998" s="1" t="s">
-        <v>4330</v>
+        <v>387</v>
       </c>
     </row>
     <row r="999" spans="1:6">
       <c r="A999" s="1" t="s">
-        <v>4331</v>
+        <v>4426</v>
       </c>
       <c r="B999" s="1"/>
       <c r="C999" s="1" t="s">
-        <v>4298</v>
+        <v>4393</v>
       </c>
       <c r="D999" s="1" t="s">
-        <v>249</v>
+        <v>257</v>
       </c>
       <c r="E999" s="1" t="s">
-        <v>4332</v>
+        <v>4427</v>
       </c>
       <c r="F999" s="1" t="s">
-        <v>377</v>
+        <v>387</v>
       </c>
     </row>
     <row r="1000" spans="1:6">
       <c r="A1000" s="1" t="s">
-        <v>4333</v>
+        <v>4428</v>
       </c>
       <c r="B1000" s="1"/>
       <c r="C1000" s="1" t="s">
-        <v>4298</v>
+        <v>4393</v>
       </c>
       <c r="D1000" s="1" t="s">
-        <v>249</v>
+        <v>4429</v>
       </c>
       <c r="E1000" s="1" t="s">
-        <v>4334</v>
-[...3 lines deleted...]
-      </c>
+        <v>4430</v>
+      </c>
+      <c r="F1000" s="1"/>
     </row>
     <row r="1001" spans="1:6">
       <c r="A1001" s="1" t="s">
-        <v>4335</v>
+        <v>4431</v>
       </c>
       <c r="B1001" s="1"/>
       <c r="C1001" s="1" t="s">
-        <v>4298</v>
+        <v>4393</v>
       </c>
       <c r="D1001" s="1" t="s">
-        <v>249</v>
+        <v>4432</v>
       </c>
       <c r="E1001" s="1" t="s">
-        <v>4336</v>
-[...3 lines deleted...]
-      </c>
+        <v>4433</v>
+      </c>
+      <c r="F1001" s="1"/>
     </row>
     <row r="1002" spans="1:6">
       <c r="A1002" s="1" t="s">
-        <v>4337</v>
+        <v>4434</v>
       </c>
       <c r="B1002" s="1"/>
       <c r="C1002" s="1" t="s">
-        <v>4298</v>
+        <v>4393</v>
       </c>
       <c r="D1002" s="1" t="s">
-        <v>4338</v>
+        <v>4435</v>
       </c>
       <c r="E1002" s="1" t="s">
-        <v>4339</v>
+        <v>4436</v>
       </c>
       <c r="F1002" s="1"/>
     </row>
     <row r="1003" spans="1:6">
       <c r="A1003" s="1" t="s">
-        <v>4340</v>
+        <v>4437</v>
       </c>
       <c r="B1003" s="1"/>
       <c r="C1003" s="1" t="s">
-        <v>4298</v>
+        <v>4393</v>
       </c>
       <c r="D1003" s="1" t="s">
-        <v>4341</v>
+        <v>4438</v>
       </c>
       <c r="E1003" s="1" t="s">
-        <v>4342</v>
+        <v>4439</v>
       </c>
       <c r="F1003" s="1"/>
     </row>
     <row r="1004" spans="1:6">
       <c r="A1004" s="1" t="s">
-        <v>4343</v>
+        <v>4440</v>
       </c>
       <c r="B1004" s="1"/>
       <c r="C1004" s="1" t="s">
-        <v>4298</v>
+        <v>4393</v>
       </c>
       <c r="D1004" s="1" t="s">
-        <v>4344</v>
+        <v>4441</v>
       </c>
       <c r="E1004" s="1" t="s">
-        <v>4345</v>
+        <v>4442</v>
       </c>
       <c r="F1004" s="1"/>
     </row>
     <row r="1005" spans="1:6">
       <c r="A1005" s="1" t="s">
-        <v>4346</v>
+        <v>4443</v>
       </c>
       <c r="B1005" s="1"/>
       <c r="C1005" s="1" t="s">
-        <v>4298</v>
+        <v>4393</v>
       </c>
       <c r="D1005" s="1" t="s">
-        <v>4347</v>
+        <v>4444</v>
       </c>
       <c r="E1005" s="1" t="s">
-        <v>4348</v>
+        <v>4445</v>
       </c>
       <c r="F1005" s="1"/>
     </row>
     <row r="1006" spans="1:6">
       <c r="A1006" s="1" t="s">
-        <v>4349</v>
+        <v>4446</v>
       </c>
       <c r="B1006" s="1"/>
       <c r="C1006" s="1" t="s">
-        <v>4298</v>
+        <v>4393</v>
       </c>
       <c r="D1006" s="1" t="s">
-        <v>4350</v>
+        <v>4447</v>
       </c>
       <c r="E1006" s="1" t="s">
-        <v>4351</v>
+        <v>4448</v>
       </c>
       <c r="F1006" s="1"/>
     </row>
     <row r="1007" spans="1:6">
       <c r="A1007" s="1" t="s">
-        <v>4352</v>
+        <v>4449</v>
       </c>
       <c r="B1007" s="1"/>
       <c r="C1007" s="1" t="s">
-        <v>4298</v>
+        <v>4393</v>
       </c>
       <c r="D1007" s="1" t="s">
-        <v>4353</v>
+        <v>4450</v>
       </c>
       <c r="E1007" s="1" t="s">
-        <v>4354</v>
+        <v>4451</v>
       </c>
       <c r="F1007" s="1"/>
     </row>
     <row r="1008" spans="1:6">
       <c r="A1008" s="1" t="s">
-        <v>4355</v>
+        <v>4452</v>
       </c>
       <c r="B1008" s="1"/>
       <c r="C1008" s="1" t="s">
-        <v>4298</v>
+        <v>4393</v>
       </c>
       <c r="D1008" s="1" t="s">
-        <v>4356</v>
+        <v>4453</v>
       </c>
       <c r="E1008" s="1" t="s">
-        <v>4357</v>
+        <v>4454</v>
       </c>
       <c r="F1008" s="1"/>
     </row>
     <row r="1009" spans="1:6">
       <c r="A1009" s="1" t="s">
-        <v>4358</v>
-[...1 lines deleted...]
-      <c r="B1009" s="1"/>
+        <v>4455</v>
+      </c>
+      <c r="B1009" s="1" t="s">
+        <v>4456</v>
+      </c>
       <c r="C1009" s="1" t="s">
-        <v>4298</v>
+        <v>4393</v>
       </c>
       <c r="D1009" s="1" t="s">
-        <v>4359</v>
+        <v>4457</v>
       </c>
       <c r="E1009" s="1" t="s">
-        <v>4360</v>
-[...1 lines deleted...]
-      <c r="F1009" s="1"/>
+        <v>4458</v>
+      </c>
+      <c r="F1009" s="1" t="s">
+        <v>4459</v>
+      </c>
     </row>
     <row r="1010" spans="1:6">
       <c r="A1010" s="1" t="s">
-        <v>4361</v>
-[...1 lines deleted...]
-      <c r="B1010" s="1"/>
+        <v>4460</v>
+      </c>
+      <c r="B1010" s="1" t="s">
+        <v>4461</v>
+      </c>
       <c r="C1010" s="1" t="s">
-        <v>4298</v>
+        <v>4393</v>
       </c>
       <c r="D1010" s="1" t="s">
-        <v>4362</v>
+        <v>4462</v>
       </c>
       <c r="E1010" s="1" t="s">
-        <v>4363</v>
-[...1 lines deleted...]
-      <c r="F1010" s="1"/>
+        <v>4463</v>
+      </c>
+      <c r="F1010" s="1" t="s">
+        <v>4464</v>
+      </c>
     </row>
     <row r="1011" spans="1:6">
       <c r="A1011" s="1" t="s">
-        <v>4364</v>
+        <v>4465</v>
       </c>
       <c r="B1011" s="1" t="s">
-        <v>4365</v>
+        <v>4466</v>
       </c>
       <c r="C1011" s="1" t="s">
-        <v>4298</v>
+        <v>4393</v>
       </c>
       <c r="D1011" s="1" t="s">
-        <v>4366</v>
+        <v>4467</v>
       </c>
       <c r="E1011" s="1" t="s">
-        <v>4367</v>
+        <v>4468</v>
       </c>
       <c r="F1011" s="1" t="s">
-        <v>4368</v>
+        <v>4469</v>
       </c>
     </row>
     <row r="1012" spans="1:6">
       <c r="A1012" s="1" t="s">
-        <v>4369</v>
+        <v>4470</v>
       </c>
       <c r="B1012" s="1" t="s">
-        <v>4370</v>
+        <v>4471</v>
       </c>
       <c r="C1012" s="1" t="s">
-        <v>4298</v>
+        <v>4393</v>
       </c>
       <c r="D1012" s="1" t="s">
-        <v>4371</v>
+        <v>4472</v>
       </c>
       <c r="E1012" s="1" t="s">
-        <v>4372</v>
+        <v>4473</v>
       </c>
       <c r="F1012" s="1" t="s">
-        <v>4373</v>
+        <v>4474</v>
       </c>
     </row>
     <row r="1013" spans="1:6">
       <c r="A1013" s="1" t="s">
-        <v>4374</v>
+        <v>4475</v>
       </c>
       <c r="B1013" s="1" t="s">
-        <v>4375</v>
+        <v>4476</v>
       </c>
       <c r="C1013" s="1" t="s">
-        <v>4298</v>
+        <v>4393</v>
       </c>
       <c r="D1013" s="1" t="s">
-        <v>4376</v>
+        <v>4477</v>
       </c>
       <c r="E1013" s="1" t="s">
-        <v>4377</v>
+        <v>4478</v>
       </c>
       <c r="F1013" s="1" t="s">
-        <v>4378</v>
+        <v>4479</v>
       </c>
     </row>
     <row r="1014" spans="1:6">
       <c r="A1014" s="1" t="s">
-        <v>4379</v>
+        <v>4480</v>
       </c>
       <c r="B1014" s="1" t="s">
-        <v>4380</v>
+        <v>4481</v>
       </c>
       <c r="C1014" s="1" t="s">
-        <v>4298</v>
+        <v>4393</v>
       </c>
       <c r="D1014" s="1" t="s">
-        <v>4381</v>
+        <v>4482</v>
       </c>
       <c r="E1014" s="1" t="s">
-        <v>4382</v>
+        <v>4483</v>
       </c>
       <c r="F1014" s="1" t="s">
-        <v>4383</v>
+        <v>4484</v>
       </c>
     </row>
     <row r="1015" spans="1:6">
       <c r="A1015" s="1" t="s">
-        <v>4384</v>
-[...1 lines deleted...]
-      <c r="B1015" s="1"/>
+        <v>4485</v>
+      </c>
+      <c r="B1015" s="1" t="s">
+        <v>4486</v>
+      </c>
       <c r="C1015" s="1" t="s">
-        <v>4298</v>
+        <v>4393</v>
       </c>
       <c r="D1015" s="1" t="s">
-        <v>4385</v>
+        <v>4487</v>
       </c>
       <c r="E1015" s="1" t="s">
-        <v>4386</v>
+        <v>4488</v>
       </c>
       <c r="F1015" s="1" t="s">
-        <v>4387</v>
+        <v>4489</v>
       </c>
     </row>
     <row r="1016" spans="1:6">
       <c r="A1016" s="1" t="s">
-        <v>4388</v>
-[...1 lines deleted...]
-      <c r="B1016" s="1"/>
+        <v>4490</v>
+      </c>
+      <c r="B1016" s="1" t="s">
+        <v>4491</v>
+      </c>
       <c r="C1016" s="1" t="s">
-        <v>4298</v>
+        <v>4492</v>
       </c>
       <c r="D1016" s="1" t="s">
-        <v>4389</v>
+        <v>4493</v>
       </c>
       <c r="E1016" s="1" t="s">
-        <v>4390</v>
-[...3 lines deleted...]
-      </c>
+        <v>4494</v>
+      </c>
+      <c r="F1016" s="1"/>
     </row>
     <row r="1017" spans="1:6">
       <c r="A1017" s="1" t="s">
-        <v>4392</v>
-[...1 lines deleted...]
-      <c r="B1017" s="1"/>
+        <v>4495</v>
+      </c>
+      <c r="B1017" s="1" t="s">
+        <v>4496</v>
+      </c>
       <c r="C1017" s="1" t="s">
-        <v>4298</v>
+        <v>4497</v>
       </c>
       <c r="D1017" s="1" t="s">
-        <v>4393</v>
+        <v>4498</v>
       </c>
       <c r="E1017" s="1" t="s">
-        <v>4394</v>
-[...3 lines deleted...]
-      </c>
+        <v>4499</v>
+      </c>
+      <c r="F1017" s="1"/>
     </row>
     <row r="1018" spans="1:6">
       <c r="A1018" s="1" t="s">
-        <v>4396</v>
-[...1 lines deleted...]
-      <c r="B1018" s="1"/>
+        <v>4500</v>
+      </c>
+      <c r="B1018" s="1" t="s">
+        <v>4496</v>
+      </c>
       <c r="C1018" s="1" t="s">
-        <v>4298</v>
+        <v>4497</v>
       </c>
       <c r="D1018" s="1" t="s">
-        <v>4397</v>
+        <v>4501</v>
       </c>
       <c r="E1018" s="1" t="s">
-        <v>4398</v>
+        <v>4502</v>
       </c>
       <c r="F1018" s="1" t="s">
-        <v>4399</v>
+        <v>4503</v>
       </c>
     </row>
     <row r="1019" spans="1:6">
       <c r="A1019" s="1" t="s">
-        <v>4400</v>
-[...1 lines deleted...]
-      <c r="B1019" s="1"/>
+        <v>4504</v>
+      </c>
+      <c r="B1019" s="1" t="s">
+        <v>4496</v>
+      </c>
       <c r="C1019" s="1" t="s">
-        <v>4401</v>
+        <v>4497</v>
       </c>
       <c r="D1019" s="1" t="s">
-        <v>4402</v>
+        <v>4501</v>
       </c>
       <c r="E1019" s="1" t="s">
-        <v>4403</v>
-[...1 lines deleted...]
-      <c r="F1019" s="1"/>
+        <v>4502</v>
+      </c>
+      <c r="F1019" s="1" t="s">
+        <v>4503</v>
+      </c>
     </row>
     <row r="1020" spans="1:6">
       <c r="A1020" s="1" t="s">
-        <v>4404</v>
+        <v>4505</v>
       </c>
       <c r="B1020" s="1" t="s">
-        <v>4405</v>
+        <v>4506</v>
       </c>
       <c r="C1020" s="1" t="s">
-        <v>4406</v>
+        <v>4497</v>
       </c>
       <c r="D1020" s="1" t="s">
-        <v>4407</v>
+        <v>4507</v>
       </c>
       <c r="E1020" s="1" t="s">
-        <v>4408</v>
-[...1 lines deleted...]
-      <c r="F1020" s="1"/>
+        <v>4508</v>
+      </c>
+      <c r="F1020" s="1" t="s">
+        <v>4503</v>
+      </c>
     </row>
     <row r="1021" spans="1:6">
       <c r="A1021" s="1" t="s">
-        <v>4409</v>
+        <v>4509</v>
       </c>
       <c r="B1021" s="1" t="s">
-        <v>4405</v>
+        <v>4510</v>
       </c>
       <c r="C1021" s="1" t="s">
-        <v>4406</v>
+        <v>4497</v>
       </c>
       <c r="D1021" s="1" t="s">
-        <v>4410</v>
+        <v>4511</v>
       </c>
       <c r="E1021" s="1" t="s">
-        <v>4411</v>
+        <v>4502</v>
       </c>
       <c r="F1021" s="1" t="s">
-        <v>4412</v>
+        <v>4512</v>
       </c>
     </row>
     <row r="1022" spans="1:6">
       <c r="A1022" s="1" t="s">
-        <v>4413</v>
+        <v>4513</v>
       </c>
       <c r="B1022" s="1" t="s">
-        <v>4405</v>
+        <v>4514</v>
       </c>
       <c r="C1022" s="1" t="s">
-        <v>4406</v>
+        <v>4515</v>
       </c>
       <c r="D1022" s="1" t="s">
-        <v>4410</v>
+        <v>4516</v>
       </c>
       <c r="E1022" s="1" t="s">
-        <v>4411</v>
-[...3 lines deleted...]
-      </c>
+        <v>4517</v>
+      </c>
+      <c r="F1022" s="1"/>
     </row>
     <row r="1023" spans="1:6">
       <c r="A1023" s="1" t="s">
-        <v>4414</v>
+        <v>4518</v>
       </c>
       <c r="B1023" s="1"/>
       <c r="C1023" s="1" t="s">
-        <v>4406</v>
+        <v>4519</v>
       </c>
       <c r="D1023" s="1" t="s">
-        <v>4415</v>
+        <v>4520</v>
       </c>
       <c r="E1023" s="1" t="s">
-        <v>4416</v>
-[...3 lines deleted...]
-      </c>
+        <v>4521</v>
+      </c>
+      <c r="F1023" s="1"/>
     </row>
     <row r="1024" spans="1:6">
       <c r="A1024" s="1" t="s">
-        <v>4417</v>
+        <v>4522</v>
       </c>
       <c r="B1024" s="1"/>
       <c r="C1024" s="1" t="s">
-        <v>4406</v>
+        <v>4519</v>
       </c>
       <c r="D1024" s="1" t="s">
-        <v>4418</v>
+        <v>4523</v>
       </c>
       <c r="E1024" s="1" t="s">
-        <v>4411</v>
+        <v>4524</v>
       </c>
       <c r="F1024" s="1" t="s">
-        <v>4419</v>
+        <v>4525</v>
       </c>
     </row>
     <row r="1025" spans="1:6">
       <c r="A1025" s="1" t="s">
-        <v>4420</v>
+        <v>4526</v>
       </c>
       <c r="B1025" s="1" t="s">
-        <v>4421</v>
+        <v>4527</v>
       </c>
       <c r="C1025" s="1" t="s">
-        <v>4422</v>
+        <v>4528</v>
       </c>
       <c r="D1025" s="1" t="s">
-        <v>4423</v>
+        <v>4529</v>
       </c>
       <c r="E1025" s="1" t="s">
-        <v>4424</v>
-[...1 lines deleted...]
-      <c r="F1025" s="1"/>
+        <v>4530</v>
+      </c>
+      <c r="F1025" s="1" t="s">
+        <v>4531</v>
+      </c>
     </row>
     <row r="1026" spans="1:6">
       <c r="A1026" s="1" t="s">
-        <v>4425</v>
+        <v>4532</v>
       </c>
       <c r="B1026" s="1"/>
       <c r="C1026" s="1" t="s">
-        <v>4426</v>
+        <v>4528</v>
       </c>
       <c r="D1026" s="1" t="s">
-        <v>4427</v>
+        <v>257</v>
       </c>
       <c r="E1026" s="1" t="s">
-        <v>4428</v>
-[...1 lines deleted...]
-      <c r="F1026" s="1"/>
+        <v>4533</v>
+      </c>
+      <c r="F1026" s="1" t="s">
+        <v>259</v>
+      </c>
     </row>
     <row r="1027" spans="1:6">
       <c r="A1027" s="1" t="s">
-        <v>4429</v>
-[...1 lines deleted...]
-      <c r="B1027" s="1"/>
+        <v>4534</v>
+      </c>
+      <c r="B1027" s="1" t="s">
+        <v>4535</v>
+      </c>
       <c r="C1027" s="1" t="s">
-        <v>4426</v>
+        <v>4528</v>
       </c>
       <c r="D1027" s="1" t="s">
-        <v>4430</v>
+        <v>4536</v>
       </c>
       <c r="E1027" s="1" t="s">
-        <v>4431</v>
+        <v>4537</v>
       </c>
       <c r="F1027" s="1" t="s">
-        <v>4432</v>
+        <v>4538</v>
       </c>
     </row>
     <row r="1028" spans="1:6">
       <c r="A1028" s="1" t="s">
-        <v>4433</v>
+        <v>4539</v>
       </c>
       <c r="B1028" s="1" t="s">
-        <v>4434</v>
+        <v>4540</v>
       </c>
       <c r="C1028" s="1" t="s">
-        <v>4435</v>
+        <v>4541</v>
       </c>
       <c r="D1028" s="1" t="s">
-        <v>4436</v>
+        <v>4542</v>
       </c>
       <c r="E1028" s="1" t="s">
-        <v>4437</v>
+        <v>4543</v>
       </c>
       <c r="F1028" s="1" t="s">
-        <v>4438</v>
+        <v>4544</v>
       </c>
     </row>
     <row r="1029" spans="1:6">
       <c r="A1029" s="1" t="s">
-        <v>4439</v>
-[...1 lines deleted...]
-      <c r="B1029" s="1"/>
+        <v>4545</v>
+      </c>
+      <c r="B1029" s="1" t="s">
+        <v>4546</v>
+      </c>
       <c r="C1029" s="1" t="s">
-        <v>4435</v>
+        <v>4547</v>
       </c>
       <c r="D1029" s="1" t="s">
-        <v>249</v>
+        <v>4548</v>
       </c>
       <c r="E1029" s="1" t="s">
-        <v>4440</v>
-[...3 lines deleted...]
-      </c>
+        <v>4549</v>
+      </c>
+      <c r="F1029" s="1"/>
     </row>
     <row r="1030" spans="1:6">
       <c r="A1030" s="1" t="s">
-        <v>4441</v>
+        <v>4550</v>
       </c>
       <c r="B1030" s="1" t="s">
-        <v>4442</v>
+        <v>4551</v>
       </c>
       <c r="C1030" s="1" t="s">
-        <v>4435</v>
+        <v>4552</v>
       </c>
       <c r="D1030" s="1" t="s">
-        <v>4443</v>
+        <v>4553</v>
       </c>
       <c r="E1030" s="1" t="s">
-        <v>4444</v>
-[...3 lines deleted...]
-      </c>
+        <v>4554</v>
+      </c>
+      <c r="F1030" s="1"/>
     </row>
     <row r="1031" spans="1:6">
       <c r="A1031" s="1" t="s">
-        <v>4446</v>
+        <v>4555</v>
       </c>
       <c r="B1031" s="1" t="s">
-        <v>4447</v>
+        <v>4556</v>
       </c>
       <c r="C1031" s="1" t="s">
-        <v>4448</v>
+        <v>4552</v>
       </c>
       <c r="D1031" s="1" t="s">
-        <v>4449</v>
+        <v>4557</v>
       </c>
       <c r="E1031" s="1" t="s">
-        <v>4450</v>
+        <v>4558</v>
       </c>
       <c r="F1031" s="1" t="s">
-        <v>4451</v>
+        <v>4559</v>
       </c>
     </row>
     <row r="1032" spans="1:6">
       <c r="A1032" s="1" t="s">
-        <v>4452</v>
-[...3 lines deleted...]
-      </c>
+        <v>4560</v>
+      </c>
+      <c r="B1032" s="1"/>
       <c r="C1032" s="1" t="s">
-        <v>4454</v>
-[...3 lines deleted...]
-      </c>
+        <v>4552</v>
+      </c>
+      <c r="D1032" s="1"/>
       <c r="E1032" s="1" t="s">
-        <v>4456</v>
+        <v>4561</v>
       </c>
       <c r="F1032" s="1"/>
     </row>
     <row r="1033" spans="1:6">
       <c r="A1033" s="1" t="s">
-        <v>4457</v>
-[...3 lines deleted...]
-      </c>
+        <v>4562</v>
+      </c>
+      <c r="B1033" s="1"/>
       <c r="C1033" s="1" t="s">
-        <v>4459</v>
+        <v>4552</v>
       </c>
       <c r="D1033" s="1" t="s">
-        <v>4460</v>
+        <v>4563</v>
       </c>
       <c r="E1033" s="1" t="s">
-        <v>4461</v>
+        <v>4564</v>
       </c>
       <c r="F1033" s="1"/>
     </row>
     <row r="1034" spans="1:6">
       <c r="A1034" s="1" t="s">
-        <v>4462</v>
+        <v>4565</v>
       </c>
       <c r="B1034" s="1" t="s">
-        <v>4463</v>
+        <v>4566</v>
       </c>
       <c r="C1034" s="1" t="s">
-        <v>4459</v>
+        <v>4552</v>
       </c>
       <c r="D1034" s="1" t="s">
-        <v>4464</v>
+        <v>4567</v>
       </c>
       <c r="E1034" s="1" t="s">
-        <v>4465</v>
+        <v>4568</v>
       </c>
       <c r="F1034" s="1" t="s">
-        <v>4466</v>
+        <v>4569</v>
       </c>
     </row>
     <row r="1035" spans="1:6">
       <c r="A1035" s="1" t="s">
-        <v>4467</v>
-[...1 lines deleted...]
-      <c r="B1035" s="1"/>
+        <v>4570</v>
+      </c>
+      <c r="B1035" s="1" t="s">
+        <v>4571</v>
+      </c>
       <c r="C1035" s="1" t="s">
-        <v>4459</v>
-[...1 lines deleted...]
-      <c r="D1035" s="1"/>
+        <v>4572</v>
+      </c>
+      <c r="D1035" s="1" t="s">
+        <v>4573</v>
+      </c>
       <c r="E1035" s="1" t="s">
-        <v>4468</v>
+        <v>4574</v>
       </c>
       <c r="F1035" s="1"/>
     </row>
     <row r="1036" spans="1:6">
       <c r="A1036" s="1" t="s">
-        <v>4469</v>
-[...1 lines deleted...]
-      <c r="B1036" s="1"/>
+        <v>4575</v>
+      </c>
+      <c r="B1036" s="1" t="s">
+        <v>4576</v>
+      </c>
       <c r="C1036" s="1" t="s">
-        <v>4459</v>
+        <v>4577</v>
       </c>
       <c r="D1036" s="1" t="s">
-        <v>4470</v>
+        <v>4578</v>
       </c>
       <c r="E1036" s="1" t="s">
-        <v>4471</v>
-[...1 lines deleted...]
-      <c r="F1036" s="1"/>
+        <v>4579</v>
+      </c>
+      <c r="F1036" s="1" t="s">
+        <v>4580</v>
+      </c>
     </row>
     <row r="1037" spans="1:6">
       <c r="A1037" s="1" t="s">
-        <v>4472</v>
-[...1 lines deleted...]
-      <c r="B1037" s="1"/>
+        <v>4581</v>
+      </c>
+      <c r="B1037" s="1" t="s">
+        <v>4582</v>
+      </c>
       <c r="C1037" s="1" t="s">
-        <v>4459</v>
+        <v>4583</v>
       </c>
       <c r="D1037" s="1" t="s">
-        <v>4473</v>
+        <v>4584</v>
       </c>
       <c r="E1037" s="1" t="s">
-        <v>4474</v>
-[...3 lines deleted...]
-      </c>
+        <v>4585</v>
+      </c>
+      <c r="F1037" s="1"/>
     </row>
     <row r="1038" spans="1:6">
       <c r="A1038" s="1" t="s">
-        <v>4476</v>
+        <v>4586</v>
       </c>
       <c r="B1038" s="1" t="s">
-        <v>4477</v>
+        <v>4587</v>
       </c>
       <c r="C1038" s="1" t="s">
-        <v>4478</v>
+        <v>4588</v>
       </c>
       <c r="D1038" s="1" t="s">
-        <v>4479</v>
+        <v>4589</v>
       </c>
       <c r="E1038" s="1" t="s">
-        <v>4480</v>
-[...1 lines deleted...]
-      <c r="F1038" s="1"/>
+        <v>4590</v>
+      </c>
+      <c r="F1038" s="1" t="s">
+        <v>4591</v>
+      </c>
     </row>
     <row r="1039" spans="1:6">
       <c r="A1039" s="1" t="s">
-        <v>4481</v>
+        <v>4592</v>
       </c>
       <c r="B1039" s="1" t="s">
-        <v>4482</v>
+        <v>4593</v>
       </c>
       <c r="C1039" s="1" t="s">
-        <v>4483</v>
+        <v>4588</v>
       </c>
       <c r="D1039" s="1" t="s">
-        <v>4484</v>
+        <v>4594</v>
       </c>
       <c r="E1039" s="1" t="s">
-        <v>4485</v>
+        <v>4595</v>
       </c>
       <c r="F1039" s="1" t="s">
-        <v>4486</v>
+        <v>4596</v>
       </c>
     </row>
     <row r="1040" spans="1:6">
       <c r="A1040" s="1" t="s">
-        <v>4487</v>
+        <v>4597</v>
       </c>
       <c r="B1040" s="1" t="s">
-        <v>4488</v>
+        <v>4587</v>
       </c>
       <c r="C1040" s="1" t="s">
-        <v>4489</v>
+        <v>4588</v>
       </c>
       <c r="D1040" s="1" t="s">
-        <v>4490</v>
+        <v>4598</v>
       </c>
       <c r="E1040" s="1" t="s">
-        <v>4491</v>
-[...1 lines deleted...]
-      <c r="F1040" s="1"/>
+        <v>4599</v>
+      </c>
+      <c r="F1040" s="1" t="s">
+        <v>4591</v>
+      </c>
     </row>
     <row r="1041" spans="1:6">
       <c r="A1041" s="1" t="s">
-        <v>4492</v>
-[...3 lines deleted...]
-      </c>
+        <v>4600</v>
+      </c>
+      <c r="B1041" s="1"/>
       <c r="C1041" s="1" t="s">
-        <v>4494</v>
+        <v>4588</v>
       </c>
       <c r="D1041" s="1" t="s">
-        <v>4495</v>
+        <v>257</v>
       </c>
       <c r="E1041" s="1" t="s">
-        <v>4496</v>
+        <v>4601</v>
       </c>
       <c r="F1041" s="1" t="s">
-        <v>4497</v>
+        <v>387</v>
       </c>
     </row>
     <row r="1042" spans="1:6">
       <c r="A1042" s="1" t="s">
-        <v>4498</v>
-[...3 lines deleted...]
-      </c>
+        <v>4602</v>
+      </c>
+      <c r="B1042" s="1"/>
       <c r="C1042" s="1" t="s">
-        <v>4494</v>
+        <v>4588</v>
       </c>
       <c r="D1042" s="1" t="s">
-        <v>4500</v>
+        <v>257</v>
       </c>
       <c r="E1042" s="1" t="s">
-        <v>4501</v>
+        <v>4603</v>
       </c>
       <c r="F1042" s="1" t="s">
-        <v>4502</v>
+        <v>387</v>
       </c>
     </row>
     <row r="1043" spans="1:6">
       <c r="A1043" s="1" t="s">
-        <v>4503</v>
+        <v>4604</v>
       </c>
       <c r="B1043" s="1" t="s">
-        <v>4493</v>
+        <v>4605</v>
       </c>
       <c r="C1043" s="1" t="s">
-        <v>4494</v>
+        <v>4588</v>
       </c>
       <c r="D1043" s="1" t="s">
-        <v>4504</v>
+        <v>4606</v>
       </c>
       <c r="E1043" s="1" t="s">
-        <v>4505</v>
+        <v>4607</v>
       </c>
       <c r="F1043" s="1" t="s">
-        <v>4497</v>
+        <v>4608</v>
       </c>
     </row>
     <row r="1044" spans="1:6">
       <c r="A1044" s="1" t="s">
-        <v>4506</v>
-[...1 lines deleted...]
-      <c r="B1044" s="1"/>
+        <v>4609</v>
+      </c>
+      <c r="B1044" s="1" t="s">
+        <v>4610</v>
+      </c>
       <c r="C1044" s="1" t="s">
-        <v>4494</v>
+        <v>4588</v>
       </c>
       <c r="D1044" s="1" t="s">
-        <v>249</v>
+        <v>4611</v>
       </c>
       <c r="E1044" s="1" t="s">
-        <v>4507</v>
+        <v>4612</v>
       </c>
       <c r="F1044" s="1" t="s">
-        <v>377</v>
+        <v>4613</v>
       </c>
     </row>
     <row r="1045" spans="1:6">
       <c r="A1045" s="1" t="s">
-        <v>4508</v>
-[...1 lines deleted...]
-      <c r="B1045" s="1"/>
+        <v>4614</v>
+      </c>
+      <c r="B1045" s="1" t="s">
+        <v>4615</v>
+      </c>
       <c r="C1045" s="1" t="s">
-        <v>4494</v>
+        <v>4588</v>
       </c>
       <c r="D1045" s="1" t="s">
-        <v>249</v>
+        <v>4616</v>
       </c>
       <c r="E1045" s="1" t="s">
-        <v>4509</v>
+        <v>4617</v>
       </c>
       <c r="F1045" s="1" t="s">
-        <v>377</v>
+        <v>4618</v>
       </c>
     </row>
     <row r="1046" spans="1:6">
       <c r="A1046" s="1" t="s">
-        <v>4510</v>
-[...1 lines deleted...]
-      <c r="B1046" s="1"/>
+        <v>4619</v>
+      </c>
+      <c r="B1046" s="1" t="s">
+        <v>4620</v>
+      </c>
       <c r="C1046" s="1" t="s">
-        <v>4494</v>
+        <v>4621</v>
       </c>
       <c r="D1046" s="1" t="s">
-        <v>4511</v>
+        <v>4622</v>
       </c>
       <c r="E1046" s="1" t="s">
-        <v>4512</v>
-[...3 lines deleted...]
-      </c>
+        <v>4623</v>
+      </c>
+      <c r="F1046" s="1"/>
     </row>
     <row r="1047" spans="1:6">
       <c r="A1047" s="1" t="s">
-        <v>4514</v>
-[...1 lines deleted...]
-      <c r="B1047" s="1"/>
+        <v>4624</v>
+      </c>
+      <c r="B1047" s="1" t="s">
+        <v>4625</v>
+      </c>
       <c r="C1047" s="1" t="s">
-        <v>4494</v>
+        <v>4621</v>
       </c>
       <c r="D1047" s="1" t="s">
-        <v>4515</v>
+        <v>4626</v>
       </c>
       <c r="E1047" s="1" t="s">
-        <v>4516</v>
+        <v>4627</v>
       </c>
       <c r="F1047" s="1" t="s">
-        <v>4517</v>
+        <v>4628</v>
       </c>
     </row>
     <row r="1048" spans="1:6">
       <c r="A1048" s="1" t="s">
-        <v>4518</v>
+        <v>4629</v>
       </c>
       <c r="B1048" s="1"/>
       <c r="C1048" s="1" t="s">
-        <v>4494</v>
-[...3 lines deleted...]
-      </c>
+        <v>4621</v>
+      </c>
+      <c r="D1048" s="1"/>
       <c r="E1048" s="1" t="s">
-        <v>4520</v>
-[...3 lines deleted...]
-      </c>
+        <v>4630</v>
+      </c>
+      <c r="F1048" s="1"/>
     </row>
     <row r="1049" spans="1:6">
       <c r="A1049" s="1" t="s">
-        <v>4522</v>
+        <v>4631</v>
       </c>
       <c r="B1049" s="1" t="s">
-        <v>4523</v>
+        <v>4632</v>
       </c>
       <c r="C1049" s="1" t="s">
-        <v>4524</v>
+        <v>4621</v>
       </c>
       <c r="D1049" s="1" t="s">
-        <v>4525</v>
+        <v>4633</v>
       </c>
       <c r="E1049" s="1" t="s">
-        <v>4526</v>
-[...1 lines deleted...]
-      <c r="F1049" s="1"/>
+        <v>4634</v>
+      </c>
+      <c r="F1049" s="1" t="s">
+        <v>4635</v>
+      </c>
     </row>
     <row r="1050" spans="1:6">
       <c r="A1050" s="1" t="s">
-        <v>4527</v>
+        <v>4636</v>
       </c>
       <c r="B1050" s="1" t="s">
-        <v>4528</v>
+        <v>4637</v>
       </c>
       <c r="C1050" s="1" t="s">
-        <v>4524</v>
+        <v>4621</v>
       </c>
       <c r="D1050" s="1" t="s">
-        <v>4529</v>
+        <v>4638</v>
       </c>
       <c r="E1050" s="1" t="s">
-        <v>4530</v>
+        <v>4639</v>
       </c>
       <c r="F1050" s="1" t="s">
-        <v>4531</v>
+        <v>4640</v>
       </c>
     </row>
     <row r="1051" spans="1:6">
       <c r="A1051" s="1" t="s">
-        <v>4532</v>
+        <v>4641</v>
       </c>
       <c r="B1051" s="1"/>
       <c r="C1051" s="1" t="s">
-        <v>4524</v>
-[...1 lines deleted...]
-      <c r="D1051" s="1"/>
+        <v>4621</v>
+      </c>
+      <c r="D1051" s="1" t="s">
+        <v>4642</v>
+      </c>
       <c r="E1051" s="1" t="s">
-        <v>4533</v>
+        <v>4643</v>
       </c>
       <c r="F1051" s="1"/>
     </row>
     <row r="1052" spans="1:6">
       <c r="A1052" s="1" t="s">
-        <v>4534</v>
+        <v>4644</v>
       </c>
       <c r="B1052" s="1" t="s">
-        <v>4535</v>
+        <v>4645</v>
       </c>
       <c r="C1052" s="1" t="s">
-        <v>4524</v>
+        <v>4646</v>
       </c>
       <c r="D1052" s="1" t="s">
-        <v>4536</v>
+        <v>4647</v>
       </c>
       <c r="E1052" s="1" t="s">
-        <v>4537</v>
+        <v>4648</v>
       </c>
       <c r="F1052" s="1" t="s">
-        <v>4538</v>
+        <v>4649</v>
       </c>
     </row>
     <row r="1053" spans="1:6">
       <c r="A1053" s="1" t="s">
-        <v>4539</v>
+        <v>4650</v>
       </c>
       <c r="B1053" s="1" t="s">
-        <v>4540</v>
+        <v>4651</v>
       </c>
       <c r="C1053" s="1" t="s">
-        <v>4524</v>
+        <v>4652</v>
       </c>
       <c r="D1053" s="1" t="s">
-        <v>4541</v>
+        <v>4653</v>
       </c>
       <c r="E1053" s="1" t="s">
-        <v>4542</v>
+        <v>4654</v>
       </c>
       <c r="F1053" s="1" t="s">
-        <v>4543</v>
+        <v>4655</v>
       </c>
     </row>
     <row r="1054" spans="1:6">
       <c r="A1054" s="1" t="s">
-        <v>4544</v>
-[...1 lines deleted...]
-      <c r="B1054" s="1"/>
+        <v>4656</v>
+      </c>
+      <c r="B1054" s="1" t="s">
+        <v>4657</v>
+      </c>
       <c r="C1054" s="1" t="s">
-        <v>4524</v>
+        <v>4652</v>
       </c>
       <c r="D1054" s="1" t="s">
-        <v>4545</v>
+        <v>4658</v>
       </c>
       <c r="E1054" s="1" t="s">
-        <v>4546</v>
-[...1 lines deleted...]
-      <c r="F1054" s="1"/>
+        <v>4659</v>
+      </c>
+      <c r="F1054" s="1" t="s">
+        <v>4660</v>
+      </c>
     </row>
     <row r="1055" spans="1:6">
       <c r="A1055" s="1" t="s">
-        <v>4547</v>
-[...3 lines deleted...]
-      </c>
+        <v>4661</v>
+      </c>
+      <c r="B1055" s="1"/>
       <c r="C1055" s="1" t="s">
-        <v>4549</v>
+        <v>4652</v>
       </c>
       <c r="D1055" s="1" t="s">
-        <v>4550</v>
+        <v>257</v>
       </c>
       <c r="E1055" s="1" t="s">
-        <v>4551</v>
+        <v>4662</v>
       </c>
       <c r="F1055" s="1" t="s">
-        <v>4552</v>
+        <v>387</v>
       </c>
     </row>
     <row r="1056" spans="1:6">
       <c r="A1056" s="1" t="s">
-        <v>4553</v>
-[...3 lines deleted...]
-      </c>
+        <v>4663</v>
+      </c>
+      <c r="B1056" s="1"/>
       <c r="C1056" s="1" t="s">
-        <v>4555</v>
+        <v>4652</v>
       </c>
       <c r="D1056" s="1" t="s">
-        <v>4556</v>
+        <v>4664</v>
       </c>
       <c r="E1056" s="1" t="s">
-        <v>4557</v>
-[...3 lines deleted...]
-      </c>
+        <v>4665</v>
+      </c>
+      <c r="F1056" s="1"/>
     </row>
     <row r="1057" spans="1:6">
       <c r="A1057" s="1" t="s">
-        <v>4559</v>
+        <v>4666</v>
       </c>
       <c r="B1057" s="1" t="s">
-        <v>4560</v>
+        <v>4667</v>
       </c>
       <c r="C1057" s="1" t="s">
-        <v>4555</v>
+        <v>4668</v>
       </c>
       <c r="D1057" s="1" t="s">
-        <v>4561</v>
+        <v>4658</v>
       </c>
       <c r="E1057" s="1" t="s">
-        <v>4562</v>
+        <v>4669</v>
       </c>
       <c r="F1057" s="1" t="s">
-        <v>4563</v>
+        <v>4670</v>
       </c>
     </row>
     <row r="1058" spans="1:6">
       <c r="A1058" s="1" t="s">
-        <v>4564</v>
+        <v>4671</v>
       </c>
       <c r="B1058" s="1"/>
       <c r="C1058" s="1" t="s">
-        <v>4555</v>
+        <v>4668</v>
       </c>
       <c r="D1058" s="1" t="s">
-        <v>249</v>
+        <v>4672</v>
       </c>
       <c r="E1058" s="1" t="s">
-        <v>4565</v>
+        <v>4673</v>
       </c>
       <c r="F1058" s="1" t="s">
-        <v>377</v>
+        <v>4674</v>
       </c>
     </row>
     <row r="1059" spans="1:6">
       <c r="A1059" s="1" t="s">
-        <v>4566</v>
+        <v>4675</v>
       </c>
       <c r="B1059" s="1"/>
       <c r="C1059" s="1" t="s">
-        <v>4555</v>
+        <v>4668</v>
       </c>
       <c r="D1059" s="1" t="s">
-        <v>4567</v>
+        <v>4676</v>
       </c>
       <c r="E1059" s="1" t="s">
-        <v>4568</v>
+        <v>4677</v>
       </c>
       <c r="F1059" s="1"/>
     </row>
     <row r="1060" spans="1:6">
       <c r="A1060" s="1" t="s">
-        <v>4569</v>
-[...3 lines deleted...]
-      </c>
+        <v>4678</v>
+      </c>
+      <c r="B1060" s="1"/>
       <c r="C1060" s="1" t="s">
-        <v>4571</v>
+        <v>4668</v>
       </c>
       <c r="D1060" s="1" t="s">
-        <v>4561</v>
+        <v>4679</v>
       </c>
       <c r="E1060" s="1" t="s">
-        <v>4572</v>
-[...3 lines deleted...]
-      </c>
+        <v>4680</v>
+      </c>
+      <c r="F1060" s="1"/>
     </row>
     <row r="1061" spans="1:6">
       <c r="A1061" s="1" t="s">
-        <v>4574</v>
+        <v>4681</v>
       </c>
       <c r="B1061" s="1"/>
       <c r="C1061" s="1" t="s">
-        <v>4571</v>
+        <v>4668</v>
       </c>
       <c r="D1061" s="1" t="s">
-        <v>4575</v>
+        <v>4682</v>
       </c>
       <c r="E1061" s="1" t="s">
-        <v>4576</v>
-[...3 lines deleted...]
-      </c>
+        <v>4683</v>
+      </c>
+      <c r="F1061" s="1"/>
     </row>
     <row r="1062" spans="1:6">
       <c r="A1062" s="1" t="s">
-        <v>4578</v>
+        <v>4684</v>
       </c>
       <c r="B1062" s="1"/>
       <c r="C1062" s="1" t="s">
-        <v>4571</v>
+        <v>4685</v>
       </c>
       <c r="D1062" s="1" t="s">
-        <v>4579</v>
+        <v>2420</v>
       </c>
       <c r="E1062" s="1" t="s">
-        <v>4580</v>
+        <v>4686</v>
       </c>
       <c r="F1062" s="1"/>
-    </row>
-[...46 lines deleted...]
-      <c r="F1065" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">