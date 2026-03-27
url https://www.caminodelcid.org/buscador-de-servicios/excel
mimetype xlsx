--- v1 (2026-02-10)
+++ v2 (2026-03-27)
@@ -12,100 +12,118 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Servicios" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4687">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4715">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Localidad</t>
   </si>
   <si>
     <t>Teléfono</t>
   </si>
   <si>
     <t>Ubicación</t>
   </si>
   <si>
     <t>Web</t>
   </si>
   <si>
     <t>Punto de Acogida Acered</t>
   </si>
   <si>
     <t>Acered</t>
   </si>
   <si>
     <t>686 585 516</t>
   </si>
   <si>
     <t>Ayuntamiento de Acered, Zaragoza</t>
   </si>
   <si>
     <t>acered@dpz.es</t>
   </si>
   <si>
     <t>976 896 630 / 686 585 516</t>
   </si>
   <si>
     <t>Plaza de la Iglesia, 1 (50347)</t>
   </si>
   <si>
     <t>Farmacia Ana Cristina Berdion De Blas. Acered, Zaragoza</t>
   </si>
   <si>
     <t>976 896 606</t>
   </si>
   <si>
     <t>Plaza De La Iglesia, 2 (50347)</t>
   </si>
   <si>
+    <t>Casa Rural La Charolesa</t>
+  </si>
+  <si>
+    <t>info@lacharolesa.es</t>
+  </si>
+  <si>
+    <t>Aguilera</t>
+  </si>
+  <si>
+    <t>627 431 956</t>
+  </si>
+  <si>
+    <t>Calle Real, 1 (42366)</t>
+  </si>
+  <si>
+    <t>https://www.lacharolesa.es/</t>
+  </si>
+  <si>
     <t>Ayuntamiento de Alarba</t>
   </si>
   <si>
     <t>alarba@dpz.es</t>
   </si>
   <si>
     <t>Alarba</t>
   </si>
   <si>
     <t>976 894 201</t>
   </si>
   <si>
     <t>Calle Baja, 28 (50345)</t>
   </si>
   <si>
     <t>Ayuntamiento de Albal</t>
   </si>
   <si>
     <t>info@albal.es</t>
   </si>
   <si>
     <t>Albal</t>
   </si>
   <si>
     <t>961 260 056</t>
@@ -809,50 +827,62 @@
   <si>
     <t>912 432 343</t>
   </si>
   <si>
     <t>Carretera de la Estación, s/n (50230)</t>
   </si>
   <si>
     <t>http://www.adif.es/</t>
   </si>
   <si>
     <t>Hotel Balneario Alhama de Aragón</t>
   </si>
   <si>
     <t>reservas@hotelbalnearioalhamadearagon.com</t>
   </si>
   <si>
     <t>876 66 22 00</t>
   </si>
   <si>
     <t>Calle San Roque, 1-6</t>
   </si>
   <si>
     <t>http://www.hotelbalnearioalhamadearagon.com</t>
   </si>
   <si>
+    <t>Vivienda Uso Turístico El Alfar</t>
+  </si>
+  <si>
+    <t>nancisrubiass@icloud.com</t>
+  </si>
+  <si>
+    <t>660 210 567</t>
+  </si>
+  <si>
+    <t>Avenida Aragón, 13 (50230)</t>
+  </si>
+  <si>
     <t>Ayuntamiento de Almadrones</t>
   </si>
   <si>
     <t>almadrones@ayuntamiento.es</t>
   </si>
   <si>
     <t>Almadrones</t>
   </si>
   <si>
     <t>949 285 594</t>
   </si>
   <si>
     <t>Plaza María Cristina, s/n (19414)</t>
   </si>
   <si>
     <t>Tourist info Almenara</t>
   </si>
   <si>
     <t>almenara@touristinfo.net</t>
   </si>
   <si>
     <t>Almenara</t>
   </si>
   <si>
     <t>962 62 33 45</t>
@@ -5606,50 +5636,53 @@
   <si>
     <t>Calle de la Estación, s/n</t>
   </si>
   <si>
     <t>www.elpuigturistico.net</t>
   </si>
   <si>
     <t>Ayuntamiento de El Puig</t>
   </si>
   <si>
     <t>buzondelciudadano@elpuig.es</t>
   </si>
   <si>
     <t>961 470 003</t>
   </si>
   <si>
     <t>Plaza del Ayuntamiento, 1 (46540)</t>
   </si>
   <si>
     <t>http://www.elpuig.es</t>
   </si>
   <si>
     <t>Punto de Información Turística. El Puig, Valencia</t>
   </si>
   <si>
+    <t>oficinaturismo@elpuig.es</t>
+  </si>
+  <si>
     <t>961 959 029 / 607 229 712</t>
   </si>
   <si>
     <t>Explanada del Monasterio de Santa Mª del Puig (46540)</t>
   </si>
   <si>
     <t>Pedanía de El Salse</t>
   </si>
   <si>
     <t>El Salse</t>
   </si>
   <si>
     <t>https://www.beneixama.es/pedania-de-el-salze/</t>
   </si>
   <si>
     <t>Tourist Info Elda</t>
   </si>
   <si>
     <t>elda@touristinfo.net</t>
   </si>
   <si>
     <t>Elda</t>
   </si>
   <si>
     <t>966 98 03 00</t>
@@ -5687,51 +5720,51 @@
   <si>
     <t>966 989 000</t>
   </si>
   <si>
     <t>Carretera Sax, s/n (03600)</t>
   </si>
   <si>
     <t>Bodegas Bocopa</t>
   </si>
   <si>
     <t>encarni@bocopa.com</t>
   </si>
   <si>
     <t>687 45 29 94</t>
   </si>
   <si>
     <t>Carrer Talladors,</t>
   </si>
   <si>
     <t>https://www.bocopa.com/enoturismo/</t>
   </si>
   <si>
     <t>Oficina de Turismo Elche</t>
   </si>
   <si>
-    <t>info@visitelche.com</t>
+    <t>touristinfo@visitelche.com</t>
   </si>
   <si>
     <t>Elx / Elche</t>
   </si>
   <si>
     <t>966 658 196</t>
   </si>
   <si>
     <t>Plaça del Parc, 3 (03202)</t>
   </si>
   <si>
     <t>https://www.visitelche.com</t>
   </si>
   <si>
     <t>Ayuntamiento de Elche</t>
   </si>
   <si>
     <t>secretaria@ayto-elche.es</t>
   </si>
   <si>
     <t>966 658 000</t>
   </si>
   <si>
     <t>Plaza Baix, s/n (03202)</t>
   </si>
@@ -6107,80 +6140,77 @@
   <si>
     <t>Farmacia Cristina Garzaran Rueda. Fuentes Claras, Teruel</t>
   </si>
   <si>
     <t>978 732 029</t>
   </si>
   <si>
     <t>Calle San Pedro, 40 (44340)</t>
   </si>
   <si>
     <t>Ayuntamiento de Fuentes de Rubielos</t>
   </si>
   <si>
     <t>admin@aytofuentesderubielos.com</t>
   </si>
   <si>
     <t>Fuentes de Rubielos</t>
   </si>
   <si>
     <t>978 804 521</t>
   </si>
   <si>
     <t>Calle Abadía, 1 (44415)</t>
   </si>
   <si>
-    <t>Multiservicio Fuentes de Rubielos - bar social</t>
-[...13 lines deleted...]
-  <si>
     <t>VTR La vieja Escuela</t>
   </si>
   <si>
     <t>elcocineroindignado@gmail.com</t>
   </si>
   <si>
     <t>649 09 87 65</t>
   </si>
   <si>
     <t>Calle Mayor, 19</t>
   </si>
   <si>
     <t>www.casarurallaviejaescuela.com</t>
   </si>
   <si>
+    <t>Multiservicio Fuentes de Rubielos</t>
+  </si>
+  <si>
+    <t>cardonapreto89@gmail.com</t>
+  </si>
+  <si>
+    <t>642 186 247</t>
+  </si>
+  <si>
+    <t>Calle Mayor, 10 (44415)</t>
+  </si>
+  <si>
     <t>Ayuntamiento de Gallocanta</t>
   </si>
   <si>
     <t>gallocanta@dpz.es</t>
   </si>
   <si>
     <t>Gallocanta</t>
   </si>
   <si>
     <t>976 803 070</t>
   </si>
   <si>
     <t>Plaza San Pedro, s/n (50373)</t>
   </si>
   <si>
     <t>http://www.gallocanta.org</t>
   </si>
   <si>
     <t>Albergue Rural Allucant</t>
   </si>
   <si>
     <t>info@allucant.com</t>
   </si>
   <si>
     <t>976 80 31 37</t>
@@ -6275,51 +6305,51 @@
   <si>
     <t>lalqueria@lalqueria.com</t>
   </si>
   <si>
     <t>962 84 04 70</t>
   </si>
   <si>
     <t>Avenida del Grau, 142</t>
   </si>
   <si>
     <t>https://www.lalqueria.com/</t>
   </si>
   <si>
     <t>Palau Ducal dels Borja</t>
   </si>
   <si>
     <t>Programacio@palauducal.com</t>
   </si>
   <si>
     <t>962 87 14 65</t>
   </si>
   <si>
     <t>Calle Duc Alfons El Vell, 1</t>
   </si>
   <si>
-    <t>www.palauducal.com</t>
+    <t>https://www.palauducal.com/</t>
   </si>
   <si>
     <t>Museo Fallero de Gandía</t>
   </si>
   <si>
     <t>Reserves@museufaller.org</t>
   </si>
   <si>
     <t>960 80 55 85</t>
   </si>
   <si>
     <t>Calle Sant Martí de Porres, 29</t>
   </si>
   <si>
     <t>https://fallesdegandia.org/es/museu-faller/</t>
   </si>
   <si>
     <t>Ayuntamiento de Gea de Albarracín, Teruel</t>
   </si>
   <si>
     <t>aytogea@gmail.com</t>
   </si>
   <si>
     <t>Gea de Albarracín</t>
   </si>
@@ -6593,54 +6623,54 @@
   <si>
     <t>Cara Rural La Perla</t>
   </si>
   <si>
     <t>casarural.laperla@gmail.com</t>
   </si>
   <si>
     <t>616 20 61 56</t>
   </si>
   <si>
     <t>Calle La Perla, 29</t>
   </si>
   <si>
     <t>http://www.laperla.com.es</t>
   </si>
   <si>
     <t>Oficina de turismo de Hita</t>
   </si>
   <si>
     <t>turismo@hita.es</t>
   </si>
   <si>
     <t>Hita</t>
   </si>
   <si>
-    <t>949 85 27 63</t>
-[...2 lines deleted...]
-    <t>Calle San Pedro, 6</t>
+    <t>949 852 763</t>
+  </si>
+  <si>
+    <t>Calle San Pedro, 6 (19248)</t>
   </si>
   <si>
     <t>www.hita.es</t>
   </si>
   <si>
     <t>Ayuntamiento de Hita</t>
   </si>
   <si>
     <t>ayuntamiento@hita.es</t>
   </si>
   <si>
     <t>949 852 749</t>
   </si>
   <si>
     <t>Calle Pósito, 5 (19248)</t>
   </si>
   <si>
     <t>http://www.hita.es</t>
   </si>
   <si>
     <t>Farmacia Mª Isabel Tejero Rodríguez. Hita, Guadalajara</t>
   </si>
   <si>
     <t>949 852 612</t>
   </si>
@@ -6704,50 +6734,65 @@
   <si>
     <t>hostalcaminodelcid@gmail.com</t>
   </si>
   <si>
     <t>600 074 711 / 659 217 877</t>
   </si>
   <si>
     <t>Calle Arias de Miranda, 89 (09430)</t>
   </si>
   <si>
     <t>http://www.hostalcaminodelcid.es</t>
   </si>
   <si>
     <t>Bar Villarreal</t>
   </si>
   <si>
     <t>rebeketiusss@gmail.com</t>
   </si>
   <si>
     <t>626 586 023</t>
   </si>
   <si>
     <t>Calle Arias de Miranda, 71 (09430)</t>
   </si>
   <si>
+    <t>Albergue Spinaz de Can</t>
+  </si>
+  <si>
+    <t>alberguespinazdecan@gmail.com</t>
+  </si>
+  <si>
+    <t>620 438 921</t>
+  </si>
+  <si>
+    <t>Carretera Bu 925, Calle Diseminado, 7 (09430)</t>
+  </si>
+  <si>
+    <t>https://sites.google.com/view/albergue-spinaz-de-can/</t>
+  </si>
+  <si>
     <t>Ayuntamiento de Huesa del Común, Teruel</t>
   </si>
   <si>
     <t>aytohuesa@aragon.es</t>
   </si>
   <si>
     <t>Huesa del Común</t>
   </si>
   <si>
     <t>978 810 201</t>
   </si>
   <si>
     <t>Calle Capellanías, 1 (44213)</t>
   </si>
   <si>
     <t>http://www.huesa.com</t>
   </si>
   <si>
     <t>Punto de Acogida El Palomar. Huesa del Común, Teruel</t>
   </si>
   <si>
     <t>ayuntahuesadelcomun@gmail.com</t>
   </si>
   <si>
     <t>Entrada del pueblo A-2514 (44213)</t>
@@ -6758,54 +6803,54 @@
   <si>
     <t>978 815 359</t>
   </si>
   <si>
     <t>Salida del pueblo dirección Fonfría A-2514  (44213)</t>
   </si>
   <si>
     <t>Farmacia Esther Millán Martín. Huesa Del Comun, Teruel</t>
   </si>
   <si>
     <t>978 810 619</t>
   </si>
   <si>
     <t>Calle San Miguel, s/n (44213)</t>
   </si>
   <si>
     <t>Oficina de Turismo de Jadraque</t>
   </si>
   <si>
     <t>turismo@jadraque.es</t>
   </si>
   <si>
     <t>Jadraque</t>
   </si>
   <si>
-    <t>949 88 14 14 669 69 88 80</t>
-[...2 lines deleted...]
-    <t>Plaza de Jovellanos, s/n</t>
+    <t>949 881 414 / 669 698 880</t>
+  </si>
+  <si>
+    <t>Plaza de Jovellanos, s/n (19240)</t>
   </si>
   <si>
     <t>https://jadraque.es/turismo/</t>
   </si>
   <si>
     <t>Ayuntamiento de Jadraque</t>
   </si>
   <si>
     <t>informacion@jadraque.es</t>
   </si>
   <si>
     <t>949 890 000</t>
   </si>
   <si>
     <t>Plaza de España, 2 (19240)</t>
   </si>
   <si>
     <t>http://www.jadraque.es</t>
   </si>
   <si>
     <t>Parada de Bus Jadraque, Guadalajara</t>
   </si>
   <si>
     <t>Calle Las Huertas, 1 (19240)</t>
   </si>
@@ -6887,50 +6932,53 @@
   <si>
     <t>info@love-cyclingtours.com</t>
   </si>
   <si>
     <t>629 51 71 59</t>
   </si>
   <si>
     <t>Calle Arenachos, 12</t>
   </si>
   <si>
     <t>http://www.love-cyclingtours.com</t>
   </si>
   <si>
     <t>Ayuntamiento de Jérica</t>
   </si>
   <si>
     <t>ayuntamiento@jerica.es</t>
   </si>
   <si>
     <t>964 129 177</t>
   </si>
   <si>
     <t>Calle Historiador Vayo, 19 (12450)</t>
   </si>
   <si>
+    <t>www.jerica.es</t>
+  </si>
+  <si>
     <t>Ayuntamiento de La Hoz de la Vieja</t>
   </si>
   <si>
     <t>exulve@gmail.com</t>
   </si>
   <si>
     <t>La Hoz de la Vieja</t>
   </si>
   <si>
     <t>978 810 301</t>
   </si>
   <si>
     <t>Plaza de la Iglesia, s/n (44791)</t>
   </si>
   <si>
     <t>http://www.lahoz.com</t>
   </si>
   <si>
     <t>Oficina de Turismo de La Iglesuela del Cid</t>
   </si>
   <si>
     <t>turismoiglesuela@hotmail.es</t>
   </si>
   <si>
     <t>La Iglesuela del Cid</t>
@@ -7169,51 +7217,51 @@
   <si>
     <t>Farmacia Mª Luisa Garcia Calvo. La Puebla De Valverde, Teruel</t>
   </si>
   <si>
     <t>978 670 030</t>
   </si>
   <si>
     <t>Calle Borraz, 4 (44450)</t>
   </si>
   <si>
     <t>Hotel * El Horno. La Puebla de Valverde, Teruel</t>
   </si>
   <si>
     <t>hotelrestauranteelhorno@gmail.com</t>
   </si>
   <si>
     <t>978 670 406</t>
   </si>
   <si>
     <t>Calle Doctor Fermín Izquierdo, 12 (44450)</t>
   </si>
   <si>
     <t>http://www.hotelhorno.com</t>
   </si>
   <si>
-    <t>Hotel Puerta de javalambre</t>
+    <t>Hotel Puerta de Javalambre</t>
   </si>
   <si>
     <t>info@hotelpuertadejavalambre.es</t>
   </si>
   <si>
     <t>630 04 73 72 / 978 07 97 11</t>
   </si>
   <si>
     <t>Carretera A-23, Km 89 (La Puebla de Valverde)</t>
   </si>
   <si>
     <t>http://www.hotelpuertadejavalambre.es</t>
   </si>
   <si>
     <t>Casa Rural la Ontina</t>
   </si>
   <si>
     <t>laontina@hotmail.es</t>
   </si>
   <si>
     <t>606 286 626</t>
   </si>
   <si>
     <t>Calle Extorres, 8 B (44450)</t>
   </si>
@@ -8543,50 +8591,65 @@
   <si>
     <t>966 18 63 45</t>
   </si>
   <si>
     <t>http://www.marqalicante.com/monforte</t>
   </si>
   <si>
     <t>Ayuntamiento de Monóvar</t>
   </si>
   <si>
     <t>ayuntamiento@monovar.es</t>
   </si>
   <si>
     <t>Monóvar</t>
   </si>
   <si>
     <t>966 960 311</t>
   </si>
   <si>
     <t>Plaza de la Sala, 1 (03640)</t>
   </si>
   <si>
     <t>http://www.monovar.es</t>
   </si>
   <si>
+    <t>Oficina de Turismo de Monóvar</t>
+  </si>
+  <si>
+    <t>touristinfomonover@gmail.com</t>
+  </si>
+  <si>
+    <t>671 283 027</t>
+  </si>
+  <si>
+    <t>Carrer del Teatre, 3 (03640)</t>
+  </si>
+  <si>
+    <t>www.monovar.es</t>
+  </si>
+  <si>
     <t>Ayuntamiento de Monreal de Ariza, Zaragoza</t>
   </si>
   <si>
     <t>monreal@dpz.es</t>
   </si>
   <si>
     <t>Monreal de Ariza</t>
   </si>
   <si>
     <t>976 845 380</t>
   </si>
   <si>
     <t>Calle Mayor, 7 (50291)</t>
   </si>
   <si>
     <t>Estación de Tren Monreal de Ariza, Zaragoza</t>
   </si>
   <si>
     <t>Carretera CV 937 Estación de Ferrocarril, s/n (50291)</t>
   </si>
   <si>
     <t>Oficina de Turismo Casa de la Cultura Monreal del Campo</t>
   </si>
   <si>
     <t>casadelacultura@monrealdelcampo.com</t>
@@ -9167,57 +9230,54 @@
   <si>
     <t>admmosqueruela@gmail.com</t>
   </si>
   <si>
     <t>Mosqueruela</t>
   </si>
   <si>
     <t>978 807 007</t>
   </si>
   <si>
     <t>Plaza Mayor, 1 (44410)</t>
   </si>
   <si>
     <t>http://www.mosqueruela.es</t>
   </si>
   <si>
     <t>Farmacia Mª Amparo Sanchís Ramon. Mosqueruela, Teruel</t>
   </si>
   <si>
     <t>978 805 267</t>
   </si>
   <si>
     <t>Calle Cuesta de la Casica, 19 (44410)</t>
   </si>
   <si>
-    <t>Oficina de Turismo de Mosqueruela</t>
-[...5 lines deleted...]
-    <t>978 80 70 07</t>
+    <t>Oficina de Turismo Mosqueruela</t>
+  </si>
+  <si>
+    <t>turismomosqueruela@gmail.com</t>
   </si>
   <si>
     <t>Ayuntamiento de Muduex</t>
   </si>
   <si>
     <t>ayuntamientodemuduex@hotmail.com</t>
   </si>
   <si>
     <t>Muduex</t>
   </si>
   <si>
     <t>949 323 426</t>
   </si>
   <si>
     <t>Plaza Mayor, 2 (19196)</t>
   </si>
   <si>
     <t>Ayuntamiento de Munébrega</t>
   </si>
   <si>
     <t>munebreg@dpz.es</t>
   </si>
   <si>
     <t>Munébrega</t>
   </si>
@@ -9323,51 +9383,51 @@
   <si>
     <t>Calle Valencia, 31</t>
   </si>
   <si>
     <t>http://www.casa-sanrafael.com</t>
   </si>
   <si>
     <t>Oficina de Turismo de Navajas</t>
   </si>
   <si>
     <t>navajasturismo@gmail.com</t>
   </si>
   <si>
     <t>964 71 39 13</t>
   </si>
   <si>
     <t>Plaza del Olmo, 1</t>
   </si>
   <si>
     <t>https://www.facebook.com/touristinfo.navajas/?locale=es_ES</t>
   </si>
   <si>
     <t>Camping Altomira</t>
   </si>
   <si>
-    <t>Reservas@campingaltomira.com</t>
+    <t>reservas@campingaltomira.com</t>
   </si>
   <si>
     <t>964 71 32 11</t>
   </si>
   <si>
     <t>CV - 213 KM1 (12470)</t>
   </si>
   <si>
     <t>www.campingaltomira.com</t>
   </si>
   <si>
     <t>Estación Tren Navarrete del Río, Teruel</t>
   </si>
   <si>
     <t>Navarrete del Río</t>
   </si>
   <si>
     <t>Carretera A 2512 Estación de Ferrocarril, s/n (44496)</t>
   </si>
   <si>
     <t>Ayuntamiento de Noguera de Albarracín, Teruel</t>
   </si>
   <si>
     <t>ayto@nogueradealbarracin.es</t>
   </si>
@@ -10130,51 +10190,51 @@
   <si>
     <t>ayuntaorihuela@gmail.com</t>
   </si>
   <si>
     <t>978 714 004</t>
   </si>
   <si>
     <t>Plaza del Ayuntamiento, 4 (44366)</t>
   </si>
   <si>
     <t>http://www.orihueladeltremedal.es</t>
   </si>
   <si>
     <t>Farmacia José Vicente López Machancoses. Orihuela Del Tremedal, Teruel</t>
   </si>
   <si>
     <t>978 714 266</t>
   </si>
   <si>
     <t>Calle Carreteras, s/n (44366)</t>
   </si>
   <si>
     <t>Ayuntamiento de Otos</t>
   </si>
   <si>
-    <t>ajuntamentotos@otos.es</t>
+    <t>ajuntament1@otos.es</t>
   </si>
   <si>
     <t>Otos</t>
   </si>
   <si>
     <t>962 358 235</t>
   </si>
   <si>
     <t>Calle Santissim Crist, 12 (46844)</t>
   </si>
   <si>
     <t>http://www.otos.es</t>
   </si>
   <si>
     <t>Farmacia Rubén Benavent Alfonso. Otos, Valencia</t>
   </si>
   <si>
     <t>962 358 429</t>
   </si>
   <si>
     <t>Calle San José, 18-A (46844)</t>
   </si>
   <si>
     <t>Ayuntamiento de Palma de Gandia</t>
   </si>
@@ -10490,77 +10550,74 @@
   <si>
     <t>949 831 763 / 680 220 053</t>
   </si>
   <si>
     <t>Calle Plaza de la Fuente Vieja, 1</t>
   </si>
   <si>
     <t>Ayuntamiento de Plou</t>
   </si>
   <si>
     <t>aytoplou@aragon.es</t>
   </si>
   <si>
     <t>Plou</t>
   </si>
   <si>
     <t>978 810 325</t>
   </si>
   <si>
     <t>Calle San Vicente, s/n (44213)</t>
   </si>
   <si>
     <t>http://www.plouteruel.com</t>
   </si>
   <si>
-    <t>Ayuntamiento de Portell de Morella</t>
-[...2 lines deleted...]
-    <t>notificaciones@portelldemorella.es</t>
+    <t>Farmacia Francisco Javier Jordan Moros. Portell de Morella, Castellón</t>
   </si>
   <si>
     <t>Portell de Morella</t>
   </si>
   <si>
+    <t>964 178 788</t>
+  </si>
+  <si>
+    <t>Calle Nueva, 1 (12318)</t>
+  </si>
+  <si>
+    <t>Ayuntamiento Portell de Morella</t>
+  </si>
+  <si>
+    <t>info@portelldemorella.es</t>
+  </si>
+  <si>
     <t>964 178 779</t>
   </si>
   <si>
     <t>Calle Mayor, 8 (12318)</t>
   </si>
   <si>
-    <t>http://www.portelldemorella.es</t>
-[...10 lines deleted...]
-  <si>
     <t>Ayuntamiento de Pozuel del Campo</t>
   </si>
   <si>
     <t>gloriaayuntamiento@hotmail.com</t>
   </si>
   <si>
     <t>Pozuel del Campo</t>
   </si>
   <si>
     <t>978 863 300</t>
   </si>
   <si>
     <t>Calle San Miguel, 13 (44315)</t>
   </si>
   <si>
     <t>Oficina de Turismo Puçol</t>
   </si>
   <si>
     <t>puzol@touristinfo.net</t>
   </si>
   <si>
     <t>Puçol</t>
   </si>
   <si>
     <t>669 740 119</t>
@@ -11018,50 +11075,65 @@
   <si>
     <t>museobaroniaribesalbes@gmail.com</t>
   </si>
   <si>
     <t>964 62 50 01</t>
   </si>
   <si>
     <t>Calle Escuelas, 20</t>
   </si>
   <si>
     <t>Ayuntamiento de Robledo de Corpes</t>
   </si>
   <si>
     <t>aytorobledodecorpes@gmail.com</t>
   </si>
   <si>
     <t>Robledo de Corpes</t>
   </si>
   <si>
     <t>949 899 910</t>
   </si>
   <si>
     <t>Plaza Mayor, 4 (19243)</t>
   </si>
   <si>
+    <t>Miel El Otero</t>
+  </si>
+  <si>
+    <t>anabelen_ranz@hotmail.com</t>
+  </si>
+  <si>
+    <t>673 766 599</t>
+  </si>
+  <si>
+    <t>Calle Cataluña, 2 (19243)</t>
+  </si>
+  <si>
+    <t>https://mielelotero.es/</t>
+  </si>
+  <si>
     <t>Ayuntamiento de Romanillos de Atienza</t>
   </si>
   <si>
     <t>romanillosdeatienza@ayuntamiento.es</t>
   </si>
   <si>
     <t>Romanillos de Atienza</t>
   </si>
   <si>
     <t>Calle Real, 9 (19276)</t>
   </si>
   <si>
     <t>Casa Rural La Morada de Dª Jimena. Romanillos de Atienza, Guadalajara</t>
   </si>
   <si>
     <t>918 471 455 / 629 023 249</t>
   </si>
   <si>
     <t>Calle Carretas, 19 (19276)</t>
   </si>
   <si>
     <t>Ayuntamiento de Rótova</t>
   </si>
   <si>
     <t>registregeneral@rotova.es</t>
@@ -12695,51 +12767,51 @@
   <si>
     <t>Toga</t>
   </si>
   <si>
     <t>964 612 031</t>
   </si>
   <si>
     <t>Plaza del Ayuntamiento, 1 (12230)</t>
   </si>
   <si>
     <t>http://www.toga.es</t>
   </si>
   <si>
     <t>Farmacia Elia Almela Perez. Toga, Castellón</t>
   </si>
   <si>
     <t>964 612 036</t>
   </si>
   <si>
     <t>Calle Solanar, 2 (12230)</t>
   </si>
   <si>
     <t>Hostal Toga.</t>
   </si>
   <si>
-    <t>toga@outlook.es</t>
+    <t>hostaltoga@outlook.es</t>
   </si>
   <si>
     <t>680 903 766</t>
   </si>
   <si>
     <t>Calle Nueva, 6 (12230)</t>
   </si>
   <si>
     <t>Ayuntamiento de Tornos</t>
   </si>
   <si>
     <t>ayuntamiento@tornos.es</t>
   </si>
   <si>
     <t>Tornos</t>
   </si>
   <si>
     <t>978 734 301</t>
   </si>
   <si>
     <t>Plaza España, 1 (44230)</t>
   </si>
   <si>
     <t>https://www.tornos.es/</t>
   </si>
@@ -13016,59 +13088,50 @@
   <si>
     <t>Tórtola de Henares</t>
   </si>
   <si>
     <t>949 323 046</t>
   </si>
   <si>
     <t>Calle Real, s/n (19198)</t>
   </si>
   <si>
     <t>Ayuntamiento de Tórtola de Henares</t>
   </si>
   <si>
     <t>secretaria@tortoladehenares.es</t>
   </si>
   <si>
     <t>949 323 020</t>
   </si>
   <si>
     <t>Plaza de España, 1 (19198)</t>
   </si>
   <si>
     <t>https://www.tortoladehenares.es/</t>
   </si>
   <si>
-    <t>Farmacia Amada Escalera Martínez. Tórtola de Henares, Guadalajara</t>
-[...7 lines deleted...]
-  <si>
     <t>Ayuntamiento de Tramacastilla</t>
   </si>
   <si>
     <t>ayunt.tramacastilla@gmail.com</t>
   </si>
   <si>
     <t>Tramacastilla</t>
   </si>
   <si>
     <t>978 706 001</t>
   </si>
   <si>
     <t>Plaza Mayor, 1 (44112)</t>
   </si>
   <si>
     <t>https://www.tramacastilla.com/</t>
   </si>
   <si>
     <t>La Posada de Santa Ana</t>
   </si>
   <si>
     <t>info@laposadadesantaana.com</t>
   </si>
   <si>
     <t>652 80 77 69</t>
@@ -13484,50 +13547,68 @@
   <si>
     <t>961 06 49 03</t>
   </si>
   <si>
     <t>c/Finestrat nº 12 - bajo izq</t>
   </si>
   <si>
     <t>https://saoviajes.es/viaje/bocairent-vinedos-y-estrella-michelin/</t>
   </si>
   <si>
     <t>Numenius Tours</t>
   </si>
   <si>
     <t>info@numenius.tours</t>
   </si>
   <si>
     <t>641 31 87 43</t>
   </si>
   <si>
     <t>Av. Poeta Federico García Lorca 85 A, 15</t>
   </si>
   <si>
     <t>www.numenius.tours</t>
   </si>
   <si>
+    <t>Doyoubike</t>
+  </si>
+  <si>
+    <t>pablo@doyoubike.com</t>
+  </si>
+  <si>
+    <t>615 995 983</t>
+  </si>
+  <si>
+    <t>Avda. del Puerto, 141 (46021)</t>
+  </si>
+  <si>
+    <t>https://www.doyoubike.com/</t>
+  </si>
+  <si>
+    <t>Calle del Mar, 14 (46003)</t>
+  </si>
+  <si>
     <t>Ayuntamiento de Valhermoso</t>
   </si>
   <si>
     <t>bpuertav@hotmail.es</t>
   </si>
   <si>
     <t>Valhermoso</t>
   </si>
   <si>
     <t>949 872 700</t>
   </si>
   <si>
     <t>Calle Plaza, 1 (19390)</t>
   </si>
   <si>
     <t>Ayuntamiento de Valtorres</t>
   </si>
   <si>
     <t>valtorresayuntamiento@gmail.com</t>
   </si>
   <si>
     <t>Valtorres</t>
   </si>
   <si>
     <t>976 842 339</t>
@@ -13583,51 +13664,51 @@
   <si>
     <t>Velilla de Jiloca</t>
   </si>
   <si>
     <t>976 893 266</t>
   </si>
   <si>
     <t>Calle Plaza, s/n (50343)</t>
   </si>
   <si>
     <t>Ayuntamiento de Ventosa</t>
   </si>
   <si>
     <t>Ventosa</t>
   </si>
   <si>
     <t>949 848 250</t>
   </si>
   <si>
     <t>Plaza Ángel Prabel, 1 (19392)</t>
   </si>
   <si>
     <t>Hospedería Virgen de la Hoz</t>
   </si>
   <si>
-    <t>613 91 95 74 600 49 44 47</t>
+    <t>613919574 / 600494447</t>
   </si>
   <si>
     <t>Lugar Santuario Virgen de la Hoz, s/n</t>
   </si>
   <si>
     <t>https://hospederia-virgen-de-la-hoz.hotelcastillalamancha.com/es/</t>
   </si>
   <si>
     <t>Ayuntamiento de Vila-real</t>
   </si>
   <si>
     <t>alcaldia@ajvila-real.es</t>
   </si>
   <si>
     <t>Vila-real</t>
   </si>
   <si>
     <t>964 54 70 00</t>
   </si>
   <si>
     <t>Plaça Major, sn (12540)</t>
   </si>
   <si>
     <t>http://www.vila-real.es</t>
   </si>
@@ -14070,50 +14151,53 @@
     <t>Avenida dels Borrons, 5 (46770)</t>
   </si>
   <si>
     <t>Farmacia	María Carmen Rubio Verdeguer.	Xeraco,	Valencia</t>
   </si>
   <si>
     <t>962 891 181</t>
   </si>
   <si>
     <t>Calle Barcella, 19 (46770)</t>
   </si>
   <si>
     <t>Farmacia	Reyes Loras Lovaco. Xeraco,	Valencia</t>
   </si>
   <si>
     <t>962 890 028</t>
   </si>
   <si>
     <t>Plaza de Germanias, 4 (46770)</t>
   </si>
   <si>
     <t>Bar Zayas de Torre, Soria</t>
   </si>
   <si>
     <t>Zayas de Torre</t>
+  </si>
+  <si>
+    <t>696 782 815</t>
   </si>
   <si>
     <t>Calle Fuente, 4 (42329)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -14423,54 +14507,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F1062"/>
+  <dimension ref="A1:F1068"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:F1062"/>
+      <selection activeCell="A1" sqref="A1:F1068"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="114.258" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="52.987" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="52.987" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="121.399" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="168.53" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -14523,6353 +14607,6355 @@
       </c>
       <c r="D4" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="1"/>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" s="1" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="F5" s="1"/>
+      <c r="F5" s="1" t="s">
+        <v>21</v>
+      </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="1" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E6" s="1" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="F6" s="1" t="s">
         <v>26</v>
       </c>
+      <c r="F6" s="1"/>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>29</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>30</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>31</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="B8" s="1"/>
+      <c r="B8" s="1" t="s">
+        <v>34</v>
+      </c>
       <c r="C8" s="1" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="F8" s="1"/>
+        <v>37</v>
+      </c>
+      <c r="F8" s="1" t="s">
+        <v>38</v>
+      </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="1" t="s">
-        <v>36</v>
-[...3 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="B9" s="1"/>
       <c r="C9" s="1" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="F9" s="1" t="s">
         <v>41</v>
       </c>
+      <c r="F9" s="1"/>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="B10" s="1"/>
+      <c r="B10" s="1" t="s">
+        <v>43</v>
+      </c>
       <c r="C10" s="1" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="D10" s="1"/>
+        <v>44</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>45</v>
+      </c>
       <c r="E10" s="1" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="F10" s="1"/>
+        <v>46</v>
+      </c>
+      <c r="F10" s="1" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B11" s="1"/>
+      <c r="C11" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="B11" s="1" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D11" s="1"/>
       <c r="E11" s="1" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="F11" s="1" t="s">
         <v>49</v>
       </c>
+      <c r="F11" s="1"/>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="1" t="s">
         <v>50</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>51</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="1" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="B13" s="1"/>
+        <v>56</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>57</v>
+      </c>
       <c r="C13" s="1" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="F13" s="1"/>
+        <v>59</v>
+      </c>
+      <c r="F13" s="1" t="s">
+        <v>60</v>
+      </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="1" t="s">
-        <v>58</v>
-[...3 lines deleted...]
-      </c>
+        <v>61</v>
+      </c>
+      <c r="B14" s="1"/>
       <c r="C14" s="1" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>61</v>
-[...3 lines deleted...]
-      </c>
+        <v>63</v>
+      </c>
+      <c r="F14" s="1"/>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="1" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-        <v>965487902</v>
+        <v>52</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>121</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="1" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-        <v>125</v>
+        <v>126</v>
+      </c>
+      <c r="D27" s="1">
+        <v>965487902</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>131</v>
       </c>
       <c r="E28" s="1" t="s">
         <v>132</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="1" t="s">
         <v>134</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>135</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>131</v>
+        <v>137</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="D30" s="1" t="s">
         <v>137</v>
       </c>
-      <c r="B30" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D30" s="1" t="s">
+      <c r="E30" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="F30" s="1" t="s">
         <v>139</v>
-      </c>
-[...4 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" s="1" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" s="1" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>135</v>
+        <v>154</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>131</v>
+        <v>155</v>
       </c>
       <c r="E33" s="1" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>133</v>
+        <v>157</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" s="1" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>156</v>
+        <v>136</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>157</v>
+        <v>137</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>159</v>
+        <v>139</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" s="1" t="s">
         <v>160</v>
       </c>
-      <c r="B35" s="1"/>
+      <c r="B35" s="1" t="s">
+        <v>161</v>
+      </c>
       <c r="C35" s="1" t="s">
-        <v>156</v>
+        <v>162</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>162</v>
-[...1 lines deleted...]
-      <c r="F35" s="1"/>
+        <v>164</v>
+      </c>
+      <c r="F35" s="1" t="s">
+        <v>165</v>
+      </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" s="1" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="B36" s="1"/>
       <c r="C36" s="1" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="F36" s="1"/>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" s="1" t="s">
-        <v>167</v>
-[...3 lines deleted...]
-      </c>
+        <v>169</v>
+      </c>
+      <c r="B37" s="1"/>
       <c r="C37" s="1" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>171</v>
-[...1 lines deleted...]
-      <c r="F37" s="1" t="s">
         <v>172</v>
       </c>
+      <c r="F37" s="1"/>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" s="1" t="s">
         <v>173</v>
       </c>
-      <c r="B38" s="1"/>
+      <c r="B38" s="1" t="s">
+        <v>174</v>
+      </c>
       <c r="C38" s="1" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>175</v>
-[...1 lines deleted...]
-      <c r="F38" s="1"/>
+        <v>177</v>
+      </c>
+      <c r="F38" s="1" t="s">
+        <v>178</v>
+      </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" s="1" t="s">
-        <v>176</v>
-[...3 lines deleted...]
-      </c>
+        <v>179</v>
+      </c>
+      <c r="B39" s="1"/>
       <c r="C39" s="1" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>180</v>
-[...1 lines deleted...]
-      <c r="F39" s="1" t="s">
         <v>181</v>
       </c>
+      <c r="F39" s="1"/>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" s="1" t="s">
         <v>182</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>183</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>184</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>185</v>
       </c>
       <c r="E40" s="1" t="s">
         <v>186</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" s="1" t="s">
         <v>188</v>
       </c>
-      <c r="B41" s="1"/>
+      <c r="B41" s="1" t="s">
+        <v>189</v>
+      </c>
       <c r="C41" s="1" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-      <c r="F41" s="1"/>
+        <v>191</v>
+      </c>
+      <c r="E41" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="F41" s="1" t="s">
+        <v>193</v>
+      </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" s="1" t="s">
-        <v>191</v>
-[...3 lines deleted...]
-      </c>
+        <v>194</v>
+      </c>
+      <c r="B42" s="1"/>
       <c r="C42" s="1" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>194</v>
-[...4 lines deleted...]
-      <c r="F42" s="1" t="s">
         <v>196</v>
       </c>
+      <c r="E42" s="1"/>
+      <c r="F42" s="1"/>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" s="1" t="s">
         <v>197</v>
       </c>
       <c r="B43" s="1" t="s">
         <v>198</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>199</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>200</v>
       </c>
       <c r="E43" s="1" t="s">
         <v>201</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" s="1" t="s">
         <v>203</v>
       </c>
-      <c r="B44" s="1"/>
+      <c r="B44" s="1" t="s">
+        <v>204</v>
+      </c>
       <c r="C44" s="1" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>205</v>
-[...1 lines deleted...]
-      <c r="F44" s="1"/>
+        <v>207</v>
+      </c>
+      <c r="F44" s="1" t="s">
+        <v>208</v>
+      </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" s="1" t="s">
-        <v>206</v>
-[...3 lines deleted...]
-      </c>
+        <v>209</v>
+      </c>
+      <c r="B45" s="1"/>
       <c r="C45" s="1" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="E45" s="1" t="s">
-        <v>210</v>
-[...1 lines deleted...]
-      <c r="F45" s="1" t="s">
         <v>211</v>
       </c>
+      <c r="F45" s="1"/>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" s="1" t="s">
         <v>212</v>
       </c>
-      <c r="B46" s="1"/>
+      <c r="B46" s="1" t="s">
+        <v>213</v>
+      </c>
       <c r="C46" s="1" t="s">
-        <v>208</v>
+        <v>214</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>214</v>
-[...1 lines deleted...]
-      <c r="F46" s="1"/>
+        <v>216</v>
+      </c>
+      <c r="F46" s="1" t="s">
+        <v>217</v>
+      </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" s="1" t="s">
-        <v>215</v>
-[...3 lines deleted...]
-      </c>
+        <v>218</v>
+      </c>
+      <c r="B47" s="1"/>
       <c r="C47" s="1" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="E47" s="1" t="s">
-        <v>219</v>
-[...1 lines deleted...]
-      <c r="F47" s="1" t="s">
         <v>220</v>
       </c>
+      <c r="F47" s="1"/>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" s="1" t="s">
         <v>221</v>
       </c>
-      <c r="B48" s="1"/>
+      <c r="B48" s="1" t="s">
+        <v>222</v>
+      </c>
       <c r="C48" s="1" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="E48" s="1" t="s">
-        <v>223</v>
-[...1 lines deleted...]
-      <c r="F48" s="1"/>
+        <v>225</v>
+      </c>
+      <c r="F48" s="1" t="s">
+        <v>226</v>
+      </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" s="1" t="s">
-        <v>224</v>
-[...3 lines deleted...]
-      </c>
+        <v>227</v>
+      </c>
+      <c r="B49" s="1"/>
       <c r="C49" s="1" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="E49" s="1" t="s">
-        <v>227</v>
-[...3 lines deleted...]
-      </c>
+        <v>229</v>
+      </c>
+      <c r="F49" s="1"/>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" s="1" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>231</v>
+        <v>223</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>232</v>
       </c>
       <c r="E50" s="1" t="s">
         <v>233</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" s="1" t="s">
         <v>235</v>
       </c>
       <c r="B51" s="1" t="s">
         <v>236</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>237</v>
       </c>
-      <c r="D51" s="1">
-        <v>962626053</v>
+      <c r="D51" s="1" t="s">
+        <v>238</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" s="1" t="s">
-        <v>240</v>
-[...1 lines deleted...]
-      <c r="B52" s="1"/>
+        <v>241</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>242</v>
+      </c>
       <c r="C52" s="1" t="s">
-        <v>237</v>
-[...2 lines deleted...]
-        <v>241</v>
+        <v>243</v>
+      </c>
+      <c r="D52" s="1">
+        <v>962626053</v>
       </c>
       <c r="E52" s="1" t="s">
-        <v>242</v>
-[...1 lines deleted...]
-      <c r="F52" s="1"/>
+        <v>244</v>
+      </c>
+      <c r="F52" s="1" t="s">
+        <v>245</v>
+      </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="B53" s="1"/>
+      <c r="C53" s="1" t="s">
         <v>243</v>
       </c>
-      <c r="B53" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D53" s="1" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="E53" s="1" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="F53" s="1" t="s">
         <v>248</v>
       </c>
+      <c r="F53" s="1"/>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" s="1" t="s">
         <v>249</v>
       </c>
       <c r="B54" s="1" t="s">
         <v>250</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>245</v>
+        <v>251</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="E54" s="1" t="s">
-        <v>252</v>
-[...1 lines deleted...]
-      <c r="F54" s="1"/>
+        <v>253</v>
+      </c>
+      <c r="F54" s="1" t="s">
+        <v>254</v>
+      </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" s="1" t="s">
-        <v>253</v>
-[...1 lines deleted...]
-      <c r="B55" s="1"/>
+        <v>255</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>256</v>
+      </c>
       <c r="C55" s="1" t="s">
-        <v>245</v>
+        <v>251</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="E55" s="1" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="F55" s="1"/>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" s="1" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="B56" s="1"/>
       <c r="C56" s="1" t="s">
-        <v>245</v>
+        <v>251</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>258</v>
-[...3 lines deleted...]
-      </c>
+        <v>261</v>
+      </c>
+      <c r="F56" s="1"/>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" s="1" t="s">
-        <v>260</v>
-[...3 lines deleted...]
-      </c>
+        <v>262</v>
+      </c>
+      <c r="B57" s="1"/>
       <c r="C57" s="1" t="s">
-        <v>245</v>
+        <v>251</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="F57" s="1" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" s="1" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>267</v>
+        <v>251</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>268</v>
       </c>
       <c r="E58" s="1" t="s">
         <v>269</v>
       </c>
-      <c r="F58" s="1"/>
+      <c r="F58" s="1" t="s">
+        <v>270</v>
+      </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" s="1" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>272</v>
+        <v>251</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>273</v>
       </c>
       <c r="E59" s="1" t="s">
         <v>274</v>
       </c>
-      <c r="F59" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F59" s="1"/>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="B60" s="1" t="s">
         <v>276</v>
       </c>
-      <c r="B60" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60" s="1" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="E60" s="1" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="F60" s="1"/>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" s="1" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>272</v>
+        <v>282</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="E61" s="1" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="F61" s="1" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" s="1" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>285</v>
+        <v>281</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>286</v>
+        <v>282</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>287</v>
       </c>
       <c r="E62" s="1" t="s">
         <v>288</v>
       </c>
-      <c r="F62" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F62" s="1"/>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="B63" s="1" t="s">
         <v>290</v>
       </c>
-      <c r="B63" s="1" t="s">
+      <c r="C63" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="D63" s="1" t="s">
         <v>291</v>
       </c>
-      <c r="C63" s="1" t="s">
+      <c r="E63" s="1" t="s">
         <v>292</v>
       </c>
-      <c r="D63" s="1" t="s">
+      <c r="F63" s="1" t="s">
         <v>293</v>
-      </c>
-[...4 lines deleted...]
-        <v>295</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="C64" s="1" t="s">
         <v>296</v>
       </c>
-      <c r="B64" s="1" t="s">
+      <c r="D64" s="1" t="s">
         <v>297</v>
       </c>
-      <c r="C64" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D64" s="1" t="s">
+      <c r="E64" s="1" t="s">
         <v>298</v>
       </c>
-      <c r="E64" s="1" t="s">
+      <c r="F64" s="1" t="s">
         <v>299</v>
-      </c>
-[...1 lines deleted...]
-        <v>300</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="B65" s="1" t="s">
         <v>301</v>
       </c>
-      <c r="B65" s="1"/>
       <c r="C65" s="1" t="s">
-        <v>292</v>
+        <v>302</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="E65" s="1" t="s">
-        <v>303</v>
-[...1 lines deleted...]
-      <c r="F65" s="1"/>
+        <v>304</v>
+      </c>
+      <c r="F65" s="1" t="s">
+        <v>305</v>
+      </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" s="1" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>292</v>
+        <v>302</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="E66" s="1" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="F66" s="1" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" s="1" t="s">
-        <v>309</v>
-[...3 lines deleted...]
-      </c>
+        <v>311</v>
+      </c>
+      <c r="B67" s="1"/>
       <c r="C67" s="1" t="s">
-        <v>292</v>
+        <v>302</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="E67" s="1" t="s">
-        <v>312</v>
-[...1 lines deleted...]
-      <c r="F67" s="1" t="s">
         <v>313</v>
       </c>
+      <c r="F67" s="1"/>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" s="1" t="s">
         <v>314</v>
       </c>
       <c r="B68" s="1" t="s">
         <v>315</v>
       </c>
       <c r="C68" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="D68" s="1" t="s">
         <v>316</v>
       </c>
-      <c r="D68" s="1" t="s">
+      <c r="E68" s="1" t="s">
         <v>317</v>
       </c>
-      <c r="E68" s="1" t="s">
+      <c r="F68" s="1" t="s">
         <v>318</v>
-      </c>
-[...1 lines deleted...]
-        <v>319</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="B69" s="1" t="s">
         <v>320</v>
       </c>
-      <c r="B69" s="1" t="s">
+      <c r="C69" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="D69" s="1" t="s">
         <v>321</v>
       </c>
-      <c r="C69" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D69" s="1" t="s">
+      <c r="E69" s="1" t="s">
         <v>322</v>
       </c>
-      <c r="E69" s="1" t="s">
+      <c r="F69" s="1" t="s">
         <v>323</v>
-      </c>
-[...1 lines deleted...]
-        <v>324</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="B70" s="1" t="s">
         <v>325</v>
       </c>
-      <c r="B70" s="1"/>
       <c r="C70" s="1" t="s">
-        <v>316</v>
+        <v>326</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="E70" s="1" t="s">
-        <v>327</v>
-[...1 lines deleted...]
-      <c r="F70" s="1"/>
+        <v>328</v>
+      </c>
+      <c r="F70" s="1" t="s">
+        <v>329</v>
+      </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" s="1" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>316</v>
+        <v>326</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="E71" s="1" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="F71" s="1" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" s="1" t="s">
-        <v>333</v>
-[...3 lines deleted...]
-      </c>
+        <v>335</v>
+      </c>
+      <c r="B72" s="1"/>
       <c r="C72" s="1" t="s">
-        <v>335</v>
+        <v>326</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>336</v>
       </c>
       <c r="E72" s="1" t="s">
         <v>337</v>
       </c>
-      <c r="F72" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F72" s="1"/>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="B73" s="1" t="s">
         <v>339</v>
       </c>
-      <c r="B73" s="1"/>
       <c r="C73" s="1" t="s">
-        <v>335</v>
+        <v>326</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>340</v>
       </c>
       <c r="E73" s="1" t="s">
         <v>341</v>
       </c>
-      <c r="F73" s="1"/>
+      <c r="F73" s="1" t="s">
+        <v>342</v>
+      </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" s="1" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>335</v>
+        <v>345</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="E74" s="1" t="s">
-        <v>345</v>
-[...1 lines deleted...]
-      <c r="F74" s="1"/>
+        <v>347</v>
+      </c>
+      <c r="F74" s="1" t="s">
+        <v>348</v>
+      </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" s="1" t="s">
-        <v>346</v>
-[...3 lines deleted...]
-      </c>
+        <v>349</v>
+      </c>
+      <c r="B75" s="1"/>
       <c r="C75" s="1" t="s">
-        <v>335</v>
+        <v>345</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="E75" s="1" t="s">
-        <v>349</v>
-[...3 lines deleted...]
-      </c>
+        <v>351</v>
+      </c>
+      <c r="F75" s="1"/>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" s="1" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>353</v>
+        <v>345</v>
       </c>
       <c r="D76" s="1" t="s">
         <v>354</v>
       </c>
       <c r="E76" s="1" t="s">
         <v>355</v>
       </c>
-      <c r="F76" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F76" s="1"/>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="B77" s="1" t="s">
         <v>357</v>
       </c>
-      <c r="B77" s="1" t="s">
+      <c r="C77" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="D77" s="1" t="s">
         <v>358</v>
       </c>
-      <c r="C77" s="1" t="s">
+      <c r="E77" s="1" t="s">
         <v>359</v>
       </c>
-      <c r="D77" s="1" t="s">
+      <c r="F77" s="1" t="s">
         <v>360</v>
-      </c>
-[...4 lines deleted...]
-        <v>362</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="C78" s="1" t="s">
         <v>363</v>
-      </c>
-[...2 lines deleted...]
-        <v>359</v>
       </c>
       <c r="D78" s="1" t="s">
         <v>364</v>
       </c>
       <c r="E78" s="1" t="s">
         <v>365</v>
       </c>
-      <c r="F78" s="1"/>
+      <c r="F78" s="1" t="s">
+        <v>366</v>
+      </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" s="1" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>359</v>
+        <v>369</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="E79" s="1" t="s">
-        <v>369</v>
-[...1 lines deleted...]
-      <c r="F79" s="1"/>
+        <v>371</v>
+      </c>
+      <c r="F79" s="1" t="s">
+        <v>372</v>
+      </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" s="1" t="s">
-        <v>370</v>
-[...3 lines deleted...]
-      </c>
+        <v>373</v>
+      </c>
+      <c r="B80" s="1"/>
       <c r="C80" s="1" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="E80" s="1" t="s">
-        <v>374</v>
-[...1 lines deleted...]
-      <c r="F80" s="1" t="s">
         <v>375</v>
       </c>
+      <c r="F80" s="1"/>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" s="1" t="s">
         <v>376</v>
       </c>
       <c r="B81" s="1" t="s">
         <v>377</v>
       </c>
       <c r="C81" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="D81" s="1" t="s">
         <v>378</v>
       </c>
-      <c r="D81" s="1" t="s">
+      <c r="E81" s="1" t="s">
         <v>379</v>
       </c>
-      <c r="E81" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F81" s="1"/>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="C82" s="1" t="s">
         <v>382</v>
-      </c>
-[...2 lines deleted...]
-        <v>378</v>
       </c>
       <c r="D82" s="1" t="s">
         <v>383</v>
       </c>
       <c r="E82" s="1" t="s">
         <v>384</v>
       </c>
-      <c r="F82" s="1"/>
+      <c r="F82" s="1" t="s">
+        <v>385</v>
+      </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" s="1" t="s">
-        <v>385</v>
-[...1 lines deleted...]
-      <c r="B83" s="1"/>
+        <v>386</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>387</v>
+      </c>
       <c r="C83" s="1" t="s">
-        <v>378</v>
+        <v>388</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>257</v>
+        <v>389</v>
       </c>
       <c r="E83" s="1" t="s">
-        <v>386</v>
+        <v>390</v>
       </c>
       <c r="F83" s="1" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="B84" s="1"/>
+      <c r="C84" s="1" t="s">
         <v>388</v>
       </c>
-      <c r="B84" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D84" s="1" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="E84" s="1" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="F84" s="1"/>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" s="1" t="s">
-        <v>393</v>
-[...3 lines deleted...]
-      </c>
+        <v>395</v>
+      </c>
+      <c r="B85" s="1"/>
       <c r="C85" s="1" t="s">
-        <v>395</v>
+        <v>388</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>246</v>
+        <v>263</v>
       </c>
       <c r="E85" s="1" t="s">
         <v>396</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" s="1" t="s">
         <v>398</v>
       </c>
-      <c r="B86" s="1"/>
+      <c r="B86" s="1" t="s">
+        <v>399</v>
+      </c>
       <c r="C86" s="1" t="s">
-        <v>395</v>
+        <v>400</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="E86" s="1" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="F86" s="1"/>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" s="1" t="s">
-        <v>401</v>
-[...1 lines deleted...]
-      <c r="B87" s="1"/>
+        <v>403</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>404</v>
+      </c>
       <c r="C87" s="1" t="s">
-        <v>395</v>
+        <v>405</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>257</v>
+        <v>252</v>
       </c>
       <c r="E87" s="1" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="F87" s="1" t="s">
-        <v>259</v>
+        <v>407</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" s="1" t="s">
-        <v>403</v>
-[...3 lines deleted...]
-      </c>
+        <v>408</v>
+      </c>
+      <c r="B88" s="1"/>
       <c r="C88" s="1" t="s">
-        <v>395</v>
+        <v>405</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>405</v>
+        <v>409</v>
       </c>
       <c r="E88" s="1" t="s">
-        <v>406</v>
-[...3 lines deleted...]
-      </c>
+        <v>410</v>
+      </c>
+      <c r="F88" s="1"/>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" s="1" t="s">
-        <v>408</v>
-[...3 lines deleted...]
-      </c>
+        <v>411</v>
+      </c>
+      <c r="B89" s="1"/>
       <c r="C89" s="1" t="s">
-        <v>395</v>
+        <v>405</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>410</v>
+        <v>263</v>
       </c>
       <c r="E89" s="1" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="F89" s="1" t="s">
-        <v>412</v>
+        <v>265</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" s="1" t="s">
         <v>413</v>
       </c>
       <c r="B90" s="1" t="s">
         <v>414</v>
       </c>
       <c r="C90" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="D90" s="1" t="s">
         <v>415</v>
       </c>
-      <c r="D90" s="1" t="s">
+      <c r="E90" s="1" t="s">
         <v>416</v>
       </c>
-      <c r="E90" s="1" t="s">
+      <c r="F90" s="1" t="s">
         <v>417</v>
       </c>
-      <c r="F90" s="1"/>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" s="1" t="s">
         <v>418</v>
       </c>
       <c r="B91" s="1" t="s">
         <v>419</v>
       </c>
       <c r="C91" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="D91" s="1" t="s">
         <v>420</v>
       </c>
-      <c r="D91" s="1" t="s">
+      <c r="E91" s="1" t="s">
         <v>421</v>
       </c>
-      <c r="E91" s="1" t="s">
+      <c r="F91" s="1" t="s">
         <v>422</v>
       </c>
-      <c r="F91" s="1"/>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" s="1" t="s">
         <v>423</v>
       </c>
       <c r="B92" s="1" t="s">
         <v>424</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>420</v>
+        <v>425</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>421</v>
+        <v>426</v>
       </c>
       <c r="E92" s="1" t="s">
-        <v>422</v>
-[...3 lines deleted...]
-      </c>
+        <v>427</v>
+      </c>
+      <c r="F92" s="1"/>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" s="1" t="s">
-        <v>426</v>
-[...1 lines deleted...]
-      <c r="B93" s="1"/>
+        <v>428</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>429</v>
+      </c>
       <c r="C93" s="1" t="s">
-        <v>420</v>
+        <v>430</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>427</v>
+        <v>431</v>
       </c>
       <c r="E93" s="1" t="s">
-        <v>428</v>
+        <v>432</v>
       </c>
       <c r="F93" s="1"/>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" s="1" t="s">
-        <v>429</v>
-[...1 lines deleted...]
-      <c r="B94" s="1"/>
+        <v>433</v>
+      </c>
+      <c r="B94" s="1" t="s">
+        <v>434</v>
+      </c>
       <c r="C94" s="1" t="s">
-        <v>420</v>
+        <v>430</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>257</v>
+        <v>431</v>
       </c>
       <c r="E94" s="1" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="F94" s="1" t="s">
-        <v>387</v>
+        <v>435</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" s="1" t="s">
-        <v>431</v>
+        <v>436</v>
       </c>
       <c r="B95" s="1"/>
       <c r="C95" s="1" t="s">
-        <v>420</v>
-[...1 lines deleted...]
-      <c r="D95" s="1"/>
+        <v>430</v>
+      </c>
+      <c r="D95" s="1" t="s">
+        <v>437</v>
+      </c>
       <c r="E95" s="1" t="s">
-        <v>432</v>
+        <v>438</v>
       </c>
       <c r="F95" s="1"/>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" s="1" t="s">
-        <v>433</v>
-[...3 lines deleted...]
-      </c>
+        <v>439</v>
+      </c>
+      <c r="B96" s="1"/>
       <c r="C96" s="1" t="s">
-        <v>420</v>
+        <v>430</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>435</v>
+        <v>263</v>
       </c>
       <c r="E96" s="1" t="s">
-        <v>436</v>
+        <v>440</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>437</v>
+        <v>397</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" s="1" t="s">
-        <v>438</v>
-[...3 lines deleted...]
-      </c>
+        <v>441</v>
+      </c>
+      <c r="B97" s="1"/>
       <c r="C97" s="1" t="s">
-        <v>420</v>
-[...3 lines deleted...]
-      </c>
+        <v>430</v>
+      </c>
+      <c r="D97" s="1"/>
       <c r="E97" s="1" t="s">
-        <v>441</v>
-[...1 lines deleted...]
-      <c r="F97" s="1" t="s">
         <v>442</v>
       </c>
+      <c r="F97" s="1"/>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" s="1" t="s">
         <v>443</v>
       </c>
       <c r="B98" s="1" t="s">
         <v>444</v>
       </c>
       <c r="C98" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="D98" s="1" t="s">
         <v>445</v>
       </c>
-      <c r="D98" s="1" t="s">
+      <c r="E98" s="1" t="s">
         <v>446</v>
       </c>
-      <c r="E98" s="1" t="s">
+      <c r="F98" s="1" t="s">
         <v>447</v>
-      </c>
-[...1 lines deleted...]
-        <v>448</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="B99" s="1" t="s">
         <v>449</v>
       </c>
-      <c r="B99" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C99" s="1" t="s">
-        <v>445</v>
+        <v>430</v>
       </c>
       <c r="D99" s="1" t="s">
         <v>450</v>
       </c>
       <c r="E99" s="1" t="s">
         <v>451</v>
       </c>
       <c r="F99" s="1" t="s">
         <v>452</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" s="1" t="s">
         <v>453</v>
       </c>
-      <c r="B100" s="1"/>
+      <c r="B100" s="1" t="s">
+        <v>454</v>
+      </c>
       <c r="C100" s="1" t="s">
-        <v>445</v>
+        <v>455</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="E100" s="1" t="s">
-        <v>455</v>
-[...1 lines deleted...]
-      <c r="F100" s="1"/>
+        <v>457</v>
+      </c>
+      <c r="F100" s="1" t="s">
+        <v>458</v>
+      </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" s="1" t="s">
-        <v>456</v>
-[...1 lines deleted...]
-      <c r="B101" s="1"/>
+        <v>459</v>
+      </c>
+      <c r="B101" s="1" t="s">
+        <v>454</v>
+      </c>
       <c r="C101" s="1" t="s">
-        <v>445</v>
-[...1 lines deleted...]
-      <c r="D101" s="1"/>
+        <v>455</v>
+      </c>
+      <c r="D101" s="1" t="s">
+        <v>460</v>
+      </c>
       <c r="E101" s="1" t="s">
-        <v>457</v>
-[...1 lines deleted...]
-      <c r="F101" s="1"/>
+        <v>461</v>
+      </c>
+      <c r="F101" s="1" t="s">
+        <v>462</v>
+      </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" s="1" t="s">
-        <v>458</v>
+        <v>463</v>
       </c>
       <c r="B102" s="1"/>
       <c r="C102" s="1" t="s">
-        <v>445</v>
+        <v>455</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>459</v>
+        <v>464</v>
       </c>
       <c r="E102" s="1" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
       <c r="F102" s="1"/>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" s="1" t="s">
-        <v>461</v>
-[...3 lines deleted...]
-      </c>
+        <v>466</v>
+      </c>
+      <c r="B103" s="1"/>
       <c r="C103" s="1" t="s">
-        <v>445</v>
-[...3 lines deleted...]
-      </c>
+        <v>455</v>
+      </c>
+      <c r="D103" s="1"/>
       <c r="E103" s="1" t="s">
-        <v>464</v>
-[...3 lines deleted...]
-      </c>
+        <v>467</v>
+      </c>
+      <c r="F103" s="1"/>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" s="1" t="s">
-        <v>466</v>
-[...3 lines deleted...]
-      </c>
+        <v>468</v>
+      </c>
+      <c r="B104" s="1"/>
       <c r="C104" s="1" t="s">
-        <v>445</v>
+        <v>455</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="E104" s="1" t="s">
-        <v>469</v>
-[...1 lines deleted...]
-      <c r="F104" s="1" t="s">
         <v>470</v>
       </c>
+      <c r="F104" s="1"/>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" s="1" t="s">
         <v>471</v>
       </c>
       <c r="B105" s="1" t="s">
         <v>472</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>445</v>
+        <v>455</v>
       </c>
       <c r="D105" s="1" t="s">
         <v>473</v>
       </c>
       <c r="E105" s="1" t="s">
-        <v>455</v>
-[...1 lines deleted...]
-      <c r="F105" s="1"/>
+        <v>474</v>
+      </c>
+      <c r="F105" s="1" t="s">
+        <v>475</v>
+      </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" s="1" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>476</v>
+        <v>455</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="E106" s="1" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="F106" s="1" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" s="1" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>476</v>
+        <v>455</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="E107" s="1" t="s">
-        <v>483</v>
-[...3 lines deleted...]
-      </c>
+        <v>465</v>
+      </c>
+      <c r="F107" s="1"/>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="B108" s="1" t="s">
         <v>485</v>
       </c>
-      <c r="B108" s="1"/>
       <c r="C108" s="1" t="s">
-        <v>476</v>
+        <v>486</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="E108" s="1" t="s">
-        <v>487</v>
-[...1 lines deleted...]
-      <c r="F108" s="1"/>
+        <v>488</v>
+      </c>
+      <c r="F108" s="1" t="s">
+        <v>489</v>
+      </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" s="1" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>476</v>
+        <v>486</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="E109" s="1" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="F109" s="1" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" s="1" t="s">
-        <v>493</v>
-[...3 lines deleted...]
-      </c>
+        <v>495</v>
+      </c>
+      <c r="B110" s="1"/>
       <c r="C110" s="1" t="s">
-        <v>495</v>
+        <v>486</v>
       </c>
       <c r="D110" s="1" t="s">
         <v>496</v>
       </c>
       <c r="E110" s="1" t="s">
         <v>497</v>
       </c>
       <c r="F110" s="1"/>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" s="1" t="s">
         <v>498</v>
       </c>
       <c r="B111" s="1" t="s">
         <v>499</v>
       </c>
       <c r="C111" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="D111" s="1" t="s">
         <v>500</v>
       </c>
-      <c r="D111" s="1" t="s">
+      <c r="E111" s="1" t="s">
         <v>501</v>
       </c>
-      <c r="E111" s="1" t="s">
+      <c r="F111" s="1" t="s">
         <v>502</v>
       </c>
-      <c r="F111" s="1"/>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" s="1" t="s">
         <v>503</v>
       </c>
-      <c r="B112" s="1"/>
+      <c r="B112" s="1" t="s">
+        <v>504</v>
+      </c>
       <c r="C112" s="1" t="s">
-        <v>500</v>
+        <v>505</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="E112" s="1" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="F112" s="1"/>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" s="1" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>500</v>
+        <v>510</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="E113" s="1" t="s">
-        <v>509</v>
-[...3 lines deleted...]
-      </c>
+        <v>512</v>
+      </c>
+      <c r="F113" s="1"/>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" s="1" t="s">
-        <v>511</v>
-[...3 lines deleted...]
-      </c>
+        <v>513</v>
+      </c>
+      <c r="B114" s="1"/>
       <c r="C114" s="1" t="s">
-        <v>513</v>
+        <v>510</v>
       </c>
       <c r="D114" s="1" t="s">
         <v>514</v>
       </c>
       <c r="E114" s="1" t="s">
         <v>515</v>
       </c>
       <c r="F114" s="1"/>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" s="1" t="s">
         <v>516</v>
       </c>
       <c r="B115" s="1" t="s">
         <v>517</v>
       </c>
       <c r="C115" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="D115" s="1" t="s">
         <v>518</v>
       </c>
-      <c r="D115" s="1" t="s">
+      <c r="E115" s="1" t="s">
         <v>519</v>
       </c>
-      <c r="E115" s="1" t="s">
+      <c r="F115" s="1" t="s">
         <v>520</v>
       </c>
-      <c r="F115" s="1"/>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" s="1" t="s">
         <v>521</v>
       </c>
       <c r="B116" s="1" t="s">
         <v>522</v>
       </c>
       <c r="C116" s="1" t="s">
         <v>523</v>
       </c>
       <c r="D116" s="1" t="s">
         <v>524</v>
       </c>
       <c r="E116" s="1" t="s">
         <v>525</v>
       </c>
-      <c r="F116" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F116" s="1"/>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" s="1" t="s">
+        <v>526</v>
+      </c>
+      <c r="B117" s="1" t="s">
         <v>527</v>
       </c>
-      <c r="B117" s="1" t="s">
+      <c r="C117" s="1" t="s">
         <v>528</v>
-      </c>
-[...1 lines deleted...]
-        <v>523</v>
       </c>
       <c r="D117" s="1" t="s">
         <v>529</v>
       </c>
       <c r="E117" s="1" t="s">
         <v>530</v>
       </c>
-      <c r="F117" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F117" s="1"/>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="B118" s="1" t="s">
         <v>532</v>
       </c>
-      <c r="B118" s="1" t="s">
+      <c r="C118" s="1" t="s">
         <v>533</v>
-      </c>
-[...1 lines deleted...]
-        <v>523</v>
       </c>
       <c r="D118" s="1" t="s">
         <v>534</v>
       </c>
       <c r="E118" s="1" t="s">
         <v>535</v>
       </c>
       <c r="F118" s="1" t="s">
         <v>536</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" s="1" t="s">
         <v>537</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>523</v>
+        <v>533</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="E119" s="1" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="F119" s="1" t="s">
-        <v>526</v>
+        <v>541</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" s="1" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>523</v>
+        <v>533</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="E120" s="1" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F120" s="1" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" s="1" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>546</v>
+        <v>532</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>523</v>
+        <v>533</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="E121" s="1" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="F121" s="1" t="s">
-        <v>549</v>
+        <v>536</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" s="1" t="s">
         <v>550</v>
       </c>
-      <c r="B122" s="1"/>
+      <c r="B122" s="1" t="s">
+        <v>551</v>
+      </c>
       <c r="C122" s="1" t="s">
-        <v>551</v>
+        <v>533</v>
       </c>
       <c r="D122" s="1" t="s">
         <v>552</v>
       </c>
       <c r="E122" s="1" t="s">
         <v>553</v>
       </c>
       <c r="F122" s="1" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" s="1" t="s">
         <v>555</v>
       </c>
-      <c r="B123" s="1"/>
+      <c r="B123" s="1" t="s">
+        <v>556</v>
+      </c>
       <c r="C123" s="1" t="s">
-        <v>556</v>
+        <v>533</v>
       </c>
       <c r="D123" s="1" t="s">
         <v>557</v>
       </c>
       <c r="E123" s="1" t="s">
         <v>558</v>
       </c>
-      <c r="F123" s="1"/>
+      <c r="F123" s="1" t="s">
+        <v>559</v>
+      </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" s="1" t="s">
-        <v>559</v>
-[...1 lines deleted...]
-      <c r="B124" s="1" t="s">
         <v>560</v>
       </c>
+      <c r="B124" s="1"/>
       <c r="C124" s="1" t="s">
         <v>561</v>
       </c>
       <c r="D124" s="1" t="s">
         <v>562</v>
       </c>
       <c r="E124" s="1" t="s">
         <v>563</v>
       </c>
       <c r="F124" s="1" t="s">
         <v>564</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" s="1" t="s">
         <v>565</v>
       </c>
-      <c r="B125" s="1" t="s">
+      <c r="B125" s="1"/>
+      <c r="C125" s="1" t="s">
         <v>566</v>
       </c>
-      <c r="C125" s="1" t="s">
+      <c r="D125" s="1" t="s">
         <v>567</v>
       </c>
-      <c r="D125" s="1" t="s">
+      <c r="E125" s="1" t="s">
         <v>568</v>
       </c>
-      <c r="E125" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F125" s="1"/>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" s="1" t="s">
+        <v>569</v>
+      </c>
+      <c r="B126" s="1" t="s">
+        <v>570</v>
+      </c>
+      <c r="C126" s="1" t="s">
         <v>571</v>
       </c>
-      <c r="B126" s="1"/>
-[...3 lines deleted...]
-      <c r="D126" s="1"/>
+      <c r="D126" s="1" t="s">
+        <v>572</v>
+      </c>
       <c r="E126" s="1" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="F126" s="1" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" s="1" t="s">
-        <v>574</v>
-[...1 lines deleted...]
-      <c r="B127" s="1"/>
+        <v>575</v>
+      </c>
+      <c r="B127" s="1" t="s">
+        <v>576</v>
+      </c>
       <c r="C127" s="1" t="s">
-        <v>567</v>
+        <v>577</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="E127" s="1" t="s">
-        <v>576</v>
-[...1 lines deleted...]
-      <c r="F127" s="1"/>
+        <v>579</v>
+      </c>
+      <c r="F127" s="1" t="s">
+        <v>580</v>
+      </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="B128" s="1"/>
+      <c r="C128" s="1" t="s">
         <v>577</v>
       </c>
-      <c r="B128" s="1" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D128" s="1"/>
       <c r="E128" s="1" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="F128" s="1" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" s="1" t="s">
-        <v>583</v>
-[...1 lines deleted...]
-      <c r="B129" s="1" t="s">
         <v>584</v>
       </c>
+      <c r="B129" s="1"/>
       <c r="C129" s="1" t="s">
-        <v>579</v>
+        <v>577</v>
       </c>
       <c r="D129" s="1" t="s">
         <v>585</v>
       </c>
       <c r="E129" s="1" t="s">
         <v>586</v>
       </c>
-      <c r="F129" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F129" s="1"/>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B130" s="1" t="s">
         <v>588</v>
       </c>
-      <c r="B130" s="1"/>
       <c r="C130" s="1" t="s">
-        <v>579</v>
+        <v>589</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="E130" s="1" t="s">
-        <v>590</v>
-[...1 lines deleted...]
-      <c r="F130" s="1"/>
+        <v>591</v>
+      </c>
+      <c r="F130" s="1" t="s">
+        <v>592</v>
+      </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" s="1" t="s">
-        <v>591</v>
-[...1 lines deleted...]
-      <c r="B131" s="1"/>
+        <v>593</v>
+      </c>
+      <c r="B131" s="1" t="s">
+        <v>594</v>
+      </c>
       <c r="C131" s="1" t="s">
-        <v>579</v>
+        <v>589</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="E131" s="1" t="s">
-        <v>593</v>
-[...1 lines deleted...]
-      <c r="F131" s="1"/>
+        <v>596</v>
+      </c>
+      <c r="F131" s="1" t="s">
+        <v>597</v>
+      </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" s="1" t="s">
-        <v>594</v>
-[...3 lines deleted...]
-      </c>
+        <v>598</v>
+      </c>
+      <c r="B132" s="1"/>
       <c r="C132" s="1" t="s">
-        <v>596</v>
+        <v>589</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="E132" s="1" t="s">
-        <v>598</v>
-[...3 lines deleted...]
-      </c>
+        <v>600</v>
+      </c>
+      <c r="F132" s="1"/>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" s="1" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="B133" s="1"/>
       <c r="C133" s="1" t="s">
-        <v>596</v>
+        <v>589</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="E133" s="1" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="F133" s="1"/>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" s="1" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="E134" s="1" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="F134" s="1" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" s="1" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="B135" s="1"/>
       <c r="C135" s="1" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="E135" s="1" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="F135" s="1"/>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" s="1" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>605</v>
+        <v>615</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="E136" s="1" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="F136" s="1" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" s="1" t="s">
-        <v>617</v>
-[...3 lines deleted...]
-      </c>
+        <v>619</v>
+      </c>
+      <c r="B137" s="1"/>
       <c r="C137" s="1" t="s">
-        <v>619</v>
+        <v>615</v>
       </c>
       <c r="D137" s="1" t="s">
         <v>620</v>
       </c>
       <c r="E137" s="1" t="s">
         <v>621</v>
       </c>
-      <c r="F137" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F137" s="1"/>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" s="1" t="s">
+        <v>622</v>
+      </c>
+      <c r="B138" s="1" t="s">
         <v>623</v>
       </c>
-      <c r="B138" s="1" t="s">
+      <c r="C138" s="1" t="s">
+        <v>615</v>
+      </c>
+      <c r="D138" s="1" t="s">
         <v>624</v>
       </c>
-      <c r="C138" s="1" t="s">
+      <c r="E138" s="1" t="s">
         <v>625</v>
       </c>
-      <c r="D138" s="1" t="s">
+      <c r="F138" s="1" t="s">
         <v>626</v>
-      </c>
-[...4 lines deleted...]
-        <v>628</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" s="1" t="s">
+        <v>627</v>
+      </c>
+      <c r="B139" s="1" t="s">
+        <v>628</v>
+      </c>
+      <c r="C139" s="1" t="s">
         <v>629</v>
-      </c>
-[...2 lines deleted...]
-        <v>625</v>
       </c>
       <c r="D139" s="1" t="s">
         <v>630</v>
       </c>
       <c r="E139" s="1" t="s">
         <v>631</v>
       </c>
-      <c r="F139" s="1"/>
+      <c r="F139" s="1" t="s">
+        <v>632</v>
+      </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" s="1" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="E140" s="1" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="F140" s="1" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" s="1" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="B141" s="1"/>
       <c r="C141" s="1" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="E141" s="1" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="F141" s="1"/>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" s="1" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="E142" s="1" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="F142" s="1" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" s="1" t="s">
-        <v>647</v>
-[...1 lines deleted...]
-      <c r="B143" s="1" t="s">
         <v>648</v>
       </c>
+      <c r="B143" s="1"/>
       <c r="C143" s="1" t="s">
+        <v>644</v>
+      </c>
+      <c r="D143" s="1" t="s">
         <v>649</v>
       </c>
-      <c r="D143" s="1" t="s">
+      <c r="E143" s="1" t="s">
         <v>650</v>
       </c>
-      <c r="E143" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F143" s="1"/>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" s="1" t="s">
+        <v>651</v>
+      </c>
+      <c r="B144" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="C144" s="1" t="s">
         <v>653</v>
       </c>
-      <c r="B144" s="1" t="s">
+      <c r="D144" s="1" t="s">
         <v>654</v>
       </c>
-      <c r="C144" s="1" t="s">
+      <c r="E144" s="1" t="s">
         <v>655</v>
       </c>
-      <c r="D144" s="1" t="s">
+      <c r="F144" s="1" t="s">
         <v>656</v>
-      </c>
-[...4 lines deleted...]
-        <v>658</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" s="1" t="s">
+        <v>657</v>
+      </c>
+      <c r="B145" s="1" t="s">
+        <v>658</v>
+      </c>
+      <c r="C145" s="1" t="s">
         <v>659</v>
-      </c>
-[...2 lines deleted...]
-        <v>655</v>
       </c>
       <c r="D145" s="1" t="s">
         <v>660</v>
       </c>
       <c r="E145" s="1" t="s">
         <v>661</v>
       </c>
-      <c r="F145" s="1"/>
+      <c r="F145" s="1" t="s">
+        <v>662</v>
+      </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" s="1" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="E146" s="1" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="F146" s="1" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" s="1" t="s">
-        <v>668</v>
-[...1 lines deleted...]
-      <c r="B147" s="1" t="s">
         <v>669</v>
       </c>
+      <c r="B147" s="1"/>
       <c r="C147" s="1" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="D147" s="1" t="s">
         <v>670</v>
       </c>
       <c r="E147" s="1" t="s">
         <v>671</v>
       </c>
-      <c r="F147" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F147" s="1"/>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" s="1" t="s">
+        <v>672</v>
+      </c>
+      <c r="B148" s="1" t="s">
         <v>673</v>
       </c>
-      <c r="B148" s="1" t="s">
+      <c r="C148" s="1" t="s">
         <v>674</v>
-      </c>
-[...1 lines deleted...]
-        <v>664</v>
       </c>
       <c r="D148" s="1" t="s">
         <v>675</v>
       </c>
       <c r="E148" s="1" t="s">
         <v>676</v>
       </c>
-      <c r="F148" s="1"/>
+      <c r="F148" s="1" t="s">
+        <v>677</v>
+      </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" s="1" t="s">
-        <v>677</v>
-[...1 lines deleted...]
-      <c r="B149" s="1"/>
+        <v>678</v>
+      </c>
+      <c r="B149" s="1" t="s">
+        <v>679</v>
+      </c>
       <c r="C149" s="1" t="s">
-        <v>664</v>
+        <v>674</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
       <c r="E149" s="1" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="F149" s="1"/>
+        <v>681</v>
+      </c>
+      <c r="F149" s="1" t="s">
+        <v>682</v>
+      </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" s="1" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>681</v>
+        <v>684</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>664</v>
+        <v>674</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>682</v>
+        <v>685</v>
       </c>
       <c r="E150" s="1" t="s">
-        <v>683</v>
-[...3 lines deleted...]
-      </c>
+        <v>686</v>
+      </c>
+      <c r="F150" s="1"/>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" s="1" t="s">
-        <v>685</v>
-[...3 lines deleted...]
-      </c>
+        <v>687</v>
+      </c>
+      <c r="B151" s="1"/>
       <c r="C151" s="1" t="s">
-        <v>664</v>
+        <v>674</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="E151" s="1" t="s">
-        <v>688</v>
-[...1 lines deleted...]
-      <c r="F151" s="1" t="s">
         <v>689</v>
       </c>
+      <c r="F151" s="1"/>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" s="1" t="s">
         <v>690</v>
       </c>
       <c r="B152" s="1" t="s">
         <v>691</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>664</v>
+        <v>674</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>682</v>
+        <v>692</v>
       </c>
       <c r="E152" s="1" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="F152" s="1" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" s="1" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>664</v>
+        <v>674</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="E153" s="1" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="F153" s="1" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" s="1" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>691</v>
+        <v>701</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>664</v>
+        <v>674</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>682</v>
+        <v>692</v>
       </c>
       <c r="E154" s="1" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="F154" s="1" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" s="1" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>704</v>
+        <v>674</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="E155" s="1" t="s">
-        <v>706</v>
-[...1 lines deleted...]
-      <c r="F155" s="1"/>
+        <v>707</v>
+      </c>
+      <c r="F155" s="1" t="s">
+        <v>708</v>
+      </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" s="1" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>708</v>
+        <v>701</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>709</v>
+        <v>674</v>
       </c>
       <c r="D156" s="1" t="s">
+        <v>692</v>
+      </c>
+      <c r="E156" s="1" t="s">
         <v>710</v>
       </c>
-      <c r="E156" s="1" t="s">
+      <c r="F156" s="1" t="s">
         <v>711</v>
-      </c>
-[...1 lines deleted...]
-        <v>712</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" s="1" t="s">
+        <v>712</v>
+      </c>
+      <c r="B157" s="1" t="s">
         <v>713</v>
       </c>
-      <c r="B157" s="1" t="s">
+      <c r="C157" s="1" t="s">
         <v>714</v>
-      </c>
-[...1 lines deleted...]
-        <v>709</v>
       </c>
       <c r="D157" s="1" t="s">
         <v>715</v>
       </c>
       <c r="E157" s="1" t="s">
         <v>716</v>
       </c>
-      <c r="F157" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F157" s="1"/>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" s="1" t="s">
+        <v>717</v>
+      </c>
+      <c r="B158" s="1" t="s">
         <v>718</v>
       </c>
-      <c r="B158" s="1"/>
       <c r="C158" s="1" t="s">
-        <v>709</v>
+        <v>719</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="E158" s="1" t="s">
-        <v>720</v>
-[...1 lines deleted...]
-      <c r="F158" s="1"/>
+        <v>721</v>
+      </c>
+      <c r="F158" s="1" t="s">
+        <v>722</v>
+      </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" s="1" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>709</v>
+        <v>719</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
       <c r="E159" s="1" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
       <c r="F159" s="1" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" s="1" t="s">
-        <v>726</v>
-[...3 lines deleted...]
-      </c>
+        <v>728</v>
+      </c>
+      <c r="B160" s="1"/>
       <c r="C160" s="1" t="s">
-        <v>709</v>
+        <v>719</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="E160" s="1" t="s">
-        <v>729</v>
-[...1 lines deleted...]
-      <c r="F160" s="1" t="s">
         <v>730</v>
       </c>
+      <c r="F160" s="1"/>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" s="1" t="s">
         <v>731</v>
       </c>
       <c r="B161" s="1" t="s">
         <v>732</v>
       </c>
       <c r="C161" s="1" t="s">
+        <v>719</v>
+      </c>
+      <c r="D161" s="1" t="s">
         <v>733</v>
       </c>
-      <c r="D161" s="1" t="s">
+      <c r="E161" s="1" t="s">
         <v>734</v>
       </c>
-      <c r="E161" s="1" t="s">
+      <c r="F161" s="1" t="s">
         <v>735</v>
-      </c>
-[...1 lines deleted...]
-        <v>736</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" s="1" t="s">
+        <v>736</v>
+      </c>
+      <c r="B162" s="1" t="s">
         <v>737</v>
       </c>
-      <c r="B162" s="1" t="s">
+      <c r="C162" s="1" t="s">
+        <v>719</v>
+      </c>
+      <c r="D162" s="1" t="s">
         <v>738</v>
       </c>
-      <c r="C162" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D162" s="1" t="s">
+      <c r="E162" s="1" t="s">
         <v>739</v>
       </c>
-      <c r="E162" s="1" t="s">
+      <c r="F162" s="1" t="s">
         <v>740</v>
-      </c>
-[...1 lines deleted...]
-        <v>741</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" s="1" t="s">
+        <v>741</v>
+      </c>
+      <c r="B163" s="1" t="s">
         <v>742</v>
       </c>
-      <c r="B163" s="1"/>
       <c r="C163" s="1" t="s">
-        <v>733</v>
+        <v>743</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="E163" s="1" t="s">
-        <v>744</v>
-[...1 lines deleted...]
-      <c r="F163" s="1"/>
+        <v>745</v>
+      </c>
+      <c r="F163" s="1" t="s">
+        <v>746</v>
+      </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" s="1" t="s">
-        <v>745</v>
-[...1 lines deleted...]
-      <c r="B164" s="1"/>
+        <v>747</v>
+      </c>
+      <c r="B164" s="1" t="s">
+        <v>748</v>
+      </c>
       <c r="C164" s="1" t="s">
-        <v>733</v>
+        <v>743</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>746</v>
+        <v>749</v>
       </c>
       <c r="E164" s="1" t="s">
-        <v>747</v>
-[...1 lines deleted...]
-      <c r="F164" s="1"/>
+        <v>750</v>
+      </c>
+      <c r="F164" s="1" t="s">
+        <v>751</v>
+      </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" s="1" t="s">
-        <v>748</v>
-[...3 lines deleted...]
-      </c>
+        <v>752</v>
+      </c>
+      <c r="B165" s="1"/>
       <c r="C165" s="1" t="s">
-        <v>733</v>
+        <v>743</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>750</v>
+        <v>753</v>
       </c>
       <c r="E165" s="1" t="s">
-        <v>751</v>
-[...3 lines deleted...]
-      </c>
+        <v>754</v>
+      </c>
+      <c r="F165" s="1"/>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" s="1" t="s">
-        <v>753</v>
-[...3 lines deleted...]
-      </c>
+        <v>755</v>
+      </c>
+      <c r="B166" s="1"/>
       <c r="C166" s="1" t="s">
-        <v>733</v>
+        <v>743</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="E166" s="1" t="s">
-        <v>756</v>
-[...1 lines deleted...]
-      <c r="F166" s="1" t="s">
         <v>757</v>
       </c>
+      <c r="F166" s="1"/>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" s="1" t="s">
         <v>758</v>
       </c>
       <c r="B167" s="1" t="s">
         <v>759</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>733</v>
+        <v>743</v>
       </c>
       <c r="D167" s="1" t="s">
         <v>760</v>
       </c>
       <c r="E167" s="1" t="s">
         <v>761</v>
       </c>
       <c r="F167" s="1" t="s">
         <v>762</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" s="1" t="s">
         <v>763</v>
       </c>
       <c r="B168" s="1" t="s">
         <v>764</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>733</v>
+        <v>743</v>
       </c>
       <c r="D168" s="1" t="s">
         <v>765</v>
       </c>
       <c r="E168" s="1" t="s">
         <v>766</v>
       </c>
       <c r="F168" s="1" t="s">
         <v>767</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" s="1" t="s">
         <v>768</v>
       </c>
       <c r="B169" s="1" t="s">
         <v>769</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>733</v>
+        <v>743</v>
       </c>
       <c r="D169" s="1" t="s">
         <v>770</v>
       </c>
       <c r="E169" s="1" t="s">
         <v>771</v>
       </c>
       <c r="F169" s="1" t="s">
         <v>772</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" s="1" t="s">
         <v>773</v>
       </c>
       <c r="B170" s="1" t="s">
         <v>774</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>733</v>
+        <v>743</v>
       </c>
       <c r="D170" s="1" t="s">
         <v>775</v>
       </c>
       <c r="E170" s="1" t="s">
         <v>776</v>
       </c>
       <c r="F170" s="1" t="s">
         <v>777</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" s="1" t="s">
         <v>778</v>
       </c>
       <c r="B171" s="1" t="s">
         <v>779</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>733</v>
+        <v>743</v>
       </c>
       <c r="D171" s="1" t="s">
         <v>780</v>
       </c>
       <c r="E171" s="1" t="s">
         <v>781</v>
       </c>
       <c r="F171" s="1" t="s">
         <v>782</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" s="1" t="s">
         <v>783</v>
       </c>
       <c r="B172" s="1" t="s">
         <v>784</v>
       </c>
       <c r="C172" s="1" t="s">
+        <v>743</v>
+      </c>
+      <c r="D172" s="1" t="s">
         <v>785</v>
       </c>
-      <c r="D172" s="1" t="s">
+      <c r="E172" s="1" t="s">
         <v>786</v>
       </c>
-      <c r="E172" s="1" t="s">
+      <c r="F172" s="1" t="s">
         <v>787</v>
-      </c>
-[...1 lines deleted...]
-        <v>788</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" s="1" t="s">
+        <v>788</v>
+      </c>
+      <c r="B173" s="1" t="s">
         <v>789</v>
       </c>
-      <c r="B173" s="1" t="s">
+      <c r="C173" s="1" t="s">
+        <v>743</v>
+      </c>
+      <c r="D173" s="1" t="s">
         <v>790</v>
       </c>
-      <c r="C173" s="1" t="s">
+      <c r="E173" s="1" t="s">
         <v>791</v>
       </c>
-      <c r="D173" s="1" t="s">
+      <c r="F173" s="1" t="s">
         <v>792</v>
       </c>
-      <c r="E173" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F173" s="1"/>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" s="1" t="s">
+        <v>793</v>
+      </c>
+      <c r="B174" s="1" t="s">
         <v>794</v>
       </c>
-      <c r="B174" s="1" t="s">
+      <c r="C174" s="1" t="s">
         <v>795</v>
-      </c>
-[...1 lines deleted...]
-        <v>791</v>
       </c>
       <c r="D174" s="1" t="s">
         <v>796</v>
       </c>
       <c r="E174" s="1" t="s">
         <v>797</v>
       </c>
       <c r="F174" s="1" t="s">
         <v>798</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" s="1" t="s">
         <v>799</v>
       </c>
-      <c r="B175" s="1"/>
+      <c r="B175" s="1" t="s">
+        <v>800</v>
+      </c>
       <c r="C175" s="1" t="s">
-        <v>791</v>
+        <v>801</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="E175" s="1" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
       <c r="F175" s="1"/>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" s="1" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>791</v>
+        <v>801</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>804</v>
+        <v>806</v>
       </c>
       <c r="E176" s="1" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="F176" s="1" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" s="1" t="s">
-        <v>807</v>
-[...3 lines deleted...]
-      </c>
+        <v>809</v>
+      </c>
+      <c r="B177" s="1"/>
       <c r="C177" s="1" t="s">
-        <v>791</v>
+        <v>801</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="E177" s="1" t="s">
-        <v>810</v>
-[...1 lines deleted...]
-      <c r="F177" s="1" t="s">
         <v>811</v>
       </c>
+      <c r="F177" s="1"/>
     </row>
     <row r="178" spans="1:6">
       <c r="A178" s="1" t="s">
         <v>812</v>
       </c>
       <c r="B178" s="1" t="s">
         <v>813</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>791</v>
+        <v>801</v>
       </c>
       <c r="D178" s="1" t="s">
         <v>814</v>
       </c>
       <c r="E178" s="1" t="s">
         <v>815</v>
       </c>
       <c r="F178" s="1" t="s">
         <v>816</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179" s="1" t="s">
         <v>817</v>
       </c>
       <c r="B179" s="1" t="s">
         <v>818</v>
       </c>
       <c r="C179" s="1" t="s">
+        <v>801</v>
+      </c>
+      <c r="D179" s="1" t="s">
         <v>819</v>
       </c>
-      <c r="D179" s="1" t="s">
+      <c r="E179" s="1" t="s">
         <v>820</v>
       </c>
-      <c r="E179" s="1" t="s">
+      <c r="F179" s="1" t="s">
         <v>821</v>
       </c>
-      <c r="F179" s="1"/>
     </row>
     <row r="180" spans="1:6">
       <c r="A180" s="1" t="s">
         <v>822</v>
       </c>
-      <c r="B180" s="1"/>
+      <c r="B180" s="1" t="s">
+        <v>823</v>
+      </c>
       <c r="C180" s="1" t="s">
-        <v>819</v>
+        <v>801</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>257</v>
+        <v>824</v>
       </c>
       <c r="E180" s="1" t="s">
-        <v>823</v>
+        <v>825</v>
       </c>
       <c r="F180" s="1" t="s">
-        <v>259</v>
+        <v>826</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" s="1" t="s">
-        <v>824</v>
+        <v>827</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>825</v>
+        <v>828</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>826</v>
+        <v>829</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>827</v>
+        <v>830</v>
       </c>
       <c r="E181" s="1" t="s">
-        <v>828</v>
-[...3 lines deleted...]
-      </c>
+        <v>831</v>
+      </c>
+      <c r="F181" s="1"/>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" s="1" t="s">
-        <v>830</v>
+        <v>832</v>
       </c>
       <c r="B182" s="1"/>
       <c r="C182" s="1" t="s">
-        <v>826</v>
+        <v>829</v>
       </c>
       <c r="D182" s="1" t="s">
-        <v>831</v>
+        <v>263</v>
       </c>
       <c r="E182" s="1" t="s">
-        <v>832</v>
-[...1 lines deleted...]
-      <c r="F182" s="1"/>
+        <v>833</v>
+      </c>
+      <c r="F182" s="1" t="s">
+        <v>265</v>
+      </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183" s="1" t="s">
-        <v>833</v>
-[...1 lines deleted...]
-      <c r="B183" s="1"/>
+        <v>834</v>
+      </c>
+      <c r="B183" s="1" t="s">
+        <v>835</v>
+      </c>
       <c r="C183" s="1" t="s">
-        <v>826</v>
+        <v>836</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>257</v>
+        <v>837</v>
       </c>
       <c r="E183" s="1" t="s">
-        <v>834</v>
+        <v>838</v>
       </c>
       <c r="F183" s="1" t="s">
-        <v>259</v>
+        <v>839</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184" s="1" t="s">
-        <v>835</v>
-[...1 lines deleted...]
-      <c r="B184" s="1" t="s">
+        <v>840</v>
+      </c>
+      <c r="B184" s="1"/>
+      <c r="C184" s="1" t="s">
         <v>836</v>
       </c>
-      <c r="C184" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D184" s="1" t="s">
-        <v>838</v>
+        <v>841</v>
       </c>
       <c r="E184" s="1" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
       <c r="F184" s="1"/>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" s="1" t="s">
-        <v>840</v>
-[...3 lines deleted...]
-      </c>
+        <v>843</v>
+      </c>
+      <c r="B185" s="1"/>
       <c r="C185" s="1" t="s">
-        <v>842</v>
+        <v>836</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>843</v>
+        <v>263</v>
       </c>
       <c r="E185" s="1" t="s">
         <v>844</v>
       </c>
       <c r="F185" s="1" t="s">
-        <v>845</v>
+        <v>265</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" s="1" t="s">
+        <v>845</v>
+      </c>
+      <c r="B186" s="1" t="s">
         <v>846</v>
       </c>
-      <c r="B186" s="1"/>
       <c r="C186" s="1" t="s">
-        <v>842</v>
+        <v>847</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="E186" s="1" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="F186" s="1"/>
     </row>
     <row r="187" spans="1:6">
       <c r="A187" s="1" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>842</v>
+        <v>852</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>851</v>
+        <v>853</v>
       </c>
       <c r="E187" s="1" t="s">
-        <v>852</v>
+        <v>854</v>
       </c>
       <c r="F187" s="1" t="s">
-        <v>853</v>
+        <v>855</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" s="1" t="s">
-        <v>854</v>
-[...3 lines deleted...]
-      </c>
+        <v>856</v>
+      </c>
+      <c r="B188" s="1"/>
       <c r="C188" s="1" t="s">
-        <v>856</v>
+        <v>852</v>
       </c>
       <c r="D188" s="1" t="s">
         <v>857</v>
       </c>
       <c r="E188" s="1" t="s">
         <v>858</v>
       </c>
-      <c r="F188" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F188" s="1"/>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" s="1" t="s">
+        <v>859</v>
+      </c>
+      <c r="B189" s="1" t="s">
         <v>860</v>
       </c>
-      <c r="B189" s="1" t="s">
+      <c r="C189" s="1" t="s">
+        <v>852</v>
+      </c>
+      <c r="D189" s="1" t="s">
         <v>861</v>
       </c>
-      <c r="C189" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D189" s="1" t="s">
+      <c r="E189" s="1" t="s">
         <v>862</v>
       </c>
-      <c r="E189" s="1" t="s">
+      <c r="F189" s="1" t="s">
         <v>863</v>
       </c>
-      <c r="F189" s="1"/>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" s="1" t="s">
         <v>864</v>
       </c>
       <c r="B190" s="1" t="s">
         <v>865</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>856</v>
+        <v>866</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="E190" s="1" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="F190" s="1" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" s="1" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>856</v>
+        <v>866</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="E191" s="1" t="s">
-        <v>872</v>
-[...1 lines deleted...]
-      <c r="F191" s="1" t="s">
         <v>873</v>
       </c>
+      <c r="F191" s="1"/>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" s="1" t="s">
         <v>874</v>
       </c>
-      <c r="B192" s="1"/>
+      <c r="B192" s="1" t="s">
+        <v>875</v>
+      </c>
       <c r="C192" s="1" t="s">
-        <v>856</v>
+        <v>866</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="E192" s="1" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="F192" s="1" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" s="1" t="s">
-        <v>878</v>
-[...1 lines deleted...]
-      <c r="B193" s="1"/>
+        <v>879</v>
+      </c>
+      <c r="B193" s="1" t="s">
+        <v>880</v>
+      </c>
       <c r="C193" s="1" t="s">
-        <v>856</v>
+        <v>866</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>879</v>
+        <v>881</v>
       </c>
       <c r="E193" s="1" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="F193" s="1" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194" s="1" t="s">
-        <v>882</v>
-[...3 lines deleted...]
-      </c>
+        <v>884</v>
+      </c>
+      <c r="B194" s="1"/>
       <c r="C194" s="1" t="s">
-        <v>856</v>
+        <v>866</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="E194" s="1" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="F194" s="1" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" s="1" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="B195" s="1"/>
       <c r="C195" s="1" t="s">
-        <v>856</v>
-[...1 lines deleted...]
-      <c r="D195" s="1"/>
+        <v>866</v>
+      </c>
+      <c r="D195" s="1" t="s">
+        <v>889</v>
+      </c>
       <c r="E195" s="1" t="s">
-        <v>888</v>
+        <v>890</v>
       </c>
       <c r="F195" s="1" t="s">
-        <v>889</v>
+        <v>891</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196" s="1" t="s">
-        <v>890</v>
-[...1 lines deleted...]
-      <c r="B196" s="1"/>
+        <v>892</v>
+      </c>
+      <c r="B196" s="1" t="s">
+        <v>893</v>
+      </c>
       <c r="C196" s="1" t="s">
-        <v>856</v>
+        <v>866</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>257</v>
+        <v>894</v>
       </c>
       <c r="E196" s="1" t="s">
-        <v>891</v>
+        <v>895</v>
       </c>
       <c r="F196" s="1" t="s">
-        <v>387</v>
+        <v>896</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197" s="1" t="s">
-        <v>892</v>
+        <v>897</v>
       </c>
       <c r="B197" s="1"/>
       <c r="C197" s="1" t="s">
-        <v>856</v>
-[...3 lines deleted...]
-      </c>
+        <v>866</v>
+      </c>
+      <c r="D197" s="1"/>
       <c r="E197" s="1" t="s">
-        <v>894</v>
-[...1 lines deleted...]
-      <c r="F197" s="1"/>
+        <v>898</v>
+      </c>
+      <c r="F197" s="1" t="s">
+        <v>899</v>
+      </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198" s="1" t="s">
-        <v>895</v>
+        <v>900</v>
       </c>
       <c r="B198" s="1"/>
       <c r="C198" s="1" t="s">
-        <v>856</v>
+        <v>866</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>896</v>
+        <v>263</v>
       </c>
       <c r="E198" s="1" t="s">
-        <v>897</v>
-[...1 lines deleted...]
-      <c r="F198" s="1"/>
+        <v>901</v>
+      </c>
+      <c r="F198" s="1" t="s">
+        <v>397</v>
+      </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199" s="1" t="s">
-        <v>898</v>
-[...3 lines deleted...]
-      </c>
+        <v>902</v>
+      </c>
+      <c r="B199" s="1"/>
       <c r="C199" s="1" t="s">
-        <v>856</v>
+        <v>866</v>
       </c>
       <c r="D199" s="1" t="s">
-        <v>900</v>
+        <v>903</v>
       </c>
       <c r="E199" s="1" t="s">
-        <v>901</v>
-[...3 lines deleted...]
-      </c>
+        <v>904</v>
+      </c>
+      <c r="F199" s="1"/>
     </row>
     <row r="200" spans="1:6">
       <c r="A200" s="1" t="s">
-        <v>903</v>
-[...3 lines deleted...]
-      </c>
+        <v>905</v>
+      </c>
+      <c r="B200" s="1"/>
       <c r="C200" s="1" t="s">
-        <v>856</v>
+        <v>866</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="E200" s="1" t="s">
-        <v>906</v>
-[...1 lines deleted...]
-      <c r="F200" s="1" t="s">
         <v>907</v>
       </c>
+      <c r="F200" s="1"/>
     </row>
     <row r="201" spans="1:6">
       <c r="A201" s="1" t="s">
         <v>908</v>
       </c>
       <c r="B201" s="1" t="s">
         <v>909</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>856</v>
+        <v>866</v>
       </c>
       <c r="D201" s="1" t="s">
         <v>910</v>
       </c>
       <c r="E201" s="1" t="s">
         <v>911</v>
       </c>
       <c r="F201" s="1" t="s">
         <v>912</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="A202" s="1" t="s">
         <v>913</v>
       </c>
       <c r="B202" s="1" t="s">
         <v>914</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>856</v>
+        <v>866</v>
       </c>
       <c r="D202" s="1" t="s">
         <v>915</v>
       </c>
       <c r="E202" s="1" t="s">
         <v>916</v>
       </c>
       <c r="F202" s="1" t="s">
         <v>917</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="A203" s="1" t="s">
         <v>918</v>
       </c>
       <c r="B203" s="1" t="s">
         <v>919</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>856</v>
+        <v>866</v>
       </c>
       <c r="D203" s="1" t="s">
         <v>920</v>
       </c>
       <c r="E203" s="1" t="s">
         <v>921</v>
       </c>
       <c r="F203" s="1" t="s">
         <v>922</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="A204" s="1" t="s">
         <v>923</v>
       </c>
       <c r="B204" s="1" t="s">
         <v>924</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>856</v>
+        <v>866</v>
       </c>
       <c r="D204" s="1" t="s">
         <v>925</v>
       </c>
       <c r="E204" s="1" t="s">
         <v>926</v>
       </c>
       <c r="F204" s="1" t="s">
         <v>927</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="A205" s="1" t="s">
         <v>928</v>
       </c>
       <c r="B205" s="1" t="s">
         <v>929</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>856</v>
+        <v>866</v>
       </c>
       <c r="D205" s="1" t="s">
         <v>930</v>
       </c>
       <c r="E205" s="1" t="s">
         <v>931</v>
       </c>
       <c r="F205" s="1" t="s">
         <v>932</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="A206" s="1" t="s">
         <v>933</v>
       </c>
       <c r="B206" s="1" t="s">
         <v>934</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>856</v>
+        <v>866</v>
       </c>
       <c r="D206" s="1" t="s">
         <v>935</v>
       </c>
       <c r="E206" s="1" t="s">
         <v>936</v>
       </c>
       <c r="F206" s="1" t="s">
         <v>937</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="A207" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B207" s="1" t="s">
         <v>939</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>856</v>
+        <v>866</v>
       </c>
       <c r="D207" s="1" t="s">
         <v>940</v>
       </c>
       <c r="E207" s="1" t="s">
         <v>941</v>
       </c>
       <c r="F207" s="1" t="s">
         <v>942</v>
       </c>
     </row>
     <row r="208" spans="1:6">
       <c r="A208" s="1" t="s">
         <v>943</v>
       </c>
       <c r="B208" s="1" t="s">
         <v>944</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>856</v>
+        <v>866</v>
       </c>
       <c r="D208" s="1" t="s">
         <v>945</v>
       </c>
       <c r="E208" s="1" t="s">
         <v>946</v>
       </c>
       <c r="F208" s="1" t="s">
         <v>947</v>
       </c>
     </row>
     <row r="209" spans="1:6">
       <c r="A209" s="1" t="s">
         <v>948</v>
       </c>
       <c r="B209" s="1" t="s">
         <v>949</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>856</v>
+        <v>866</v>
       </c>
       <c r="D209" s="1" t="s">
         <v>950</v>
       </c>
       <c r="E209" s="1" t="s">
         <v>951</v>
       </c>
       <c r="F209" s="1" t="s">
         <v>952</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="A210" s="1" t="s">
         <v>953</v>
       </c>
       <c r="B210" s="1" t="s">
         <v>954</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>856</v>
+        <v>866</v>
       </c>
       <c r="D210" s="1" t="s">
         <v>955</v>
       </c>
       <c r="E210" s="1" t="s">
         <v>956</v>
       </c>
       <c r="F210" s="1" t="s">
         <v>957</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="A211" s="1" t="s">
         <v>958</v>
       </c>
       <c r="B211" s="1" t="s">
         <v>959</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>856</v>
+        <v>866</v>
       </c>
       <c r="D211" s="1" t="s">
         <v>960</v>
       </c>
       <c r="E211" s="1" t="s">
         <v>961</v>
       </c>
       <c r="F211" s="1" t="s">
         <v>962</v>
       </c>
     </row>
     <row r="212" spans="1:6">
       <c r="A212" s="1" t="s">
         <v>963</v>
       </c>
       <c r="B212" s="1" t="s">
         <v>964</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>856</v>
+        <v>866</v>
       </c>
       <c r="D212" s="1" t="s">
         <v>965</v>
       </c>
       <c r="E212" s="1" t="s">
         <v>966</v>
       </c>
       <c r="F212" s="1" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="213" spans="1:6">
       <c r="A213" s="1" t="s">
         <v>968</v>
       </c>
       <c r="B213" s="1" t="s">
         <v>969</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>856</v>
+        <v>866</v>
       </c>
       <c r="D213" s="1" t="s">
         <v>970</v>
       </c>
       <c r="E213" s="1" t="s">
         <v>971</v>
       </c>
       <c r="F213" s="1" t="s">
         <v>972</v>
       </c>
     </row>
     <row r="214" spans="1:6">
       <c r="A214" s="1" t="s">
         <v>973</v>
       </c>
       <c r="B214" s="1" t="s">
         <v>974</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>856</v>
+        <v>866</v>
       </c>
       <c r="D214" s="1" t="s">
         <v>975</v>
       </c>
       <c r="E214" s="1" t="s">
         <v>976</v>
       </c>
       <c r="F214" s="1" t="s">
         <v>977</v>
       </c>
     </row>
     <row r="215" spans="1:6">
       <c r="A215" s="1" t="s">
         <v>978</v>
       </c>
       <c r="B215" s="1" t="s">
         <v>979</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>856</v>
+        <v>866</v>
       </c>
       <c r="D215" s="1" t="s">
         <v>980</v>
       </c>
       <c r="E215" s="1" t="s">
         <v>981</v>
       </c>
       <c r="F215" s="1" t="s">
         <v>982</v>
       </c>
     </row>
     <row r="216" spans="1:6">
       <c r="A216" s="1" t="s">
         <v>983</v>
       </c>
       <c r="B216" s="1" t="s">
         <v>984</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>856</v>
+        <v>866</v>
       </c>
       <c r="D216" s="1" t="s">
         <v>985</v>
       </c>
       <c r="E216" s="1" t="s">
         <v>986</v>
       </c>
       <c r="F216" s="1" t="s">
         <v>987</v>
       </c>
     </row>
     <row r="217" spans="1:6">
       <c r="A217" s="1" t="s">
         <v>988</v>
       </c>
       <c r="B217" s="1" t="s">
         <v>989</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>856</v>
+        <v>866</v>
       </c>
       <c r="D217" s="1" t="s">
         <v>990</v>
       </c>
       <c r="E217" s="1" t="s">
         <v>991</v>
       </c>
       <c r="F217" s="1" t="s">
         <v>992</v>
       </c>
     </row>
     <row r="218" spans="1:6">
       <c r="A218" s="1" t="s">
         <v>993</v>
       </c>
       <c r="B218" s="1" t="s">
         <v>994</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>856</v>
+        <v>866</v>
       </c>
       <c r="D218" s="1" t="s">
         <v>995</v>
       </c>
       <c r="E218" s="1" t="s">
         <v>996</v>
       </c>
       <c r="F218" s="1" t="s">
         <v>997</v>
       </c>
     </row>
     <row r="219" spans="1:6">
       <c r="A219" s="1" t="s">
         <v>998</v>
       </c>
       <c r="B219" s="1" t="s">
         <v>999</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>856</v>
+        <v>866</v>
       </c>
       <c r="D219" s="1" t="s">
         <v>1000</v>
       </c>
       <c r="E219" s="1" t="s">
         <v>1001</v>
       </c>
       <c r="F219" s="1" t="s">
         <v>1002</v>
       </c>
     </row>
     <row r="220" spans="1:6">
       <c r="A220" s="1" t="s">
         <v>1003</v>
       </c>
       <c r="B220" s="1" t="s">
         <v>1004</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>856</v>
-[...2 lines deleted...]
-        <v>947022504</v>
+        <v>866</v>
+      </c>
+      <c r="D220" s="1" t="s">
+        <v>1005</v>
       </c>
       <c r="E220" s="1" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="F220" s="1" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="221" spans="1:6">
       <c r="A221" s="1" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>856</v>
+        <v>866</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="E221" s="1" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="F221" s="1" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="222" spans="1:6">
       <c r="A222" s="1" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>856</v>
+        <v>866</v>
       </c>
       <c r="D222" s="1">
-        <v>678600015</v>
-[...2 lines deleted...]
-      <c r="F222" s="1"/>
+        <v>947022504</v>
+      </c>
+      <c r="E222" s="1" t="s">
+        <v>1015</v>
+      </c>
+      <c r="F222" s="1" t="s">
+        <v>1016</v>
+      </c>
     </row>
     <row r="223" spans="1:6">
       <c r="A223" s="1" t="s">
-        <v>1014</v>
+        <v>1017</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>1015</v>
+        <v>1018</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>856</v>
+        <v>866</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>1016</v>
+        <v>1019</v>
       </c>
       <c r="E223" s="1" t="s">
-        <v>1017</v>
+        <v>1020</v>
       </c>
       <c r="F223" s="1" t="s">
-        <v>1018</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="224" spans="1:6">
       <c r="A224" s="1" t="s">
-        <v>1019</v>
+        <v>1022</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>856</v>
-[...6 lines deleted...]
-      </c>
+        <v>866</v>
+      </c>
+      <c r="D224" s="1">
+        <v>678600015</v>
+      </c>
+      <c r="E224" s="1"/>
       <c r="F224" s="1"/>
     </row>
     <row r="225" spans="1:6">
       <c r="A225" s="1" t="s">
-        <v>1022</v>
+        <v>1024</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>856</v>
+        <v>866</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>1024</v>
+        <v>1026</v>
       </c>
       <c r="E225" s="1" t="s">
-        <v>1025</v>
+        <v>1027</v>
       </c>
       <c r="F225" s="1" t="s">
-        <v>1026</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="226" spans="1:6">
       <c r="A226" s="1" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>1028</v>
+        <v>1030</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>1029</v>
+        <v>866</v>
       </c>
       <c r="D226" s="1" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="E226" s="1" t="s">
-        <v>1031</v>
+        <v>1020</v>
       </c>
       <c r="F226" s="1"/>
     </row>
     <row r="227" spans="1:6">
       <c r="A227" s="1" t="s">
         <v>1032</v>
       </c>
       <c r="B227" s="1" t="s">
         <v>1033</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>1029</v>
+        <v>866</v>
       </c>
       <c r="D227" s="1" t="s">
         <v>1034</v>
       </c>
       <c r="E227" s="1" t="s">
         <v>1035</v>
       </c>
       <c r="F227" s="1" t="s">
         <v>1036</v>
       </c>
     </row>
     <row r="228" spans="1:6">
       <c r="A228" s="1" t="s">
         <v>1037</v>
       </c>
       <c r="B228" s="1" t="s">
         <v>1038</v>
       </c>
       <c r="C228" s="1" t="s">
         <v>1039</v>
       </c>
       <c r="D228" s="1" t="s">
         <v>1040</v>
       </c>
       <c r="E228" s="1" t="s">
         <v>1041</v>
       </c>
       <c r="F228" s="1"/>
     </row>
     <row r="229" spans="1:6">
       <c r="A229" s="1" t="s">
         <v>1042</v>
       </c>
       <c r="B229" s="1" t="s">
         <v>1043</v>
       </c>
       <c r="C229" s="1" t="s">
         <v>1039</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>1040</v>
+        <v>1044</v>
       </c>
       <c r="E229" s="1" t="s">
-        <v>1041</v>
+        <v>1045</v>
       </c>
       <c r="F229" s="1" t="s">
-        <v>1044</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="230" spans="1:6">
       <c r="A230" s="1" t="s">
-        <v>1045</v>
-[...1 lines deleted...]
-      <c r="B230" s="1"/>
+        <v>1047</v>
+      </c>
+      <c r="B230" s="1" t="s">
+        <v>1048</v>
+      </c>
       <c r="C230" s="1" t="s">
-        <v>1039</v>
+        <v>1049</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>1046</v>
+        <v>1050</v>
       </c>
       <c r="E230" s="1" t="s">
-        <v>1047</v>
+        <v>1051</v>
       </c>
       <c r="F230" s="1"/>
     </row>
     <row r="231" spans="1:6">
       <c r="A231" s="1" t="s">
-        <v>1048</v>
-[...1 lines deleted...]
-      <c r="B231" s="1"/>
+        <v>1052</v>
+      </c>
+      <c r="B231" s="1" t="s">
+        <v>1053</v>
+      </c>
       <c r="C231" s="1" t="s">
-        <v>1039</v>
+        <v>1049</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="E231" s="1" t="s">
-        <v>1050</v>
-[...1 lines deleted...]
-      <c r="F231" s="1"/>
+        <v>1051</v>
+      </c>
+      <c r="F231" s="1" t="s">
+        <v>1054</v>
+      </c>
     </row>
     <row r="232" spans="1:6">
       <c r="A232" s="1" t="s">
-        <v>1051</v>
+        <v>1055</v>
       </c>
       <c r="B232" s="1"/>
       <c r="C232" s="1" t="s">
-        <v>1039</v>
+        <v>1049</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>1052</v>
+        <v>1056</v>
       </c>
       <c r="E232" s="1" t="s">
-        <v>1053</v>
+        <v>1057</v>
       </c>
       <c r="F232" s="1"/>
     </row>
     <row r="233" spans="1:6">
       <c r="A233" s="1" t="s">
-        <v>1054</v>
-[...3 lines deleted...]
-      </c>
+        <v>1058</v>
+      </c>
+      <c r="B233" s="1"/>
       <c r="C233" s="1" t="s">
-        <v>1039</v>
+        <v>1049</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>1056</v>
+        <v>1059</v>
       </c>
       <c r="E233" s="1" t="s">
-        <v>1057</v>
-[...3 lines deleted...]
-      </c>
+        <v>1060</v>
+      </c>
+      <c r="F233" s="1"/>
     </row>
     <row r="234" spans="1:6">
       <c r="A234" s="1" t="s">
-        <v>1059</v>
+        <v>1061</v>
       </c>
       <c r="B234" s="1"/>
       <c r="C234" s="1" t="s">
-        <v>1039</v>
+        <v>1049</v>
       </c>
       <c r="D234" s="1" t="s">
-        <v>257</v>
+        <v>1062</v>
       </c>
       <c r="E234" s="1" t="s">
-        <v>1060</v>
-[...3 lines deleted...]
-      </c>
+        <v>1063</v>
+      </c>
+      <c r="F234" s="1"/>
     </row>
     <row r="235" spans="1:6">
       <c r="A235" s="1" t="s">
-        <v>1061</v>
+        <v>1064</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>1062</v>
+        <v>1065</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>1039</v>
+        <v>1049</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>1063</v>
+        <v>1066</v>
       </c>
       <c r="E235" s="1" t="s">
-        <v>1064</v>
-[...1 lines deleted...]
-      <c r="F235" s="1"/>
+        <v>1067</v>
+      </c>
+      <c r="F235" s="1" t="s">
+        <v>1068</v>
+      </c>
     </row>
     <row r="236" spans="1:6">
       <c r="A236" s="1" t="s">
-        <v>1065</v>
-[...3 lines deleted...]
-      </c>
+        <v>1069</v>
+      </c>
+      <c r="B236" s="1"/>
       <c r="C236" s="1" t="s">
-        <v>1039</v>
+        <v>1049</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>1067</v>
+        <v>263</v>
       </c>
       <c r="E236" s="1" t="s">
-        <v>1068</v>
-[...1 lines deleted...]
-      <c r="F236" s="1"/>
+        <v>1070</v>
+      </c>
+      <c r="F236" s="1" t="s">
+        <v>265</v>
+      </c>
     </row>
     <row r="237" spans="1:6">
       <c r="A237" s="1" t="s">
-        <v>1069</v>
+        <v>1071</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>1070</v>
+        <v>1072</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>1039</v>
+        <v>1049</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>1071</v>
+        <v>1073</v>
       </c>
       <c r="E237" s="1" t="s">
-        <v>1072</v>
-[...3 lines deleted...]
-      </c>
+        <v>1074</v>
+      </c>
+      <c r="F237" s="1"/>
     </row>
     <row r="238" spans="1:6">
       <c r="A238" s="1" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>1076</v>
+        <v>1049</v>
       </c>
       <c r="D238" s="1" t="s">
         <v>1077</v>
       </c>
       <c r="E238" s="1" t="s">
         <v>1078</v>
       </c>
-      <c r="F238" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F238" s="1"/>
     </row>
     <row r="239" spans="1:6">
       <c r="A239" s="1" t="s">
+        <v>1079</v>
+      </c>
+      <c r="B239" s="1" t="s">
         <v>1080</v>
       </c>
-      <c r="B239" s="1" t="s">
+      <c r="C239" s="1" t="s">
+        <v>1049</v>
+      </c>
+      <c r="D239" s="1" t="s">
         <v>1081</v>
       </c>
-      <c r="C239" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D239" s="1" t="s">
+      <c r="E239" s="1" t="s">
         <v>1082</v>
       </c>
-      <c r="E239" s="1" t="s">
+      <c r="F239" s="1" t="s">
         <v>1083</v>
-      </c>
-[...1 lines deleted...]
-        <v>1084</v>
       </c>
     </row>
     <row r="240" spans="1:6">
       <c r="A240" s="1" t="s">
+        <v>1084</v>
+      </c>
+      <c r="B240" s="1" t="s">
         <v>1085</v>
       </c>
-      <c r="B240" s="1"/>
       <c r="C240" s="1" t="s">
-        <v>1076</v>
+        <v>1086</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>1086</v>
+        <v>1087</v>
       </c>
       <c r="E240" s="1" t="s">
-        <v>1087</v>
-[...1 lines deleted...]
-      <c r="F240" s="1"/>
+        <v>1088</v>
+      </c>
+      <c r="F240" s="1" t="s">
+        <v>1089</v>
+      </c>
     </row>
     <row r="241" spans="1:6">
       <c r="A241" s="1" t="s">
-        <v>1088</v>
-[...1 lines deleted...]
-      <c r="B241" s="1"/>
+        <v>1090</v>
+      </c>
+      <c r="B241" s="1" t="s">
+        <v>1091</v>
+      </c>
       <c r="C241" s="1" t="s">
-        <v>1076</v>
+        <v>1086</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>1089</v>
+        <v>1092</v>
       </c>
       <c r="E241" s="1" t="s">
-        <v>1090</v>
+        <v>1093</v>
       </c>
       <c r="F241" s="1" t="s">
-        <v>1091</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="242" spans="1:6">
       <c r="A242" s="1" t="s">
-        <v>1092</v>
+        <v>1095</v>
       </c>
       <c r="B242" s="1"/>
       <c r="C242" s="1" t="s">
-        <v>1076</v>
+        <v>1086</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>257</v>
+        <v>1096</v>
       </c>
       <c r="E242" s="1" t="s">
-        <v>1093</v>
-[...3 lines deleted...]
-      </c>
+        <v>1097</v>
+      </c>
+      <c r="F242" s="1"/>
     </row>
     <row r="243" spans="1:6">
       <c r="A243" s="1" t="s">
-        <v>1094</v>
+        <v>1098</v>
       </c>
       <c r="B243" s="1"/>
       <c r="C243" s="1" t="s">
-        <v>1076</v>
+        <v>1086</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>893</v>
+        <v>1099</v>
       </c>
       <c r="E243" s="1" t="s">
-        <v>1095</v>
-[...1 lines deleted...]
-      <c r="F243" s="1"/>
+        <v>1100</v>
+      </c>
+      <c r="F243" s="1" t="s">
+        <v>1101</v>
+      </c>
     </row>
     <row r="244" spans="1:6">
       <c r="A244" s="1" t="s">
-        <v>1096</v>
-[...3 lines deleted...]
-      </c>
+        <v>1102</v>
+      </c>
+      <c r="B244" s="1"/>
       <c r="C244" s="1" t="s">
-        <v>1076</v>
+        <v>1086</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>1098</v>
+        <v>263</v>
       </c>
       <c r="E244" s="1" t="s">
-        <v>1099</v>
+        <v>1103</v>
       </c>
       <c r="F244" s="1" t="s">
-        <v>1100</v>
+        <v>397</v>
       </c>
     </row>
     <row r="245" spans="1:6">
       <c r="A245" s="1" t="s">
-        <v>1101</v>
-[...3 lines deleted...]
-      </c>
+        <v>1104</v>
+      </c>
+      <c r="B245" s="1"/>
       <c r="C245" s="1" t="s">
-        <v>1076</v>
+        <v>1086</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>1103</v>
+        <v>903</v>
       </c>
       <c r="E245" s="1" t="s">
-        <v>1104</v>
-[...1 lines deleted...]
-      <c r="F245" s="1" t="s">
         <v>1105</v>
       </c>
+      <c r="F245" s="1"/>
     </row>
     <row r="246" spans="1:6">
       <c r="A246" s="1" t="s">
         <v>1106</v>
       </c>
       <c r="B246" s="1" t="s">
         <v>1107</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>1076</v>
+        <v>1086</v>
       </c>
       <c r="D246" s="1" t="s">
         <v>1108</v>
       </c>
       <c r="E246" s="1" t="s">
         <v>1109</v>
       </c>
       <c r="F246" s="1" t="s">
         <v>1110</v>
       </c>
     </row>
     <row r="247" spans="1:6">
       <c r="A247" s="1" t="s">
         <v>1111</v>
       </c>
       <c r="B247" s="1" t="s">
         <v>1112</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>1076</v>
+        <v>1086</v>
       </c>
       <c r="D247" s="1" t="s">
         <v>1113</v>
       </c>
       <c r="E247" s="1" t="s">
         <v>1114</v>
       </c>
       <c r="F247" s="1" t="s">
         <v>1115</v>
       </c>
     </row>
     <row r="248" spans="1:6">
       <c r="A248" s="1" t="s">
         <v>1116</v>
       </c>
       <c r="B248" s="1" t="s">
         <v>1117</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>1076</v>
+        <v>1086</v>
       </c>
       <c r="D248" s="1" t="s">
         <v>1118</v>
       </c>
       <c r="E248" s="1" t="s">
         <v>1119</v>
       </c>
-      <c r="F248" s="1"/>
+      <c r="F248" s="1" t="s">
+        <v>1120</v>
+      </c>
     </row>
     <row r="249" spans="1:6">
       <c r="A249" s="1" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
       <c r="B249" s="1" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>1122</v>
+        <v>1086</v>
       </c>
       <c r="D249" s="1" t="s">
         <v>1123</v>
       </c>
       <c r="E249" s="1" t="s">
         <v>1124</v>
       </c>
       <c r="F249" s="1" t="s">
         <v>1125</v>
       </c>
     </row>
     <row r="250" spans="1:6">
       <c r="A250" s="1" t="s">
         <v>1126</v>
       </c>
       <c r="B250" s="1" t="s">
         <v>1127</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>1122</v>
+        <v>1086</v>
       </c>
       <c r="D250" s="1" t="s">
         <v>1128</v>
       </c>
       <c r="E250" s="1" t="s">
         <v>1129</v>
       </c>
-      <c r="F250" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F250" s="1"/>
     </row>
     <row r="251" spans="1:6">
       <c r="A251" s="1" t="s">
+        <v>1130</v>
+      </c>
+      <c r="B251" s="1" t="s">
         <v>1131</v>
       </c>
-      <c r="B251" s="1" t="s">
+      <c r="C251" s="1" t="s">
         <v>1132</v>
-      </c>
-[...1 lines deleted...]
-        <v>1122</v>
       </c>
       <c r="D251" s="1" t="s">
         <v>1133</v>
       </c>
       <c r="E251" s="1" t="s">
         <v>1134</v>
       </c>
       <c r="F251" s="1" t="s">
-        <v>1125</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="252" spans="1:6">
       <c r="A252" s="1" t="s">
-        <v>1135</v>
-[...1 lines deleted...]
-      <c r="B252" s="1"/>
+        <v>1136</v>
+      </c>
+      <c r="B252" s="1" t="s">
+        <v>1137</v>
+      </c>
       <c r="C252" s="1" t="s">
-        <v>1122</v>
+        <v>1132</v>
       </c>
       <c r="D252" s="1" t="s">
-        <v>1136</v>
+        <v>1138</v>
       </c>
       <c r="E252" s="1" t="s">
-        <v>1137</v>
-[...1 lines deleted...]
-      <c r="F252" s="1"/>
+        <v>1139</v>
+      </c>
+      <c r="F252" s="1" t="s">
+        <v>1140</v>
+      </c>
     </row>
     <row r="253" spans="1:6">
       <c r="A253" s="1" t="s">
-        <v>1138</v>
+        <v>1141</v>
       </c>
       <c r="B253" s="1" t="s">
-        <v>1139</v>
+        <v>1142</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>1140</v>
+        <v>1132</v>
       </c>
       <c r="D253" s="1" t="s">
-        <v>1141</v>
+        <v>1143</v>
       </c>
       <c r="E253" s="1" t="s">
-        <v>1142</v>
+        <v>1144</v>
       </c>
       <c r="F253" s="1" t="s">
-        <v>1143</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="254" spans="1:6">
       <c r="A254" s="1" t="s">
-        <v>1144</v>
-[...1 lines deleted...]
-      <c r="B254" s="1" t="s">
         <v>1145</v>
       </c>
+      <c r="B254" s="1"/>
       <c r="C254" s="1" t="s">
-        <v>1140</v>
+        <v>1132</v>
       </c>
       <c r="D254" s="1" t="s">
         <v>1146</v>
       </c>
       <c r="E254" s="1" t="s">
         <v>1147</v>
       </c>
-      <c r="F254" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F254" s="1"/>
     </row>
     <row r="255" spans="1:6">
       <c r="A255" s="1" t="s">
+        <v>1148</v>
+      </c>
+      <c r="B255" s="1" t="s">
         <v>1149</v>
       </c>
-      <c r="B255" s="1"/>
       <c r="C255" s="1" t="s">
-        <v>1140</v>
+        <v>1150</v>
       </c>
       <c r="D255" s="1" t="s">
-        <v>257</v>
+        <v>1151</v>
       </c>
       <c r="E255" s="1" t="s">
-        <v>1150</v>
+        <v>1152</v>
       </c>
       <c r="F255" s="1" t="s">
-        <v>259</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="256" spans="1:6">
       <c r="A256" s="1" t="s">
-        <v>1151</v>
+        <v>1154</v>
       </c>
       <c r="B256" s="1" t="s">
-        <v>1152</v>
+        <v>1155</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>1140</v>
+        <v>1150</v>
       </c>
       <c r="D256" s="1" t="s">
-        <v>1153</v>
+        <v>1156</v>
       </c>
       <c r="E256" s="1" t="s">
-        <v>1154</v>
-[...1 lines deleted...]
-      <c r="F256" s="1"/>
+        <v>1157</v>
+      </c>
+      <c r="F256" s="1" t="s">
+        <v>1158</v>
+      </c>
     </row>
     <row r="257" spans="1:6">
       <c r="A257" s="1" t="s">
-        <v>1155</v>
-[...3 lines deleted...]
-      </c>
+        <v>1159</v>
+      </c>
+      <c r="B257" s="1"/>
       <c r="C257" s="1" t="s">
-        <v>1157</v>
+        <v>1150</v>
       </c>
       <c r="D257" s="1" t="s">
-        <v>1158</v>
+        <v>263</v>
       </c>
       <c r="E257" s="1" t="s">
-        <v>1159</v>
+        <v>1160</v>
       </c>
       <c r="F257" s="1" t="s">
-        <v>1160</v>
+        <v>265</v>
       </c>
     </row>
     <row r="258" spans="1:6">
       <c r="A258" s="1" t="s">
         <v>1161</v>
       </c>
-      <c r="B258" s="1"/>
+      <c r="B258" s="1" t="s">
+        <v>1162</v>
+      </c>
       <c r="C258" s="1" t="s">
-        <v>1157</v>
+        <v>1150</v>
       </c>
       <c r="D258" s="1" t="s">
-        <v>1162</v>
+        <v>1163</v>
       </c>
       <c r="E258" s="1" t="s">
-        <v>1163</v>
-[...1 lines deleted...]
-      <c r="F258" s="1" t="s">
         <v>1164</v>
       </c>
+      <c r="F258" s="1"/>
     </row>
     <row r="259" spans="1:6">
       <c r="A259" s="1" t="s">
         <v>1165</v>
       </c>
-      <c r="B259" s="1"/>
+      <c r="B259" s="1" t="s">
+        <v>1166</v>
+      </c>
       <c r="C259" s="1" t="s">
-        <v>1157</v>
+        <v>1167</v>
       </c>
       <c r="D259" s="1" t="s">
-        <v>1166</v>
+        <v>1168</v>
       </c>
       <c r="E259" s="1" t="s">
-        <v>1167</v>
-[...1 lines deleted...]
-      <c r="F259" s="1"/>
+        <v>1169</v>
+      </c>
+      <c r="F259" s="1" t="s">
+        <v>1170</v>
+      </c>
     </row>
     <row r="260" spans="1:6">
       <c r="A260" s="1" t="s">
-        <v>1168</v>
+        <v>1171</v>
       </c>
       <c r="B260" s="1"/>
       <c r="C260" s="1" t="s">
-        <v>1157</v>
+        <v>1167</v>
       </c>
       <c r="D260" s="1" t="s">
-        <v>257</v>
+        <v>1172</v>
       </c>
       <c r="E260" s="1" t="s">
-        <v>1169</v>
+        <v>1173</v>
       </c>
       <c r="F260" s="1" t="s">
-        <v>259</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="261" spans="1:6">
       <c r="A261" s="1" t="s">
-        <v>1170</v>
-[...3 lines deleted...]
-      </c>
+        <v>1175</v>
+      </c>
+      <c r="B261" s="1"/>
       <c r="C261" s="1" t="s">
-        <v>1172</v>
+        <v>1167</v>
       </c>
       <c r="D261" s="1" t="s">
-        <v>1173</v>
+        <v>1176</v>
       </c>
       <c r="E261" s="1" t="s">
-        <v>1174</v>
-[...3 lines deleted...]
-      </c>
+        <v>1177</v>
+      </c>
+      <c r="F261" s="1"/>
     </row>
     <row r="262" spans="1:6">
       <c r="A262" s="1" t="s">
-        <v>1176</v>
-[...3 lines deleted...]
-      </c>
+        <v>1178</v>
+      </c>
+      <c r="B262" s="1"/>
       <c r="C262" s="1" t="s">
-        <v>1178</v>
+        <v>1167</v>
       </c>
       <c r="D262" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="E262" s="1" t="s">
         <v>1179</v>
       </c>
-      <c r="E262" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F262" s="1"/>
+      <c r="F262" s="1" t="s">
+        <v>265</v>
+      </c>
     </row>
     <row r="263" spans="1:6">
       <c r="A263" s="1" t="s">
+        <v>1180</v>
+      </c>
+      <c r="B263" s="1" t="s">
         <v>1181</v>
       </c>
-      <c r="B263" s="1"/>
       <c r="C263" s="1" t="s">
-        <v>1178</v>
-[...1 lines deleted...]
-      <c r="D263" s="1"/>
+        <v>1182</v>
+      </c>
+      <c r="D263" s="1" t="s">
+        <v>1183</v>
+      </c>
       <c r="E263" s="1" t="s">
-        <v>1182</v>
+        <v>1184</v>
       </c>
       <c r="F263" s="1" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="264" spans="1:6">
       <c r="A264" s="1" t="s">
-        <v>1184</v>
-[...1 lines deleted...]
-      <c r="B264" s="1"/>
+        <v>1186</v>
+      </c>
+      <c r="B264" s="1" t="s">
+        <v>1187</v>
+      </c>
       <c r="C264" s="1" t="s">
-        <v>1178</v>
+        <v>1188</v>
       </c>
       <c r="D264" s="1" t="s">
-        <v>1185</v>
+        <v>1189</v>
       </c>
       <c r="E264" s="1" t="s">
-        <v>1186</v>
+        <v>1190</v>
       </c>
       <c r="F264" s="1"/>
     </row>
     <row r="265" spans="1:6">
       <c r="A265" s="1" t="s">
-        <v>1187</v>
-[...1 lines deleted...]
-      <c r="B265" s="1" t="s">
+        <v>1191</v>
+      </c>
+      <c r="B265" s="1"/>
+      <c r="C265" s="1" t="s">
         <v>1188</v>
       </c>
-      <c r="C265" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D265" s="1"/>
       <c r="E265" s="1" t="s">
-        <v>1190</v>
+        <v>1192</v>
       </c>
       <c r="F265" s="1" t="s">
-        <v>1191</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="266" spans="1:6">
       <c r="A266" s="1" t="s">
-        <v>1192</v>
+        <v>1194</v>
       </c>
       <c r="B266" s="1"/>
       <c r="C266" s="1" t="s">
-        <v>1178</v>
+        <v>1188</v>
       </c>
       <c r="D266" s="1" t="s">
-        <v>1193</v>
+        <v>1195</v>
       </c>
       <c r="E266" s="1" t="s">
-        <v>1194</v>
-[...3 lines deleted...]
-      </c>
+        <v>1196</v>
+      </c>
+      <c r="F266" s="1"/>
     </row>
     <row r="267" spans="1:6">
       <c r="A267" s="1" t="s">
-        <v>1196</v>
+        <v>1197</v>
       </c>
       <c r="B267" s="1" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>1178</v>
+        <v>1188</v>
       </c>
       <c r="D267" s="1" t="s">
-        <v>1198</v>
+        <v>1199</v>
       </c>
       <c r="E267" s="1" t="s">
-        <v>1199</v>
-[...1 lines deleted...]
-      <c r="F267" s="1"/>
+        <v>1200</v>
+      </c>
+      <c r="F267" s="1" t="s">
+        <v>1201</v>
+      </c>
     </row>
     <row r="268" spans="1:6">
       <c r="A268" s="1" t="s">
-        <v>1200</v>
-[...3 lines deleted...]
-      </c>
+        <v>1202</v>
+      </c>
+      <c r="B268" s="1"/>
       <c r="C268" s="1" t="s">
-        <v>1202</v>
+        <v>1188</v>
       </c>
       <c r="D268" s="1" t="s">
         <v>1203</v>
       </c>
       <c r="E268" s="1" t="s">
         <v>1204</v>
       </c>
       <c r="F268" s="1" t="s">
         <v>1205</v>
       </c>
     </row>
     <row r="269" spans="1:6">
       <c r="A269" s="1" t="s">
         <v>1206</v>
       </c>
-      <c r="B269" s="1"/>
+      <c r="B269" s="1" t="s">
+        <v>1207</v>
+      </c>
       <c r="C269" s="1" t="s">
-        <v>1202</v>
+        <v>1188</v>
       </c>
       <c r="D269" s="1" t="s">
-        <v>1207</v>
+        <v>1208</v>
       </c>
       <c r="E269" s="1" t="s">
-        <v>1208</v>
-[...1 lines deleted...]
-      <c r="F269" s="1" t="s">
         <v>1209</v>
       </c>
+      <c r="F269" s="1"/>
     </row>
     <row r="270" spans="1:6">
       <c r="A270" s="1" t="s">
         <v>1210</v>
       </c>
-      <c r="B270" s="1"/>
+      <c r="B270" s="1" t="s">
+        <v>1211</v>
+      </c>
       <c r="C270" s="1" t="s">
-        <v>1202</v>
+        <v>1212</v>
       </c>
       <c r="D270" s="1" t="s">
-        <v>1207</v>
+        <v>1213</v>
       </c>
       <c r="E270" s="1" t="s">
-        <v>1211</v>
+        <v>1214</v>
       </c>
       <c r="F270" s="1" t="s">
-        <v>1212</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="271" spans="1:6">
       <c r="A271" s="1" t="s">
-        <v>1213</v>
+        <v>1216</v>
       </c>
       <c r="B271" s="1"/>
       <c r="C271" s="1" t="s">
-        <v>1202</v>
+        <v>1212</v>
       </c>
       <c r="D271" s="1" t="s">
-        <v>1214</v>
+        <v>1217</v>
       </c>
       <c r="E271" s="1" t="s">
-        <v>1215</v>
-[...1 lines deleted...]
-      <c r="F271" s="1"/>
+        <v>1218</v>
+      </c>
+      <c r="F271" s="1" t="s">
+        <v>1219</v>
+      </c>
     </row>
     <row r="272" spans="1:6">
       <c r="A272" s="1" t="s">
-        <v>1216</v>
-[...1 lines deleted...]
-      <c r="B272" s="1" t="s">
+        <v>1220</v>
+      </c>
+      <c r="B272" s="1"/>
+      <c r="C272" s="1" t="s">
+        <v>1212</v>
+      </c>
+      <c r="D272" s="1" t="s">
         <v>1217</v>
       </c>
-      <c r="C272" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E272" s="1" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
       <c r="F272" s="1" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="273" spans="1:6">
       <c r="A273" s="1" t="s">
-        <v>1222</v>
+        <v>1223</v>
       </c>
       <c r="B273" s="1"/>
       <c r="C273" s="1" t="s">
-        <v>1218</v>
+        <v>1212</v>
       </c>
       <c r="D273" s="1" t="s">
-        <v>1223</v>
+        <v>1224</v>
       </c>
       <c r="E273" s="1" t="s">
-        <v>1224</v>
+        <v>1225</v>
       </c>
       <c r="F273" s="1"/>
     </row>
     <row r="274" spans="1:6">
       <c r="A274" s="1" t="s">
-        <v>1225</v>
+        <v>1226</v>
       </c>
       <c r="B274" s="1" t="s">
-        <v>1226</v>
+        <v>1227</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>1218</v>
+        <v>1228</v>
       </c>
       <c r="D274" s="1" t="s">
-        <v>1227</v>
+        <v>1229</v>
       </c>
       <c r="E274" s="1" t="s">
-        <v>1228</v>
+        <v>1230</v>
       </c>
       <c r="F274" s="1" t="s">
-        <v>1229</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="275" spans="1:6">
       <c r="A275" s="1" t="s">
-        <v>1230</v>
-[...3 lines deleted...]
-      </c>
+        <v>1232</v>
+      </c>
+      <c r="B275" s="1"/>
       <c r="C275" s="1" t="s">
-        <v>1232</v>
+        <v>1228</v>
       </c>
       <c r="D275" s="1" t="s">
         <v>1233</v>
       </c>
       <c r="E275" s="1" t="s">
         <v>1234</v>
       </c>
       <c r="F275" s="1"/>
     </row>
     <row r="276" spans="1:6">
       <c r="A276" s="1" t="s">
         <v>1235</v>
       </c>
-      <c r="B276" s="1"/>
+      <c r="B276" s="1" t="s">
+        <v>1236</v>
+      </c>
       <c r="C276" s="1" t="s">
-        <v>1232</v>
+        <v>1228</v>
       </c>
       <c r="D276" s="1" t="s">
-        <v>1236</v>
+        <v>1237</v>
       </c>
       <c r="E276" s="1" t="s">
-        <v>1237</v>
-[...1 lines deleted...]
-      <c r="F276" s="1"/>
+        <v>1238</v>
+      </c>
+      <c r="F276" s="1" t="s">
+        <v>1239</v>
+      </c>
     </row>
     <row r="277" spans="1:6">
       <c r="A277" s="1" t="s">
-        <v>1238</v>
+        <v>1240</v>
       </c>
       <c r="B277" s="1" t="s">
-        <v>1239</v>
+        <v>1241</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>1232</v>
+        <v>1242</v>
       </c>
       <c r="D277" s="1" t="s">
-        <v>1240</v>
+        <v>1243</v>
       </c>
       <c r="E277" s="1" t="s">
-        <v>1241</v>
+        <v>1244</v>
       </c>
       <c r="F277" s="1"/>
     </row>
     <row r="278" spans="1:6">
       <c r="A278" s="1" t="s">
+        <v>1245</v>
+      </c>
+      <c r="B278" s="1"/>
+      <c r="C278" s="1" t="s">
         <v>1242</v>
       </c>
-      <c r="B278" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D278" s="1" t="s">
-        <v>1245</v>
+        <v>1246</v>
       </c>
       <c r="E278" s="1" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
       <c r="F278" s="1"/>
     </row>
     <row r="279" spans="1:6">
       <c r="A279" s="1" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="B279" s="1" t="s">
-        <v>1248</v>
+        <v>1249</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>1249</v>
+        <v>1242</v>
       </c>
       <c r="D279" s="1" t="s">
         <v>1250</v>
       </c>
       <c r="E279" s="1" t="s">
         <v>1251</v>
       </c>
       <c r="F279" s="1"/>
     </row>
     <row r="280" spans="1:6">
       <c r="A280" s="1" t="s">
         <v>1252</v>
       </c>
       <c r="B280" s="1" t="s">
         <v>1253</v>
       </c>
       <c r="C280" s="1" t="s">
         <v>1254</v>
       </c>
       <c r="D280" s="1" t="s">
         <v>1255</v>
       </c>
       <c r="E280" s="1" t="s">
         <v>1256</v>
       </c>
       <c r="F280" s="1"/>
     </row>
     <row r="281" spans="1:6">
       <c r="A281" s="1" t="s">
         <v>1257</v>
       </c>
-      <c r="B281" s="1"/>
+      <c r="B281" s="1" t="s">
+        <v>1258</v>
+      </c>
       <c r="C281" s="1" t="s">
-        <v>1258</v>
+        <v>1259</v>
       </c>
       <c r="D281" s="1" t="s">
-        <v>1259</v>
+        <v>1260</v>
       </c>
       <c r="E281" s="1" t="s">
-        <v>1260</v>
+        <v>1261</v>
       </c>
       <c r="F281" s="1"/>
     </row>
     <row r="282" spans="1:6">
       <c r="A282" s="1" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
       <c r="B282" s="1" t="s">
-        <v>1262</v>
+        <v>1263</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>1263</v>
+        <v>1264</v>
       </c>
       <c r="D282" s="1" t="s">
-        <v>1264</v>
+        <v>1265</v>
       </c>
       <c r="E282" s="1" t="s">
-        <v>1265</v>
-[...1 lines deleted...]
-      <c r="F282" s="1" t="s">
         <v>1266</v>
       </c>
+      <c r="F282" s="1"/>
     </row>
     <row r="283" spans="1:6">
       <c r="A283" s="1" t="s">
         <v>1267</v>
       </c>
-      <c r="B283" s="1" t="s">
+      <c r="B283" s="1"/>
+      <c r="C283" s="1" t="s">
         <v>1268</v>
       </c>
-      <c r="C283" s="1" t="s">
+      <c r="D283" s="1" t="s">
         <v>1269</v>
       </c>
-      <c r="D283" s="1" t="s">
+      <c r="E283" s="1" t="s">
         <v>1270</v>
       </c>
-      <c r="E283" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F283" s="1"/>
     </row>
     <row r="284" spans="1:6">
       <c r="A284" s="1" t="s">
+        <v>1271</v>
+      </c>
+      <c r="B284" s="1" t="s">
+        <v>1272</v>
+      </c>
+      <c r="C284" s="1" t="s">
         <v>1273</v>
       </c>
-      <c r="B284" s="1" t="s">
+      <c r="D284" s="1" t="s">
         <v>1274</v>
       </c>
-      <c r="C284" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D284" s="1" t="s">
+      <c r="E284" s="1" t="s">
         <v>1275</v>
       </c>
-      <c r="E284" s="1" t="s">
+      <c r="F284" s="1" t="s">
         <v>1276</v>
-      </c>
-[...1 lines deleted...]
-        <v>1272</v>
       </c>
     </row>
     <row r="285" spans="1:6">
       <c r="A285" s="1" t="s">
         <v>1277</v>
       </c>
       <c r="B285" s="1" t="s">
         <v>1278</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>1269</v>
+        <v>1279</v>
       </c>
       <c r="D285" s="1" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
       <c r="E285" s="1" t="s">
-        <v>1280</v>
+        <v>1281</v>
       </c>
       <c r="F285" s="1" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
     </row>
     <row r="286" spans="1:6">
       <c r="A286" s="1" t="s">
+        <v>1283</v>
+      </c>
+      <c r="B286" s="1" t="s">
+        <v>1284</v>
+      </c>
+      <c r="C286" s="1" t="s">
+        <v>1279</v>
+      </c>
+      <c r="D286" s="1" t="s">
+        <v>1285</v>
+      </c>
+      <c r="E286" s="1" t="s">
+        <v>1286</v>
+      </c>
+      <c r="F286" s="1" t="s">
         <v>1282</v>
-      </c>
-[...11 lines deleted...]
-        <v>1285</v>
       </c>
     </row>
     <row r="287" spans="1:6">
       <c r="A287" s="1" t="s">
-        <v>1286</v>
-[...1 lines deleted...]
-      <c r="B287" s="1"/>
+        <v>1287</v>
+      </c>
+      <c r="B287" s="1" t="s">
+        <v>1288</v>
+      </c>
       <c r="C287" s="1" t="s">
-        <v>1269</v>
+        <v>1279</v>
       </c>
       <c r="D287" s="1" t="s">
-        <v>257</v>
+        <v>1289</v>
       </c>
       <c r="E287" s="1" t="s">
-        <v>1287</v>
+        <v>1290</v>
       </c>
       <c r="F287" s="1" t="s">
-        <v>387</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="288" spans="1:6">
       <c r="A288" s="1" t="s">
-        <v>1288</v>
+        <v>1292</v>
       </c>
       <c r="B288" s="1"/>
       <c r="C288" s="1" t="s">
-        <v>1269</v>
+        <v>1279</v>
       </c>
       <c r="D288" s="1" t="s">
-        <v>1289</v>
+        <v>1293</v>
       </c>
       <c r="E288" s="1" t="s">
-        <v>1290</v>
-[...1 lines deleted...]
-      <c r="F288" s="1"/>
+        <v>1294</v>
+      </c>
+      <c r="F288" s="1" t="s">
+        <v>1295</v>
+      </c>
     </row>
     <row r="289" spans="1:6">
       <c r="A289" s="1" t="s">
-        <v>1291</v>
+        <v>1296</v>
       </c>
       <c r="B289" s="1"/>
       <c r="C289" s="1" t="s">
-        <v>1269</v>
+        <v>1279</v>
       </c>
       <c r="D289" s="1" t="s">
-        <v>1292</v>
+        <v>263</v>
       </c>
       <c r="E289" s="1" t="s">
-        <v>1293</v>
-[...1 lines deleted...]
-      <c r="F289" s="1"/>
+        <v>1297</v>
+      </c>
+      <c r="F289" s="1" t="s">
+        <v>397</v>
+      </c>
     </row>
     <row r="290" spans="1:6">
       <c r="A290" s="1" t="s">
-        <v>1294</v>
+        <v>1298</v>
       </c>
       <c r="B290" s="1"/>
       <c r="C290" s="1" t="s">
-        <v>1269</v>
+        <v>1279</v>
       </c>
       <c r="D290" s="1" t="s">
-        <v>1295</v>
+        <v>1299</v>
       </c>
       <c r="E290" s="1" t="s">
-        <v>1296</v>
+        <v>1300</v>
       </c>
       <c r="F290" s="1"/>
     </row>
     <row r="291" spans="1:6">
       <c r="A291" s="1" t="s">
-        <v>1297</v>
+        <v>1301</v>
       </c>
       <c r="B291" s="1"/>
       <c r="C291" s="1" t="s">
-        <v>1269</v>
+        <v>1279</v>
       </c>
       <c r="D291" s="1" t="s">
-        <v>1298</v>
+        <v>1302</v>
       </c>
       <c r="E291" s="1" t="s">
-        <v>1299</v>
+        <v>1303</v>
       </c>
       <c r="F291" s="1"/>
     </row>
     <row r="292" spans="1:6">
       <c r="A292" s="1" t="s">
-        <v>1300</v>
+        <v>1304</v>
       </c>
       <c r="B292" s="1"/>
       <c r="C292" s="1" t="s">
-        <v>1269</v>
+        <v>1279</v>
       </c>
       <c r="D292" s="1" t="s">
-        <v>1301</v>
+        <v>1305</v>
       </c>
       <c r="E292" s="1" t="s">
-        <v>1302</v>
+        <v>1306</v>
       </c>
       <c r="F292" s="1"/>
     </row>
     <row r="293" spans="1:6">
       <c r="A293" s="1" t="s">
-        <v>1303</v>
-[...3 lines deleted...]
-      </c>
+        <v>1307</v>
+      </c>
+      <c r="B293" s="1"/>
       <c r="C293" s="1" t="s">
-        <v>1269</v>
+        <v>1279</v>
       </c>
       <c r="D293" s="1" t="s">
-        <v>1305</v>
+        <v>1308</v>
       </c>
       <c r="E293" s="1" t="s">
-        <v>1306</v>
-[...3 lines deleted...]
-      </c>
+        <v>1309</v>
+      </c>
+      <c r="F293" s="1"/>
     </row>
     <row r="294" spans="1:6">
       <c r="A294" s="1" t="s">
-        <v>1307</v>
-[...3 lines deleted...]
-      </c>
+        <v>1310</v>
+      </c>
+      <c r="B294" s="1"/>
       <c r="C294" s="1" t="s">
-        <v>1269</v>
+        <v>1279</v>
       </c>
       <c r="D294" s="1" t="s">
-        <v>1309</v>
+        <v>1311</v>
       </c>
       <c r="E294" s="1" t="s">
-        <v>1310</v>
-[...3 lines deleted...]
-      </c>
+        <v>1312</v>
+      </c>
+      <c r="F294" s="1"/>
     </row>
     <row r="295" spans="1:6">
       <c r="A295" s="1" t="s">
-        <v>1312</v>
+        <v>1313</v>
       </c>
       <c r="B295" s="1" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
       <c r="C295" s="1" t="s">
-        <v>1269</v>
+        <v>1279</v>
       </c>
       <c r="D295" s="1" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
       <c r="E295" s="1" t="s">
-        <v>1315</v>
+        <v>1316</v>
       </c>
       <c r="F295" s="1" t="s">
-        <v>1272</v>
+        <v>1282</v>
       </c>
     </row>
     <row r="296" spans="1:6">
       <c r="A296" s="1" t="s">
-        <v>1316</v>
+        <v>1317</v>
       </c>
       <c r="B296" s="1" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>1269</v>
+        <v>1279</v>
       </c>
       <c r="D296" s="1" t="s">
-        <v>1318</v>
+        <v>1319</v>
       </c>
       <c r="E296" s="1" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
       <c r="F296" s="1" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="297" spans="1:6">
       <c r="A297" s="1" t="s">
-        <v>1321</v>
+        <v>1322</v>
       </c>
       <c r="B297" s="1" t="s">
-        <v>1322</v>
+        <v>1323</v>
       </c>
       <c r="C297" s="1" t="s">
-        <v>1323</v>
+        <v>1279</v>
       </c>
       <c r="D297" s="1" t="s">
         <v>1324</v>
       </c>
       <c r="E297" s="1" t="s">
         <v>1325</v>
       </c>
       <c r="F297" s="1" t="s">
-        <v>1326</v>
+        <v>1282</v>
       </c>
     </row>
     <row r="298" spans="1:6">
       <c r="A298" s="1" t="s">
+        <v>1326</v>
+      </c>
+      <c r="B298" s="1" t="s">
         <v>1327</v>
       </c>
-      <c r="B298" s="1"/>
       <c r="C298" s="1" t="s">
-        <v>1323</v>
+        <v>1279</v>
       </c>
       <c r="D298" s="1" t="s">
         <v>1328</v>
       </c>
       <c r="E298" s="1" t="s">
         <v>1329</v>
       </c>
-      <c r="F298" s="1"/>
+      <c r="F298" s="1" t="s">
+        <v>1330</v>
+      </c>
     </row>
     <row r="299" spans="1:6">
       <c r="A299" s="1" t="s">
-        <v>1330</v>
+        <v>1331</v>
       </c>
       <c r="B299" s="1" t="s">
-        <v>1331</v>
+        <v>1332</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>1332</v>
+        <v>1333</v>
       </c>
       <c r="D299" s="1" t="s">
-        <v>1333</v>
+        <v>1334</v>
       </c>
       <c r="E299" s="1" t="s">
-        <v>1334</v>
+        <v>1335</v>
       </c>
       <c r="F299" s="1" t="s">
-        <v>1335</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="300" spans="1:6">
       <c r="A300" s="1" t="s">
-        <v>1336</v>
-[...1 lines deleted...]
-      <c r="B300" s="1" t="s">
         <v>1337</v>
       </c>
+      <c r="B300" s="1"/>
       <c r="C300" s="1" t="s">
-        <v>1332</v>
+        <v>1333</v>
       </c>
       <c r="D300" s="1" t="s">
         <v>1338</v>
       </c>
       <c r="E300" s="1" t="s">
         <v>1339</v>
       </c>
       <c r="F300" s="1"/>
     </row>
     <row r="301" spans="1:6">
       <c r="A301" s="1" t="s">
         <v>1340</v>
       </c>
       <c r="B301" s="1" t="s">
         <v>1341</v>
       </c>
       <c r="C301" s="1" t="s">
         <v>1342</v>
       </c>
       <c r="D301" s="1" t="s">
         <v>1343</v>
       </c>
       <c r="E301" s="1" t="s">
         <v>1344</v>
       </c>
-      <c r="F301" s="1"/>
+      <c r="F301" s="1" t="s">
+        <v>1345</v>
+      </c>
     </row>
     <row r="302" spans="1:6">
       <c r="A302" s="1" t="s">
-        <v>1345</v>
+        <v>1346</v>
       </c>
       <c r="B302" s="1" t="s">
-        <v>1346</v>
+        <v>1347</v>
       </c>
       <c r="C302" s="1" t="s">
         <v>1342</v>
       </c>
       <c r="D302" s="1" t="s">
-        <v>1347</v>
+        <v>1348</v>
       </c>
       <c r="E302" s="1" t="s">
-        <v>1348</v>
-[...1 lines deleted...]
-      <c r="F302" s="1" t="s">
         <v>1349</v>
       </c>
+      <c r="F302" s="1"/>
     </row>
     <row r="303" spans="1:6">
       <c r="A303" s="1" t="s">
         <v>1350</v>
       </c>
       <c r="B303" s="1" t="s">
         <v>1351</v>
       </c>
       <c r="C303" s="1" t="s">
         <v>1352</v>
       </c>
       <c r="D303" s="1" t="s">
         <v>1353</v>
       </c>
       <c r="E303" s="1" t="s">
         <v>1354</v>
       </c>
-      <c r="F303" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F303" s="1"/>
     </row>
     <row r="304" spans="1:6">
       <c r="A304" s="1" t="s">
+        <v>1355</v>
+      </c>
+      <c r="B304" s="1" t="s">
         <v>1356</v>
       </c>
-      <c r="B304" s="1" t="s">
+      <c r="C304" s="1" t="s">
+        <v>1352</v>
+      </c>
+      <c r="D304" s="1" t="s">
         <v>1357</v>
       </c>
-      <c r="C304" s="1" t="s">
+      <c r="E304" s="1" t="s">
         <v>1358</v>
       </c>
-      <c r="D304" s="1" t="s">
+      <c r="F304" s="1" t="s">
         <v>1359</v>
-      </c>
-[...4 lines deleted...]
-        <v>1361</v>
       </c>
     </row>
     <row r="305" spans="1:6">
       <c r="A305" s="1" t="s">
+        <v>1360</v>
+      </c>
+      <c r="B305" s="1" t="s">
+        <v>1361</v>
+      </c>
+      <c r="C305" s="1" t="s">
         <v>1362</v>
-      </c>
-[...2 lines deleted...]
-        <v>1358</v>
       </c>
       <c r="D305" s="1" t="s">
         <v>1363</v>
       </c>
       <c r="E305" s="1" t="s">
         <v>1364</v>
       </c>
-      <c r="F305" s="1"/>
+      <c r="F305" s="1" t="s">
+        <v>1365</v>
+      </c>
     </row>
     <row r="306" spans="1:6">
       <c r="A306" s="1" t="s">
-        <v>1365</v>
+        <v>1366</v>
       </c>
       <c r="B306" s="1" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>1358</v>
+        <v>1368</v>
       </c>
       <c r="D306" s="1" t="s">
-        <v>1367</v>
+        <v>1369</v>
       </c>
       <c r="E306" s="1" t="s">
-        <v>1368</v>
+        <v>1370</v>
       </c>
       <c r="F306" s="1" t="s">
-        <v>1369</v>
+        <v>1371</v>
       </c>
     </row>
     <row r="307" spans="1:6">
       <c r="A307" s="1" t="s">
-        <v>1370</v>
-[...3 lines deleted...]
-      </c>
+        <v>1372</v>
+      </c>
+      <c r="B307" s="1"/>
       <c r="C307" s="1" t="s">
-        <v>1358</v>
+        <v>1368</v>
       </c>
       <c r="D307" s="1" t="s">
-        <v>1372</v>
+        <v>1373</v>
       </c>
       <c r="E307" s="1" t="s">
-        <v>1373</v>
-[...1 lines deleted...]
-      <c r="F307" s="1" t="s">
         <v>1374</v>
       </c>
+      <c r="F307" s="1"/>
     </row>
     <row r="308" spans="1:6">
       <c r="A308" s="1" t="s">
         <v>1375</v>
       </c>
       <c r="B308" s="1" t="s">
         <v>1376</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>1358</v>
+        <v>1368</v>
       </c>
       <c r="D308" s="1" t="s">
         <v>1377</v>
       </c>
       <c r="E308" s="1" t="s">
         <v>1378</v>
       </c>
       <c r="F308" s="1" t="s">
         <v>1379</v>
       </c>
     </row>
     <row r="309" spans="1:6">
       <c r="A309" s="1" t="s">
         <v>1380</v>
       </c>
       <c r="B309" s="1" t="s">
-        <v>1357</v>
+        <v>1381</v>
       </c>
       <c r="C309" s="1" t="s">
-        <v>1358</v>
+        <v>1368</v>
       </c>
       <c r="D309" s="1" t="s">
-        <v>1381</v>
+        <v>1382</v>
       </c>
       <c r="E309" s="1" t="s">
-        <v>1315</v>
+        <v>1383</v>
       </c>
       <c r="F309" s="1" t="s">
-        <v>1382</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="310" spans="1:6">
       <c r="A310" s="1" t="s">
-        <v>1383</v>
+        <v>1385</v>
       </c>
       <c r="B310" s="1" t="s">
-        <v>1384</v>
+        <v>1386</v>
       </c>
       <c r="C310" s="1" t="s">
-        <v>1358</v>
+        <v>1368</v>
       </c>
       <c r="D310" s="1" t="s">
-        <v>1385</v>
+        <v>1387</v>
       </c>
       <c r="E310" s="1" t="s">
-        <v>1386</v>
-[...1 lines deleted...]
-      <c r="F310" s="1"/>
+        <v>1388</v>
+      </c>
+      <c r="F310" s="1" t="s">
+        <v>1389</v>
+      </c>
     </row>
     <row r="311" spans="1:6">
       <c r="A311" s="1" t="s">
-        <v>1387</v>
+        <v>1390</v>
       </c>
       <c r="B311" s="1" t="s">
-        <v>1388</v>
+        <v>1367</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>1389</v>
+        <v>1368</v>
       </c>
       <c r="D311" s="1" t="s">
-        <v>1390</v>
+        <v>1391</v>
       </c>
       <c r="E311" s="1" t="s">
-        <v>1391</v>
+        <v>1325</v>
       </c>
       <c r="F311" s="1" t="s">
         <v>1392</v>
       </c>
     </row>
     <row r="312" spans="1:6">
       <c r="A312" s="1" t="s">
         <v>1393</v>
       </c>
-      <c r="B312" s="1"/>
+      <c r="B312" s="1" t="s">
+        <v>1394</v>
+      </c>
       <c r="C312" s="1" t="s">
-        <v>1389</v>
+        <v>1368</v>
       </c>
       <c r="D312" s="1" t="s">
-        <v>1394</v>
+        <v>1395</v>
       </c>
       <c r="E312" s="1" t="s">
-        <v>1395</v>
-[...1 lines deleted...]
-      <c r="F312" s="1" t="s">
         <v>1396</v>
       </c>
+      <c r="F312" s="1"/>
     </row>
     <row r="313" spans="1:6">
       <c r="A313" s="1" t="s">
         <v>1397</v>
       </c>
-      <c r="B313" s="1"/>
+      <c r="B313" s="1" t="s">
+        <v>1398</v>
+      </c>
       <c r="C313" s="1" t="s">
-        <v>1389</v>
-[...1 lines deleted...]
-      <c r="D313" s="1"/>
+        <v>1399</v>
+      </c>
+      <c r="D313" s="1" t="s">
+        <v>1400</v>
+      </c>
       <c r="E313" s="1" t="s">
-        <v>1398</v>
-[...1 lines deleted...]
-      <c r="F313" s="1"/>
+        <v>1401</v>
+      </c>
+      <c r="F313" s="1" t="s">
+        <v>1402</v>
+      </c>
     </row>
     <row r="314" spans="1:6">
       <c r="A314" s="1" t="s">
-        <v>1399</v>
+        <v>1403</v>
       </c>
       <c r="B314" s="1"/>
       <c r="C314" s="1" t="s">
-        <v>1389</v>
+        <v>1399</v>
       </c>
       <c r="D314" s="1" t="s">
-        <v>1400</v>
+        <v>1404</v>
       </c>
       <c r="E314" s="1" t="s">
-        <v>1401</v>
-[...1 lines deleted...]
-      <c r="F314" s="1"/>
+        <v>1405</v>
+      </c>
+      <c r="F314" s="1" t="s">
+        <v>1406</v>
+      </c>
     </row>
     <row r="315" spans="1:6">
       <c r="A315" s="1" t="s">
-        <v>1402</v>
+        <v>1407</v>
       </c>
       <c r="B315" s="1"/>
       <c r="C315" s="1" t="s">
-        <v>1389</v>
-[...3 lines deleted...]
-      </c>
+        <v>1399</v>
+      </c>
+      <c r="D315" s="1"/>
       <c r="E315" s="1" t="s">
-        <v>1403</v>
-[...3 lines deleted...]
-      </c>
+        <v>1408</v>
+      </c>
+      <c r="F315" s="1"/>
     </row>
     <row r="316" spans="1:6">
       <c r="A316" s="1" t="s">
-        <v>1404</v>
-[...3 lines deleted...]
-      </c>
+        <v>1409</v>
+      </c>
+      <c r="B316" s="1"/>
       <c r="C316" s="1" t="s">
-        <v>1389</v>
+        <v>1399</v>
       </c>
       <c r="D316" s="1" t="s">
-        <v>1406</v>
+        <v>1410</v>
       </c>
       <c r="E316" s="1" t="s">
-        <v>1407</v>
-[...3 lines deleted...]
-      </c>
+        <v>1411</v>
+      </c>
+      <c r="F316" s="1"/>
     </row>
     <row r="317" spans="1:6">
       <c r="A317" s="1" t="s">
-        <v>1409</v>
-[...3 lines deleted...]
-      </c>
+        <v>1412</v>
+      </c>
+      <c r="B317" s="1"/>
       <c r="C317" s="1" t="s">
-        <v>1389</v>
+        <v>1399</v>
       </c>
       <c r="D317" s="1" t="s">
-        <v>1411</v>
+        <v>263</v>
       </c>
       <c r="E317" s="1" t="s">
-        <v>1412</v>
+        <v>1413</v>
       </c>
       <c r="F317" s="1" t="s">
-        <v>1413</v>
+        <v>265</v>
       </c>
     </row>
     <row r="318" spans="1:6">
       <c r="A318" s="1" t="s">
         <v>1414</v>
       </c>
       <c r="B318" s="1" t="s">
         <v>1415</v>
       </c>
       <c r="C318" s="1" t="s">
+        <v>1399</v>
+      </c>
+      <c r="D318" s="1" t="s">
         <v>1416</v>
       </c>
-      <c r="D318" s="1" t="s">
+      <c r="E318" s="1" t="s">
         <v>1417</v>
       </c>
-      <c r="E318" s="1" t="s">
+      <c r="F318" s="1" t="s">
         <v>1418</v>
-      </c>
-[...1 lines deleted...]
-        <v>1419</v>
       </c>
     </row>
     <row r="319" spans="1:6">
       <c r="A319" s="1" t="s">
+        <v>1419</v>
+      </c>
+      <c r="B319" s="1" t="s">
         <v>1420</v>
       </c>
-      <c r="B319" s="1"/>
       <c r="C319" s="1" t="s">
-        <v>1416</v>
+        <v>1399</v>
       </c>
       <c r="D319" s="1" t="s">
         <v>1421</v>
       </c>
       <c r="E319" s="1" t="s">
         <v>1422</v>
       </c>
-      <c r="F319" s="1"/>
+      <c r="F319" s="1" t="s">
+        <v>1423</v>
+      </c>
     </row>
     <row r="320" spans="1:6">
       <c r="A320" s="1" t="s">
-        <v>1423</v>
-[...1 lines deleted...]
-      <c r="B320" s="1"/>
+        <v>1424</v>
+      </c>
+      <c r="B320" s="1" t="s">
+        <v>1425</v>
+      </c>
       <c r="C320" s="1" t="s">
-        <v>1416</v>
+        <v>1426</v>
       </c>
       <c r="D320" s="1" t="s">
-        <v>257</v>
+        <v>1427</v>
       </c>
       <c r="E320" s="1" t="s">
-        <v>1424</v>
+        <v>1428</v>
       </c>
       <c r="F320" s="1" t="s">
-        <v>259</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="321" spans="1:6">
       <c r="A321" s="1" t="s">
-        <v>1425</v>
-[...1 lines deleted...]
-      <c r="B321" s="1" t="s">
+        <v>1430</v>
+      </c>
+      <c r="B321" s="1"/>
+      <c r="C321" s="1" t="s">
         <v>1426</v>
       </c>
-      <c r="C321" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D321" s="1" t="s">
-        <v>1428</v>
+        <v>1431</v>
       </c>
       <c r="E321" s="1" t="s">
-        <v>1429</v>
-[...3 lines deleted...]
-      </c>
+        <v>1432</v>
+      </c>
+      <c r="F321" s="1"/>
     </row>
     <row r="322" spans="1:6">
       <c r="A322" s="1" t="s">
-        <v>1431</v>
+        <v>1433</v>
       </c>
       <c r="B322" s="1"/>
       <c r="C322" s="1" t="s">
-        <v>1427</v>
+        <v>1426</v>
       </c>
       <c r="D322" s="1" t="s">
-        <v>1432</v>
+        <v>263</v>
       </c>
       <c r="E322" s="1" t="s">
-        <v>1433</v>
-[...1 lines deleted...]
-      <c r="F322" s="1"/>
+        <v>1434</v>
+      </c>
+      <c r="F322" s="1" t="s">
+        <v>265</v>
+      </c>
     </row>
     <row r="323" spans="1:6">
       <c r="A323" s="1" t="s">
-        <v>1434</v>
+        <v>1435</v>
       </c>
       <c r="B323" s="1" t="s">
-        <v>1435</v>
+        <v>1436</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>1427</v>
+        <v>1437</v>
       </c>
       <c r="D323" s="1" t="s">
-        <v>1436</v>
+        <v>1438</v>
       </c>
       <c r="E323" s="1" t="s">
-        <v>1429</v>
+        <v>1439</v>
       </c>
       <c r="F323" s="1" t="s">
-        <v>1437</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="324" spans="1:6">
       <c r="A324" s="1" t="s">
-        <v>1438</v>
-[...3 lines deleted...]
-      </c>
+        <v>1441</v>
+      </c>
+      <c r="B324" s="1"/>
       <c r="C324" s="1" t="s">
-        <v>1427</v>
+        <v>1437</v>
       </c>
       <c r="D324" s="1" t="s">
-        <v>1440</v>
+        <v>1442</v>
       </c>
       <c r="E324" s="1" t="s">
-        <v>1441</v>
-[...3 lines deleted...]
-      </c>
+        <v>1443</v>
+      </c>
+      <c r="F324" s="1"/>
     </row>
     <row r="325" spans="1:6">
       <c r="A325" s="1" t="s">
-        <v>1443</v>
+        <v>1444</v>
       </c>
       <c r="B325" s="1" t="s">
-        <v>1444</v>
+        <v>1445</v>
       </c>
       <c r="C325" s="1" t="s">
-        <v>1445</v>
+        <v>1437</v>
       </c>
       <c r="D325" s="1" t="s">
         <v>1446</v>
       </c>
       <c r="E325" s="1" t="s">
+        <v>1439</v>
+      </c>
+      <c r="F325" s="1" t="s">
         <v>1447</v>
       </c>
-      <c r="F325" s="1"/>
     </row>
     <row r="326" spans="1:6">
       <c r="A326" s="1" t="s">
         <v>1448</v>
       </c>
       <c r="B326" s="1" t="s">
         <v>1449</v>
       </c>
       <c r="C326" s="1" t="s">
-        <v>1445</v>
+        <v>1437</v>
       </c>
       <c r="D326" s="1" t="s">
         <v>1450</v>
       </c>
       <c r="E326" s="1" t="s">
         <v>1451</v>
       </c>
-      <c r="F326" s="1"/>
+      <c r="F326" s="1" t="s">
+        <v>1452</v>
+      </c>
     </row>
     <row r="327" spans="1:6">
       <c r="A327" s="1" t="s">
-        <v>1452</v>
-[...1 lines deleted...]
-      <c r="B327" s="1"/>
+        <v>1453</v>
+      </c>
+      <c r="B327" s="1" t="s">
+        <v>1454</v>
+      </c>
       <c r="C327" s="1" t="s">
-        <v>1453</v>
+        <v>1455</v>
       </c>
       <c r="D327" s="1" t="s">
-        <v>1454</v>
+        <v>1456</v>
       </c>
       <c r="E327" s="1" t="s">
-        <v>1455</v>
+        <v>1457</v>
       </c>
       <c r="F327" s="1"/>
     </row>
     <row r="328" spans="1:6">
       <c r="A328" s="1" t="s">
-        <v>1456</v>
+        <v>1458</v>
       </c>
       <c r="B328" s="1" t="s">
-        <v>1457</v>
+        <v>1459</v>
       </c>
       <c r="C328" s="1" t="s">
-        <v>1458</v>
+        <v>1455</v>
       </c>
       <c r="D328" s="1" t="s">
-        <v>1459</v>
+        <v>1460</v>
       </c>
       <c r="E328" s="1" t="s">
-        <v>1460</v>
+        <v>1461</v>
       </c>
       <c r="F328" s="1"/>
     </row>
     <row r="329" spans="1:6">
       <c r="A329" s="1" t="s">
-        <v>1461</v>
-[...1 lines deleted...]
-      <c r="B329" s="1" t="s">
         <v>1462</v>
       </c>
+      <c r="B329" s="1"/>
       <c r="C329" s="1" t="s">
-        <v>1458</v>
+        <v>1463</v>
       </c>
       <c r="D329" s="1" t="s">
-        <v>1463</v>
+        <v>1464</v>
       </c>
       <c r="E329" s="1" t="s">
-        <v>1464</v>
-[...1 lines deleted...]
-      <c r="F329" s="1" t="s">
         <v>1465</v>
       </c>
+      <c r="F329" s="1"/>
     </row>
     <row r="330" spans="1:6">
       <c r="A330" s="1" t="s">
         <v>1466</v>
       </c>
-      <c r="B330" s="1"/>
+      <c r="B330" s="1" t="s">
+        <v>1467</v>
+      </c>
       <c r="C330" s="1" t="s">
-        <v>1458</v>
+        <v>1468</v>
       </c>
       <c r="D330" s="1" t="s">
-        <v>1467</v>
+        <v>1469</v>
       </c>
       <c r="E330" s="1" t="s">
-        <v>1468</v>
+        <v>1470</v>
       </c>
       <c r="F330" s="1"/>
     </row>
     <row r="331" spans="1:6">
       <c r="A331" s="1" t="s">
-        <v>1469</v>
+        <v>1471</v>
       </c>
       <c r="B331" s="1" t="s">
-        <v>1470</v>
+        <v>1472</v>
       </c>
       <c r="C331" s="1" t="s">
-        <v>1471</v>
+        <v>1468</v>
       </c>
       <c r="D331" s="1" t="s">
-        <v>1472</v>
+        <v>1473</v>
       </c>
       <c r="E331" s="1" t="s">
-        <v>1473</v>
+        <v>1474</v>
       </c>
       <c r="F331" s="1" t="s">
-        <v>1474</v>
+        <v>1475</v>
       </c>
     </row>
     <row r="332" spans="1:6">
       <c r="A332" s="1" t="s">
-        <v>1475</v>
-[...1 lines deleted...]
-      <c r="B332" s="1" t="s">
         <v>1476</v>
       </c>
+      <c r="B332" s="1"/>
       <c r="C332" s="1" t="s">
-        <v>1471</v>
+        <v>1468</v>
       </c>
       <c r="D332" s="1" t="s">
         <v>1477</v>
       </c>
       <c r="E332" s="1" t="s">
         <v>1478</v>
       </c>
-      <c r="F332" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F332" s="1"/>
     </row>
     <row r="333" spans="1:6">
       <c r="A333" s="1" t="s">
+        <v>1479</v>
+      </c>
+      <c r="B333" s="1" t="s">
         <v>1480</v>
       </c>
-      <c r="B333" s="1"/>
       <c r="C333" s="1" t="s">
-        <v>1471</v>
+        <v>1481</v>
       </c>
       <c r="D333" s="1" t="s">
-        <v>1481</v>
+        <v>1482</v>
       </c>
       <c r="E333" s="1" t="s">
-        <v>1482</v>
-[...1 lines deleted...]
-      <c r="F333" s="1"/>
+        <v>1483</v>
+      </c>
+      <c r="F333" s="1" t="s">
+        <v>1484</v>
+      </c>
     </row>
     <row r="334" spans="1:6">
       <c r="A334" s="1" t="s">
-        <v>1483</v>
+        <v>1485</v>
       </c>
       <c r="B334" s="1" t="s">
-        <v>1484</v>
+        <v>1486</v>
       </c>
       <c r="C334" s="1" t="s">
-        <v>1471</v>
+        <v>1481</v>
       </c>
       <c r="D334" s="1" t="s">
-        <v>1485</v>
+        <v>1487</v>
       </c>
       <c r="E334" s="1" t="s">
-        <v>1486</v>
+        <v>1488</v>
       </c>
       <c r="F334" s="1" t="s">
-        <v>1487</v>
+        <v>1489</v>
       </c>
     </row>
     <row r="335" spans="1:6">
       <c r="A335" s="1" t="s">
-        <v>1488</v>
-[...3 lines deleted...]
-      </c>
+        <v>1490</v>
+      </c>
+      <c r="B335" s="1"/>
       <c r="C335" s="1" t="s">
-        <v>1471</v>
+        <v>1481</v>
       </c>
       <c r="D335" s="1" t="s">
-        <v>1490</v>
+        <v>1491</v>
       </c>
       <c r="E335" s="1" t="s">
-        <v>1491</v>
-[...1 lines deleted...]
-      <c r="F335" s="1" t="s">
         <v>1492</v>
       </c>
+      <c r="F335" s="1"/>
     </row>
     <row r="336" spans="1:6">
       <c r="A336" s="1" t="s">
         <v>1493</v>
       </c>
       <c r="B336" s="1" t="s">
         <v>1494</v>
       </c>
       <c r="C336" s="1" t="s">
-        <v>1471</v>
+        <v>1481</v>
       </c>
       <c r="D336" s="1" t="s">
         <v>1495</v>
       </c>
       <c r="E336" s="1" t="s">
         <v>1496</v>
       </c>
-      <c r="F336" s="1"/>
+      <c r="F336" s="1" t="s">
+        <v>1497</v>
+      </c>
     </row>
     <row r="337" spans="1:6">
       <c r="A337" s="1" t="s">
-        <v>1497</v>
+        <v>1498</v>
       </c>
       <c r="B337" s="1" t="s">
-        <v>1498</v>
+        <v>1499</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>1499</v>
+        <v>1481</v>
       </c>
       <c r="D337" s="1" t="s">
         <v>1500</v>
       </c>
       <c r="E337" s="1" t="s">
         <v>1501</v>
       </c>
       <c r="F337" s="1" t="s">
         <v>1502</v>
       </c>
     </row>
     <row r="338" spans="1:6">
       <c r="A338" s="1" t="s">
         <v>1503</v>
       </c>
       <c r="B338" s="1" t="s">
         <v>1504</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>1499</v>
+        <v>1481</v>
       </c>
       <c r="D338" s="1" t="s">
         <v>1505</v>
       </c>
       <c r="E338" s="1" t="s">
         <v>1506</v>
       </c>
-      <c r="F338" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F338" s="1"/>
     </row>
     <row r="339" spans="1:6">
       <c r="A339" s="1" t="s">
+        <v>1507</v>
+      </c>
+      <c r="B339" s="1" t="s">
         <v>1508</v>
       </c>
-      <c r="B339" s="1"/>
       <c r="C339" s="1" t="s">
-        <v>1499</v>
+        <v>1509</v>
       </c>
       <c r="D339" s="1" t="s">
-        <v>1509</v>
+        <v>1510</v>
       </c>
       <c r="E339" s="1" t="s">
-        <v>1510</v>
-[...1 lines deleted...]
-      <c r="F339" s="1"/>
+        <v>1511</v>
+      </c>
+      <c r="F339" s="1" t="s">
+        <v>1512</v>
+      </c>
     </row>
     <row r="340" spans="1:6">
       <c r="A340" s="1" t="s">
-        <v>1511</v>
+        <v>1513</v>
       </c>
       <c r="B340" s="1" t="s">
-        <v>1512</v>
+        <v>1514</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>1499</v>
+        <v>1509</v>
       </c>
       <c r="D340" s="1" t="s">
-        <v>1513</v>
+        <v>1515</v>
       </c>
       <c r="E340" s="1" t="s">
-        <v>1514</v>
+        <v>1516</v>
       </c>
       <c r="F340" s="1" t="s">
-        <v>1515</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="341" spans="1:6">
       <c r="A341" s="1" t="s">
-        <v>1516</v>
-[...3 lines deleted...]
-      </c>
+        <v>1518</v>
+      </c>
+      <c r="B341" s="1"/>
       <c r="C341" s="1" t="s">
-        <v>1518</v>
+        <v>1509</v>
       </c>
       <c r="D341" s="1" t="s">
         <v>1519</v>
       </c>
       <c r="E341" s="1" t="s">
         <v>1520</v>
       </c>
       <c r="F341" s="1"/>
     </row>
     <row r="342" spans="1:6">
       <c r="A342" s="1" t="s">
         <v>1521</v>
       </c>
       <c r="B342" s="1" t="s">
         <v>1522</v>
       </c>
       <c r="C342" s="1" t="s">
+        <v>1509</v>
+      </c>
+      <c r="D342" s="1" t="s">
         <v>1523</v>
       </c>
-      <c r="D342" s="1" t="s">
+      <c r="E342" s="1" t="s">
         <v>1524</v>
       </c>
-      <c r="E342" s="1" t="s">
+      <c r="F342" s="1" t="s">
         <v>1525</v>
       </c>
-      <c r="F342" s="1"/>
     </row>
     <row r="343" spans="1:6">
       <c r="A343" s="1" t="s">
         <v>1526</v>
       </c>
       <c r="B343" s="1" t="s">
         <v>1527</v>
       </c>
       <c r="C343" s="1" t="s">
         <v>1528</v>
       </c>
       <c r="D343" s="1" t="s">
         <v>1529</v>
       </c>
       <c r="E343" s="1" t="s">
         <v>1530</v>
       </c>
       <c r="F343" s="1"/>
     </row>
     <row r="344" spans="1:6">
       <c r="A344" s="1" t="s">
         <v>1531</v>
       </c>
       <c r="B344" s="1" t="s">
         <v>1532</v>
@@ -20879,441 +20965,439 @@
       </c>
       <c r="D344" s="1" t="s">
         <v>1534</v>
       </c>
       <c r="E344" s="1" t="s">
         <v>1535</v>
       </c>
       <c r="F344" s="1"/>
     </row>
     <row r="345" spans="1:6">
       <c r="A345" s="1" t="s">
         <v>1536</v>
       </c>
       <c r="B345" s="1" t="s">
         <v>1537</v>
       </c>
       <c r="C345" s="1" t="s">
         <v>1538</v>
       </c>
       <c r="D345" s="1" t="s">
         <v>1539</v>
       </c>
       <c r="E345" s="1" t="s">
         <v>1540</v>
       </c>
-      <c r="F345" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F345" s="1"/>
     </row>
     <row r="346" spans="1:6">
       <c r="A346" s="1" t="s">
+        <v>1541</v>
+      </c>
+      <c r="B346" s="1" t="s">
         <v>1542</v>
       </c>
-      <c r="B346" s="1"/>
       <c r="C346" s="1" t="s">
-        <v>1538</v>
+        <v>1543</v>
       </c>
       <c r="D346" s="1" t="s">
-        <v>1543</v>
+        <v>1544</v>
       </c>
       <c r="E346" s="1" t="s">
-        <v>1544</v>
+        <v>1545</v>
       </c>
       <c r="F346" s="1"/>
     </row>
     <row r="347" spans="1:6">
       <c r="A347" s="1" t="s">
-        <v>1545</v>
+        <v>1546</v>
       </c>
       <c r="B347" s="1" t="s">
-        <v>1546</v>
+        <v>1547</v>
       </c>
       <c r="C347" s="1" t="s">
-        <v>1538</v>
+        <v>1548</v>
       </c>
       <c r="D347" s="1" t="s">
-        <v>1547</v>
+        <v>1549</v>
       </c>
       <c r="E347" s="1" t="s">
-        <v>1548</v>
+        <v>1550</v>
       </c>
       <c r="F347" s="1" t="s">
-        <v>1549</v>
+        <v>1551</v>
       </c>
     </row>
     <row r="348" spans="1:6">
       <c r="A348" s="1" t="s">
-        <v>1550</v>
+        <v>1552</v>
       </c>
       <c r="B348" s="1"/>
       <c r="C348" s="1" t="s">
-        <v>1551</v>
+        <v>1548</v>
       </c>
       <c r="D348" s="1" t="s">
-        <v>1552</v>
+        <v>1553</v>
       </c>
       <c r="E348" s="1" t="s">
-        <v>1553</v>
+        <v>1554</v>
       </c>
       <c r="F348" s="1"/>
     </row>
     <row r="349" spans="1:6">
       <c r="A349" s="1" t="s">
-        <v>1554</v>
+        <v>1555</v>
       </c>
       <c r="B349" s="1" t="s">
-        <v>1555</v>
+        <v>1556</v>
       </c>
       <c r="C349" s="1" t="s">
-        <v>1551</v>
+        <v>1548</v>
       </c>
       <c r="D349" s="1" t="s">
-        <v>1556</v>
+        <v>1557</v>
       </c>
       <c r="E349" s="1" t="s">
-        <v>1557</v>
-[...1 lines deleted...]
-      <c r="F349" s="1"/>
+        <v>1558</v>
+      </c>
+      <c r="F349" s="1" t="s">
+        <v>1559</v>
+      </c>
     </row>
     <row r="350" spans="1:6">
       <c r="A350" s="1" t="s">
-        <v>1558</v>
-[...3 lines deleted...]
-      </c>
+        <v>1560</v>
+      </c>
+      <c r="B350" s="1"/>
       <c r="C350" s="1" t="s">
-        <v>1551</v>
+        <v>1561</v>
       </c>
       <c r="D350" s="1" t="s">
-        <v>1560</v>
+        <v>1562</v>
       </c>
       <c r="E350" s="1" t="s">
-        <v>1561</v>
-[...3 lines deleted...]
-      </c>
+        <v>1563</v>
+      </c>
+      <c r="F350" s="1"/>
     </row>
     <row r="351" spans="1:6">
       <c r="A351" s="1" t="s">
-        <v>1563</v>
+        <v>1564</v>
       </c>
       <c r="B351" s="1" t="s">
-        <v>1564</v>
+        <v>1565</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>1565</v>
+        <v>1561</v>
       </c>
       <c r="D351" s="1" t="s">
         <v>1566</v>
       </c>
       <c r="E351" s="1" t="s">
         <v>1567</v>
       </c>
       <c r="F351" s="1"/>
     </row>
     <row r="352" spans="1:6">
       <c r="A352" s="1" t="s">
         <v>1568</v>
       </c>
       <c r="B352" s="1" t="s">
         <v>1569</v>
       </c>
       <c r="C352" s="1" t="s">
+        <v>1561</v>
+      </c>
+      <c r="D352" s="1" t="s">
         <v>1570</v>
       </c>
-      <c r="D352" s="1" t="s">
+      <c r="E352" s="1" t="s">
         <v>1571</v>
       </c>
-      <c r="E352" s="1" t="s">
+      <c r="F352" s="1" t="s">
         <v>1572</v>
-      </c>
-[...1 lines deleted...]
-        <v>1573</v>
       </c>
     </row>
     <row r="353" spans="1:6">
       <c r="A353" s="1" t="s">
+        <v>1573</v>
+      </c>
+      <c r="B353" s="1" t="s">
         <v>1574</v>
       </c>
-      <c r="B353" s="1" t="s">
+      <c r="C353" s="1" t="s">
         <v>1575</v>
-      </c>
-[...1 lines deleted...]
-        <v>1570</v>
       </c>
       <c r="D353" s="1" t="s">
         <v>1576</v>
       </c>
       <c r="E353" s="1" t="s">
         <v>1577</v>
       </c>
-      <c r="F353" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F353" s="1"/>
     </row>
     <row r="354" spans="1:6">
       <c r="A354" s="1" t="s">
+        <v>1578</v>
+      </c>
+      <c r="B354" s="1" t="s">
         <v>1579</v>
       </c>
-      <c r="B354" s="1" t="s">
+      <c r="C354" s="1" t="s">
         <v>1580</v>
       </c>
-      <c r="C354" s="1" t="s">
+      <c r="D354" s="1" t="s">
         <v>1581</v>
       </c>
-      <c r="D354" s="1" t="s">
+      <c r="E354" s="1" t="s">
         <v>1582</v>
       </c>
-      <c r="E354" s="1" t="s">
+      <c r="F354" s="1" t="s">
         <v>1583</v>
-      </c>
-[...1 lines deleted...]
-        <v>1584</v>
       </c>
     </row>
     <row r="355" spans="1:6">
       <c r="A355" s="1" t="s">
+        <v>1584</v>
+      </c>
+      <c r="B355" s="1" t="s">
         <v>1585</v>
       </c>
-      <c r="B355" s="1"/>
       <c r="C355" s="1" t="s">
-        <v>1581</v>
+        <v>1580</v>
       </c>
       <c r="D355" s="1" t="s">
         <v>1586</v>
       </c>
       <c r="E355" s="1" t="s">
         <v>1587</v>
       </c>
-      <c r="F355" s="1"/>
+      <c r="F355" s="1" t="s">
+        <v>1588</v>
+      </c>
     </row>
     <row r="356" spans="1:6">
       <c r="A356" s="1" t="s">
-        <v>1588</v>
+        <v>1589</v>
       </c>
       <c r="B356" s="1" t="s">
-        <v>1589</v>
+        <v>1590</v>
       </c>
       <c r="C356" s="1" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="D356" s="1" t="s">
-        <v>1591</v>
+        <v>1592</v>
       </c>
       <c r="E356" s="1" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="F356" s="1" t="s">
-        <v>1593</v>
+        <v>1594</v>
       </c>
     </row>
     <row r="357" spans="1:6">
       <c r="A357" s="1" t="s">
-        <v>1594</v>
-[...1 lines deleted...]
-      <c r="B357" s="1" t="s">
         <v>1595</v>
       </c>
+      <c r="B357" s="1"/>
       <c r="C357" s="1" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="D357" s="1" t="s">
         <v>1596</v>
       </c>
       <c r="E357" s="1" t="s">
         <v>1597</v>
       </c>
-      <c r="F357" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F357" s="1"/>
     </row>
     <row r="358" spans="1:6">
       <c r="A358" s="1" t="s">
+        <v>1598</v>
+      </c>
+      <c r="B358" s="1" t="s">
         <v>1599</v>
       </c>
-      <c r="B358" s="1" t="s">
+      <c r="C358" s="1" t="s">
         <v>1600</v>
-      </c>
-[...1 lines deleted...]
-        <v>1590</v>
       </c>
       <c r="D358" s="1" t="s">
         <v>1601</v>
       </c>
       <c r="E358" s="1" t="s">
         <v>1602</v>
       </c>
       <c r="F358" s="1" t="s">
         <v>1603</v>
       </c>
     </row>
     <row r="359" spans="1:6">
       <c r="A359" s="1" t="s">
         <v>1604</v>
       </c>
-      <c r="B359" s="1"/>
+      <c r="B359" s="1" t="s">
+        <v>1605</v>
+      </c>
       <c r="C359" s="1" t="s">
-        <v>1590</v>
+        <v>1600</v>
       </c>
       <c r="D359" s="1" t="s">
-        <v>1605</v>
+        <v>1606</v>
       </c>
       <c r="E359" s="1" t="s">
-        <v>1606</v>
-[...1 lines deleted...]
-      <c r="F359" s="1"/>
+        <v>1607</v>
+      </c>
+      <c r="F359" s="1" t="s">
+        <v>1608</v>
+      </c>
     </row>
     <row r="360" spans="1:6">
       <c r="A360" s="1" t="s">
-        <v>1607</v>
+        <v>1609</v>
       </c>
       <c r="B360" s="1" t="s">
-        <v>1608</v>
+        <v>1610</v>
       </c>
       <c r="C360" s="1" t="s">
-        <v>1590</v>
+        <v>1600</v>
       </c>
       <c r="D360" s="1" t="s">
-        <v>1609</v>
+        <v>1611</v>
       </c>
       <c r="E360" s="1" t="s">
-        <v>1610</v>
+        <v>1612</v>
       </c>
       <c r="F360" s="1" t="s">
-        <v>1611</v>
+        <v>1613</v>
       </c>
     </row>
     <row r="361" spans="1:6">
       <c r="A361" s="1" t="s">
-        <v>1612</v>
-[...3 lines deleted...]
-      </c>
+        <v>1614</v>
+      </c>
+      <c r="B361" s="1"/>
       <c r="C361" s="1" t="s">
-        <v>1590</v>
+        <v>1600</v>
       </c>
       <c r="D361" s="1" t="s">
-        <v>1614</v>
+        <v>1615</v>
       </c>
       <c r="E361" s="1" t="s">
-        <v>1615</v>
-[...1 lines deleted...]
-      <c r="F361" s="1" t="s">
         <v>1616</v>
       </c>
+      <c r="F361" s="1"/>
     </row>
     <row r="362" spans="1:6">
       <c r="A362" s="1" t="s">
         <v>1617</v>
       </c>
       <c r="B362" s="1" t="s">
         <v>1618</v>
       </c>
       <c r="C362" s="1" t="s">
-        <v>1590</v>
+        <v>1600</v>
       </c>
       <c r="D362" s="1" t="s">
         <v>1619</v>
       </c>
       <c r="E362" s="1" t="s">
         <v>1620</v>
       </c>
       <c r="F362" s="1" t="s">
         <v>1621</v>
       </c>
     </row>
     <row r="363" spans="1:6">
       <c r="A363" s="1" t="s">
         <v>1622</v>
       </c>
       <c r="B363" s="1" t="s">
         <v>1623</v>
       </c>
       <c r="C363" s="1" t="s">
-        <v>1590</v>
+        <v>1600</v>
       </c>
       <c r="D363" s="1" t="s">
         <v>1624</v>
       </c>
       <c r="E363" s="1" t="s">
         <v>1625</v>
       </c>
       <c r="F363" s="1" t="s">
         <v>1626</v>
       </c>
     </row>
     <row r="364" spans="1:6">
       <c r="A364" s="1" t="s">
         <v>1627</v>
       </c>
       <c r="B364" s="1" t="s">
         <v>1628</v>
       </c>
       <c r="C364" s="1" t="s">
-        <v>1590</v>
+        <v>1600</v>
       </c>
       <c r="D364" s="1" t="s">
         <v>1629</v>
       </c>
       <c r="E364" s="1" t="s">
         <v>1630</v>
       </c>
       <c r="F364" s="1" t="s">
         <v>1631</v>
       </c>
     </row>
     <row r="365" spans="1:6">
       <c r="A365" s="1" t="s">
         <v>1632</v>
       </c>
       <c r="B365" s="1" t="s">
         <v>1633</v>
       </c>
       <c r="C365" s="1" t="s">
+        <v>1600</v>
+      </c>
+      <c r="D365" s="1" t="s">
         <v>1634</v>
       </c>
-      <c r="D365" s="1" t="s">
+      <c r="E365" s="1" t="s">
         <v>1635</v>
       </c>
-      <c r="E365" s="1" t="s">
+      <c r="F365" s="1" t="s">
         <v>1636</v>
       </c>
-      <c r="F365" s="1"/>
     </row>
     <row r="366" spans="1:6">
       <c r="A366" s="1" t="s">
         <v>1637</v>
       </c>
       <c r="B366" s="1" t="s">
         <v>1638</v>
       </c>
       <c r="C366" s="1" t="s">
-        <v>1634</v>
+        <v>1600</v>
       </c>
       <c r="D366" s="1" t="s">
         <v>1639</v>
       </c>
       <c r="E366" s="1" t="s">
         <v>1640</v>
       </c>
       <c r="F366" s="1" t="s">
         <v>1641</v>
       </c>
     </row>
     <row r="367" spans="1:6">
       <c r="A367" s="1" t="s">
         <v>1642</v>
       </c>
       <c r="B367" s="1" t="s">
         <v>1643</v>
       </c>
       <c r="C367" s="1" t="s">
         <v>1644</v>
       </c>
       <c r="D367" s="1" t="s">
         <v>1645</v>
       </c>
       <c r="E367" s="1" t="s">
@@ -21327,12941 +21411,13059 @@
       </c>
       <c r="B368" s="1" t="s">
         <v>1648</v>
       </c>
       <c r="C368" s="1" t="s">
         <v>1644</v>
       </c>
       <c r="D368" s="1" t="s">
         <v>1649</v>
       </c>
       <c r="E368" s="1" t="s">
         <v>1650</v>
       </c>
       <c r="F368" s="1" t="s">
         <v>1651</v>
       </c>
     </row>
     <row r="369" spans="1:6">
       <c r="A369" s="1" t="s">
         <v>1652</v>
       </c>
       <c r="B369" s="1" t="s">
         <v>1653</v>
       </c>
       <c r="C369" s="1" t="s">
-        <v>1644</v>
+        <v>1654</v>
       </c>
       <c r="D369" s="1" t="s">
-        <v>1654</v>
+        <v>1655</v>
       </c>
       <c r="E369" s="1" t="s">
-        <v>1655</v>
+        <v>1656</v>
       </c>
       <c r="F369" s="1"/>
     </row>
     <row r="370" spans="1:6">
       <c r="A370" s="1" t="s">
-        <v>1656</v>
+        <v>1657</v>
       </c>
       <c r="B370" s="1" t="s">
-        <v>1657</v>
+        <v>1658</v>
       </c>
       <c r="C370" s="1" t="s">
-        <v>1658</v>
+        <v>1654</v>
       </c>
       <c r="D370" s="1" t="s">
         <v>1659</v>
       </c>
       <c r="E370" s="1" t="s">
         <v>1660</v>
       </c>
       <c r="F370" s="1" t="s">
         <v>1661</v>
       </c>
     </row>
     <row r="371" spans="1:6">
       <c r="A371" s="1" t="s">
         <v>1662</v>
       </c>
       <c r="B371" s="1" t="s">
         <v>1663</v>
       </c>
       <c r="C371" s="1" t="s">
+        <v>1654</v>
+      </c>
+      <c r="D371" s="1" t="s">
         <v>1664</v>
       </c>
-      <c r="D371" s="1" t="s">
+      <c r="E371" s="1" t="s">
         <v>1665</v>
-      </c>
-[...1 lines deleted...]
-        <v>1666</v>
       </c>
       <c r="F371" s="1"/>
     </row>
     <row r="372" spans="1:6">
       <c r="A372" s="1" t="s">
+        <v>1666</v>
+      </c>
+      <c r="B372" s="1" t="s">
         <v>1667</v>
       </c>
-      <c r="B372" s="1"/>
       <c r="C372" s="1" t="s">
         <v>1668</v>
       </c>
       <c r="D372" s="1" t="s">
-        <v>257</v>
+        <v>1669</v>
       </c>
       <c r="E372" s="1" t="s">
-        <v>1669</v>
+        <v>1670</v>
       </c>
       <c r="F372" s="1" t="s">
-        <v>259</v>
+        <v>1671</v>
       </c>
     </row>
     <row r="373" spans="1:6">
       <c r="A373" s="1" t="s">
-        <v>1670</v>
+        <v>1672</v>
       </c>
       <c r="B373" s="1" t="s">
-        <v>1671</v>
+        <v>1673</v>
       </c>
       <c r="C373" s="1" t="s">
-        <v>1672</v>
+        <v>1674</v>
       </c>
       <c r="D373" s="1" t="s">
-        <v>1673</v>
+        <v>1675</v>
       </c>
       <c r="E373" s="1" t="s">
-        <v>1674</v>
-[...3 lines deleted...]
-      </c>
+        <v>1676</v>
+      </c>
+      <c r="F373" s="1"/>
     </row>
     <row r="374" spans="1:6">
       <c r="A374" s="1" t="s">
-        <v>1676</v>
-[...1 lines deleted...]
-      <c r="B374" s="1" t="s">
         <v>1677</v>
       </c>
+      <c r="B374" s="1"/>
       <c r="C374" s="1" t="s">
         <v>1678</v>
       </c>
       <c r="D374" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="E374" s="1" t="s">
         <v>1679</v>
       </c>
-      <c r="E374" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F374" s="1" t="s">
-        <v>1681</v>
+        <v>265</v>
       </c>
     </row>
     <row r="375" spans="1:6">
       <c r="A375" s="1" t="s">
+        <v>1680</v>
+      </c>
+      <c r="B375" s="1" t="s">
+        <v>1681</v>
+      </c>
+      <c r="C375" s="1" t="s">
         <v>1682</v>
       </c>
-      <c r="B375" s="1" t="s">
+      <c r="D375" s="1" t="s">
         <v>1683</v>
       </c>
-      <c r="C375" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D375" s="1" t="s">
+      <c r="E375" s="1" t="s">
         <v>1684</v>
       </c>
-      <c r="E375" s="1" t="s">
+      <c r="F375" s="1" t="s">
         <v>1685</v>
-      </c>
-[...1 lines deleted...]
-        <v>1686</v>
       </c>
     </row>
     <row r="376" spans="1:6">
       <c r="A376" s="1" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B376" s="1" t="s">
         <v>1687</v>
       </c>
-      <c r="B376" s="1"/>
       <c r="C376" s="1" t="s">
-        <v>1678</v>
+        <v>1688</v>
       </c>
       <c r="D376" s="1" t="s">
-        <v>1688</v>
+        <v>1689</v>
       </c>
       <c r="E376" s="1" t="s">
-        <v>1689</v>
-[...1 lines deleted...]
-      <c r="F376" s="1"/>
+        <v>1690</v>
+      </c>
+      <c r="F376" s="1" t="s">
+        <v>1691</v>
+      </c>
     </row>
     <row r="377" spans="1:6">
       <c r="A377" s="1" t="s">
-        <v>1690</v>
+        <v>1692</v>
       </c>
       <c r="B377" s="1" t="s">
-        <v>1691</v>
+        <v>1693</v>
       </c>
       <c r="C377" s="1" t="s">
-        <v>1692</v>
+        <v>1688</v>
       </c>
       <c r="D377" s="1" t="s">
-        <v>1693</v>
+        <v>1694</v>
       </c>
       <c r="E377" s="1" t="s">
-        <v>1694</v>
-[...1 lines deleted...]
-      <c r="F377" s="1"/>
+        <v>1695</v>
+      </c>
+      <c r="F377" s="1" t="s">
+        <v>1696</v>
+      </c>
     </row>
     <row r="378" spans="1:6">
       <c r="A378" s="1" t="s">
-        <v>1695</v>
-[...3 lines deleted...]
-      </c>
+        <v>1697</v>
+      </c>
+      <c r="B378" s="1"/>
       <c r="C378" s="1" t="s">
-        <v>1692</v>
+        <v>1688</v>
       </c>
       <c r="D378" s="1" t="s">
-        <v>1697</v>
+        <v>1698</v>
       </c>
       <c r="E378" s="1" t="s">
-        <v>1698</v>
-[...1 lines deleted...]
-      <c r="F378" s="1" t="s">
         <v>1699</v>
       </c>
+      <c r="F378" s="1"/>
     </row>
     <row r="379" spans="1:6">
       <c r="A379" s="1" t="s">
         <v>1700</v>
       </c>
       <c r="B379" s="1" t="s">
         <v>1701</v>
       </c>
       <c r="C379" s="1" t="s">
-        <v>1692</v>
+        <v>1702</v>
       </c>
       <c r="D379" s="1" t="s">
-        <v>1702</v>
+        <v>1703</v>
       </c>
       <c r="E379" s="1" t="s">
-        <v>1703</v>
-[...1 lines deleted...]
-      <c r="F379" s="1" t="s">
         <v>1704</v>
       </c>
+      <c r="F379" s="1"/>
     </row>
     <row r="380" spans="1:6">
       <c r="A380" s="1" t="s">
         <v>1705</v>
       </c>
       <c r="B380" s="1" t="s">
         <v>1706</v>
       </c>
       <c r="C380" s="1" t="s">
-        <v>1692</v>
+        <v>1702</v>
       </c>
       <c r="D380" s="1" t="s">
         <v>1707</v>
       </c>
       <c r="E380" s="1" t="s">
         <v>1708</v>
       </c>
       <c r="F380" s="1" t="s">
         <v>1709</v>
       </c>
     </row>
     <row r="381" spans="1:6">
       <c r="A381" s="1" t="s">
         <v>1710</v>
       </c>
       <c r="B381" s="1" t="s">
         <v>1711</v>
       </c>
       <c r="C381" s="1" t="s">
-        <v>1692</v>
+        <v>1702</v>
       </c>
       <c r="D381" s="1" t="s">
         <v>1712</v>
       </c>
       <c r="E381" s="1" t="s">
         <v>1713</v>
       </c>
       <c r="F381" s="1" t="s">
         <v>1714</v>
       </c>
     </row>
     <row r="382" spans="1:6">
       <c r="A382" s="1" t="s">
         <v>1715</v>
       </c>
       <c r="B382" s="1" t="s">
         <v>1716</v>
       </c>
       <c r="C382" s="1" t="s">
-        <v>1692</v>
+        <v>1702</v>
       </c>
       <c r="D382" s="1" t="s">
         <v>1717</v>
       </c>
       <c r="E382" s="1" t="s">
         <v>1718</v>
       </c>
       <c r="F382" s="1" t="s">
         <v>1719</v>
       </c>
     </row>
     <row r="383" spans="1:6">
       <c r="A383" s="1" t="s">
         <v>1720</v>
       </c>
       <c r="B383" s="1" t="s">
         <v>1721</v>
       </c>
       <c r="C383" s="1" t="s">
-        <v>1692</v>
+        <v>1702</v>
       </c>
       <c r="D383" s="1" t="s">
         <v>1722</v>
       </c>
       <c r="E383" s="1" t="s">
         <v>1723</v>
       </c>
       <c r="F383" s="1" t="s">
         <v>1724</v>
       </c>
     </row>
     <row r="384" spans="1:6">
       <c r="A384" s="1" t="s">
         <v>1725</v>
       </c>
       <c r="B384" s="1" t="s">
         <v>1726</v>
       </c>
       <c r="C384" s="1" t="s">
-        <v>1692</v>
+        <v>1702</v>
       </c>
       <c r="D384" s="1" t="s">
         <v>1727</v>
       </c>
       <c r="E384" s="1" t="s">
         <v>1728</v>
       </c>
       <c r="F384" s="1" t="s">
         <v>1729</v>
       </c>
     </row>
     <row r="385" spans="1:6">
       <c r="A385" s="1" t="s">
         <v>1730</v>
       </c>
       <c r="B385" s="1" t="s">
         <v>1731</v>
       </c>
       <c r="C385" s="1" t="s">
-        <v>1692</v>
+        <v>1702</v>
       </c>
       <c r="D385" s="1" t="s">
         <v>1732</v>
       </c>
       <c r="E385" s="1" t="s">
         <v>1733</v>
       </c>
       <c r="F385" s="1" t="s">
         <v>1734</v>
       </c>
     </row>
     <row r="386" spans="1:6">
       <c r="A386" s="1" t="s">
         <v>1735</v>
       </c>
       <c r="B386" s="1" t="s">
         <v>1736</v>
       </c>
       <c r="C386" s="1" t="s">
-        <v>1692</v>
+        <v>1702</v>
       </c>
       <c r="D386" s="1" t="s">
         <v>1737</v>
       </c>
       <c r="E386" s="1" t="s">
         <v>1738</v>
       </c>
-      <c r="F386" s="1"/>
+      <c r="F386" s="1" t="s">
+        <v>1739</v>
+      </c>
     </row>
     <row r="387" spans="1:6">
       <c r="A387" s="1" t="s">
-        <v>1739</v>
+        <v>1740</v>
       </c>
       <c r="B387" s="1" t="s">
-        <v>1736</v>
+        <v>1741</v>
       </c>
       <c r="C387" s="1" t="s">
-        <v>1692</v>
+        <v>1702</v>
       </c>
       <c r="D387" s="1" t="s">
-        <v>1737</v>
+        <v>1742</v>
       </c>
       <c r="E387" s="1" t="s">
-        <v>1740</v>
-[...1 lines deleted...]
-      <c r="F387" s="1"/>
+        <v>1743</v>
+      </c>
+      <c r="F387" s="1" t="s">
+        <v>1744</v>
+      </c>
     </row>
     <row r="388" spans="1:6">
       <c r="A388" s="1" t="s">
-        <v>1741</v>
+        <v>1745</v>
       </c>
       <c r="B388" s="1" t="s">
-        <v>1736</v>
+        <v>1746</v>
       </c>
       <c r="C388" s="1" t="s">
-        <v>1692</v>
+        <v>1702</v>
       </c>
       <c r="D388" s="1" t="s">
-        <v>1737</v>
+        <v>1747</v>
       </c>
       <c r="E388" s="1" t="s">
-        <v>1742</v>
+        <v>1748</v>
       </c>
       <c r="F388" s="1"/>
     </row>
     <row r="389" spans="1:6">
       <c r="A389" s="1" t="s">
-        <v>1743</v>
+        <v>1749</v>
       </c>
       <c r="B389" s="1" t="s">
-        <v>1736</v>
+        <v>1746</v>
       </c>
       <c r="C389" s="1" t="s">
-        <v>1692</v>
+        <v>1702</v>
       </c>
       <c r="D389" s="1" t="s">
-        <v>1737</v>
+        <v>1747</v>
       </c>
       <c r="E389" s="1" t="s">
-        <v>1744</v>
+        <v>1750</v>
       </c>
       <c r="F389" s="1"/>
     </row>
     <row r="390" spans="1:6">
       <c r="A390" s="1" t="s">
-        <v>1745</v>
+        <v>1751</v>
       </c>
       <c r="B390" s="1" t="s">
-        <v>1736</v>
+        <v>1746</v>
       </c>
       <c r="C390" s="1" t="s">
-        <v>1692</v>
+        <v>1702</v>
       </c>
       <c r="D390" s="1" t="s">
-        <v>1737</v>
+        <v>1747</v>
       </c>
       <c r="E390" s="1" t="s">
-        <v>1746</v>
+        <v>1752</v>
       </c>
       <c r="F390" s="1"/>
     </row>
     <row r="391" spans="1:6">
       <c r="A391" s="1" t="s">
+        <v>1753</v>
+      </c>
+      <c r="B391" s="1" t="s">
+        <v>1746</v>
+      </c>
+      <c r="C391" s="1" t="s">
+        <v>1702</v>
+      </c>
+      <c r="D391" s="1" t="s">
         <v>1747</v>
       </c>
-      <c r="B391" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E391" s="1" t="s">
-        <v>1751</v>
-[...3 lines deleted...]
-      </c>
+        <v>1754</v>
+      </c>
+      <c r="F391" s="1"/>
     </row>
     <row r="392" spans="1:6">
       <c r="A392" s="1" t="s">
-        <v>1753</v>
+        <v>1755</v>
       </c>
       <c r="B392" s="1" t="s">
-        <v>1754</v>
+        <v>1746</v>
       </c>
       <c r="C392" s="1" t="s">
-        <v>1749</v>
+        <v>1702</v>
       </c>
       <c r="D392" s="1" t="s">
-        <v>1755</v>
+        <v>1747</v>
       </c>
       <c r="E392" s="1" t="s">
         <v>1756</v>
       </c>
-      <c r="F392" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F392" s="1"/>
     </row>
     <row r="393" spans="1:6">
       <c r="A393" s="1" t="s">
+        <v>1757</v>
+      </c>
+      <c r="B393" s="1" t="s">
         <v>1758</v>
       </c>
-      <c r="B393" s="1"/>
       <c r="C393" s="1" t="s">
-        <v>1749</v>
+        <v>1759</v>
       </c>
       <c r="D393" s="1" t="s">
-        <v>1759</v>
+        <v>1760</v>
       </c>
       <c r="E393" s="1" t="s">
-        <v>1760</v>
-[...1 lines deleted...]
-      <c r="F393" s="1"/>
+        <v>1761</v>
+      </c>
+      <c r="F393" s="1" t="s">
+        <v>1762</v>
+      </c>
     </row>
     <row r="394" spans="1:6">
       <c r="A394" s="1" t="s">
-        <v>1761</v>
-[...1 lines deleted...]
-      <c r="B394" s="1"/>
+        <v>1763</v>
+      </c>
+      <c r="B394" s="1" t="s">
+        <v>1764</v>
+      </c>
       <c r="C394" s="1" t="s">
-        <v>1749</v>
-[...1 lines deleted...]
-      <c r="D394" s="1"/>
+        <v>1759</v>
+      </c>
+      <c r="D394" s="1" t="s">
+        <v>1765</v>
+      </c>
       <c r="E394" s="1" t="s">
-        <v>1762</v>
-[...1 lines deleted...]
-      <c r="F394" s="1"/>
+        <v>1766</v>
+      </c>
+      <c r="F394" s="1" t="s">
+        <v>1767</v>
+      </c>
     </row>
     <row r="395" spans="1:6">
       <c r="A395" s="1" t="s">
-        <v>1763</v>
-[...3 lines deleted...]
-      </c>
+        <v>1768</v>
+      </c>
+      <c r="B395" s="1"/>
       <c r="C395" s="1" t="s">
-        <v>1749</v>
+        <v>1759</v>
       </c>
       <c r="D395" s="1" t="s">
-        <v>1765</v>
+        <v>1769</v>
       </c>
       <c r="E395" s="1" t="s">
-        <v>1766</v>
-[...3 lines deleted...]
-      </c>
+        <v>1770</v>
+      </c>
+      <c r="F395" s="1"/>
     </row>
     <row r="396" spans="1:6">
       <c r="A396" s="1" t="s">
-        <v>1768</v>
-[...3 lines deleted...]
-      </c>
+        <v>1771</v>
+      </c>
+      <c r="B396" s="1"/>
       <c r="C396" s="1" t="s">
-        <v>1749</v>
-[...3 lines deleted...]
-      </c>
+        <v>1759</v>
+      </c>
+      <c r="D396" s="1"/>
       <c r="E396" s="1" t="s">
-        <v>1771</v>
-[...1 lines deleted...]
-      <c r="F396" s="1" t="s">
         <v>1772</v>
       </c>
+      <c r="F396" s="1"/>
     </row>
     <row r="397" spans="1:6">
       <c r="A397" s="1" t="s">
         <v>1773</v>
       </c>
       <c r="B397" s="1" t="s">
         <v>1774</v>
       </c>
       <c r="C397" s="1" t="s">
+        <v>1759</v>
+      </c>
+      <c r="D397" s="1" t="s">
         <v>1775</v>
       </c>
-      <c r="D397" s="1" t="s">
+      <c r="E397" s="1" t="s">
         <v>1776</v>
       </c>
-      <c r="E397" s="1" t="s">
+      <c r="F397" s="1" t="s">
         <v>1777</v>
-      </c>
-[...1 lines deleted...]
-        <v>1778</v>
       </c>
     </row>
     <row r="398" spans="1:6">
       <c r="A398" s="1" t="s">
+        <v>1778</v>
+      </c>
+      <c r="B398" s="1" t="s">
         <v>1779</v>
       </c>
-      <c r="B398" s="1" t="s">
+      <c r="C398" s="1" t="s">
+        <v>1759</v>
+      </c>
+      <c r="D398" s="1" t="s">
         <v>1780</v>
       </c>
-      <c r="C398" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D398" s="1" t="s">
+      <c r="E398" s="1" t="s">
         <v>1781</v>
       </c>
-      <c r="E398" s="1" t="s">
+      <c r="F398" s="1" t="s">
         <v>1782</v>
       </c>
-      <c r="F398" s="1"/>
     </row>
     <row r="399" spans="1:6">
       <c r="A399" s="1" t="s">
         <v>1783</v>
       </c>
       <c r="B399" s="1" t="s">
         <v>1784</v>
       </c>
       <c r="C399" s="1" t="s">
-        <v>1775</v>
+        <v>1785</v>
       </c>
       <c r="D399" s="1" t="s">
-        <v>1785</v>
+        <v>1786</v>
       </c>
       <c r="E399" s="1" t="s">
-        <v>1786</v>
+        <v>1787</v>
       </c>
       <c r="F399" s="1" t="s">
-        <v>1787</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="400" spans="1:6">
       <c r="A400" s="1" t="s">
-        <v>1788</v>
-[...1 lines deleted...]
-      <c r="B400" s="1"/>
+        <v>1789</v>
+      </c>
+      <c r="B400" s="1" t="s">
+        <v>1790</v>
+      </c>
       <c r="C400" s="1" t="s">
-        <v>1775</v>
-[...1 lines deleted...]
-      <c r="D400" s="1"/>
+        <v>1785</v>
+      </c>
+      <c r="D400" s="1" t="s">
+        <v>1791</v>
+      </c>
       <c r="E400" s="1" t="s">
-        <v>1789</v>
-[...3 lines deleted...]
-      </c>
+        <v>1792</v>
+      </c>
+      <c r="F400" s="1"/>
     </row>
     <row r="401" spans="1:6">
       <c r="A401" s="1" t="s">
-        <v>1791</v>
-[...1 lines deleted...]
-      <c r="B401" s="1"/>
+        <v>1793</v>
+      </c>
+      <c r="B401" s="1" t="s">
+        <v>1794</v>
+      </c>
       <c r="C401" s="1" t="s">
-        <v>1775</v>
+        <v>1785</v>
       </c>
       <c r="D401" s="1" t="s">
-        <v>1792</v>
+        <v>1795</v>
       </c>
       <c r="E401" s="1" t="s">
-        <v>1793</v>
-[...1 lines deleted...]
-      <c r="F401" s="1"/>
+        <v>1796</v>
+      </c>
+      <c r="F401" s="1" t="s">
+        <v>1797</v>
+      </c>
     </row>
     <row r="402" spans="1:6">
       <c r="A402" s="1" t="s">
-        <v>1794</v>
+        <v>1798</v>
       </c>
       <c r="B402" s="1"/>
       <c r="C402" s="1" t="s">
-        <v>1775</v>
-[...3 lines deleted...]
-      </c>
+        <v>1785</v>
+      </c>
+      <c r="D402" s="1"/>
       <c r="E402" s="1" t="s">
-        <v>1796</v>
-[...1 lines deleted...]
-      <c r="F402" s="1"/>
+        <v>1799</v>
+      </c>
+      <c r="F402" s="1" t="s">
+        <v>1800</v>
+      </c>
     </row>
     <row r="403" spans="1:6">
       <c r="A403" s="1" t="s">
-        <v>1797</v>
-[...3 lines deleted...]
-      </c>
+        <v>1801</v>
+      </c>
+      <c r="B403" s="1"/>
       <c r="C403" s="1" t="s">
-        <v>1775</v>
+        <v>1785</v>
       </c>
       <c r="D403" s="1" t="s">
-        <v>1799</v>
+        <v>1802</v>
       </c>
       <c r="E403" s="1" t="s">
-        <v>1800</v>
-[...3 lines deleted...]
-      </c>
+        <v>1803</v>
+      </c>
+      <c r="F403" s="1"/>
     </row>
     <row r="404" spans="1:6">
       <c r="A404" s="1" t="s">
-        <v>1802</v>
-[...3 lines deleted...]
-      </c>
+        <v>1804</v>
+      </c>
+      <c r="B404" s="1"/>
       <c r="C404" s="1" t="s">
-        <v>1775</v>
+        <v>1785</v>
       </c>
       <c r="D404" s="1" t="s">
-        <v>1804</v>
+        <v>1805</v>
       </c>
       <c r="E404" s="1" t="s">
-        <v>1805</v>
-[...1 lines deleted...]
-      <c r="F404" s="1" t="s">
         <v>1806</v>
       </c>
+      <c r="F404" s="1"/>
     </row>
     <row r="405" spans="1:6">
       <c r="A405" s="1" t="s">
         <v>1807</v>
       </c>
       <c r="B405" s="1" t="s">
         <v>1808</v>
       </c>
       <c r="C405" s="1" t="s">
-        <v>1775</v>
+        <v>1785</v>
       </c>
       <c r="D405" s="1" t="s">
         <v>1809</v>
       </c>
       <c r="E405" s="1" t="s">
         <v>1810</v>
       </c>
       <c r="F405" s="1" t="s">
         <v>1811</v>
       </c>
     </row>
     <row r="406" spans="1:6">
       <c r="A406" s="1" t="s">
         <v>1812</v>
       </c>
       <c r="B406" s="1" t="s">
         <v>1813</v>
       </c>
       <c r="C406" s="1" t="s">
-        <v>1775</v>
+        <v>1785</v>
       </c>
       <c r="D406" s="1" t="s">
-        <v>1809</v>
+        <v>1814</v>
       </c>
       <c r="E406" s="1" t="s">
-        <v>1814</v>
+        <v>1815</v>
       </c>
       <c r="F406" s="1" t="s">
-        <v>1815</v>
+        <v>1816</v>
       </c>
     </row>
     <row r="407" spans="1:6">
       <c r="A407" s="1" t="s">
-        <v>1816</v>
+        <v>1817</v>
       </c>
       <c r="B407" s="1" t="s">
-        <v>1817</v>
+        <v>1818</v>
       </c>
       <c r="C407" s="1" t="s">
-        <v>1775</v>
+        <v>1785</v>
       </c>
       <c r="D407" s="1" t="s">
-        <v>1818</v>
+        <v>1819</v>
       </c>
       <c r="E407" s="1" t="s">
-        <v>1819</v>
+        <v>1820</v>
       </c>
       <c r="F407" s="1" t="s">
-        <v>1820</v>
+        <v>1821</v>
       </c>
     </row>
     <row r="408" spans="1:6">
       <c r="A408" s="1" t="s">
-        <v>1821</v>
+        <v>1822</v>
       </c>
       <c r="B408" s="1" t="s">
-        <v>1822</v>
+        <v>1823</v>
       </c>
       <c r="C408" s="1" t="s">
-        <v>1775</v>
+        <v>1785</v>
       </c>
       <c r="D408" s="1" t="s">
-        <v>1809</v>
+        <v>1819</v>
       </c>
       <c r="E408" s="1" t="s">
-        <v>1823</v>
+        <v>1824</v>
       </c>
       <c r="F408" s="1" t="s">
-        <v>1824</v>
+        <v>1825</v>
       </c>
     </row>
     <row r="409" spans="1:6">
       <c r="A409" s="1" t="s">
-        <v>1825</v>
-[...1 lines deleted...]
-      <c r="B409" s="1"/>
+        <v>1826</v>
+      </c>
+      <c r="B409" s="1" t="s">
+        <v>1827</v>
+      </c>
       <c r="C409" s="1" t="s">
-        <v>1775</v>
+        <v>1785</v>
       </c>
       <c r="D409" s="1" t="s">
-        <v>1826</v>
+        <v>1828</v>
       </c>
       <c r="E409" s="1" t="s">
-        <v>1827</v>
+        <v>1829</v>
       </c>
       <c r="F409" s="1" t="s">
-        <v>1828</v>
+        <v>1830</v>
       </c>
     </row>
     <row r="410" spans="1:6">
       <c r="A410" s="1" t="s">
-        <v>1829</v>
+        <v>1831</v>
       </c>
       <c r="B410" s="1" t="s">
-        <v>1830</v>
+        <v>1832</v>
       </c>
       <c r="C410" s="1" t="s">
-        <v>1775</v>
+        <v>1785</v>
       </c>
       <c r="D410" s="1" t="s">
-        <v>1831</v>
+        <v>1819</v>
       </c>
       <c r="E410" s="1" t="s">
-        <v>1832</v>
+        <v>1833</v>
       </c>
       <c r="F410" s="1" t="s">
-        <v>1833</v>
+        <v>1834</v>
       </c>
     </row>
     <row r="411" spans="1:6">
       <c r="A411" s="1" t="s">
-        <v>1834</v>
-[...1 lines deleted...]
-      <c r="B411" s="1" t="s">
         <v>1835</v>
       </c>
+      <c r="B411" s="1"/>
       <c r="C411" s="1" t="s">
+        <v>1785</v>
+      </c>
+      <c r="D411" s="1" t="s">
         <v>1836</v>
       </c>
-      <c r="D411" s="1" t="s">
+      <c r="E411" s="1" t="s">
         <v>1837</v>
       </c>
-      <c r="E411" s="1" t="s">
+      <c r="F411" s="1" t="s">
         <v>1838</v>
       </c>
-      <c r="F411" s="1"/>
     </row>
     <row r="412" spans="1:6">
       <c r="A412" s="1" t="s">
         <v>1839</v>
       </c>
       <c r="B412" s="1" t="s">
         <v>1840</v>
       </c>
       <c r="C412" s="1" t="s">
+        <v>1785</v>
+      </c>
+      <c r="D412" s="1" t="s">
         <v>1841</v>
       </c>
-      <c r="D412" s="1" t="s">
+      <c r="E412" s="1" t="s">
         <v>1842</v>
       </c>
-      <c r="E412" s="1" t="s">
+      <c r="F412" s="1" t="s">
         <v>1843</v>
       </c>
-      <c r="F412" s="1"/>
     </row>
     <row r="413" spans="1:6">
       <c r="A413" s="1" t="s">
         <v>1844</v>
       </c>
-      <c r="B413" s="1"/>
+      <c r="B413" s="1" t="s">
+        <v>1845</v>
+      </c>
       <c r="C413" s="1" t="s">
-        <v>1841</v>
+        <v>1846</v>
       </c>
       <c r="D413" s="1" t="s">
-        <v>1845</v>
+        <v>1847</v>
       </c>
       <c r="E413" s="1" t="s">
-        <v>1846</v>
+        <v>1848</v>
       </c>
       <c r="F413" s="1"/>
     </row>
     <row r="414" spans="1:6">
       <c r="A414" s="1" t="s">
-        <v>1847</v>
+        <v>1849</v>
       </c>
       <c r="B414" s="1" t="s">
-        <v>1848</v>
+        <v>1850</v>
       </c>
       <c r="C414" s="1" t="s">
-        <v>1841</v>
+        <v>1851</v>
       </c>
       <c r="D414" s="1" t="s">
-        <v>1849</v>
+        <v>1852</v>
       </c>
       <c r="E414" s="1" t="s">
-        <v>1850</v>
-[...3 lines deleted...]
-      </c>
+        <v>1853</v>
+      </c>
+      <c r="F414" s="1"/>
     </row>
     <row r="415" spans="1:6">
       <c r="A415" s="1" t="s">
-        <v>1852</v>
-[...3 lines deleted...]
-      </c>
+        <v>1854</v>
+      </c>
+      <c r="B415" s="1"/>
       <c r="C415" s="1" t="s">
-        <v>1854</v>
+        <v>1851</v>
       </c>
       <c r="D415" s="1" t="s">
         <v>1855</v>
       </c>
       <c r="E415" s="1" t="s">
         <v>1856</v>
       </c>
-      <c r="F415" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F415" s="1"/>
     </row>
     <row r="416" spans="1:6">
       <c r="A416" s="1" t="s">
+        <v>1857</v>
+      </c>
+      <c r="B416" s="1" t="s">
         <v>1858</v>
       </c>
-      <c r="B416" s="1" t="s">
+      <c r="C416" s="1" t="s">
+        <v>1851</v>
+      </c>
+      <c r="D416" s="1" t="s">
         <v>1859</v>
       </c>
-      <c r="C416" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D416" s="1" t="s">
+      <c r="E416" s="1" t="s">
         <v>1860</v>
       </c>
-      <c r="E416" s="1" t="s">
+      <c r="F416" s="1" t="s">
         <v>1861</v>
-      </c>
-[...1 lines deleted...]
-        <v>1862</v>
       </c>
     </row>
     <row r="417" spans="1:6">
       <c r="A417" s="1" t="s">
+        <v>1862</v>
+      </c>
+      <c r="B417" s="1" t="s">
         <v>1863</v>
       </c>
-      <c r="B417" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C417" s="1" t="s">
-        <v>1854</v>
+        <v>1864</v>
       </c>
       <c r="D417" s="1" t="s">
-        <v>1864</v>
+        <v>1865</v>
       </c>
       <c r="E417" s="1" t="s">
-        <v>1865</v>
-[...1 lines deleted...]
-      <c r="F417" s="1"/>
+        <v>1866</v>
+      </c>
+      <c r="F417" s="1" t="s">
+        <v>1867</v>
+      </c>
     </row>
     <row r="418" spans="1:6">
       <c r="A418" s="1" t="s">
-        <v>1866</v>
+        <v>1868</v>
       </c>
       <c r="B418" s="1" t="s">
-        <v>604</v>
+        <v>1869</v>
       </c>
       <c r="C418" s="1" t="s">
-        <v>1867</v>
-[...2 lines deleted...]
-      <c r="E418" s="1"/>
+        <v>1864</v>
+      </c>
+      <c r="D418" s="1" t="s">
+        <v>1870</v>
+      </c>
+      <c r="E418" s="1" t="s">
+        <v>1871</v>
+      </c>
       <c r="F418" s="1" t="s">
-        <v>1868</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="419" spans="1:6">
       <c r="A419" s="1" t="s">
-        <v>1869</v>
+        <v>1873</v>
       </c>
       <c r="B419" s="1" t="s">
-        <v>1870</v>
+        <v>1874</v>
       </c>
       <c r="C419" s="1" t="s">
-        <v>1871</v>
+        <v>1864</v>
       </c>
       <c r="D419" s="1" t="s">
-        <v>1872</v>
+        <v>1875</v>
       </c>
       <c r="E419" s="1" t="s">
-        <v>1873</v>
-[...3 lines deleted...]
-      </c>
+        <v>1876</v>
+      </c>
+      <c r="F419" s="1"/>
     </row>
     <row r="420" spans="1:6">
       <c r="A420" s="1" t="s">
-        <v>1875</v>
+        <v>1877</v>
       </c>
       <c r="B420" s="1" t="s">
-        <v>1876</v>
+        <v>614</v>
       </c>
       <c r="C420" s="1" t="s">
-        <v>1871</v>
-[...4 lines deleted...]
-      <c r="E420" s="1" t="s">
         <v>1878</v>
       </c>
+      <c r="D420" s="1"/>
+      <c r="E420" s="1"/>
       <c r="F420" s="1" t="s">
         <v>1879</v>
       </c>
     </row>
     <row r="421" spans="1:6">
       <c r="A421" s="1" t="s">
         <v>1880</v>
       </c>
-      <c r="B421" s="1"/>
+      <c r="B421" s="1" t="s">
+        <v>1881</v>
+      </c>
       <c r="C421" s="1" t="s">
-        <v>1871</v>
+        <v>1882</v>
       </c>
       <c r="D421" s="1" t="s">
-        <v>257</v>
+        <v>1883</v>
       </c>
       <c r="E421" s="1" t="s">
-        <v>1881</v>
+        <v>1884</v>
       </c>
       <c r="F421" s="1" t="s">
-        <v>387</v>
+        <v>1885</v>
       </c>
     </row>
     <row r="422" spans="1:6">
       <c r="A422" s="1" t="s">
+        <v>1886</v>
+      </c>
+      <c r="B422" s="1" t="s">
+        <v>1887</v>
+      </c>
+      <c r="C422" s="1" t="s">
         <v>1882</v>
       </c>
-      <c r="B422" s="1"/>
-[...2 lines deleted...]
-      </c>
       <c r="D422" s="1" t="s">
-        <v>1883</v>
+        <v>1888</v>
       </c>
       <c r="E422" s="1" t="s">
-        <v>1884</v>
-[...1 lines deleted...]
-      <c r="F422" s="1"/>
+        <v>1889</v>
+      </c>
+      <c r="F422" s="1" t="s">
+        <v>1890</v>
+      </c>
     </row>
     <row r="423" spans="1:6">
       <c r="A423" s="1" t="s">
-        <v>1885</v>
-[...3 lines deleted...]
-      </c>
+        <v>1891</v>
+      </c>
+      <c r="B423" s="1"/>
       <c r="C423" s="1" t="s">
-        <v>1871</v>
+        <v>1882</v>
       </c>
       <c r="D423" s="1" t="s">
-        <v>1887</v>
+        <v>263</v>
       </c>
       <c r="E423" s="1" t="s">
-        <v>1888</v>
+        <v>1892</v>
       </c>
       <c r="F423" s="1" t="s">
-        <v>1889</v>
+        <v>397</v>
       </c>
     </row>
     <row r="424" spans="1:6">
       <c r="A424" s="1" t="s">
-        <v>1890</v>
-[...3 lines deleted...]
-      </c>
+        <v>1893</v>
+      </c>
+      <c r="B424" s="1"/>
       <c r="C424" s="1" t="s">
-        <v>1892</v>
+        <v>1882</v>
       </c>
       <c r="D424" s="1" t="s">
-        <v>1893</v>
+        <v>1894</v>
       </c>
       <c r="E424" s="1" t="s">
-        <v>1894</v>
-[...1 lines deleted...]
-      <c r="F424" s="1" t="s">
         <v>1895</v>
       </c>
+      <c r="F424" s="1"/>
     </row>
     <row r="425" spans="1:6">
       <c r="A425" s="1" t="s">
         <v>1896</v>
       </c>
       <c r="B425" s="1" t="s">
         <v>1897</v>
       </c>
       <c r="C425" s="1" t="s">
-        <v>1892</v>
+        <v>1882</v>
       </c>
       <c r="D425" s="1" t="s">
         <v>1898</v>
       </c>
       <c r="E425" s="1" t="s">
         <v>1899</v>
       </c>
       <c r="F425" s="1" t="s">
         <v>1900</v>
       </c>
     </row>
     <row r="426" spans="1:6">
       <c r="A426" s="1" t="s">
         <v>1901</v>
       </c>
       <c r="B426" s="1" t="s">
         <v>1902</v>
       </c>
       <c r="C426" s="1" t="s">
-        <v>1892</v>
+        <v>1903</v>
       </c>
       <c r="D426" s="1" t="s">
-        <v>1903</v>
+        <v>1904</v>
       </c>
       <c r="E426" s="1" t="s">
-        <v>1904</v>
+        <v>1905</v>
       </c>
       <c r="F426" s="1" t="s">
-        <v>1895</v>
+        <v>1906</v>
       </c>
     </row>
     <row r="427" spans="1:6">
       <c r="A427" s="1" t="s">
-        <v>1905</v>
-[...1 lines deleted...]
-      <c r="B427" s="1"/>
+        <v>1907</v>
+      </c>
+      <c r="B427" s="1" t="s">
+        <v>1908</v>
+      </c>
       <c r="C427" s="1" t="s">
-        <v>1892</v>
+        <v>1903</v>
       </c>
       <c r="D427" s="1" t="s">
-        <v>257</v>
+        <v>1909</v>
       </c>
       <c r="E427" s="1" t="s">
-        <v>1906</v>
+        <v>1910</v>
       </c>
       <c r="F427" s="1" t="s">
-        <v>387</v>
+        <v>1911</v>
       </c>
     </row>
     <row r="428" spans="1:6">
       <c r="A428" s="1" t="s">
-        <v>1907</v>
-[...1 lines deleted...]
-      <c r="B428" s="1"/>
+        <v>1912</v>
+      </c>
+      <c r="B428" s="1" t="s">
+        <v>1913</v>
+      </c>
       <c r="C428" s="1" t="s">
-        <v>1892</v>
+        <v>1903</v>
       </c>
       <c r="D428" s="1" t="s">
-        <v>257</v>
+        <v>1914</v>
       </c>
       <c r="E428" s="1" t="s">
-        <v>1908</v>
+        <v>1915</v>
       </c>
       <c r="F428" s="1" t="s">
-        <v>387</v>
+        <v>1906</v>
       </c>
     </row>
     <row r="429" spans="1:6">
       <c r="A429" s="1" t="s">
-        <v>1909</v>
+        <v>1916</v>
       </c>
       <c r="B429" s="1"/>
       <c r="C429" s="1" t="s">
-        <v>1892</v>
+        <v>1903</v>
       </c>
       <c r="D429" s="1" t="s">
-        <v>1910</v>
+        <v>263</v>
       </c>
       <c r="E429" s="1" t="s">
-        <v>1911</v>
-[...1 lines deleted...]
-      <c r="F429" s="1"/>
+        <v>1917</v>
+      </c>
+      <c r="F429" s="1" t="s">
+        <v>397</v>
+      </c>
     </row>
     <row r="430" spans="1:6">
       <c r="A430" s="1" t="s">
-        <v>1912</v>
+        <v>1918</v>
       </c>
       <c r="B430" s="1"/>
       <c r="C430" s="1" t="s">
-        <v>1892</v>
+        <v>1903</v>
       </c>
       <c r="D430" s="1" t="s">
-        <v>1913</v>
+        <v>263</v>
       </c>
       <c r="E430" s="1" t="s">
-        <v>1914</v>
-[...1 lines deleted...]
-      <c r="F430" s="1"/>
+        <v>1919</v>
+      </c>
+      <c r="F430" s="1" t="s">
+        <v>397</v>
+      </c>
     </row>
     <row r="431" spans="1:6">
       <c r="A431" s="1" t="s">
-        <v>1915</v>
+        <v>1920</v>
       </c>
       <c r="B431" s="1"/>
       <c r="C431" s="1" t="s">
-        <v>1892</v>
+        <v>1903</v>
       </c>
       <c r="D431" s="1" t="s">
-        <v>1916</v>
+        <v>1921</v>
       </c>
       <c r="E431" s="1" t="s">
-        <v>1917</v>
+        <v>1922</v>
       </c>
       <c r="F431" s="1"/>
     </row>
     <row r="432" spans="1:6">
       <c r="A432" s="1" t="s">
-        <v>1918</v>
-[...3 lines deleted...]
-      </c>
+        <v>1923</v>
+      </c>
+      <c r="B432" s="1"/>
       <c r="C432" s="1" t="s">
-        <v>1892</v>
+        <v>1903</v>
       </c>
       <c r="D432" s="1" t="s">
-        <v>1920</v>
+        <v>1924</v>
       </c>
       <c r="E432" s="1" t="s">
-        <v>1921</v>
-[...3 lines deleted...]
-      </c>
+        <v>1925</v>
+      </c>
+      <c r="F432" s="1"/>
     </row>
     <row r="433" spans="1:6">
       <c r="A433" s="1" t="s">
-        <v>1923</v>
-[...3 lines deleted...]
-      </c>
+        <v>1926</v>
+      </c>
+      <c r="B433" s="1"/>
       <c r="C433" s="1" t="s">
-        <v>1892</v>
+        <v>1903</v>
       </c>
       <c r="D433" s="1" t="s">
-        <v>1925</v>
+        <v>1927</v>
       </c>
       <c r="E433" s="1" t="s">
-        <v>1926</v>
-[...3 lines deleted...]
-      </c>
+        <v>1928</v>
+      </c>
+      <c r="F433" s="1"/>
     </row>
     <row r="434" spans="1:6">
       <c r="A434" s="1" t="s">
-        <v>1928</v>
+        <v>1929</v>
       </c>
       <c r="B434" s="1" t="s">
-        <v>1929</v>
+        <v>1930</v>
       </c>
       <c r="C434" s="1" t="s">
-        <v>1892</v>
+        <v>1903</v>
       </c>
       <c r="D434" s="1" t="s">
-        <v>1930</v>
+        <v>1931</v>
       </c>
       <c r="E434" s="1" t="s">
-        <v>1931</v>
+        <v>1932</v>
       </c>
       <c r="F434" s="1" t="s">
-        <v>1932</v>
+        <v>1933</v>
       </c>
     </row>
     <row r="435" spans="1:6">
       <c r="A435" s="1" t="s">
-        <v>1933</v>
+        <v>1934</v>
       </c>
       <c r="B435" s="1" t="s">
-        <v>1934</v>
+        <v>1935</v>
       </c>
       <c r="C435" s="1" t="s">
-        <v>1892</v>
+        <v>1903</v>
       </c>
       <c r="D435" s="1" t="s">
-        <v>1935</v>
+        <v>1936</v>
       </c>
       <c r="E435" s="1" t="s">
-        <v>1936</v>
+        <v>1937</v>
       </c>
       <c r="F435" s="1" t="s">
-        <v>1937</v>
+        <v>1938</v>
       </c>
     </row>
     <row r="436" spans="1:6">
       <c r="A436" s="1" t="s">
-        <v>1938</v>
+        <v>1939</v>
       </c>
       <c r="B436" s="1" t="s">
-        <v>1939</v>
+        <v>1940</v>
       </c>
       <c r="C436" s="1" t="s">
-        <v>1940</v>
+        <v>1903</v>
       </c>
       <c r="D436" s="1" t="s">
         <v>1941</v>
       </c>
       <c r="E436" s="1" t="s">
         <v>1942</v>
       </c>
       <c r="F436" s="1" t="s">
         <v>1943</v>
       </c>
     </row>
     <row r="437" spans="1:6">
       <c r="A437" s="1" t="s">
         <v>1944</v>
       </c>
-      <c r="B437" s="1"/>
+      <c r="B437" s="1" t="s">
+        <v>1945</v>
+      </c>
       <c r="C437" s="1" t="s">
-        <v>1940</v>
+        <v>1903</v>
       </c>
       <c r="D437" s="1" t="s">
-        <v>1945</v>
+        <v>1946</v>
       </c>
       <c r="E437" s="1" t="s">
-        <v>1946</v>
-[...1 lines deleted...]
-      <c r="F437" s="1"/>
+        <v>1947</v>
+      </c>
+      <c r="F437" s="1" t="s">
+        <v>1948</v>
+      </c>
     </row>
     <row r="438" spans="1:6">
       <c r="A438" s="1" t="s">
-        <v>1947</v>
+        <v>1949</v>
       </c>
       <c r="B438" s="1" t="s">
-        <v>1939</v>
+        <v>1950</v>
       </c>
       <c r="C438" s="1" t="s">
-        <v>1940</v>
+        <v>1951</v>
       </c>
       <c r="D438" s="1" t="s">
-        <v>1948</v>
+        <v>1952</v>
       </c>
       <c r="E438" s="1" t="s">
-        <v>1949</v>
+        <v>1953</v>
       </c>
       <c r="F438" s="1" t="s">
-        <v>1950</v>
+        <v>1954</v>
       </c>
     </row>
     <row r="439" spans="1:6">
       <c r="A439" s="1" t="s">
+        <v>1955</v>
+      </c>
+      <c r="B439" s="1"/>
+      <c r="C439" s="1" t="s">
         <v>1951</v>
       </c>
-      <c r="B439" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D439" s="1" t="s">
-        <v>1948</v>
+        <v>1956</v>
       </c>
       <c r="E439" s="1" t="s">
-        <v>1952</v>
+        <v>1957</v>
       </c>
       <c r="F439" s="1"/>
     </row>
     <row r="440" spans="1:6">
       <c r="A440" s="1" t="s">
-        <v>1953</v>
+        <v>1958</v>
       </c>
       <c r="B440" s="1" t="s">
-        <v>1954</v>
+        <v>1950</v>
       </c>
       <c r="C440" s="1" t="s">
-        <v>1955</v>
+        <v>1951</v>
       </c>
       <c r="D440" s="1" t="s">
-        <v>1956</v>
+        <v>1959</v>
       </c>
       <c r="E440" s="1" t="s">
-        <v>1957</v>
+        <v>1960</v>
       </c>
       <c r="F440" s="1" t="s">
-        <v>1958</v>
+        <v>1961</v>
       </c>
     </row>
     <row r="441" spans="1:6">
       <c r="A441" s="1" t="s">
+        <v>1962</v>
+      </c>
+      <c r="B441" s="1" t="s">
+        <v>1950</v>
+      </c>
+      <c r="C441" s="1" t="s">
+        <v>1951</v>
+      </c>
+      <c r="D441" s="1" t="s">
         <v>1959</v>
       </c>
-      <c r="B441" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E441" s="1" t="s">
-        <v>1962</v>
-[...1 lines deleted...]
-      <c r="F441" s="1" t="s">
         <v>1963</v>
       </c>
+      <c r="F441" s="1"/>
     </row>
     <row r="442" spans="1:6">
       <c r="A442" s="1" t="s">
         <v>1964</v>
       </c>
       <c r="B442" s="1" t="s">
         <v>1965</v>
       </c>
       <c r="C442" s="1" t="s">
-        <v>1955</v>
+        <v>1966</v>
       </c>
       <c r="D442" s="1" t="s">
-        <v>1966</v>
+        <v>1967</v>
       </c>
       <c r="E442" s="1" t="s">
-        <v>1967</v>
+        <v>1968</v>
       </c>
       <c r="F442" s="1" t="s">
-        <v>1968</v>
+        <v>1969</v>
       </c>
     </row>
     <row r="443" spans="1:6">
       <c r="A443" s="1" t="s">
-        <v>1969</v>
+        <v>1970</v>
       </c>
       <c r="B443" s="1" t="s">
-        <v>1970</v>
+        <v>1971</v>
       </c>
       <c r="C443" s="1" t="s">
-        <v>1971</v>
+        <v>1966</v>
       </c>
       <c r="D443" s="1" t="s">
         <v>1972</v>
       </c>
       <c r="E443" s="1" t="s">
         <v>1973</v>
       </c>
       <c r="F443" s="1" t="s">
         <v>1974</v>
       </c>
     </row>
     <row r="444" spans="1:6">
       <c r="A444" s="1" t="s">
         <v>1975</v>
       </c>
-      <c r="B444" s="1"/>
+      <c r="B444" s="1" t="s">
+        <v>1976</v>
+      </c>
       <c r="C444" s="1" t="s">
-        <v>1971</v>
+        <v>1966</v>
       </c>
       <c r="D444" s="1" t="s">
-        <v>1976</v>
+        <v>1977</v>
       </c>
       <c r="E444" s="1" t="s">
-        <v>1977</v>
-[...1 lines deleted...]
-      <c r="F444" s="1"/>
+        <v>1978</v>
+      </c>
+      <c r="F444" s="1" t="s">
+        <v>1979</v>
+      </c>
     </row>
     <row r="445" spans="1:6">
       <c r="A445" s="1" t="s">
-        <v>1978</v>
+        <v>1980</v>
       </c>
       <c r="B445" s="1" t="s">
-        <v>1979</v>
+        <v>1981</v>
       </c>
       <c r="C445" s="1" t="s">
-        <v>1980</v>
+        <v>1982</v>
       </c>
       <c r="D445" s="1" t="s">
-        <v>157</v>
+        <v>1983</v>
       </c>
       <c r="E445" s="1" t="s">
-        <v>1981</v>
-[...1 lines deleted...]
-      <c r="F445" s="1"/>
+        <v>1984</v>
+      </c>
+      <c r="F445" s="1" t="s">
+        <v>1985</v>
+      </c>
     </row>
     <row r="446" spans="1:6">
       <c r="A446" s="1" t="s">
+        <v>1986</v>
+      </c>
+      <c r="B446" s="1"/>
+      <c r="C446" s="1" t="s">
         <v>1982</v>
       </c>
-      <c r="B446" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D446" s="1" t="s">
-        <v>1985</v>
+        <v>1987</v>
       </c>
       <c r="E446" s="1" t="s">
-        <v>1986</v>
-[...3 lines deleted...]
-      </c>
+        <v>1988</v>
+      </c>
+      <c r="F446" s="1"/>
     </row>
     <row r="447" spans="1:6">
       <c r="A447" s="1" t="s">
-        <v>1988</v>
-[...1 lines deleted...]
-      <c r="B447" s="1"/>
+        <v>1989</v>
+      </c>
+      <c r="B447" s="1" t="s">
+        <v>1990</v>
+      </c>
       <c r="C447" s="1" t="s">
-        <v>1984</v>
+        <v>1991</v>
       </c>
       <c r="D447" s="1" t="s">
-        <v>1989</v>
+        <v>163</v>
       </c>
       <c r="E447" s="1" t="s">
-        <v>1990</v>
+        <v>1992</v>
       </c>
       <c r="F447" s="1"/>
     </row>
     <row r="448" spans="1:6">
       <c r="A448" s="1" t="s">
-        <v>1991</v>
-[...1 lines deleted...]
-      <c r="B448" s="1"/>
+        <v>1993</v>
+      </c>
+      <c r="B448" s="1" t="s">
+        <v>1994</v>
+      </c>
       <c r="C448" s="1" t="s">
-        <v>1992</v>
+        <v>1995</v>
       </c>
       <c r="D448" s="1" t="s">
-        <v>1993</v>
+        <v>1996</v>
       </c>
       <c r="E448" s="1" t="s">
-        <v>1994</v>
-[...1 lines deleted...]
-      <c r="F448" s="1"/>
+        <v>1997</v>
+      </c>
+      <c r="F448" s="1" t="s">
+        <v>1998</v>
+      </c>
     </row>
     <row r="449" spans="1:6">
       <c r="A449" s="1" t="s">
+        <v>1999</v>
+      </c>
+      <c r="B449" s="1"/>
+      <c r="C449" s="1" t="s">
         <v>1995</v>
       </c>
-      <c r="B449" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D449" s="1" t="s">
-        <v>1998</v>
+        <v>2000</v>
       </c>
       <c r="E449" s="1" t="s">
-        <v>1999</v>
-[...3 lines deleted...]
-      </c>
+        <v>2001</v>
+      </c>
+      <c r="F449" s="1"/>
     </row>
     <row r="450" spans="1:6">
       <c r="A450" s="1" t="s">
-        <v>2001</v>
-[...1 lines deleted...]
-      <c r="B450" s="1" t="s">
         <v>2002</v>
       </c>
+      <c r="B450" s="1"/>
       <c r="C450" s="1" t="s">
-        <v>1997</v>
+        <v>2003</v>
       </c>
       <c r="D450" s="1" t="s">
-        <v>2003</v>
+        <v>2004</v>
       </c>
       <c r="E450" s="1" t="s">
-        <v>2004</v>
-[...3 lines deleted...]
-      </c>
+        <v>2005</v>
+      </c>
+      <c r="F450" s="1"/>
     </row>
     <row r="451" spans="1:6">
       <c r="A451" s="1" t="s">
-        <v>2005</v>
-[...1 lines deleted...]
-      <c r="B451" s="1"/>
+        <v>2006</v>
+      </c>
+      <c r="B451" s="1" t="s">
+        <v>2007</v>
+      </c>
       <c r="C451" s="1" t="s">
-        <v>1997</v>
+        <v>2008</v>
       </c>
       <c r="D451" s="1" t="s">
-        <v>2006</v>
+        <v>2009</v>
       </c>
       <c r="E451" s="1" t="s">
-        <v>2007</v>
-[...1 lines deleted...]
-      <c r="F451" s="1"/>
+        <v>2010</v>
+      </c>
+      <c r="F451" s="1" t="s">
+        <v>2011</v>
+      </c>
     </row>
     <row r="452" spans="1:6">
       <c r="A452" s="1" t="s">
+        <v>2012</v>
+      </c>
+      <c r="B452" s="1" t="s">
+        <v>2013</v>
+      </c>
+      <c r="C452" s="1" t="s">
         <v>2008</v>
       </c>
-      <c r="B452" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D452" s="1" t="s">
-        <v>2010</v>
+        <v>2014</v>
       </c>
       <c r="E452" s="1" t="s">
+        <v>2015</v>
+      </c>
+      <c r="F452" s="1" t="s">
         <v>2011</v>
-      </c>
-[...1 lines deleted...]
-        <v>2012</v>
       </c>
     </row>
     <row r="453" spans="1:6">
       <c r="A453" s="1" t="s">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="B453" s="1"/>
       <c r="C453" s="1" t="s">
-        <v>2014</v>
+        <v>2008</v>
       </c>
       <c r="D453" s="1" t="s">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="E453" s="1" t="s">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="F453" s="1"/>
     </row>
     <row r="454" spans="1:6">
       <c r="A454" s="1" t="s">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="B454" s="1" t="s">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="C454" s="1" t="s">
-        <v>2019</v>
+        <v>2008</v>
       </c>
       <c r="D454" s="1" t="s">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E454" s="1" t="s">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="F454" s="1" t="s">
-        <v>2022</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="455" spans="1:6">
       <c r="A455" s="1" t="s">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B455" s="1"/>
       <c r="C455" s="1" t="s">
-        <v>2019</v>
+        <v>2025</v>
       </c>
       <c r="D455" s="1" t="s">
-        <v>2024</v>
+        <v>2026</v>
       </c>
       <c r="E455" s="1" t="s">
-        <v>2025</v>
+        <v>2027</v>
       </c>
       <c r="F455" s="1"/>
     </row>
     <row r="456" spans="1:6">
       <c r="A456" s="1" t="s">
-        <v>2026</v>
+        <v>2028</v>
       </c>
       <c r="B456" s="1" t="s">
-        <v>2027</v>
+        <v>2029</v>
       </c>
       <c r="C456" s="1" t="s">
-        <v>2028</v>
+        <v>2030</v>
       </c>
       <c r="D456" s="1" t="s">
-        <v>2029</v>
+        <v>2031</v>
       </c>
       <c r="E456" s="1" t="s">
-        <v>2030</v>
-[...1 lines deleted...]
-      <c r="F456" s="1"/>
+        <v>2032</v>
+      </c>
+      <c r="F456" s="1" t="s">
+        <v>2033</v>
+      </c>
     </row>
     <row r="457" spans="1:6">
       <c r="A457" s="1" t="s">
-        <v>2031</v>
-[...3 lines deleted...]
-      </c>
+        <v>2034</v>
+      </c>
+      <c r="B457" s="1"/>
       <c r="C457" s="1" t="s">
-        <v>2028</v>
+        <v>2030</v>
       </c>
       <c r="D457" s="1" t="s">
-        <v>2033</v>
+        <v>2035</v>
       </c>
       <c r="E457" s="1" t="s">
-        <v>2034</v>
-[...3 lines deleted...]
-      </c>
+        <v>2036</v>
+      </c>
+      <c r="F457" s="1"/>
     </row>
     <row r="458" spans="1:6">
       <c r="A458" s="1" t="s">
-        <v>2036</v>
+        <v>2037</v>
       </c>
       <c r="B458" s="1" t="s">
-        <v>2037</v>
+        <v>2038</v>
       </c>
       <c r="C458" s="1" t="s">
-        <v>2028</v>
+        <v>2039</v>
       </c>
       <c r="D458" s="1" t="s">
-        <v>2038</v>
+        <v>2040</v>
       </c>
       <c r="E458" s="1" t="s">
-        <v>2039</v>
-[...3 lines deleted...]
-      </c>
+        <v>2041</v>
+      </c>
+      <c r="F458" s="1"/>
     </row>
     <row r="459" spans="1:6">
       <c r="A459" s="1" t="s">
-        <v>2041</v>
+        <v>2042</v>
       </c>
       <c r="B459" s="1" t="s">
-        <v>2042</v>
+        <v>2043</v>
       </c>
       <c r="C459" s="1" t="s">
-        <v>2043</v>
+        <v>2039</v>
       </c>
       <c r="D459" s="1" t="s">
         <v>2044</v>
       </c>
       <c r="E459" s="1" t="s">
         <v>2045</v>
       </c>
       <c r="F459" s="1" t="s">
         <v>2046</v>
       </c>
     </row>
     <row r="460" spans="1:6">
       <c r="A460" s="1" t="s">
         <v>2047</v>
       </c>
       <c r="B460" s="1" t="s">
         <v>2048</v>
       </c>
       <c r="C460" s="1" t="s">
-        <v>2043</v>
+        <v>2039</v>
       </c>
       <c r="D460" s="1" t="s">
         <v>2049</v>
       </c>
       <c r="E460" s="1" t="s">
         <v>2050</v>
       </c>
-      <c r="F460" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F460" s="1"/>
     </row>
     <row r="461" spans="1:6">
       <c r="A461" s="1" t="s">
+        <v>2051</v>
+      </c>
+      <c r="B461" s="1" t="s">
         <v>2052</v>
       </c>
-      <c r="B461" s="1" t="s">
+      <c r="C461" s="1" t="s">
         <v>2053</v>
-      </c>
-[...1 lines deleted...]
-        <v>2043</v>
       </c>
       <c r="D461" s="1" t="s">
         <v>2054</v>
       </c>
       <c r="E461" s="1" t="s">
         <v>2055</v>
       </c>
       <c r="F461" s="1" t="s">
-        <v>1752</v>
+        <v>2056</v>
       </c>
     </row>
     <row r="462" spans="1:6">
       <c r="A462" s="1" t="s">
-        <v>2056</v>
+        <v>2057</v>
       </c>
       <c r="B462" s="1" t="s">
-        <v>2057</v>
+        <v>2058</v>
       </c>
       <c r="C462" s="1" t="s">
-        <v>2058</v>
+        <v>2053</v>
       </c>
       <c r="D462" s="1" t="s">
         <v>2059</v>
       </c>
       <c r="E462" s="1" t="s">
         <v>2060</v>
       </c>
-      <c r="F462" s="1"/>
+      <c r="F462" s="1" t="s">
+        <v>2061</v>
+      </c>
     </row>
     <row r="463" spans="1:6">
       <c r="A463" s="1" t="s">
-        <v>2061</v>
+        <v>2062</v>
       </c>
       <c r="B463" s="1" t="s">
-        <v>2062</v>
+        <v>2063</v>
       </c>
       <c r="C463" s="1" t="s">
-        <v>2058</v>
+        <v>2053</v>
       </c>
       <c r="D463" s="1" t="s">
-        <v>2063</v>
+        <v>2064</v>
       </c>
       <c r="E463" s="1" t="s">
-        <v>2064</v>
-[...1 lines deleted...]
-      <c r="F463" s="1"/>
+        <v>2065</v>
+      </c>
+      <c r="F463" s="1" t="s">
+        <v>1762</v>
+      </c>
     </row>
     <row r="464" spans="1:6">
       <c r="A464" s="1" t="s">
-        <v>2065</v>
+        <v>2066</v>
       </c>
       <c r="B464" s="1" t="s">
-        <v>2066</v>
+        <v>2067</v>
       </c>
       <c r="C464" s="1" t="s">
-        <v>2058</v>
+        <v>2068</v>
       </c>
       <c r="D464" s="1" t="s">
-        <v>2067</v>
+        <v>2069</v>
       </c>
       <c r="E464" s="1" t="s">
-        <v>2068</v>
-[...3 lines deleted...]
-      </c>
+        <v>2070</v>
+      </c>
+      <c r="F464" s="1"/>
     </row>
     <row r="465" spans="1:6">
       <c r="A465" s="1" t="s">
-        <v>2070</v>
-[...1 lines deleted...]
-      <c r="B465" s="1"/>
+        <v>2071</v>
+      </c>
+      <c r="B465" s="1" t="s">
+        <v>2072</v>
+      </c>
       <c r="C465" s="1" t="s">
-        <v>2058</v>
+        <v>2068</v>
       </c>
       <c r="D465" s="1" t="s">
-        <v>257</v>
+        <v>2073</v>
       </c>
       <c r="E465" s="1" t="s">
-        <v>2071</v>
-[...3 lines deleted...]
-      </c>
+        <v>2074</v>
+      </c>
+      <c r="F465" s="1"/>
     </row>
     <row r="466" spans="1:6">
       <c r="A466" s="1" t="s">
-        <v>2072</v>
-[...1 lines deleted...]
-      <c r="B466" s="1"/>
+        <v>2075</v>
+      </c>
+      <c r="B466" s="1" t="s">
+        <v>2076</v>
+      </c>
       <c r="C466" s="1" t="s">
-        <v>2058</v>
+        <v>2068</v>
       </c>
       <c r="D466" s="1" t="s">
-        <v>2073</v>
+        <v>2077</v>
       </c>
       <c r="E466" s="1" t="s">
-        <v>2074</v>
-[...1 lines deleted...]
-      <c r="F466" s="1"/>
+        <v>2078</v>
+      </c>
+      <c r="F466" s="1" t="s">
+        <v>2079</v>
+      </c>
     </row>
     <row r="467" spans="1:6">
       <c r="A467" s="1" t="s">
-        <v>2075</v>
+        <v>2080</v>
       </c>
       <c r="B467" s="1"/>
       <c r="C467" s="1" t="s">
-        <v>2058</v>
+        <v>2068</v>
       </c>
       <c r="D467" s="1" t="s">
-        <v>2076</v>
+        <v>263</v>
       </c>
       <c r="E467" s="1" t="s">
-        <v>2077</v>
-[...1 lines deleted...]
-      <c r="F467" s="1"/>
+        <v>2081</v>
+      </c>
+      <c r="F467" s="1" t="s">
+        <v>397</v>
+      </c>
     </row>
     <row r="468" spans="1:6">
       <c r="A468" s="1" t="s">
-        <v>2078</v>
-[...3 lines deleted...]
-      </c>
+        <v>2082</v>
+      </c>
+      <c r="B468" s="1"/>
       <c r="C468" s="1" t="s">
-        <v>2058</v>
+        <v>2068</v>
       </c>
       <c r="D468" s="1" t="s">
-        <v>2080</v>
+        <v>2083</v>
       </c>
       <c r="E468" s="1" t="s">
-        <v>2081</v>
-[...3 lines deleted...]
-      </c>
+        <v>2084</v>
+      </c>
+      <c r="F468" s="1"/>
     </row>
     <row r="469" spans="1:6">
       <c r="A469" s="1" t="s">
-        <v>2083</v>
-[...3 lines deleted...]
-      </c>
+        <v>2085</v>
+      </c>
+      <c r="B469" s="1"/>
       <c r="C469" s="1" t="s">
-        <v>2058</v>
+        <v>2068</v>
       </c>
       <c r="D469" s="1" t="s">
-        <v>2085</v>
+        <v>2086</v>
       </c>
       <c r="E469" s="1" t="s">
-        <v>2086</v>
-[...1 lines deleted...]
-      <c r="F469" s="1" t="s">
         <v>2087</v>
       </c>
+      <c r="F469" s="1"/>
     </row>
     <row r="470" spans="1:6">
       <c r="A470" s="1" t="s">
         <v>2088</v>
       </c>
       <c r="B470" s="1" t="s">
         <v>2089</v>
       </c>
       <c r="C470" s="1" t="s">
-        <v>2058</v>
+        <v>2068</v>
       </c>
       <c r="D470" s="1" t="s">
         <v>2090</v>
       </c>
       <c r="E470" s="1" t="s">
         <v>2091</v>
       </c>
       <c r="F470" s="1" t="s">
         <v>2092</v>
       </c>
     </row>
     <row r="471" spans="1:6">
       <c r="A471" s="1" t="s">
         <v>2093</v>
       </c>
       <c r="B471" s="1" t="s">
         <v>2094</v>
       </c>
       <c r="C471" s="1" t="s">
+        <v>2068</v>
+      </c>
+      <c r="D471" s="1" t="s">
         <v>2095</v>
       </c>
-      <c r="D471" s="1" t="s">
+      <c r="E471" s="1" t="s">
         <v>2096</v>
       </c>
-      <c r="E471" s="1" t="s">
+      <c r="F471" s="1" t="s">
         <v>2097</v>
-      </c>
-[...1 lines deleted...]
-        <v>2098</v>
       </c>
     </row>
     <row r="472" spans="1:6">
       <c r="A472" s="1" t="s">
+        <v>2098</v>
+      </c>
+      <c r="B472" s="1" t="s">
         <v>2099</v>
       </c>
-      <c r="B472" s="1"/>
       <c r="C472" s="1" t="s">
-        <v>2095</v>
+        <v>2068</v>
       </c>
       <c r="D472" s="1" t="s">
         <v>2100</v>
       </c>
       <c r="E472" s="1" t="s">
         <v>2101</v>
       </c>
-      <c r="F472" s="1"/>
+      <c r="F472" s="1" t="s">
+        <v>2102</v>
+      </c>
     </row>
     <row r="473" spans="1:6">
       <c r="A473" s="1" t="s">
-        <v>2102</v>
+        <v>2103</v>
       </c>
       <c r="B473" s="1" t="s">
-        <v>2103</v>
+        <v>2104</v>
       </c>
       <c r="C473" s="1" t="s">
-        <v>2104</v>
+        <v>2105</v>
       </c>
       <c r="D473" s="1" t="s">
-        <v>2105</v>
+        <v>2106</v>
       </c>
       <c r="E473" s="1" t="s">
-        <v>2106</v>
+        <v>2107</v>
       </c>
       <c r="F473" s="1" t="s">
-        <v>2107</v>
+        <v>2108</v>
       </c>
     </row>
     <row r="474" spans="1:6">
       <c r="A474" s="1" t="s">
-        <v>2108</v>
+        <v>2109</v>
       </c>
       <c r="B474" s="1"/>
       <c r="C474" s="1" t="s">
-        <v>2104</v>
+        <v>2105</v>
       </c>
       <c r="D474" s="1" t="s">
-        <v>2109</v>
+        <v>2110</v>
       </c>
       <c r="E474" s="1" t="s">
-        <v>2110</v>
+        <v>2111</v>
       </c>
       <c r="F474" s="1"/>
     </row>
     <row r="475" spans="1:6">
       <c r="A475" s="1" t="s">
-        <v>2111</v>
+        <v>2112</v>
       </c>
       <c r="B475" s="1" t="s">
-        <v>2112</v>
+        <v>2113</v>
       </c>
       <c r="C475" s="1" t="s">
-        <v>2113</v>
+        <v>2114</v>
       </c>
       <c r="D475" s="1" t="s">
-        <v>2114</v>
+        <v>2115</v>
       </c>
       <c r="E475" s="1" t="s">
-        <v>2115</v>
+        <v>2116</v>
       </c>
       <c r="F475" s="1" t="s">
-        <v>2116</v>
+        <v>2117</v>
       </c>
     </row>
     <row r="476" spans="1:6">
       <c r="A476" s="1" t="s">
-        <v>2117</v>
-[...1 lines deleted...]
-      <c r="B476" s="1" t="s">
         <v>2118</v>
       </c>
+      <c r="B476" s="1"/>
       <c r="C476" s="1" t="s">
+        <v>2114</v>
+      </c>
+      <c r="D476" s="1" t="s">
         <v>2119</v>
       </c>
-      <c r="D476" s="1" t="s">
+      <c r="E476" s="1" t="s">
         <v>2120</v>
       </c>
-      <c r="E476" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F476" s="1"/>
     </row>
     <row r="477" spans="1:6">
       <c r="A477" s="1" t="s">
+        <v>2121</v>
+      </c>
+      <c r="B477" s="1" t="s">
+        <v>2122</v>
+      </c>
+      <c r="C477" s="1" t="s">
         <v>2123</v>
-      </c>
-[...2 lines deleted...]
-        <v>2119</v>
       </c>
       <c r="D477" s="1" t="s">
         <v>2124</v>
       </c>
       <c r="E477" s="1" t="s">
         <v>2125</v>
       </c>
-      <c r="F477" s="1"/>
+      <c r="F477" s="1" t="s">
+        <v>2126</v>
+      </c>
     </row>
     <row r="478" spans="1:6">
       <c r="A478" s="1" t="s">
-        <v>2126</v>
+        <v>2127</v>
       </c>
       <c r="B478" s="1" t="s">
-        <v>2127</v>
+        <v>2128</v>
       </c>
       <c r="C478" s="1" t="s">
-        <v>2128</v>
+        <v>2129</v>
       </c>
       <c r="D478" s="1" t="s">
-        <v>2129</v>
+        <v>2130</v>
       </c>
       <c r="E478" s="1" t="s">
-        <v>2130</v>
-[...1 lines deleted...]
-      <c r="F478" s="1"/>
+        <v>2131</v>
+      </c>
+      <c r="F478" s="1" t="s">
+        <v>2132</v>
+      </c>
     </row>
     <row r="479" spans="1:6">
       <c r="A479" s="1" t="s">
-        <v>2131</v>
-[...3 lines deleted...]
-      </c>
+        <v>2133</v>
+      </c>
+      <c r="B479" s="1"/>
       <c r="C479" s="1" t="s">
-        <v>2128</v>
+        <v>2129</v>
       </c>
       <c r="D479" s="1" t="s">
-        <v>2132</v>
+        <v>2134</v>
       </c>
       <c r="E479" s="1" t="s">
-        <v>2133</v>
-[...3 lines deleted...]
-      </c>
+        <v>2135</v>
+      </c>
+      <c r="F479" s="1"/>
     </row>
     <row r="480" spans="1:6">
       <c r="A480" s="1" t="s">
-        <v>2135</v>
-[...1 lines deleted...]
-      <c r="B480" s="1"/>
+        <v>2136</v>
+      </c>
+      <c r="B480" s="1" t="s">
+        <v>2137</v>
+      </c>
       <c r="C480" s="1" t="s">
-        <v>2128</v>
+        <v>2138</v>
       </c>
       <c r="D480" s="1" t="s">
-        <v>2136</v>
+        <v>2139</v>
       </c>
       <c r="E480" s="1" t="s">
-        <v>2137</v>
-[...3 lines deleted...]
-      </c>
+        <v>2140</v>
+      </c>
+      <c r="F480" s="1"/>
     </row>
     <row r="481" spans="1:6">
       <c r="A481" s="1" t="s">
-        <v>2139</v>
-[...1 lines deleted...]
-      <c r="B481" s="1"/>
+        <v>2141</v>
+      </c>
+      <c r="B481" s="1" t="s">
+        <v>2137</v>
+      </c>
       <c r="C481" s="1" t="s">
-        <v>2128</v>
+        <v>2138</v>
       </c>
       <c r="D481" s="1" t="s">
-        <v>257</v>
+        <v>2142</v>
       </c>
       <c r="E481" s="1" t="s">
-        <v>2140</v>
+        <v>2143</v>
       </c>
       <c r="F481" s="1" t="s">
-        <v>387</v>
+        <v>2144</v>
       </c>
     </row>
     <row r="482" spans="1:6">
       <c r="A482" s="1" t="s">
-        <v>2141</v>
+        <v>2145</v>
       </c>
       <c r="B482" s="1"/>
       <c r="C482" s="1" t="s">
-        <v>2128</v>
+        <v>2138</v>
       </c>
       <c r="D482" s="1" t="s">
-        <v>2142</v>
+        <v>2146</v>
       </c>
       <c r="E482" s="1" t="s">
-        <v>2143</v>
-[...1 lines deleted...]
-      <c r="F482" s="1"/>
+        <v>2147</v>
+      </c>
+      <c r="F482" s="1" t="s">
+        <v>2148</v>
+      </c>
     </row>
     <row r="483" spans="1:6">
       <c r="A483" s="1" t="s">
-        <v>2144</v>
+        <v>2149</v>
       </c>
       <c r="B483" s="1"/>
       <c r="C483" s="1" t="s">
-        <v>2128</v>
+        <v>2138</v>
       </c>
       <c r="D483" s="1" t="s">
-        <v>2145</v>
+        <v>263</v>
       </c>
       <c r="E483" s="1" t="s">
-        <v>2146</v>
-[...1 lines deleted...]
-      <c r="F483" s="1"/>
+        <v>2150</v>
+      </c>
+      <c r="F483" s="1" t="s">
+        <v>397</v>
+      </c>
     </row>
     <row r="484" spans="1:6">
       <c r="A484" s="1" t="s">
-        <v>2147</v>
+        <v>2151</v>
       </c>
       <c r="B484" s="1"/>
       <c r="C484" s="1" t="s">
-        <v>2128</v>
+        <v>2138</v>
       </c>
       <c r="D484" s="1" t="s">
-        <v>2148</v>
+        <v>2152</v>
       </c>
       <c r="E484" s="1" t="s">
-        <v>2149</v>
+        <v>2153</v>
       </c>
       <c r="F484" s="1"/>
     </row>
     <row r="485" spans="1:6">
       <c r="A485" s="1" t="s">
-        <v>2150</v>
+        <v>2154</v>
       </c>
       <c r="B485" s="1"/>
       <c r="C485" s="1" t="s">
-        <v>2128</v>
+        <v>2138</v>
       </c>
       <c r="D485" s="1" t="s">
-        <v>2151</v>
+        <v>2155</v>
       </c>
       <c r="E485" s="1" t="s">
-        <v>2152</v>
+        <v>2156</v>
       </c>
       <c r="F485" s="1"/>
     </row>
     <row r="486" spans="1:6">
       <c r="A486" s="1" t="s">
-        <v>2153</v>
-[...3 lines deleted...]
-      </c>
+        <v>2157</v>
+      </c>
+      <c r="B486" s="1"/>
       <c r="C486" s="1" t="s">
-        <v>2128</v>
+        <v>2138</v>
       </c>
       <c r="D486" s="1" t="s">
-        <v>2155</v>
+        <v>2158</v>
       </c>
       <c r="E486" s="1" t="s">
-        <v>2156</v>
-[...3 lines deleted...]
-      </c>
+        <v>2159</v>
+      </c>
+      <c r="F486" s="1"/>
     </row>
     <row r="487" spans="1:6">
       <c r="A487" s="1" t="s">
-        <v>2158</v>
-[...3 lines deleted...]
-      </c>
+        <v>2160</v>
+      </c>
+      <c r="B487" s="1"/>
       <c r="C487" s="1" t="s">
-        <v>2128</v>
+        <v>2138</v>
       </c>
       <c r="D487" s="1" t="s">
-        <v>2160</v>
+        <v>2161</v>
       </c>
       <c r="E487" s="1" t="s">
-        <v>2161</v>
-[...1 lines deleted...]
-      <c r="F487" s="1" t="s">
         <v>2162</v>
       </c>
+      <c r="F487" s="1"/>
     </row>
     <row r="488" spans="1:6">
       <c r="A488" s="1" t="s">
         <v>2163</v>
       </c>
       <c r="B488" s="1" t="s">
         <v>2164</v>
       </c>
       <c r="C488" s="1" t="s">
-        <v>2128</v>
+        <v>2138</v>
       </c>
       <c r="D488" s="1" t="s">
         <v>2165</v>
       </c>
       <c r="E488" s="1" t="s">
         <v>2166</v>
       </c>
       <c r="F488" s="1" t="s">
         <v>2167</v>
       </c>
     </row>
     <row r="489" spans="1:6">
       <c r="A489" s="1" t="s">
         <v>2168</v>
       </c>
       <c r="B489" s="1" t="s">
         <v>2169</v>
       </c>
       <c r="C489" s="1" t="s">
+        <v>2138</v>
+      </c>
+      <c r="D489" s="1" t="s">
         <v>2170</v>
       </c>
-      <c r="D489" s="1" t="s">
+      <c r="E489" s="1" t="s">
         <v>2171</v>
       </c>
-      <c r="E489" s="1" t="s">
+      <c r="F489" s="1" t="s">
         <v>2172</v>
-      </c>
-[...1 lines deleted...]
-        <v>2173</v>
       </c>
     </row>
     <row r="490" spans="1:6">
       <c r="A490" s="1" t="s">
+        <v>2173</v>
+      </c>
+      <c r="B490" s="1" t="s">
         <v>2174</v>
       </c>
-      <c r="B490" s="1"/>
       <c r="C490" s="1" t="s">
-        <v>2170</v>
+        <v>2138</v>
       </c>
       <c r="D490" s="1" t="s">
         <v>2175</v>
       </c>
       <c r="E490" s="1" t="s">
         <v>2176</v>
       </c>
-      <c r="F490" s="1"/>
+      <c r="F490" s="1" t="s">
+        <v>2177</v>
+      </c>
     </row>
     <row r="491" spans="1:6">
       <c r="A491" s="1" t="s">
-        <v>2177</v>
+        <v>2178</v>
       </c>
       <c r="B491" s="1" t="s">
-        <v>2178</v>
+        <v>2179</v>
       </c>
       <c r="C491" s="1" t="s">
-        <v>2179</v>
+        <v>2180</v>
       </c>
       <c r="D491" s="1" t="s">
-        <v>2180</v>
+        <v>2181</v>
       </c>
       <c r="E491" s="1" t="s">
-        <v>2181</v>
-[...1 lines deleted...]
-      <c r="F491" s="1"/>
+        <v>2182</v>
+      </c>
+      <c r="F491" s="1" t="s">
+        <v>2183</v>
+      </c>
     </row>
     <row r="492" spans="1:6">
       <c r="A492" s="1" t="s">
-        <v>2182</v>
+        <v>2184</v>
       </c>
       <c r="B492" s="1"/>
       <c r="C492" s="1" t="s">
-        <v>2179</v>
+        <v>2180</v>
       </c>
       <c r="D492" s="1" t="s">
-        <v>2183</v>
+        <v>2185</v>
       </c>
       <c r="E492" s="1" t="s">
-        <v>2184</v>
+        <v>2186</v>
       </c>
       <c r="F492" s="1"/>
     </row>
     <row r="493" spans="1:6">
       <c r="A493" s="1" t="s">
-        <v>2185</v>
+        <v>2187</v>
       </c>
       <c r="B493" s="1" t="s">
-        <v>2186</v>
+        <v>2188</v>
       </c>
       <c r="C493" s="1" t="s">
-        <v>2179</v>
+        <v>2189</v>
       </c>
       <c r="D493" s="1" t="s">
-        <v>2187</v>
+        <v>2190</v>
       </c>
       <c r="E493" s="1" t="s">
-        <v>2188</v>
-[...3 lines deleted...]
-      </c>
+        <v>2191</v>
+      </c>
+      <c r="F493" s="1"/>
     </row>
     <row r="494" spans="1:6">
       <c r="A494" s="1" t="s">
-        <v>2190</v>
-[...3 lines deleted...]
-      </c>
+        <v>2192</v>
+      </c>
+      <c r="B494" s="1"/>
       <c r="C494" s="1" t="s">
-        <v>2192</v>
+        <v>2189</v>
       </c>
       <c r="D494" s="1" t="s">
         <v>2193</v>
       </c>
       <c r="E494" s="1" t="s">
         <v>2194</v>
       </c>
-      <c r="F494" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F494" s="1"/>
     </row>
     <row r="495" spans="1:6">
       <c r="A495" s="1" t="s">
+        <v>2195</v>
+      </c>
+      <c r="B495" s="1" t="s">
         <v>2196</v>
       </c>
-      <c r="B495" s="1" t="s">
+      <c r="C495" s="1" t="s">
+        <v>2189</v>
+      </c>
+      <c r="D495" s="1" t="s">
         <v>2197</v>
       </c>
-      <c r="C495" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D495" s="1" t="s">
+      <c r="E495" s="1" t="s">
         <v>2198</v>
       </c>
-      <c r="E495" s="1" t="s">
+      <c r="F495" s="1" t="s">
         <v>2199</v>
-      </c>
-[...1 lines deleted...]
-        <v>2200</v>
       </c>
     </row>
     <row r="496" spans="1:6">
       <c r="A496" s="1" t="s">
+        <v>2200</v>
+      </c>
+      <c r="B496" s="1" t="s">
         <v>2201</v>
       </c>
-      <c r="B496" s="1"/>
       <c r="C496" s="1" t="s">
-        <v>2192</v>
+        <v>2202</v>
       </c>
       <c r="D496" s="1" t="s">
-        <v>2202</v>
+        <v>2203</v>
       </c>
       <c r="E496" s="1" t="s">
-        <v>2203</v>
-[...1 lines deleted...]
-      <c r="F496" s="1"/>
+        <v>2204</v>
+      </c>
+      <c r="F496" s="1" t="s">
+        <v>2205</v>
+      </c>
     </row>
     <row r="497" spans="1:6">
       <c r="A497" s="1" t="s">
-        <v>2204</v>
+        <v>2206</v>
       </c>
       <c r="B497" s="1" t="s">
-        <v>2205</v>
+        <v>2207</v>
       </c>
       <c r="C497" s="1" t="s">
-        <v>2206</v>
+        <v>2202</v>
       </c>
       <c r="D497" s="1" t="s">
-        <v>2207</v>
+        <v>2208</v>
       </c>
       <c r="E497" s="1" t="s">
-        <v>2208</v>
+        <v>2209</v>
       </c>
       <c r="F497" s="1" t="s">
-        <v>2209</v>
+        <v>2210</v>
       </c>
     </row>
     <row r="498" spans="1:6">
       <c r="A498" s="1" t="s">
-        <v>2210</v>
+        <v>2211</v>
       </c>
       <c r="B498" s="1"/>
       <c r="C498" s="1" t="s">
-        <v>2206</v>
+        <v>2202</v>
       </c>
       <c r="D498" s="1" t="s">
-        <v>2211</v>
+        <v>2212</v>
       </c>
       <c r="E498" s="1" t="s">
-        <v>2212</v>
+        <v>2213</v>
       </c>
       <c r="F498" s="1"/>
     </row>
     <row r="499" spans="1:6">
       <c r="A499" s="1" t="s">
-        <v>2213</v>
+        <v>2214</v>
       </c>
       <c r="B499" s="1" t="s">
-        <v>2214</v>
+        <v>2215</v>
       </c>
       <c r="C499" s="1" t="s">
-        <v>2206</v>
+        <v>2216</v>
       </c>
       <c r="D499" s="1" t="s">
-        <v>2215</v>
+        <v>2217</v>
       </c>
       <c r="E499" s="1" t="s">
-        <v>2216</v>
-[...1 lines deleted...]
-      <c r="F499" s="1"/>
+        <v>2218</v>
+      </c>
+      <c r="F499" s="1" t="s">
+        <v>2219</v>
+      </c>
     </row>
     <row r="500" spans="1:6">
       <c r="A500" s="1" t="s">
-        <v>2217</v>
-[...3 lines deleted...]
-      </c>
+        <v>2220</v>
+      </c>
+      <c r="B500" s="1"/>
       <c r="C500" s="1" t="s">
-        <v>2206</v>
+        <v>2216</v>
       </c>
       <c r="D500" s="1" t="s">
-        <v>2219</v>
+        <v>2221</v>
       </c>
       <c r="E500" s="1" t="s">
-        <v>2220</v>
+        <v>2222</v>
       </c>
       <c r="F500" s="1"/>
     </row>
     <row r="501" spans="1:6">
       <c r="A501" s="1" t="s">
-        <v>2221</v>
+        <v>2223</v>
       </c>
       <c r="B501" s="1" t="s">
-        <v>2222</v>
+        <v>2224</v>
       </c>
       <c r="C501" s="1" t="s">
-        <v>2206</v>
+        <v>2216</v>
       </c>
       <c r="D501" s="1" t="s">
-        <v>2223</v>
+        <v>2225</v>
       </c>
       <c r="E501" s="1" t="s">
-        <v>2224</v>
-[...3 lines deleted...]
-      </c>
+        <v>2226</v>
+      </c>
+      <c r="F501" s="1"/>
     </row>
     <row r="502" spans="1:6">
       <c r="A502" s="1" t="s">
-        <v>2226</v>
+        <v>2227</v>
       </c>
       <c r="B502" s="1" t="s">
-        <v>2227</v>
+        <v>2228</v>
       </c>
       <c r="C502" s="1" t="s">
-        <v>2206</v>
+        <v>2216</v>
       </c>
       <c r="D502" s="1" t="s">
-        <v>2228</v>
+        <v>2229</v>
       </c>
       <c r="E502" s="1" t="s">
-        <v>2229</v>
+        <v>2230</v>
       </c>
       <c r="F502" s="1"/>
     </row>
     <row r="503" spans="1:6">
       <c r="A503" s="1" t="s">
-        <v>2230</v>
+        <v>2231</v>
       </c>
       <c r="B503" s="1" t="s">
-        <v>2231</v>
+        <v>2232</v>
       </c>
       <c r="C503" s="1" t="s">
-        <v>2232</v>
+        <v>2216</v>
       </c>
       <c r="D503" s="1" t="s">
         <v>2233</v>
       </c>
       <c r="E503" s="1" t="s">
         <v>2234</v>
       </c>
       <c r="F503" s="1" t="s">
         <v>2235</v>
       </c>
     </row>
     <row r="504" spans="1:6">
       <c r="A504" s="1" t="s">
         <v>2236</v>
       </c>
       <c r="B504" s="1" t="s">
         <v>2237</v>
       </c>
       <c r="C504" s="1" t="s">
-        <v>2232</v>
+        <v>2216</v>
       </c>
       <c r="D504" s="1" t="s">
-        <v>2233</v>
+        <v>2238</v>
       </c>
       <c r="E504" s="1" t="s">
-        <v>2238</v>
+        <v>2239</v>
       </c>
       <c r="F504" s="1"/>
     </row>
     <row r="505" spans="1:6">
       <c r="A505" s="1" t="s">
-        <v>2239</v>
+        <v>2240</v>
       </c>
       <c r="B505" s="1" t="s">
-        <v>2237</v>
+        <v>2241</v>
       </c>
       <c r="C505" s="1" t="s">
-        <v>2232</v>
+        <v>2216</v>
       </c>
       <c r="D505" s="1" t="s">
-        <v>2240</v>
+        <v>2242</v>
       </c>
       <c r="E505" s="1" t="s">
-        <v>2241</v>
-[...1 lines deleted...]
-      <c r="F505" s="1"/>
+        <v>2243</v>
+      </c>
+      <c r="F505" s="1" t="s">
+        <v>2244</v>
+      </c>
     </row>
     <row r="506" spans="1:6">
       <c r="A506" s="1" t="s">
-        <v>2242</v>
-[...1 lines deleted...]
-      <c r="B506" s="1"/>
+        <v>2245</v>
+      </c>
+      <c r="B506" s="1" t="s">
+        <v>2246</v>
+      </c>
       <c r="C506" s="1" t="s">
-        <v>2232</v>
+        <v>2247</v>
       </c>
       <c r="D506" s="1" t="s">
-        <v>2243</v>
+        <v>2248</v>
       </c>
       <c r="E506" s="1" t="s">
-        <v>2244</v>
-[...1 lines deleted...]
-      <c r="F506" s="1"/>
+        <v>2249</v>
+      </c>
+      <c r="F506" s="1" t="s">
+        <v>2250</v>
+      </c>
     </row>
     <row r="507" spans="1:6">
       <c r="A507" s="1" t="s">
-        <v>2245</v>
+        <v>2251</v>
       </c>
       <c r="B507" s="1" t="s">
-        <v>2246</v>
+        <v>2252</v>
       </c>
       <c r="C507" s="1" t="s">
         <v>2247</v>
       </c>
       <c r="D507" s="1" t="s">
         <v>2248</v>
       </c>
       <c r="E507" s="1" t="s">
-        <v>2249</v>
-[...3 lines deleted...]
-      </c>
+        <v>2253</v>
+      </c>
+      <c r="F507" s="1"/>
     </row>
     <row r="508" spans="1:6">
       <c r="A508" s="1" t="s">
-        <v>2251</v>
+        <v>2254</v>
       </c>
       <c r="B508" s="1" t="s">
         <v>2252</v>
       </c>
       <c r="C508" s="1" t="s">
         <v>2247</v>
       </c>
       <c r="D508" s="1" t="s">
-        <v>2253</v>
+        <v>2255</v>
       </c>
       <c r="E508" s="1" t="s">
-        <v>2254</v>
-[...3 lines deleted...]
-      </c>
+        <v>2256</v>
+      </c>
+      <c r="F508" s="1"/>
     </row>
     <row r="509" spans="1:6">
       <c r="A509" s="1" t="s">
-        <v>2256</v>
+        <v>2257</v>
       </c>
       <c r="B509" s="1"/>
       <c r="C509" s="1" t="s">
         <v>2247</v>
       </c>
-      <c r="D509" s="1"/>
+      <c r="D509" s="1" t="s">
+        <v>2258</v>
+      </c>
       <c r="E509" s="1" t="s">
-        <v>2257</v>
+        <v>2259</v>
       </c>
       <c r="F509" s="1"/>
     </row>
     <row r="510" spans="1:6">
       <c r="A510" s="1" t="s">
-        <v>2258</v>
+        <v>2260</v>
       </c>
       <c r="B510" s="1" t="s">
-        <v>2259</v>
+        <v>2261</v>
       </c>
       <c r="C510" s="1" t="s">
-        <v>2247</v>
+        <v>2262</v>
       </c>
       <c r="D510" s="1" t="s">
-        <v>2260</v>
+        <v>2263</v>
       </c>
       <c r="E510" s="1" t="s">
-        <v>2261</v>
+        <v>2264</v>
       </c>
       <c r="F510" s="1" t="s">
-        <v>2262</v>
+        <v>2265</v>
       </c>
     </row>
     <row r="511" spans="1:6">
       <c r="A511" s="1" t="s">
-        <v>2263</v>
-[...1 lines deleted...]
-      <c r="B511" s="1"/>
+        <v>2266</v>
+      </c>
+      <c r="B511" s="1" t="s">
+        <v>2267</v>
+      </c>
       <c r="C511" s="1" t="s">
-        <v>2247</v>
+        <v>2262</v>
       </c>
       <c r="D511" s="1" t="s">
-        <v>2264</v>
+        <v>2268</v>
       </c>
       <c r="E511" s="1" t="s">
-        <v>2265</v>
-[...1 lines deleted...]
-      <c r="F511" s="1"/>
+        <v>2269</v>
+      </c>
+      <c r="F511" s="1" t="s">
+        <v>2270</v>
+      </c>
     </row>
     <row r="512" spans="1:6">
       <c r="A512" s="1" t="s">
-        <v>2266</v>
+        <v>2271</v>
       </c>
       <c r="B512" s="1"/>
       <c r="C512" s="1" t="s">
-        <v>2247</v>
-[...3 lines deleted...]
-      </c>
+        <v>2262</v>
+      </c>
+      <c r="D512" s="1"/>
       <c r="E512" s="1" t="s">
-        <v>2267</v>
-[...3 lines deleted...]
-      </c>
+        <v>2272</v>
+      </c>
+      <c r="F512" s="1"/>
     </row>
     <row r="513" spans="1:6">
       <c r="A513" s="1" t="s">
-        <v>2268</v>
+        <v>2273</v>
       </c>
       <c r="B513" s="1" t="s">
-        <v>2269</v>
+        <v>2274</v>
       </c>
       <c r="C513" s="1" t="s">
-        <v>2247</v>
+        <v>2262</v>
       </c>
       <c r="D513" s="1" t="s">
-        <v>2270</v>
+        <v>2275</v>
       </c>
       <c r="E513" s="1" t="s">
-        <v>2271</v>
+        <v>2276</v>
       </c>
       <c r="F513" s="1" t="s">
-        <v>2272</v>
+        <v>2277</v>
       </c>
     </row>
     <row r="514" spans="1:6">
       <c r="A514" s="1" t="s">
-        <v>2273</v>
-[...3 lines deleted...]
-      </c>
+        <v>2278</v>
+      </c>
+      <c r="B514" s="1"/>
       <c r="C514" s="1" t="s">
-        <v>2275</v>
+        <v>2262</v>
       </c>
       <c r="D514" s="1" t="s">
-        <v>2276</v>
+        <v>2279</v>
       </c>
       <c r="E514" s="1" t="s">
-        <v>2277</v>
-[...3 lines deleted...]
-      </c>
+        <v>2280</v>
+      </c>
+      <c r="F514" s="1"/>
     </row>
     <row r="515" spans="1:6">
       <c r="A515" s="1" t="s">
-        <v>2279</v>
+        <v>2281</v>
       </c>
       <c r="B515" s="1"/>
       <c r="C515" s="1" t="s">
-        <v>2275</v>
+        <v>2262</v>
       </c>
       <c r="D515" s="1" t="s">
-        <v>2280</v>
+        <v>263</v>
       </c>
       <c r="E515" s="1" t="s">
-        <v>2281</v>
-[...1 lines deleted...]
-      <c r="F515" s="1"/>
+        <v>2282</v>
+      </c>
+      <c r="F515" s="1" t="s">
+        <v>397</v>
+      </c>
     </row>
     <row r="516" spans="1:6">
       <c r="A516" s="1" t="s">
-        <v>2282</v>
+        <v>2283</v>
       </c>
       <c r="B516" s="1" t="s">
-        <v>2283</v>
+        <v>2284</v>
       </c>
       <c r="C516" s="1" t="s">
-        <v>2275</v>
+        <v>2262</v>
       </c>
       <c r="D516" s="1" t="s">
-        <v>2284</v>
+        <v>2285</v>
       </c>
       <c r="E516" s="1" t="s">
-        <v>2285</v>
+        <v>2286</v>
       </c>
       <c r="F516" s="1" t="s">
-        <v>2286</v>
+        <v>2287</v>
       </c>
     </row>
     <row r="517" spans="1:6">
       <c r="A517" s="1" t="s">
-        <v>2287</v>
+        <v>2288</v>
       </c>
       <c r="B517" s="1" t="s">
-        <v>2288</v>
+        <v>2289</v>
       </c>
       <c r="C517" s="1" t="s">
-        <v>2275</v>
+        <v>2290</v>
       </c>
       <c r="D517" s="1" t="s">
-        <v>2289</v>
+        <v>2291</v>
       </c>
       <c r="E517" s="1" t="s">
-        <v>2290</v>
-[...1 lines deleted...]
-      <c r="F517" s="1"/>
+        <v>2292</v>
+      </c>
+      <c r="F517" s="1" t="s">
+        <v>2293</v>
+      </c>
     </row>
     <row r="518" spans="1:6">
       <c r="A518" s="1" t="s">
-        <v>2291</v>
-[...3 lines deleted...]
-      </c>
+        <v>2294</v>
+      </c>
+      <c r="B518" s="1"/>
       <c r="C518" s="1" t="s">
-        <v>2293</v>
+        <v>2290</v>
       </c>
       <c r="D518" s="1" t="s">
-        <v>2294</v>
+        <v>2295</v>
       </c>
       <c r="E518" s="1" t="s">
-        <v>2295</v>
-[...1 lines deleted...]
-      <c r="F518" s="1" t="s">
         <v>2296</v>
       </c>
+      <c r="F518" s="1"/>
     </row>
     <row r="519" spans="1:6">
       <c r="A519" s="1" t="s">
         <v>2297</v>
       </c>
       <c r="B519" s="1" t="s">
         <v>2298</v>
       </c>
       <c r="C519" s="1" t="s">
+        <v>2290</v>
+      </c>
+      <c r="D519" s="1" t="s">
         <v>2299</v>
       </c>
-      <c r="D519" s="1" t="s">
+      <c r="E519" s="1" t="s">
         <v>2300</v>
       </c>
-      <c r="E519" s="1" t="s">
+      <c r="F519" s="1" t="s">
         <v>2301</v>
       </c>
-      <c r="F519" s="1"/>
     </row>
     <row r="520" spans="1:6">
       <c r="A520" s="1" t="s">
         <v>2302</v>
       </c>
       <c r="B520" s="1" t="s">
         <v>2303</v>
       </c>
       <c r="C520" s="1" t="s">
-        <v>2299</v>
+        <v>2290</v>
       </c>
       <c r="D520" s="1" t="s">
         <v>2304</v>
       </c>
       <c r="E520" s="1" t="s">
         <v>2305</v>
       </c>
-      <c r="F520" s="1"/>
+      <c r="F520" s="1" t="s">
+        <v>2306</v>
+      </c>
     </row>
     <row r="521" spans="1:6">
       <c r="A521" s="1" t="s">
-        <v>2306</v>
-[...1 lines deleted...]
-      <c r="B521" s="1"/>
+        <v>2307</v>
+      </c>
+      <c r="B521" s="1" t="s">
+        <v>2308</v>
+      </c>
       <c r="C521" s="1" t="s">
-        <v>2299</v>
+        <v>2309</v>
       </c>
       <c r="D521" s="1" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="E521" s="1" t="s">
-        <v>2308</v>
-[...1 lines deleted...]
-      <c r="F521" s="1"/>
+        <v>2311</v>
+      </c>
+      <c r="F521" s="1" t="s">
+        <v>2312</v>
+      </c>
     </row>
     <row r="522" spans="1:6">
       <c r="A522" s="1" t="s">
-        <v>2309</v>
-[...1 lines deleted...]
-      <c r="B522" s="1"/>
+        <v>2313</v>
+      </c>
+      <c r="B522" s="1" t="s">
+        <v>2314</v>
+      </c>
       <c r="C522" s="1" t="s">
-        <v>2299</v>
-[...1 lines deleted...]
-      <c r="D522" s="1"/>
+        <v>2315</v>
+      </c>
+      <c r="D522" s="1" t="s">
+        <v>2316</v>
+      </c>
       <c r="E522" s="1" t="s">
-        <v>2310</v>
+        <v>2317</v>
       </c>
       <c r="F522" s="1"/>
     </row>
     <row r="523" spans="1:6">
       <c r="A523" s="1" t="s">
-        <v>2311</v>
+        <v>2318</v>
       </c>
       <c r="B523" s="1" t="s">
-        <v>2312</v>
+        <v>2319</v>
       </c>
       <c r="C523" s="1" t="s">
-        <v>2299</v>
+        <v>2315</v>
       </c>
       <c r="D523" s="1" t="s">
-        <v>2313</v>
+        <v>2320</v>
       </c>
       <c r="E523" s="1" t="s">
-        <v>2314</v>
-[...3 lines deleted...]
-      </c>
+        <v>2321</v>
+      </c>
+      <c r="F523" s="1"/>
     </row>
     <row r="524" spans="1:6">
       <c r="A524" s="1" t="s">
-        <v>2316</v>
-[...3 lines deleted...]
-      </c>
+        <v>2322</v>
+      </c>
+      <c r="B524" s="1"/>
       <c r="C524" s="1" t="s">
-        <v>2318</v>
+        <v>2315</v>
       </c>
       <c r="D524" s="1" t="s">
-        <v>2319</v>
+        <v>2323</v>
       </c>
       <c r="E524" s="1" t="s">
-        <v>2320</v>
-[...3 lines deleted...]
-      </c>
+        <v>2324</v>
+      </c>
+      <c r="F524" s="1"/>
     </row>
     <row r="525" spans="1:6">
       <c r="A525" s="1" t="s">
-        <v>2322</v>
+        <v>2325</v>
       </c>
       <c r="B525" s="1"/>
       <c r="C525" s="1" t="s">
-        <v>2323</v>
-[...3 lines deleted...]
-      </c>
+        <v>2315</v>
+      </c>
+      <c r="D525" s="1"/>
       <c r="E525" s="1" t="s">
-        <v>2325</v>
+        <v>2326</v>
       </c>
       <c r="F525" s="1"/>
     </row>
     <row r="526" spans="1:6">
       <c r="A526" s="1" t="s">
-        <v>2326</v>
+        <v>2327</v>
       </c>
       <c r="B526" s="1" t="s">
-        <v>2327</v>
+        <v>2328</v>
       </c>
       <c r="C526" s="1" t="s">
-        <v>2328</v>
+        <v>2315</v>
       </c>
       <c r="D526" s="1" t="s">
         <v>2329</v>
       </c>
       <c r="E526" s="1" t="s">
         <v>2330</v>
       </c>
       <c r="F526" s="1" t="s">
         <v>2331</v>
       </c>
     </row>
     <row r="527" spans="1:6">
       <c r="A527" s="1" t="s">
         <v>2332</v>
       </c>
       <c r="B527" s="1" t="s">
-        <v>2327</v>
+        <v>2333</v>
       </c>
       <c r="C527" s="1" t="s">
-        <v>2328</v>
+        <v>2334</v>
       </c>
       <c r="D527" s="1" t="s">
-        <v>2333</v>
+        <v>2335</v>
       </c>
       <c r="E527" s="1" t="s">
-        <v>2334</v>
+        <v>2336</v>
       </c>
       <c r="F527" s="1" t="s">
-        <v>2335</v>
+        <v>2337</v>
       </c>
     </row>
     <row r="528" spans="1:6">
       <c r="A528" s="1" t="s">
-        <v>2336</v>
+        <v>2338</v>
       </c>
       <c r="B528" s="1"/>
       <c r="C528" s="1" t="s">
-        <v>2328</v>
+        <v>2339</v>
       </c>
       <c r="D528" s="1" t="s">
-        <v>2337</v>
+        <v>2340</v>
       </c>
       <c r="E528" s="1" t="s">
-        <v>2338</v>
+        <v>2341</v>
       </c>
       <c r="F528" s="1"/>
     </row>
     <row r="529" spans="1:6">
       <c r="A529" s="1" t="s">
-        <v>2339</v>
-[...1 lines deleted...]
-      <c r="B529" s="1"/>
+        <v>2342</v>
+      </c>
+      <c r="B529" s="1" t="s">
+        <v>2343</v>
+      </c>
       <c r="C529" s="1" t="s">
-        <v>2328</v>
+        <v>2344</v>
       </c>
       <c r="D529" s="1" t="s">
-        <v>2340</v>
+        <v>2345</v>
       </c>
       <c r="E529" s="1" t="s">
-        <v>2341</v>
-[...1 lines deleted...]
-      <c r="F529" s="1"/>
+        <v>2346</v>
+      </c>
+      <c r="F529" s="1" t="s">
+        <v>2347</v>
+      </c>
     </row>
     <row r="530" spans="1:6">
       <c r="A530" s="1" t="s">
-        <v>2342</v>
-[...1 lines deleted...]
-      <c r="B530" s="1"/>
+        <v>2348</v>
+      </c>
+      <c r="B530" s="1" t="s">
+        <v>2343</v>
+      </c>
       <c r="C530" s="1" t="s">
-        <v>2328</v>
+        <v>2344</v>
       </c>
       <c r="D530" s="1" t="s">
-        <v>2343</v>
+        <v>2349</v>
       </c>
       <c r="E530" s="1" t="s">
-        <v>2344</v>
-[...1 lines deleted...]
-      <c r="F530" s="1"/>
+        <v>2350</v>
+      </c>
+      <c r="F530" s="1" t="s">
+        <v>2351</v>
+      </c>
     </row>
     <row r="531" spans="1:6">
       <c r="A531" s="1" t="s">
-        <v>2345</v>
-[...3 lines deleted...]
-      </c>
+        <v>2352</v>
+      </c>
+      <c r="B531" s="1"/>
       <c r="C531" s="1" t="s">
-        <v>2347</v>
+        <v>2344</v>
       </c>
       <c r="D531" s="1" t="s">
-        <v>2348</v>
+        <v>2353</v>
       </c>
       <c r="E531" s="1" t="s">
-        <v>2349</v>
-[...3 lines deleted...]
-      </c>
+        <v>2354</v>
+      </c>
+      <c r="F531" s="1"/>
     </row>
     <row r="532" spans="1:6">
       <c r="A532" s="1" t="s">
-        <v>2351</v>
+        <v>2355</v>
       </c>
       <c r="B532" s="1"/>
       <c r="C532" s="1" t="s">
-        <v>2347</v>
+        <v>2344</v>
       </c>
       <c r="D532" s="1" t="s">
-        <v>2352</v>
+        <v>2356</v>
       </c>
       <c r="E532" s="1" t="s">
-        <v>2353</v>
+        <v>2357</v>
       </c>
       <c r="F532" s="1"/>
     </row>
     <row r="533" spans="1:6">
       <c r="A533" s="1" t="s">
-        <v>2354</v>
+        <v>2358</v>
       </c>
       <c r="B533" s="1"/>
       <c r="C533" s="1" t="s">
-        <v>2347</v>
+        <v>2344</v>
       </c>
       <c r="D533" s="1" t="s">
-        <v>257</v>
-[...4 lines deleted...]
-      </c>
+        <v>2359</v>
+      </c>
+      <c r="E533" s="1" t="s">
+        <v>2360</v>
+      </c>
+      <c r="F533" s="1"/>
     </row>
     <row r="534" spans="1:6">
       <c r="A534" s="1" t="s">
-        <v>2355</v>
+        <v>2361</v>
       </c>
       <c r="B534" s="1" t="s">
-        <v>2356</v>
+        <v>2362</v>
       </c>
       <c r="C534" s="1" t="s">
-        <v>2357</v>
+        <v>2363</v>
       </c>
       <c r="D534" s="1" t="s">
-        <v>2358</v>
+        <v>2364</v>
       </c>
       <c r="E534" s="1" t="s">
-        <v>2359</v>
+        <v>2365</v>
       </c>
       <c r="F534" s="1" t="s">
-        <v>2360</v>
+        <v>2366</v>
       </c>
     </row>
     <row r="535" spans="1:6">
       <c r="A535" s="1" t="s">
-        <v>2361</v>
+        <v>2367</v>
       </c>
       <c r="B535" s="1"/>
       <c r="C535" s="1" t="s">
-        <v>2357</v>
+        <v>2363</v>
       </c>
       <c r="D535" s="1" t="s">
-        <v>2362</v>
+        <v>2368</v>
       </c>
       <c r="E535" s="1" t="s">
-        <v>2363</v>
+        <v>2369</v>
       </c>
       <c r="F535" s="1"/>
     </row>
     <row r="536" spans="1:6">
       <c r="A536" s="1" t="s">
-        <v>2364</v>
-[...3 lines deleted...]
-      </c>
+        <v>2370</v>
+      </c>
+      <c r="B536" s="1"/>
       <c r="C536" s="1" t="s">
-        <v>2366</v>
+        <v>2363</v>
       </c>
       <c r="D536" s="1" t="s">
-        <v>2367</v>
-[...4 lines deleted...]
-      <c r="F536" s="1"/>
+        <v>263</v>
+      </c>
+      <c r="E536" s="1"/>
+      <c r="F536" s="1" t="s">
+        <v>265</v>
+      </c>
     </row>
     <row r="537" spans="1:6">
       <c r="A537" s="1" t="s">
-        <v>2369</v>
+        <v>2371</v>
       </c>
       <c r="B537" s="1" t="s">
-        <v>2370</v>
+        <v>2372</v>
       </c>
       <c r="C537" s="1" t="s">
-        <v>2366</v>
+        <v>2373</v>
       </c>
       <c r="D537" s="1" t="s">
-        <v>2371</v>
+        <v>2374</v>
       </c>
       <c r="E537" s="1" t="s">
-        <v>2372</v>
+        <v>2375</v>
       </c>
       <c r="F537" s="1" t="s">
-        <v>2373</v>
+        <v>2376</v>
       </c>
     </row>
     <row r="538" spans="1:6">
       <c r="A538" s="1" t="s">
-        <v>2374</v>
+        <v>2377</v>
       </c>
       <c r="B538" s="1"/>
       <c r="C538" s="1" t="s">
-        <v>2366</v>
-[...1 lines deleted...]
-      <c r="D538" s="1"/>
+        <v>2373</v>
+      </c>
+      <c r="D538" s="1" t="s">
+        <v>2378</v>
+      </c>
       <c r="E538" s="1" t="s">
-        <v>2375</v>
-[...3 lines deleted...]
-      </c>
+        <v>2379</v>
+      </c>
+      <c r="F538" s="1"/>
     </row>
     <row r="539" spans="1:6">
       <c r="A539" s="1" t="s">
-        <v>2377</v>
-[...1 lines deleted...]
-      <c r="B539" s="1"/>
+        <v>2380</v>
+      </c>
+      <c r="B539" s="1" t="s">
+        <v>2381</v>
+      </c>
       <c r="C539" s="1" t="s">
-        <v>2366</v>
+        <v>2382</v>
       </c>
       <c r="D539" s="1" t="s">
-        <v>2378</v>
+        <v>2383</v>
       </c>
       <c r="E539" s="1" t="s">
-        <v>2379</v>
+        <v>2384</v>
       </c>
       <c r="F539" s="1"/>
     </row>
     <row r="540" spans="1:6">
       <c r="A540" s="1" t="s">
-        <v>2380</v>
+        <v>2385</v>
       </c>
       <c r="B540" s="1" t="s">
-        <v>2381</v>
+        <v>2386</v>
       </c>
       <c r="C540" s="1" t="s">
-        <v>2366</v>
+        <v>2382</v>
       </c>
       <c r="D540" s="1" t="s">
-        <v>2382</v>
+        <v>2387</v>
       </c>
       <c r="E540" s="1" t="s">
-        <v>2383</v>
+        <v>2388</v>
       </c>
       <c r="F540" s="1" t="s">
-        <v>2384</v>
+        <v>2389</v>
       </c>
     </row>
     <row r="541" spans="1:6">
       <c r="A541" s="1" t="s">
-        <v>2385</v>
-[...3 lines deleted...]
-      </c>
+        <v>2390</v>
+      </c>
+      <c r="B541" s="1"/>
       <c r="C541" s="1" t="s">
-        <v>2366</v>
-[...3 lines deleted...]
-      </c>
+        <v>2382</v>
+      </c>
+      <c r="D541" s="1"/>
       <c r="E541" s="1" t="s">
-        <v>2388</v>
+        <v>2391</v>
       </c>
       <c r="F541" s="1" t="s">
-        <v>2389</v>
+        <v>2392</v>
       </c>
     </row>
     <row r="542" spans="1:6">
       <c r="A542" s="1" t="s">
-        <v>2390</v>
-[...3 lines deleted...]
-      </c>
+        <v>2393</v>
+      </c>
+      <c r="B542" s="1"/>
       <c r="C542" s="1" t="s">
-        <v>2366</v>
+        <v>2382</v>
       </c>
       <c r="D542" s="1" t="s">
-        <v>2392</v>
+        <v>2394</v>
       </c>
       <c r="E542" s="1" t="s">
-        <v>2393</v>
-[...3 lines deleted...]
-      </c>
+        <v>2395</v>
+      </c>
+      <c r="F542" s="1"/>
     </row>
     <row r="543" spans="1:6">
       <c r="A543" s="1" t="s">
-        <v>2395</v>
+        <v>2396</v>
       </c>
       <c r="B543" s="1" t="s">
-        <v>2391</v>
+        <v>2397</v>
       </c>
       <c r="C543" s="1" t="s">
-        <v>2366</v>
+        <v>2382</v>
       </c>
       <c r="D543" s="1" t="s">
-        <v>2392</v>
+        <v>2398</v>
       </c>
       <c r="E543" s="1" t="s">
-        <v>2396</v>
+        <v>2399</v>
       </c>
       <c r="F543" s="1" t="s">
-        <v>2394</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="544" spans="1:6">
       <c r="A544" s="1" t="s">
-        <v>2397</v>
+        <v>2401</v>
       </c>
       <c r="B544" s="1" t="s">
-        <v>2398</v>
+        <v>2402</v>
       </c>
       <c r="C544" s="1" t="s">
-        <v>2366</v>
+        <v>2382</v>
       </c>
       <c r="D544" s="1" t="s">
-        <v>2399</v>
+        <v>2403</v>
       </c>
       <c r="E544" s="1" t="s">
-        <v>2400</v>
+        <v>2404</v>
       </c>
       <c r="F544" s="1" t="s">
-        <v>2401</v>
+        <v>2405</v>
       </c>
     </row>
     <row r="545" spans="1:6">
       <c r="A545" s="1" t="s">
-        <v>2402</v>
+        <v>2406</v>
       </c>
       <c r="B545" s="1" t="s">
-        <v>2403</v>
+        <v>2407</v>
       </c>
       <c r="C545" s="1" t="s">
-        <v>2404</v>
+        <v>2382</v>
       </c>
       <c r="D545" s="1" t="s">
-        <v>2405</v>
+        <v>2408</v>
       </c>
       <c r="E545" s="1" t="s">
-        <v>2406</v>
+        <v>2409</v>
       </c>
       <c r="F545" s="1" t="s">
-        <v>2407</v>
+        <v>2410</v>
       </c>
     </row>
     <row r="546" spans="1:6">
       <c r="A546" s="1" t="s">
+        <v>2411</v>
+      </c>
+      <c r="B546" s="1" t="s">
+        <v>2407</v>
+      </c>
+      <c r="C546" s="1" t="s">
+        <v>2382</v>
+      </c>
+      <c r="D546" s="1" t="s">
         <v>2408</v>
       </c>
-      <c r="B546" s="1"/>
-[...5 lines deleted...]
-      </c>
       <c r="E546" s="1" t="s">
+        <v>2412</v>
+      </c>
+      <c r="F546" s="1" t="s">
         <v>2410</v>
       </c>
-      <c r="F546" s="1"/>
     </row>
     <row r="547" spans="1:6">
       <c r="A547" s="1" t="s">
-        <v>2411</v>
+        <v>2413</v>
       </c>
       <c r="B547" s="1" t="s">
-        <v>2412</v>
+        <v>2414</v>
       </c>
       <c r="C547" s="1" t="s">
-        <v>2413</v>
+        <v>2382</v>
       </c>
       <c r="D547" s="1" t="s">
-        <v>2414</v>
+        <v>2415</v>
       </c>
       <c r="E547" s="1" t="s">
-        <v>2415</v>
+        <v>2416</v>
       </c>
       <c r="F547" s="1" t="s">
-        <v>2416</v>
+        <v>2417</v>
       </c>
     </row>
     <row r="548" spans="1:6">
       <c r="A548" s="1" t="s">
-        <v>2417</v>
+        <v>2418</v>
       </c>
       <c r="B548" s="1" t="s">
-        <v>2418</v>
+        <v>2419</v>
       </c>
       <c r="C548" s="1" t="s">
-        <v>2419</v>
+        <v>2420</v>
       </c>
       <c r="D548" s="1" t="s">
-        <v>2420</v>
+        <v>2421</v>
       </c>
       <c r="E548" s="1" t="s">
-        <v>2421</v>
+        <v>2422</v>
       </c>
       <c r="F548" s="1" t="s">
-        <v>2422</v>
+        <v>2423</v>
       </c>
     </row>
     <row r="549" spans="1:6">
       <c r="A549" s="1" t="s">
-        <v>2423</v>
+        <v>2424</v>
       </c>
       <c r="B549" s="1"/>
       <c r="C549" s="1" t="s">
-        <v>2419</v>
+        <v>2420</v>
       </c>
       <c r="D549" s="1" t="s">
-        <v>2424</v>
+        <v>2425</v>
       </c>
       <c r="E549" s="1" t="s">
-        <v>2425</v>
+        <v>2426</v>
       </c>
       <c r="F549" s="1"/>
     </row>
     <row r="550" spans="1:6">
       <c r="A550" s="1" t="s">
-        <v>2426</v>
+        <v>2427</v>
       </c>
       <c r="B550" s="1" t="s">
-        <v>2427</v>
+        <v>2428</v>
       </c>
       <c r="C550" s="1" t="s">
-        <v>2419</v>
+        <v>2429</v>
       </c>
       <c r="D550" s="1" t="s">
-        <v>2428</v>
+        <v>2430</v>
       </c>
       <c r="E550" s="1" t="s">
-        <v>2429</v>
+        <v>2431</v>
       </c>
       <c r="F550" s="1" t="s">
-        <v>2430</v>
+        <v>2432</v>
       </c>
     </row>
     <row r="551" spans="1:6">
       <c r="A551" s="1" t="s">
-        <v>2431</v>
+        <v>2433</v>
       </c>
       <c r="B551" s="1" t="s">
-        <v>2432</v>
+        <v>2434</v>
       </c>
       <c r="C551" s="1" t="s">
-        <v>2419</v>
+        <v>2435</v>
       </c>
       <c r="D551" s="1" t="s">
-        <v>2433</v>
+        <v>2436</v>
       </c>
       <c r="E551" s="1" t="s">
-        <v>2434</v>
+        <v>2437</v>
       </c>
       <c r="F551" s="1" t="s">
-        <v>2435</v>
+        <v>2438</v>
       </c>
     </row>
     <row r="552" spans="1:6">
       <c r="A552" s="1" t="s">
-        <v>2436</v>
-[...3 lines deleted...]
-      </c>
+        <v>2439</v>
+      </c>
+      <c r="B552" s="1"/>
       <c r="C552" s="1" t="s">
-        <v>2419</v>
+        <v>2435</v>
       </c>
       <c r="D552" s="1" t="s">
-        <v>2438</v>
+        <v>2440</v>
       </c>
       <c r="E552" s="1" t="s">
-        <v>2439</v>
+        <v>2441</v>
       </c>
       <c r="F552" s="1"/>
     </row>
     <row r="553" spans="1:6">
       <c r="A553" s="1" t="s">
-        <v>2440</v>
+        <v>2442</v>
       </c>
       <c r="B553" s="1" t="s">
-        <v>2441</v>
+        <v>2443</v>
       </c>
       <c r="C553" s="1" t="s">
-        <v>2442</v>
+        <v>2435</v>
       </c>
       <c r="D553" s="1" t="s">
-        <v>2443</v>
+        <v>2444</v>
       </c>
       <c r="E553" s="1" t="s">
-        <v>2444</v>
-[...1 lines deleted...]
-      <c r="F553" s="1"/>
+        <v>2445</v>
+      </c>
+      <c r="F553" s="1" t="s">
+        <v>2446</v>
+      </c>
     </row>
     <row r="554" spans="1:6">
       <c r="A554" s="1" t="s">
-        <v>2445</v>
-[...1 lines deleted...]
-      <c r="B554" s="1"/>
+        <v>2447</v>
+      </c>
+      <c r="B554" s="1" t="s">
+        <v>2448</v>
+      </c>
       <c r="C554" s="1" t="s">
-        <v>2446</v>
+        <v>2435</v>
       </c>
       <c r="D554" s="1" t="s">
-        <v>257</v>
+        <v>2449</v>
       </c>
       <c r="E554" s="1" t="s">
-        <v>2447</v>
+        <v>2450</v>
       </c>
       <c r="F554" s="1" t="s">
-        <v>259</v>
+        <v>2451</v>
       </c>
     </row>
     <row r="555" spans="1:6">
       <c r="A555" s="1" t="s">
-        <v>2448</v>
+        <v>2452</v>
       </c>
       <c r="B555" s="1" t="s">
-        <v>2449</v>
+        <v>2453</v>
       </c>
       <c r="C555" s="1" t="s">
-        <v>2450</v>
+        <v>2435</v>
       </c>
       <c r="D555" s="1" t="s">
-        <v>2451</v>
+        <v>2454</v>
       </c>
       <c r="E555" s="1" t="s">
-        <v>2452</v>
+        <v>2455</v>
       </c>
       <c r="F555" s="1"/>
     </row>
     <row r="556" spans="1:6">
       <c r="A556" s="1" t="s">
-        <v>2453</v>
-[...1 lines deleted...]
-      <c r="B556" s="1"/>
+        <v>2456</v>
+      </c>
+      <c r="B556" s="1" t="s">
+        <v>2457</v>
+      </c>
       <c r="C556" s="1" t="s">
-        <v>2450</v>
+        <v>2458</v>
       </c>
       <c r="D556" s="1" t="s">
-        <v>2454</v>
+        <v>2459</v>
       </c>
       <c r="E556" s="1" t="s">
-        <v>2455</v>
+        <v>2460</v>
       </c>
       <c r="F556" s="1"/>
     </row>
     <row r="557" spans="1:6">
       <c r="A557" s="1" t="s">
-        <v>2456</v>
-[...3 lines deleted...]
-      </c>
+        <v>2461</v>
+      </c>
+      <c r="B557" s="1"/>
       <c r="C557" s="1" t="s">
-        <v>2458</v>
+        <v>2462</v>
       </c>
       <c r="D557" s="1" t="s">
-        <v>2459</v>
+        <v>263</v>
       </c>
       <c r="E557" s="1" t="s">
-        <v>2460</v>
+        <v>2463</v>
       </c>
       <c r="F557" s="1" t="s">
-        <v>2461</v>
+        <v>265</v>
       </c>
     </row>
     <row r="558" spans="1:6">
       <c r="A558" s="1" t="s">
-        <v>2462</v>
-[...1 lines deleted...]
-      <c r="B558" s="1"/>
+        <v>2464</v>
+      </c>
+      <c r="B558" s="1" t="s">
+        <v>2465</v>
+      </c>
       <c r="C558" s="1" t="s">
-        <v>2458</v>
+        <v>2466</v>
       </c>
       <c r="D558" s="1" t="s">
-        <v>2463</v>
+        <v>2467</v>
       </c>
       <c r="E558" s="1" t="s">
-        <v>2464</v>
+        <v>2468</v>
       </c>
       <c r="F558" s="1"/>
     </row>
     <row r="559" spans="1:6">
       <c r="A559" s="1" t="s">
-        <v>2465</v>
-[...1 lines deleted...]
-      <c r="B559" s="1" t="s">
+        <v>2469</v>
+      </c>
+      <c r="B559" s="1"/>
+      <c r="C559" s="1" t="s">
         <v>2466</v>
       </c>
-      <c r="C559" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D559" s="1" t="s">
-        <v>2467</v>
+        <v>2470</v>
       </c>
       <c r="E559" s="1" t="s">
-        <v>2468</v>
-[...3 lines deleted...]
-      </c>
+        <v>2471</v>
+      </c>
+      <c r="F559" s="1"/>
     </row>
     <row r="560" spans="1:6">
       <c r="A560" s="1" t="s">
-        <v>2470</v>
+        <v>2472</v>
       </c>
       <c r="B560" s="1" t="s">
-        <v>2471</v>
+        <v>2473</v>
       </c>
       <c r="C560" s="1" t="s">
-        <v>2458</v>
+        <v>2474</v>
       </c>
       <c r="D560" s="1" t="s">
-        <v>2472</v>
+        <v>2475</v>
       </c>
       <c r="E560" s="1" t="s">
-        <v>2473</v>
+        <v>2476</v>
       </c>
       <c r="F560" s="1" t="s">
-        <v>2474</v>
+        <v>2477</v>
       </c>
     </row>
     <row r="561" spans="1:6">
       <c r="A561" s="1" t="s">
-        <v>2475</v>
-[...3 lines deleted...]
-      </c>
+        <v>2478</v>
+      </c>
+      <c r="B561" s="1"/>
       <c r="C561" s="1" t="s">
-        <v>2477</v>
+        <v>2474</v>
       </c>
       <c r="D561" s="1" t="s">
-        <v>2478</v>
+        <v>2479</v>
       </c>
       <c r="E561" s="1" t="s">
-        <v>2479</v>
-[...1 lines deleted...]
-      <c r="F561" s="1" t="s">
         <v>2480</v>
       </c>
+      <c r="F561" s="1"/>
     </row>
     <row r="562" spans="1:6">
       <c r="A562" s="1" t="s">
         <v>2481</v>
       </c>
       <c r="B562" s="1" t="s">
         <v>2482</v>
       </c>
       <c r="C562" s="1" t="s">
-        <v>2477</v>
+        <v>2474</v>
       </c>
       <c r="D562" s="1" t="s">
         <v>2483</v>
       </c>
       <c r="E562" s="1" t="s">
         <v>2484</v>
       </c>
       <c r="F562" s="1" t="s">
         <v>2485</v>
       </c>
     </row>
     <row r="563" spans="1:6">
       <c r="A563" s="1" t="s">
         <v>2486</v>
       </c>
       <c r="B563" s="1" t="s">
         <v>2487</v>
       </c>
       <c r="C563" s="1" t="s">
-        <v>2477</v>
+        <v>2474</v>
       </c>
       <c r="D563" s="1" t="s">
         <v>2488</v>
       </c>
       <c r="E563" s="1" t="s">
         <v>2489</v>
       </c>
       <c r="F563" s="1" t="s">
         <v>2490</v>
       </c>
     </row>
     <row r="564" spans="1:6">
       <c r="A564" s="1" t="s">
         <v>2491</v>
       </c>
-      <c r="B564" s="1"/>
+      <c r="B564" s="1" t="s">
+        <v>2492</v>
+      </c>
       <c r="C564" s="1" t="s">
-        <v>2477</v>
+        <v>2493</v>
       </c>
       <c r="D564" s="1" t="s">
-        <v>2492</v>
+        <v>2494</v>
       </c>
       <c r="E564" s="1" t="s">
-        <v>2493</v>
-[...1 lines deleted...]
-      <c r="F564" s="1"/>
+        <v>2495</v>
+      </c>
+      <c r="F564" s="1" t="s">
+        <v>2496</v>
+      </c>
     </row>
     <row r="565" spans="1:6">
       <c r="A565" s="1" t="s">
-        <v>2494</v>
+        <v>2497</v>
       </c>
       <c r="B565" s="1" t="s">
-        <v>2495</v>
+        <v>2498</v>
       </c>
       <c r="C565" s="1" t="s">
-        <v>2477</v>
+        <v>2493</v>
       </c>
       <c r="D565" s="1" t="s">
-        <v>2496</v>
+        <v>2499</v>
       </c>
       <c r="E565" s="1" t="s">
-        <v>2497</v>
+        <v>2500</v>
       </c>
       <c r="F565" s="1" t="s">
-        <v>2498</v>
+        <v>2501</v>
       </c>
     </row>
     <row r="566" spans="1:6">
       <c r="A566" s="1" t="s">
-        <v>2499</v>
+        <v>2502</v>
       </c>
       <c r="B566" s="1" t="s">
-        <v>2500</v>
+        <v>2503</v>
       </c>
       <c r="C566" s="1" t="s">
-        <v>2477</v>
+        <v>2493</v>
       </c>
       <c r="D566" s="1" t="s">
-        <v>2501</v>
+        <v>2504</v>
       </c>
       <c r="E566" s="1" t="s">
-        <v>2502</v>
-[...1 lines deleted...]
-      <c r="F566" s="1"/>
+        <v>2505</v>
+      </c>
+      <c r="F566" s="1" t="s">
+        <v>2506</v>
+      </c>
     </row>
     <row r="567" spans="1:6">
       <c r="A567" s="1" t="s">
-        <v>2503</v>
-[...3 lines deleted...]
-      </c>
+        <v>2507</v>
+      </c>
+      <c r="B567" s="1"/>
       <c r="C567" s="1" t="s">
-        <v>2477</v>
+        <v>2493</v>
       </c>
       <c r="D567" s="1" t="s">
-        <v>2505</v>
+        <v>2508</v>
       </c>
       <c r="E567" s="1" t="s">
-        <v>2506</v>
-[...3 lines deleted...]
-      </c>
+        <v>2509</v>
+      </c>
+      <c r="F567" s="1"/>
     </row>
     <row r="568" spans="1:6">
       <c r="A568" s="1" t="s">
-        <v>2508</v>
+        <v>2510</v>
       </c>
       <c r="B568" s="1" t="s">
-        <v>2509</v>
+        <v>2511</v>
       </c>
       <c r="C568" s="1" t="s">
-        <v>2510</v>
+        <v>2493</v>
       </c>
       <c r="D568" s="1" t="s">
-        <v>2511</v>
+        <v>2512</v>
       </c>
       <c r="E568" s="1" t="s">
-        <v>2512</v>
+        <v>2513</v>
       </c>
       <c r="F568" s="1" t="s">
-        <v>2513</v>
+        <v>2514</v>
       </c>
     </row>
     <row r="569" spans="1:6">
       <c r="A569" s="1" t="s">
-        <v>2514</v>
-[...1 lines deleted...]
-      <c r="B569" s="1"/>
+        <v>2515</v>
+      </c>
+      <c r="B569" s="1" t="s">
+        <v>2516</v>
+      </c>
       <c r="C569" s="1" t="s">
-        <v>2510</v>
+        <v>2493</v>
       </c>
       <c r="D569" s="1" t="s">
-        <v>2515</v>
+        <v>2517</v>
       </c>
       <c r="E569" s="1" t="s">
-        <v>2516</v>
+        <v>2518</v>
       </c>
       <c r="F569" s="1"/>
     </row>
     <row r="570" spans="1:6">
       <c r="A570" s="1" t="s">
-        <v>2517</v>
+        <v>2519</v>
       </c>
       <c r="B570" s="1" t="s">
-        <v>2518</v>
+        <v>2520</v>
       </c>
       <c r="C570" s="1" t="s">
-        <v>2519</v>
+        <v>2493</v>
       </c>
       <c r="D570" s="1" t="s">
-        <v>2520</v>
+        <v>2521</v>
       </c>
       <c r="E570" s="1" t="s">
-        <v>2521</v>
+        <v>2522</v>
       </c>
       <c r="F570" s="1" t="s">
-        <v>2522</v>
+        <v>2523</v>
       </c>
     </row>
     <row r="571" spans="1:6">
       <c r="A571" s="1" t="s">
-        <v>2523</v>
-[...1 lines deleted...]
-      <c r="B571" s="1"/>
+        <v>2524</v>
+      </c>
+      <c r="B571" s="1" t="s">
+        <v>2525</v>
+      </c>
       <c r="C571" s="1" t="s">
-        <v>2519</v>
+        <v>2526</v>
       </c>
       <c r="D571" s="1" t="s">
-        <v>2524</v>
+        <v>2527</v>
       </c>
       <c r="E571" s="1" t="s">
-        <v>2525</v>
-[...1 lines deleted...]
-      <c r="F571" s="1"/>
+        <v>2528</v>
+      </c>
+      <c r="F571" s="1" t="s">
+        <v>2529</v>
+      </c>
     </row>
     <row r="572" spans="1:6">
       <c r="A572" s="1" t="s">
+        <v>2530</v>
+      </c>
+      <c r="B572" s="1"/>
+      <c r="C572" s="1" t="s">
         <v>2526</v>
       </c>
-      <c r="B572" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D572" s="1" t="s">
-        <v>2529</v>
+        <v>2531</v>
       </c>
       <c r="E572" s="1" t="s">
-        <v>2530</v>
+        <v>2532</v>
       </c>
       <c r="F572" s="1"/>
     </row>
     <row r="573" spans="1:6">
       <c r="A573" s="1" t="s">
-        <v>2531</v>
+        <v>2533</v>
       </c>
       <c r="B573" s="1" t="s">
-        <v>2532</v>
+        <v>2534</v>
       </c>
       <c r="C573" s="1" t="s">
-        <v>2528</v>
+        <v>2535</v>
       </c>
       <c r="D573" s="1" t="s">
-        <v>2533</v>
+        <v>2536</v>
       </c>
       <c r="E573" s="1" t="s">
-        <v>2534</v>
+        <v>2537</v>
       </c>
       <c r="F573" s="1" t="s">
-        <v>2535</v>
+        <v>2538</v>
       </c>
     </row>
     <row r="574" spans="1:6">
       <c r="A574" s="1" t="s">
-        <v>2536</v>
+        <v>2539</v>
       </c>
       <c r="B574" s="1"/>
       <c r="C574" s="1" t="s">
-        <v>2528</v>
+        <v>2535</v>
       </c>
       <c r="D574" s="1" t="s">
-        <v>2537</v>
+        <v>2540</v>
       </c>
       <c r="E574" s="1" t="s">
-        <v>2538</v>
+        <v>2541</v>
       </c>
       <c r="F574" s="1"/>
     </row>
     <row r="575" spans="1:6">
       <c r="A575" s="1" t="s">
-        <v>2539</v>
-[...1 lines deleted...]
-      <c r="B575" s="1"/>
+        <v>2542</v>
+      </c>
+      <c r="B575" s="1" t="s">
+        <v>2543</v>
+      </c>
       <c r="C575" s="1" t="s">
-        <v>2540</v>
-[...1 lines deleted...]
-      <c r="D575" s="1"/>
+        <v>2544</v>
+      </c>
+      <c r="D575" s="1" t="s">
+        <v>2545</v>
+      </c>
       <c r="E575" s="1" t="s">
-        <v>2541</v>
+        <v>2546</v>
       </c>
       <c r="F575" s="1"/>
     </row>
     <row r="576" spans="1:6">
       <c r="A576" s="1" t="s">
-        <v>2542</v>
+        <v>2547</v>
       </c>
       <c r="B576" s="1" t="s">
-        <v>2543</v>
+        <v>2548</v>
       </c>
       <c r="C576" s="1" t="s">
-        <v>2540</v>
+        <v>2544</v>
       </c>
       <c r="D576" s="1" t="s">
-        <v>2544</v>
+        <v>2549</v>
       </c>
       <c r="E576" s="1" t="s">
-        <v>2545</v>
+        <v>2550</v>
       </c>
       <c r="F576" s="1" t="s">
-        <v>2546</v>
+        <v>2551</v>
       </c>
     </row>
     <row r="577" spans="1:6">
       <c r="A577" s="1" t="s">
-        <v>2547</v>
-[...3 lines deleted...]
-      </c>
+        <v>2552</v>
+      </c>
+      <c r="B577" s="1"/>
       <c r="C577" s="1" t="s">
-        <v>2540</v>
+        <v>2544</v>
       </c>
       <c r="D577" s="1" t="s">
-        <v>2549</v>
+        <v>2553</v>
       </c>
       <c r="E577" s="1" t="s">
-        <v>2550</v>
+        <v>2554</v>
       </c>
       <c r="F577" s="1"/>
     </row>
     <row r="578" spans="1:6">
       <c r="A578" s="1" t="s">
-        <v>2551</v>
-[...3 lines deleted...]
-      </c>
+        <v>2555</v>
+      </c>
+      <c r="B578" s="1"/>
       <c r="C578" s="1" t="s">
-        <v>2553</v>
-[...3 lines deleted...]
-      </c>
+        <v>2556</v>
+      </c>
+      <c r="D578" s="1"/>
       <c r="E578" s="1" t="s">
-        <v>2555</v>
+        <v>2557</v>
       </c>
       <c r="F578" s="1"/>
     </row>
     <row r="579" spans="1:6">
       <c r="A579" s="1" t="s">
+        <v>2558</v>
+      </c>
+      <c r="B579" s="1" t="s">
+        <v>2559</v>
+      </c>
+      <c r="C579" s="1" t="s">
         <v>2556</v>
       </c>
-      <c r="B579" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D579" s="1" t="s">
-        <v>2558</v>
+        <v>2560</v>
       </c>
       <c r="E579" s="1" t="s">
-        <v>2559</v>
-[...1 lines deleted...]
-      <c r="F579" s="1"/>
+        <v>2561</v>
+      </c>
+      <c r="F579" s="1" t="s">
+        <v>2562</v>
+      </c>
     </row>
     <row r="580" spans="1:6">
       <c r="A580" s="1" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="B580" s="1" t="s">
-        <v>2561</v>
+        <v>2564</v>
       </c>
       <c r="C580" s="1" t="s">
-        <v>2562</v>
+        <v>2556</v>
       </c>
       <c r="D580" s="1" t="s">
-        <v>2563</v>
+        <v>2565</v>
       </c>
       <c r="E580" s="1" t="s">
-        <v>2564</v>
+        <v>2566</v>
       </c>
       <c r="F580" s="1"/>
     </row>
     <row r="581" spans="1:6">
       <c r="A581" s="1" t="s">
-        <v>2565</v>
+        <v>2567</v>
       </c>
       <c r="B581" s="1" t="s">
-        <v>2566</v>
+        <v>2568</v>
       </c>
       <c r="C581" s="1" t="s">
-        <v>2567</v>
+        <v>2569</v>
       </c>
       <c r="D581" s="1" t="s">
-        <v>2568</v>
+        <v>2570</v>
       </c>
       <c r="E581" s="1" t="s">
-        <v>2569</v>
-[...3 lines deleted...]
-      </c>
+        <v>2571</v>
+      </c>
+      <c r="F581" s="1"/>
     </row>
     <row r="582" spans="1:6">
       <c r="A582" s="1" t="s">
-        <v>2571</v>
+        <v>2572</v>
       </c>
       <c r="B582" s="1" t="s">
-        <v>2572</v>
+        <v>2573</v>
       </c>
       <c r="C582" s="1" t="s">
-        <v>2567</v>
+        <v>2569</v>
       </c>
       <c r="D582" s="1" t="s">
-        <v>2573</v>
+        <v>2574</v>
       </c>
       <c r="E582" s="1" t="s">
-        <v>2574</v>
-[...1 lines deleted...]
-      <c r="F582" s="1" t="s">
         <v>2575</v>
       </c>
+      <c r="F582" s="1"/>
     </row>
     <row r="583" spans="1:6">
       <c r="A583" s="1" t="s">
         <v>2576</v>
       </c>
       <c r="B583" s="1" t="s">
         <v>2577</v>
       </c>
       <c r="C583" s="1" t="s">
-        <v>2567</v>
+        <v>2578</v>
       </c>
       <c r="D583" s="1" t="s">
-        <v>2578</v>
+        <v>2579</v>
       </c>
       <c r="E583" s="1" t="s">
-        <v>2579</v>
-[...3 lines deleted...]
-      </c>
+        <v>2580</v>
+      </c>
+      <c r="F583" s="1"/>
     </row>
     <row r="584" spans="1:6">
       <c r="A584" s="1" t="s">
-        <v>2580</v>
+        <v>2581</v>
       </c>
       <c r="B584" s="1" t="s">
-        <v>2581</v>
+        <v>2582</v>
       </c>
       <c r="C584" s="1" t="s">
-        <v>2582</v>
+        <v>2583</v>
       </c>
       <c r="D584" s="1" t="s">
-        <v>2583</v>
+        <v>2584</v>
       </c>
       <c r="E584" s="1" t="s">
-        <v>2584</v>
+        <v>2585</v>
       </c>
       <c r="F584" s="1" t="s">
-        <v>2585</v>
+        <v>2586</v>
       </c>
     </row>
     <row r="585" spans="1:6">
       <c r="A585" s="1" t="s">
-        <v>2586</v>
-[...1 lines deleted...]
-      <c r="B585" s="1"/>
+        <v>2587</v>
+      </c>
+      <c r="B585" s="1" t="s">
+        <v>2588</v>
+      </c>
       <c r="C585" s="1" t="s">
-        <v>2582</v>
+        <v>2583</v>
       </c>
       <c r="D585" s="1" t="s">
-        <v>2587</v>
+        <v>2589</v>
       </c>
       <c r="E585" s="1" t="s">
-        <v>2588</v>
-[...1 lines deleted...]
-      <c r="F585" s="1"/>
+        <v>2590</v>
+      </c>
+      <c r="F585" s="1" t="s">
+        <v>2591</v>
+      </c>
     </row>
     <row r="586" spans="1:6">
       <c r="A586" s="1" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="B586" s="1" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="C586" s="1" t="s">
-        <v>2582</v>
+        <v>2583</v>
       </c>
       <c r="D586" s="1" t="s">
-        <v>2591</v>
+        <v>2594</v>
       </c>
       <c r="E586" s="1" t="s">
-        <v>2592</v>
+        <v>2595</v>
       </c>
       <c r="F586" s="1" t="s">
-        <v>2593</v>
+        <v>2586</v>
       </c>
     </row>
     <row r="587" spans="1:6">
       <c r="A587" s="1" t="s">
-        <v>2594</v>
+        <v>2596</v>
       </c>
       <c r="B587" s="1" t="s">
-        <v>2595</v>
+        <v>2597</v>
       </c>
       <c r="C587" s="1" t="s">
-        <v>2596</v>
-[...1 lines deleted...]
-      <c r="D587" s="1"/>
+        <v>2598</v>
+      </c>
+      <c r="D587" s="1" t="s">
+        <v>2599</v>
+      </c>
       <c r="E587" s="1" t="s">
-        <v>2597</v>
+        <v>2600</v>
       </c>
       <c r="F587" s="1" t="s">
-        <v>2598</v>
+        <v>2601</v>
       </c>
     </row>
     <row r="588" spans="1:6">
       <c r="A588" s="1" t="s">
-        <v>2599</v>
-[...3 lines deleted...]
-      </c>
+        <v>2602</v>
+      </c>
+      <c r="B588" s="1"/>
       <c r="C588" s="1" t="s">
-        <v>2601</v>
+        <v>2598</v>
       </c>
       <c r="D588" s="1" t="s">
-        <v>2602</v>
+        <v>2603</v>
       </c>
       <c r="E588" s="1" t="s">
-        <v>2603</v>
+        <v>2604</v>
       </c>
       <c r="F588" s="1"/>
     </row>
     <row r="589" spans="1:6">
       <c r="A589" s="1" t="s">
-        <v>2604</v>
+        <v>2605</v>
       </c>
       <c r="B589" s="1" t="s">
-        <v>2605</v>
+        <v>2606</v>
       </c>
       <c r="C589" s="1" t="s">
-        <v>2606</v>
+        <v>2598</v>
       </c>
       <c r="D589" s="1" t="s">
         <v>2607</v>
       </c>
       <c r="E589" s="1" t="s">
         <v>2608</v>
       </c>
-      <c r="F589" s="1"/>
+      <c r="F589" s="1" t="s">
+        <v>2609</v>
+      </c>
     </row>
     <row r="590" spans="1:6">
       <c r="A590" s="1" t="s">
-        <v>2609</v>
-[...1 lines deleted...]
-      <c r="B590" s="1"/>
+        <v>2610</v>
+      </c>
+      <c r="B590" s="1" t="s">
+        <v>2611</v>
+      </c>
       <c r="C590" s="1" t="s">
-        <v>2606</v>
-[...3 lines deleted...]
-      </c>
+        <v>2612</v>
+      </c>
+      <c r="D590" s="1"/>
       <c r="E590" s="1" t="s">
-        <v>2611</v>
-[...1 lines deleted...]
-      <c r="F590" s="1"/>
+        <v>2613</v>
+      </c>
+      <c r="F590" s="1" t="s">
+        <v>2614</v>
+      </c>
     </row>
     <row r="591" spans="1:6">
       <c r="A591" s="1" t="s">
-        <v>2612</v>
+        <v>2615</v>
       </c>
       <c r="B591" s="1" t="s">
-        <v>2613</v>
+        <v>2616</v>
       </c>
       <c r="C591" s="1" t="s">
-        <v>2614</v>
+        <v>2617</v>
       </c>
       <c r="D591" s="1" t="s">
-        <v>2615</v>
+        <v>2618</v>
       </c>
       <c r="E591" s="1" t="s">
-        <v>2616</v>
-[...3 lines deleted...]
-      </c>
+        <v>2619</v>
+      </c>
+      <c r="F591" s="1"/>
     </row>
     <row r="592" spans="1:6">
       <c r="A592" s="1" t="s">
-        <v>2618</v>
-[...1 lines deleted...]
-      <c r="B592" s="1"/>
+        <v>2620</v>
+      </c>
+      <c r="B592" s="1" t="s">
+        <v>2621</v>
+      </c>
       <c r="C592" s="1" t="s">
-        <v>2614</v>
+        <v>2622</v>
       </c>
       <c r="D592" s="1" t="s">
-        <v>2619</v>
+        <v>2623</v>
       </c>
       <c r="E592" s="1" t="s">
-        <v>2620</v>
+        <v>2624</v>
       </c>
       <c r="F592" s="1"/>
     </row>
     <row r="593" spans="1:6">
       <c r="A593" s="1" t="s">
-        <v>2621</v>
-[...1 lines deleted...]
-      <c r="B593" s="1" t="s">
+        <v>2625</v>
+      </c>
+      <c r="B593" s="1"/>
+      <c r="C593" s="1" t="s">
         <v>2622</v>
       </c>
-      <c r="C593" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D593" s="1" t="s">
-        <v>2624</v>
+        <v>2626</v>
       </c>
       <c r="E593" s="1" t="s">
-        <v>2625</v>
-[...3 lines deleted...]
-      </c>
+        <v>2627</v>
+      </c>
+      <c r="F593" s="1"/>
     </row>
     <row r="594" spans="1:6">
       <c r="A594" s="1" t="s">
-        <v>2627</v>
-[...1 lines deleted...]
-      <c r="B594" s="1"/>
+        <v>2628</v>
+      </c>
+      <c r="B594" s="1" t="s">
+        <v>2629</v>
+      </c>
       <c r="C594" s="1" t="s">
-        <v>2623</v>
+        <v>2630</v>
       </c>
       <c r="D594" s="1" t="s">
-        <v>2628</v>
+        <v>2631</v>
       </c>
       <c r="E594" s="1" t="s">
-        <v>2629</v>
-[...1 lines deleted...]
-      <c r="F594" s="1"/>
+        <v>2632</v>
+      </c>
+      <c r="F594" s="1" t="s">
+        <v>2633</v>
+      </c>
     </row>
     <row r="595" spans="1:6">
       <c r="A595" s="1" t="s">
+        <v>2634</v>
+      </c>
+      <c r="B595" s="1"/>
+      <c r="C595" s="1" t="s">
         <v>2630</v>
       </c>
-      <c r="B595" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D595" s="1" t="s">
-        <v>2632</v>
+        <v>2635</v>
       </c>
       <c r="E595" s="1" t="s">
-        <v>2633</v>
-[...3 lines deleted...]
-      </c>
+        <v>2636</v>
+      </c>
+      <c r="F595" s="1"/>
     </row>
     <row r="596" spans="1:6">
       <c r="A596" s="1" t="s">
-        <v>2635</v>
+        <v>2637</v>
       </c>
       <c r="B596" s="1" t="s">
-        <v>2636</v>
+        <v>2638</v>
       </c>
       <c r="C596" s="1" t="s">
-        <v>2623</v>
+        <v>2639</v>
       </c>
       <c r="D596" s="1" t="s">
-        <v>2637</v>
+        <v>2640</v>
       </c>
       <c r="E596" s="1" t="s">
-        <v>2638</v>
+        <v>2641</v>
       </c>
       <c r="F596" s="1" t="s">
-        <v>2639</v>
+        <v>2642</v>
       </c>
     </row>
     <row r="597" spans="1:6">
       <c r="A597" s="1" t="s">
-        <v>2640</v>
-[...3 lines deleted...]
-      </c>
+        <v>2643</v>
+      </c>
+      <c r="B597" s="1"/>
       <c r="C597" s="1" t="s">
-        <v>2623</v>
+        <v>2639</v>
       </c>
       <c r="D597" s="1" t="s">
-        <v>2642</v>
+        <v>2644</v>
       </c>
       <c r="E597" s="1" t="s">
-        <v>2643</v>
-[...3 lines deleted...]
-      </c>
+        <v>2645</v>
+      </c>
+      <c r="F597" s="1"/>
     </row>
     <row r="598" spans="1:6">
       <c r="A598" s="1" t="s">
-        <v>2645</v>
+        <v>2646</v>
       </c>
       <c r="B598" s="1" t="s">
-        <v>2646</v>
+        <v>2647</v>
       </c>
       <c r="C598" s="1" t="s">
-        <v>2623</v>
+        <v>2639</v>
       </c>
       <c r="D598" s="1" t="s">
-        <v>2647</v>
+        <v>2648</v>
       </c>
       <c r="E598" s="1" t="s">
-        <v>2648</v>
-[...1 lines deleted...]
-      <c r="F598" s="1"/>
+        <v>2649</v>
+      </c>
+      <c r="F598" s="1" t="s">
+        <v>2650</v>
+      </c>
     </row>
     <row r="599" spans="1:6">
       <c r="A599" s="1" t="s">
-        <v>2649</v>
+        <v>2651</v>
       </c>
       <c r="B599" s="1" t="s">
-        <v>2650</v>
+        <v>2652</v>
       </c>
       <c r="C599" s="1" t="s">
-        <v>2651</v>
+        <v>2639</v>
       </c>
       <c r="D599" s="1" t="s">
-        <v>2652</v>
+        <v>2653</v>
       </c>
       <c r="E599" s="1" t="s">
-        <v>2653</v>
+        <v>2654</v>
       </c>
       <c r="F599" s="1" t="s">
-        <v>2654</v>
+        <v>2655</v>
       </c>
     </row>
     <row r="600" spans="1:6">
       <c r="A600" s="1" t="s">
-        <v>2655</v>
-[...1 lines deleted...]
-      <c r="B600" s="1"/>
+        <v>2656</v>
+      </c>
+      <c r="B600" s="1" t="s">
+        <v>2657</v>
+      </c>
       <c r="C600" s="1" t="s">
-        <v>2651</v>
+        <v>2639</v>
       </c>
       <c r="D600" s="1" t="s">
-        <v>2656</v>
+        <v>2658</v>
       </c>
       <c r="E600" s="1" t="s">
-        <v>2657</v>
-[...1 lines deleted...]
-      <c r="F600" s="1"/>
+        <v>2659</v>
+      </c>
+      <c r="F600" s="1" t="s">
+        <v>2660</v>
+      </c>
     </row>
     <row r="601" spans="1:6">
       <c r="A601" s="1" t="s">
-        <v>2658</v>
+        <v>2661</v>
       </c>
       <c r="B601" s="1" t="s">
-        <v>2659</v>
+        <v>2662</v>
       </c>
       <c r="C601" s="1" t="s">
-        <v>2660</v>
-[...1 lines deleted...]
-      <c r="D601" s="1"/>
+        <v>2639</v>
+      </c>
+      <c r="D601" s="1" t="s">
+        <v>2663</v>
+      </c>
       <c r="E601" s="1" t="s">
-        <v>2661</v>
+        <v>2664</v>
       </c>
       <c r="F601" s="1"/>
     </row>
     <row r="602" spans="1:6">
       <c r="A602" s="1" t="s">
-        <v>2662</v>
+        <v>2665</v>
       </c>
       <c r="B602" s="1" t="s">
-        <v>2663</v>
+        <v>2666</v>
       </c>
       <c r="C602" s="1" t="s">
-        <v>2664</v>
+        <v>2667</v>
       </c>
       <c r="D602" s="1" t="s">
-        <v>2665</v>
+        <v>2668</v>
       </c>
       <c r="E602" s="1" t="s">
-        <v>2666</v>
+        <v>2669</v>
       </c>
       <c r="F602" s="1" t="s">
-        <v>2667</v>
+        <v>2670</v>
       </c>
     </row>
     <row r="603" spans="1:6">
       <c r="A603" s="1" t="s">
-        <v>2668</v>
-[...3 lines deleted...]
-      </c>
+        <v>2671</v>
+      </c>
+      <c r="B603" s="1"/>
       <c r="C603" s="1" t="s">
-        <v>2670</v>
+        <v>2667</v>
       </c>
       <c r="D603" s="1" t="s">
-        <v>2671</v>
+        <v>2672</v>
       </c>
       <c r="E603" s="1" t="s">
-        <v>2672</v>
-[...1 lines deleted...]
-      <c r="F603" s="1" t="s">
         <v>2673</v>
       </c>
+      <c r="F603" s="1"/>
     </row>
     <row r="604" spans="1:6">
       <c r="A604" s="1" t="s">
         <v>2674</v>
       </c>
       <c r="B604" s="1" t="s">
         <v>2675</v>
       </c>
       <c r="C604" s="1" t="s">
         <v>2676</v>
       </c>
-      <c r="D604" s="1" t="s">
+      <c r="D604" s="1"/>
+      <c r="E604" s="1" t="s">
         <v>2677</v>
-      </c>
-[...1 lines deleted...]
-        <v>2678</v>
       </c>
       <c r="F604" s="1"/>
     </row>
     <row r="605" spans="1:6">
       <c r="A605" s="1" t="s">
+        <v>2678</v>
+      </c>
+      <c r="B605" s="1" t="s">
         <v>2679</v>
       </c>
-      <c r="B605" s="1"/>
       <c r="C605" s="1" t="s">
-        <v>2676</v>
+        <v>2680</v>
       </c>
       <c r="D605" s="1" t="s">
-        <v>257</v>
+        <v>2681</v>
       </c>
       <c r="E605" s="1" t="s">
-        <v>2680</v>
+        <v>2682</v>
       </c>
       <c r="F605" s="1" t="s">
-        <v>259</v>
+        <v>2683</v>
       </c>
     </row>
     <row r="606" spans="1:6">
       <c r="A606" s="1" t="s">
-        <v>2681</v>
+        <v>2684</v>
       </c>
       <c r="B606" s="1" t="s">
-        <v>2682</v>
+        <v>2685</v>
       </c>
       <c r="C606" s="1" t="s">
-        <v>2676</v>
+        <v>2686</v>
       </c>
       <c r="D606" s="1" t="s">
-        <v>2683</v>
+        <v>2687</v>
       </c>
       <c r="E606" s="1" t="s">
-        <v>2684</v>
+        <v>2688</v>
       </c>
       <c r="F606" s="1" t="s">
-        <v>2685</v>
+        <v>2689</v>
       </c>
     </row>
     <row r="607" spans="1:6">
       <c r="A607" s="1" t="s">
-        <v>2686</v>
+        <v>2690</v>
       </c>
       <c r="B607" s="1" t="s">
-        <v>2687</v>
+        <v>2691</v>
       </c>
       <c r="C607" s="1" t="s">
-        <v>2688</v>
+        <v>2692</v>
       </c>
       <c r="D607" s="1" t="s">
-        <v>2689</v>
+        <v>2693</v>
       </c>
       <c r="E607" s="1" t="s">
-        <v>2690</v>
-[...3 lines deleted...]
-      </c>
+        <v>2694</v>
+      </c>
+      <c r="F607" s="1"/>
     </row>
     <row r="608" spans="1:6">
       <c r="A608" s="1" t="s">
+        <v>2695</v>
+      </c>
+      <c r="B608" s="1"/>
+      <c r="C608" s="1" t="s">
         <v>2692</v>
       </c>
-      <c r="B608" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D608" s="1" t="s">
-        <v>2695</v>
+        <v>263</v>
       </c>
       <c r="E608" s="1" t="s">
         <v>2696</v>
       </c>
-      <c r="F608" s="1"/>
+      <c r="F608" s="1" t="s">
+        <v>265</v>
+      </c>
     </row>
     <row r="609" spans="1:6">
       <c r="A609" s="1" t="s">
         <v>2697</v>
       </c>
       <c r="B609" s="1" t="s">
         <v>2698</v>
       </c>
       <c r="C609" s="1" t="s">
-        <v>2694</v>
+        <v>2692</v>
       </c>
       <c r="D609" s="1" t="s">
         <v>2699</v>
       </c>
       <c r="E609" s="1" t="s">
         <v>2700</v>
       </c>
       <c r="F609" s="1" t="s">
         <v>2701</v>
       </c>
     </row>
     <row r="610" spans="1:6">
       <c r="A610" s="1" t="s">
         <v>2702</v>
       </c>
-      <c r="B610" s="1"/>
+      <c r="B610" s="1" t="s">
+        <v>2703</v>
+      </c>
       <c r="C610" s="1" t="s">
-        <v>2694</v>
+        <v>2704</v>
       </c>
       <c r="D610" s="1" t="s">
-        <v>2695</v>
+        <v>2705</v>
       </c>
       <c r="E610" s="1" t="s">
-        <v>2703</v>
+        <v>2706</v>
       </c>
       <c r="F610" s="1" t="s">
-        <v>2704</v>
+        <v>2707</v>
       </c>
     </row>
     <row r="611" spans="1:6">
       <c r="A611" s="1" t="s">
-        <v>2705</v>
-[...1 lines deleted...]
-      <c r="B611" s="1"/>
+        <v>2708</v>
+      </c>
+      <c r="B611" s="1" t="s">
+        <v>2709</v>
+      </c>
       <c r="C611" s="1" t="s">
-        <v>2694</v>
+        <v>2710</v>
       </c>
       <c r="D611" s="1" t="s">
-        <v>2706</v>
+        <v>2711</v>
       </c>
       <c r="E611" s="1" t="s">
-        <v>2707</v>
+        <v>2712</v>
       </c>
       <c r="F611" s="1"/>
     </row>
     <row r="612" spans="1:6">
       <c r="A612" s="1" t="s">
-        <v>2708</v>
-[...1 lines deleted...]
-      <c r="B612" s="1"/>
+        <v>2713</v>
+      </c>
+      <c r="B612" s="1" t="s">
+        <v>2714</v>
+      </c>
       <c r="C612" s="1" t="s">
-        <v>2694</v>
+        <v>2710</v>
       </c>
       <c r="D612" s="1" t="s">
-        <v>257</v>
+        <v>2715</v>
       </c>
       <c r="E612" s="1" t="s">
-        <v>2709</v>
+        <v>2716</v>
       </c>
       <c r="F612" s="1" t="s">
-        <v>259</v>
+        <v>2717</v>
       </c>
     </row>
     <row r="613" spans="1:6">
       <c r="A613" s="1" t="s">
-        <v>2710</v>
+        <v>2718</v>
       </c>
       <c r="B613" s="1"/>
       <c r="C613" s="1" t="s">
-        <v>2694</v>
-[...1 lines deleted...]
-      <c r="D613" s="1"/>
+        <v>2710</v>
+      </c>
+      <c r="D613" s="1" t="s">
+        <v>2711</v>
+      </c>
       <c r="E613" s="1" t="s">
-        <v>2711</v>
-[...1 lines deleted...]
-      <c r="F613" s="1"/>
+        <v>2719</v>
+      </c>
+      <c r="F613" s="1" t="s">
+        <v>2720</v>
+      </c>
     </row>
     <row r="614" spans="1:6">
       <c r="A614" s="1" t="s">
-        <v>2712</v>
-[...3 lines deleted...]
-      </c>
+        <v>2721</v>
+      </c>
+      <c r="B614" s="1"/>
       <c r="C614" s="1" t="s">
-        <v>2694</v>
+        <v>2710</v>
       </c>
       <c r="D614" s="1" t="s">
-        <v>2714</v>
+        <v>2722</v>
       </c>
       <c r="E614" s="1" t="s">
-        <v>2715</v>
-[...3 lines deleted...]
-      </c>
+        <v>2723</v>
+      </c>
+      <c r="F614" s="1"/>
     </row>
     <row r="615" spans="1:6">
       <c r="A615" s="1" t="s">
-        <v>2717</v>
-[...3 lines deleted...]
-      </c>
+        <v>2724</v>
+      </c>
+      <c r="B615" s="1"/>
       <c r="C615" s="1" t="s">
-        <v>2694</v>
+        <v>2710</v>
       </c>
       <c r="D615" s="1" t="s">
-        <v>2719</v>
+        <v>263</v>
       </c>
       <c r="E615" s="1" t="s">
-        <v>2720</v>
-[...1 lines deleted...]
-      <c r="F615" s="1"/>
+        <v>2725</v>
+      </c>
+      <c r="F615" s="1" t="s">
+        <v>265</v>
+      </c>
     </row>
     <row r="616" spans="1:6">
       <c r="A616" s="1" t="s">
-        <v>2721</v>
-[...3 lines deleted...]
-      </c>
+        <v>2726</v>
+      </c>
+      <c r="B616" s="1"/>
       <c r="C616" s="1" t="s">
-        <v>2723</v>
-[...3 lines deleted...]
-      </c>
+        <v>2710</v>
+      </c>
+      <c r="D616" s="1"/>
       <c r="E616" s="1" t="s">
-        <v>2725</v>
+        <v>2727</v>
       </c>
       <c r="F616" s="1"/>
     </row>
     <row r="617" spans="1:6">
       <c r="A617" s="1" t="s">
-        <v>2726</v>
+        <v>2728</v>
       </c>
       <c r="B617" s="1" t="s">
-        <v>2727</v>
+        <v>2729</v>
       </c>
       <c r="C617" s="1" t="s">
-        <v>2728</v>
+        <v>2710</v>
       </c>
       <c r="D617" s="1" t="s">
-        <v>2729</v>
+        <v>2730</v>
       </c>
       <c r="E617" s="1" t="s">
-        <v>2730</v>
-[...1 lines deleted...]
-      <c r="F617" s="1"/>
+        <v>2731</v>
+      </c>
+      <c r="F617" s="1" t="s">
+        <v>2732</v>
+      </c>
     </row>
     <row r="618" spans="1:6">
       <c r="A618" s="1" t="s">
-        <v>2731</v>
+        <v>2733</v>
       </c>
       <c r="B618" s="1" t="s">
-        <v>2732</v>
+        <v>2734</v>
       </c>
       <c r="C618" s="1" t="s">
-        <v>2733</v>
+        <v>2710</v>
       </c>
       <c r="D618" s="1" t="s">
-        <v>2734</v>
+        <v>2735</v>
       </c>
       <c r="E618" s="1" t="s">
-        <v>2735</v>
-[...1 lines deleted...]
-      <c r="F618" s="1" t="s">
         <v>2736</v>
       </c>
+      <c r="F618" s="1"/>
     </row>
     <row r="619" spans="1:6">
       <c r="A619" s="1" t="s">
         <v>2737</v>
       </c>
       <c r="B619" s="1" t="s">
-        <v>2732</v>
+        <v>2738</v>
       </c>
       <c r="C619" s="1" t="s">
-        <v>2733</v>
+        <v>2739</v>
       </c>
       <c r="D619" s="1" t="s">
-        <v>2738</v>
+        <v>2740</v>
       </c>
       <c r="E619" s="1" t="s">
-        <v>2739</v>
-[...3 lines deleted...]
-      </c>
+        <v>2741</v>
+      </c>
+      <c r="F619" s="1"/>
     </row>
     <row r="620" spans="1:6">
       <c r="A620" s="1" t="s">
-        <v>2741</v>
+        <v>2742</v>
       </c>
       <c r="B620" s="1" t="s">
-        <v>2742</v>
+        <v>2743</v>
       </c>
       <c r="C620" s="1" t="s">
-        <v>2743</v>
+        <v>2744</v>
       </c>
       <c r="D620" s="1" t="s">
-        <v>2744</v>
+        <v>2745</v>
       </c>
       <c r="E620" s="1" t="s">
-        <v>2745</v>
+        <v>2746</v>
       </c>
       <c r="F620" s="1"/>
     </row>
     <row r="621" spans="1:6">
       <c r="A621" s="1" t="s">
-        <v>2746</v>
-[...1 lines deleted...]
-      <c r="B621" s="1"/>
+        <v>2747</v>
+      </c>
+      <c r="B621" s="1" t="s">
+        <v>2748</v>
+      </c>
       <c r="C621" s="1" t="s">
-        <v>2743</v>
+        <v>2749</v>
       </c>
       <c r="D621" s="1" t="s">
-        <v>2747</v>
+        <v>2750</v>
       </c>
       <c r="E621" s="1" t="s">
-        <v>2748</v>
-[...1 lines deleted...]
-      <c r="F621" s="1"/>
+        <v>2751</v>
+      </c>
+      <c r="F621" s="1" t="s">
+        <v>2752</v>
+      </c>
     </row>
     <row r="622" spans="1:6">
       <c r="A622" s="1" t="s">
+        <v>2753</v>
+      </c>
+      <c r="B622" s="1" t="s">
+        <v>2748</v>
+      </c>
+      <c r="C622" s="1" t="s">
         <v>2749</v>
       </c>
-      <c r="B622" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D622" s="1" t="s">
-        <v>2752</v>
+        <v>2754</v>
       </c>
       <c r="E622" s="1" t="s">
-        <v>2753</v>
+        <v>2755</v>
       </c>
       <c r="F622" s="1" t="s">
-        <v>2754</v>
+        <v>2756</v>
       </c>
     </row>
     <row r="623" spans="1:6">
       <c r="A623" s="1" t="s">
-        <v>2755</v>
+        <v>2757</v>
       </c>
       <c r="B623" s="1" t="s">
-        <v>2750</v>
+        <v>2758</v>
       </c>
       <c r="C623" s="1" t="s">
-        <v>2751</v>
+        <v>2759</v>
       </c>
       <c r="D623" s="1" t="s">
-        <v>2756</v>
+        <v>2760</v>
       </c>
       <c r="E623" s="1" t="s">
-        <v>2757</v>
+        <v>2761</v>
       </c>
       <c r="F623" s="1"/>
     </row>
     <row r="624" spans="1:6">
       <c r="A624" s="1" t="s">
-        <v>2758</v>
-[...1 lines deleted...]
-      <c r="B624" s="1" t="s">
+        <v>2762</v>
+      </c>
+      <c r="B624" s="1"/>
+      <c r="C624" s="1" t="s">
         <v>2759</v>
       </c>
-      <c r="C624" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D624" s="1" t="s">
-        <v>2761</v>
+        <v>2763</v>
       </c>
       <c r="E624" s="1" t="s">
-        <v>2762</v>
-[...3 lines deleted...]
-      </c>
+        <v>2764</v>
+      </c>
+      <c r="F624" s="1"/>
     </row>
     <row r="625" spans="1:6">
       <c r="A625" s="1" t="s">
-        <v>2764</v>
+        <v>2765</v>
       </c>
       <c r="B625" s="1" t="s">
-        <v>2765</v>
+        <v>2766</v>
       </c>
       <c r="C625" s="1" t="s">
-        <v>2766</v>
+        <v>2767</v>
       </c>
       <c r="D625" s="1" t="s">
-        <v>2767</v>
+        <v>2768</v>
       </c>
       <c r="E625" s="1" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="F625" s="1" t="s">
-        <v>2769</v>
+        <v>2770</v>
       </c>
     </row>
     <row r="626" spans="1:6">
       <c r="A626" s="1" t="s">
-        <v>2770</v>
+        <v>2771</v>
       </c>
       <c r="B626" s="1" t="s">
-        <v>2771</v>
+        <v>2766</v>
       </c>
       <c r="C626" s="1" t="s">
+        <v>2767</v>
+      </c>
+      <c r="D626" s="1" t="s">
         <v>2772</v>
       </c>
-      <c r="D626" s="1" t="s">
+      <c r="E626" s="1" t="s">
         <v>2773</v>
       </c>
-      <c r="E626" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F626" s="1"/>
     </row>
     <row r="627" spans="1:6">
       <c r="A627" s="1" t="s">
+        <v>2774</v>
+      </c>
+      <c r="B627" s="1" t="s">
+        <v>2775</v>
+      </c>
+      <c r="C627" s="1" t="s">
         <v>2776</v>
       </c>
-      <c r="B627" s="1" t="s">
+      <c r="D627" s="1" t="s">
         <v>2777</v>
       </c>
-      <c r="C627" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D627" s="1" t="s">
+      <c r="E627" s="1" t="s">
         <v>2778</v>
       </c>
-      <c r="E627" s="1" t="s">
+      <c r="F627" s="1" t="s">
         <v>2779</v>
-      </c>
-[...1 lines deleted...]
-        <v>2780</v>
       </c>
     </row>
     <row r="628" spans="1:6">
       <c r="A628" s="1" t="s">
+        <v>2780</v>
+      </c>
+      <c r="B628" s="1" t="s">
         <v>2781</v>
       </c>
-      <c r="B628" s="1" t="s">
+      <c r="C628" s="1" t="s">
         <v>2782</v>
-      </c>
-[...1 lines deleted...]
-        <v>2772</v>
       </c>
       <c r="D628" s="1" t="s">
         <v>2783</v>
       </c>
       <c r="E628" s="1" t="s">
         <v>2784</v>
       </c>
       <c r="F628" s="1" t="s">
         <v>2785</v>
       </c>
     </row>
     <row r="629" spans="1:6">
       <c r="A629" s="1" t="s">
         <v>2786</v>
       </c>
-      <c r="B629" s="1"/>
+      <c r="B629" s="1" t="s">
+        <v>2787</v>
+      </c>
       <c r="C629" s="1" t="s">
-        <v>2772</v>
+        <v>2788</v>
       </c>
       <c r="D629" s="1" t="s">
-        <v>2787</v>
+        <v>2789</v>
       </c>
       <c r="E629" s="1" t="s">
-        <v>2788</v>
-[...1 lines deleted...]
-      <c r="F629" s="1"/>
+        <v>2790</v>
+      </c>
+      <c r="F629" s="1" t="s">
+        <v>2791</v>
+      </c>
     </row>
     <row r="630" spans="1:6">
       <c r="A630" s="1" t="s">
-        <v>2789</v>
-[...1 lines deleted...]
-      <c r="B630" s="1"/>
+        <v>2792</v>
+      </c>
+      <c r="B630" s="1" t="s">
+        <v>2793</v>
+      </c>
       <c r="C630" s="1" t="s">
-        <v>2772</v>
+        <v>2788</v>
       </c>
       <c r="D630" s="1" t="s">
-        <v>2790</v>
+        <v>2794</v>
       </c>
       <c r="E630" s="1" t="s">
-        <v>2791</v>
-[...1 lines deleted...]
-      <c r="F630" s="1"/>
+        <v>2795</v>
+      </c>
+      <c r="F630" s="1" t="s">
+        <v>2796</v>
+      </c>
     </row>
     <row r="631" spans="1:6">
       <c r="A631" s="1" t="s">
-        <v>2792</v>
-[...1 lines deleted...]
-      <c r="B631" s="1"/>
+        <v>2797</v>
+      </c>
+      <c r="B631" s="1" t="s">
+        <v>2798</v>
+      </c>
       <c r="C631" s="1" t="s">
-        <v>2772</v>
-[...1 lines deleted...]
-      <c r="D631" s="1"/>
+        <v>2788</v>
+      </c>
+      <c r="D631" s="1" t="s">
+        <v>2799</v>
+      </c>
       <c r="E631" s="1" t="s">
-        <v>2793</v>
-[...1 lines deleted...]
-      <c r="F631" s="1"/>
+        <v>2800</v>
+      </c>
+      <c r="F631" s="1" t="s">
+        <v>2801</v>
+      </c>
     </row>
     <row r="632" spans="1:6">
       <c r="A632" s="1" t="s">
-        <v>2794</v>
-[...3 lines deleted...]
-      </c>
+        <v>2802</v>
+      </c>
+      <c r="B632" s="1"/>
       <c r="C632" s="1" t="s">
-        <v>2772</v>
+        <v>2788</v>
       </c>
       <c r="D632" s="1" t="s">
-        <v>2796</v>
+        <v>2803</v>
       </c>
       <c r="E632" s="1" t="s">
-        <v>2797</v>
-[...3 lines deleted...]
-      </c>
+        <v>2804</v>
+      </c>
+      <c r="F632" s="1"/>
     </row>
     <row r="633" spans="1:6">
       <c r="A633" s="1" t="s">
-        <v>2799</v>
-[...3 lines deleted...]
-      </c>
+        <v>2805</v>
+      </c>
+      <c r="B633" s="1"/>
       <c r="C633" s="1" t="s">
-        <v>2772</v>
+        <v>2788</v>
       </c>
       <c r="D633" s="1" t="s">
-        <v>2801</v>
+        <v>2806</v>
       </c>
       <c r="E633" s="1" t="s">
-        <v>2802</v>
-[...3 lines deleted...]
-      </c>
+        <v>2807</v>
+      </c>
+      <c r="F633" s="1"/>
     </row>
     <row r="634" spans="1:6">
       <c r="A634" s="1" t="s">
-        <v>2804</v>
-[...3 lines deleted...]
-      </c>
+        <v>2808</v>
+      </c>
+      <c r="B634" s="1"/>
       <c r="C634" s="1" t="s">
-        <v>2772</v>
-[...3 lines deleted...]
-      </c>
+        <v>2788</v>
+      </c>
+      <c r="D634" s="1"/>
       <c r="E634" s="1" t="s">
-        <v>2807</v>
-[...3 lines deleted...]
-      </c>
+        <v>2809</v>
+      </c>
+      <c r="F634" s="1"/>
     </row>
     <row r="635" spans="1:6">
       <c r="A635" s="1" t="s">
-        <v>2809</v>
+        <v>2810</v>
       </c>
       <c r="B635" s="1" t="s">
-        <v>2810</v>
+        <v>2811</v>
       </c>
       <c r="C635" s="1" t="s">
-        <v>2811</v>
+        <v>2788</v>
       </c>
       <c r="D635" s="1" t="s">
         <v>2812</v>
       </c>
       <c r="E635" s="1" t="s">
         <v>2813</v>
       </c>
       <c r="F635" s="1" t="s">
         <v>2814</v>
       </c>
     </row>
     <row r="636" spans="1:6">
       <c r="A636" s="1" t="s">
         <v>2815</v>
       </c>
       <c r="B636" s="1" t="s">
         <v>2816</v>
       </c>
       <c r="C636" s="1" t="s">
-        <v>2811</v>
+        <v>2788</v>
       </c>
       <c r="D636" s="1" t="s">
         <v>2817</v>
       </c>
       <c r="E636" s="1" t="s">
         <v>2818</v>
       </c>
-      <c r="F636" s="1"/>
+      <c r="F636" s="1" t="s">
+        <v>2819</v>
+      </c>
     </row>
     <row r="637" spans="1:6">
       <c r="A637" s="1" t="s">
-        <v>2819</v>
+        <v>2820</v>
       </c>
       <c r="B637" s="1" t="s">
-        <v>2820</v>
+        <v>2821</v>
       </c>
       <c r="C637" s="1" t="s">
-        <v>2821</v>
+        <v>2788</v>
       </c>
       <c r="D637" s="1" t="s">
         <v>2822</v>
       </c>
       <c r="E637" s="1" t="s">
         <v>2823</v>
       </c>
       <c r="F637" s="1" t="s">
         <v>2824</v>
       </c>
     </row>
     <row r="638" spans="1:6">
       <c r="A638" s="1" t="s">
         <v>2825</v>
       </c>
       <c r="B638" s="1" t="s">
         <v>2826</v>
       </c>
       <c r="C638" s="1" t="s">
-        <v>2821</v>
+        <v>2827</v>
       </c>
       <c r="D638" s="1" t="s">
-        <v>2827</v>
+        <v>2828</v>
       </c>
       <c r="E638" s="1" t="s">
-        <v>2828</v>
-[...1 lines deleted...]
-      <c r="F638" s="1"/>
+        <v>2829</v>
+      </c>
+      <c r="F638" s="1" t="s">
+        <v>2830</v>
+      </c>
     </row>
     <row r="639" spans="1:6">
       <c r="A639" s="1" t="s">
-        <v>2829</v>
+        <v>2831</v>
       </c>
       <c r="B639" s="1" t="s">
-        <v>2830</v>
+        <v>2832</v>
       </c>
       <c r="C639" s="1" t="s">
-        <v>2821</v>
+        <v>2827</v>
       </c>
       <c r="D639" s="1" t="s">
-        <v>2831</v>
+        <v>2833</v>
       </c>
       <c r="E639" s="1" t="s">
-        <v>2828</v>
-[...3 lines deleted...]
-      </c>
+        <v>2834</v>
+      </c>
+      <c r="F639" s="1"/>
     </row>
     <row r="640" spans="1:6">
       <c r="A640" s="1" t="s">
-        <v>2833</v>
+        <v>2835</v>
       </c>
       <c r="B640" s="1" t="s">
-        <v>2834</v>
+        <v>2836</v>
       </c>
       <c r="C640" s="1" t="s">
-        <v>2821</v>
+        <v>2837</v>
       </c>
       <c r="D640" s="1" t="s">
-        <v>2835</v>
+        <v>2838</v>
       </c>
       <c r="E640" s="1" t="s">
-        <v>2823</v>
+        <v>2839</v>
       </c>
       <c r="F640" s="1" t="s">
-        <v>2836</v>
+        <v>2840</v>
       </c>
     </row>
     <row r="641" spans="1:6">
       <c r="A641" s="1" t="s">
+        <v>2841</v>
+      </c>
+      <c r="B641" s="1" t="s">
+        <v>2842</v>
+      </c>
+      <c r="C641" s="1" t="s">
         <v>2837</v>
       </c>
-      <c r="B641" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D641" s="1" t="s">
-        <v>2840</v>
+        <v>2843</v>
       </c>
       <c r="E641" s="1" t="s">
-        <v>2841</v>
-[...3 lines deleted...]
-      </c>
+        <v>2844</v>
+      </c>
+      <c r="F641" s="1"/>
     </row>
     <row r="642" spans="1:6">
       <c r="A642" s="1" t="s">
-        <v>2843</v>
+        <v>2845</v>
       </c>
       <c r="B642" s="1" t="s">
+        <v>2846</v>
+      </c>
+      <c r="C642" s="1" t="s">
+        <v>2837</v>
+      </c>
+      <c r="D642" s="1" t="s">
+        <v>2847</v>
+      </c>
+      <c r="E642" s="1" t="s">
         <v>2844</v>
       </c>
-      <c r="C642" s="1" t="s">
-[...8 lines deleted...]
-      <c r="F642" s="1"/>
+      <c r="F642" s="1" t="s">
+        <v>2848</v>
+      </c>
     </row>
     <row r="643" spans="1:6">
       <c r="A643" s="1" t="s">
-        <v>2848</v>
-[...1 lines deleted...]
-      <c r="B643" s="1"/>
+        <v>2849</v>
+      </c>
+      <c r="B643" s="1" t="s">
+        <v>2850</v>
+      </c>
       <c r="C643" s="1" t="s">
-        <v>2845</v>
+        <v>2837</v>
       </c>
       <c r="D643" s="1" t="s">
-        <v>257</v>
+        <v>2851</v>
       </c>
       <c r="E643" s="1" t="s">
-        <v>2849</v>
+        <v>2839</v>
       </c>
       <c r="F643" s="1" t="s">
-        <v>259</v>
+        <v>2852</v>
       </c>
     </row>
     <row r="644" spans="1:6">
       <c r="A644" s="1" t="s">
-        <v>2850</v>
+        <v>2853</v>
       </c>
       <c r="B644" s="1" t="s">
-        <v>2851</v>
+        <v>2854</v>
       </c>
       <c r="C644" s="1" t="s">
-        <v>2852</v>
+        <v>2855</v>
       </c>
       <c r="D644" s="1" t="s">
-        <v>2853</v>
+        <v>2856</v>
       </c>
       <c r="E644" s="1" t="s">
-        <v>2854</v>
+        <v>2857</v>
       </c>
       <c r="F644" s="1" t="s">
-        <v>2855</v>
+        <v>2858</v>
       </c>
     </row>
     <row r="645" spans="1:6">
       <c r="A645" s="1" t="s">
-        <v>2856</v>
+        <v>2859</v>
       </c>
       <c r="B645" s="1" t="s">
-        <v>2857</v>
+        <v>2860</v>
       </c>
       <c r="C645" s="1" t="s">
-        <v>2852</v>
+        <v>2855</v>
       </c>
       <c r="D645" s="1" t="s">
-        <v>2858</v>
+        <v>2861</v>
       </c>
       <c r="E645" s="1" t="s">
-        <v>2859</v>
+        <v>2862</v>
       </c>
       <c r="F645" s="1" t="s">
-        <v>2860</v>
+        <v>2863</v>
       </c>
     </row>
     <row r="646" spans="1:6">
       <c r="A646" s="1" t="s">
-        <v>2861</v>
-[...1 lines deleted...]
-      <c r="B646" s="1"/>
+        <v>2864</v>
+      </c>
+      <c r="B646" s="1" t="s">
+        <v>2865</v>
+      </c>
       <c r="C646" s="1" t="s">
-        <v>2852</v>
+        <v>2866</v>
       </c>
       <c r="D646" s="1" t="s">
-        <v>2862</v>
+        <v>2867</v>
       </c>
       <c r="E646" s="1" t="s">
-        <v>2863</v>
-[...3 lines deleted...]
-      </c>
+        <v>2868</v>
+      </c>
+      <c r="F646" s="1"/>
     </row>
     <row r="647" spans="1:6">
       <c r="A647" s="1" t="s">
-        <v>2865</v>
+        <v>2869</v>
       </c>
       <c r="B647" s="1"/>
       <c r="C647" s="1" t="s">
-        <v>2852</v>
+        <v>2866</v>
       </c>
       <c r="D647" s="1" t="s">
-        <v>2866</v>
+        <v>263</v>
       </c>
       <c r="E647" s="1" t="s">
-        <v>2867</v>
-[...1 lines deleted...]
-      <c r="F647" s="1"/>
+        <v>2870</v>
+      </c>
+      <c r="F647" s="1" t="s">
+        <v>265</v>
+      </c>
     </row>
     <row r="648" spans="1:6">
       <c r="A648" s="1" t="s">
-        <v>2868</v>
-[...1 lines deleted...]
-      <c r="B648" s="1"/>
+        <v>2871</v>
+      </c>
+      <c r="B648" s="1" t="s">
+        <v>2872</v>
+      </c>
       <c r="C648" s="1" t="s">
-        <v>2852</v>
+        <v>2873</v>
       </c>
       <c r="D648" s="1" t="s">
-        <v>257</v>
+        <v>2874</v>
       </c>
       <c r="E648" s="1" t="s">
-        <v>2869</v>
+        <v>2875</v>
       </c>
       <c r="F648" s="1" t="s">
-        <v>259</v>
+        <v>2876</v>
       </c>
     </row>
     <row r="649" spans="1:6">
       <c r="A649" s="1" t="s">
-        <v>2870</v>
+        <v>2877</v>
       </c>
       <c r="B649" s="1" t="s">
-        <v>2871</v>
+        <v>2878</v>
       </c>
       <c r="C649" s="1" t="s">
-        <v>2852</v>
+        <v>2873</v>
       </c>
       <c r="D649" s="1" t="s">
-        <v>2853</v>
+        <v>2879</v>
       </c>
       <c r="E649" s="1" t="s">
-        <v>2872</v>
+        <v>2880</v>
       </c>
       <c r="F649" s="1" t="s">
-        <v>2873</v>
+        <v>2881</v>
       </c>
     </row>
     <row r="650" spans="1:6">
       <c r="A650" s="1" t="s">
-        <v>2874</v>
-[...3 lines deleted...]
-      </c>
+        <v>2882</v>
+      </c>
+      <c r="B650" s="1"/>
       <c r="C650" s="1" t="s">
-        <v>2852</v>
+        <v>2873</v>
       </c>
       <c r="D650" s="1" t="s">
-        <v>2876</v>
+        <v>2883</v>
       </c>
       <c r="E650" s="1" t="s">
-        <v>2877</v>
-[...1 lines deleted...]
-      <c r="F650" s="1"/>
+        <v>2884</v>
+      </c>
+      <c r="F650" s="1" t="s">
+        <v>2885</v>
+      </c>
     </row>
     <row r="651" spans="1:6">
       <c r="A651" s="1" t="s">
-        <v>2878</v>
-[...3 lines deleted...]
-      </c>
+        <v>2886</v>
+      </c>
+      <c r="B651" s="1"/>
       <c r="C651" s="1" t="s">
-        <v>2852</v>
+        <v>2873</v>
       </c>
       <c r="D651" s="1" t="s">
-        <v>2880</v>
+        <v>2887</v>
       </c>
       <c r="E651" s="1" t="s">
-        <v>2881</v>
+        <v>2888</v>
       </c>
       <c r="F651" s="1"/>
     </row>
     <row r="652" spans="1:6">
       <c r="A652" s="1" t="s">
-        <v>2882</v>
-[...3 lines deleted...]
-      </c>
+        <v>2889</v>
+      </c>
+      <c r="B652" s="1"/>
       <c r="C652" s="1" t="s">
-        <v>2884</v>
+        <v>2873</v>
       </c>
       <c r="D652" s="1" t="s">
-        <v>2885</v>
+        <v>263</v>
       </c>
       <c r="E652" s="1" t="s">
-        <v>2886</v>
-[...1 lines deleted...]
-      <c r="F652" s="1"/>
+        <v>2890</v>
+      </c>
+      <c r="F652" s="1" t="s">
+        <v>265</v>
+      </c>
     </row>
     <row r="653" spans="1:6">
       <c r="A653" s="1" t="s">
-        <v>2887</v>
+        <v>2891</v>
       </c>
       <c r="B653" s="1" t="s">
-        <v>2888</v>
+        <v>2892</v>
       </c>
       <c r="C653" s="1" t="s">
-        <v>2884</v>
+        <v>2873</v>
       </c>
       <c r="D653" s="1" t="s">
-        <v>2889</v>
+        <v>2874</v>
       </c>
       <c r="E653" s="1" t="s">
-        <v>2890</v>
+        <v>2893</v>
       </c>
       <c r="F653" s="1" t="s">
-        <v>2891</v>
+        <v>2894</v>
       </c>
     </row>
     <row r="654" spans="1:6">
       <c r="A654" s="1" t="s">
-        <v>2892</v>
-[...1 lines deleted...]
-      <c r="B654" s="1"/>
+        <v>2895</v>
+      </c>
+      <c r="B654" s="1" t="s">
+        <v>2896</v>
+      </c>
       <c r="C654" s="1" t="s">
-        <v>2884</v>
+        <v>2873</v>
       </c>
       <c r="D654" s="1" t="s">
-        <v>2893</v>
+        <v>2897</v>
       </c>
       <c r="E654" s="1" t="s">
-        <v>2894</v>
+        <v>2898</v>
       </c>
       <c r="F654" s="1"/>
     </row>
     <row r="655" spans="1:6">
       <c r="A655" s="1" t="s">
-        <v>2895</v>
-[...1 lines deleted...]
-      <c r="B655" s="1"/>
+        <v>2899</v>
+      </c>
+      <c r="B655" s="1" t="s">
+        <v>2900</v>
+      </c>
       <c r="C655" s="1" t="s">
-        <v>2884</v>
+        <v>2873</v>
       </c>
       <c r="D655" s="1" t="s">
-        <v>2896</v>
+        <v>2901</v>
       </c>
       <c r="E655" s="1" t="s">
-        <v>2897</v>
+        <v>2902</v>
       </c>
       <c r="F655" s="1"/>
     </row>
     <row r="656" spans="1:6">
       <c r="A656" s="1" t="s">
-        <v>2898</v>
+        <v>2903</v>
       </c>
       <c r="B656" s="1" t="s">
-        <v>2899</v>
+        <v>2904</v>
       </c>
       <c r="C656" s="1" t="s">
-        <v>2900</v>
+        <v>2905</v>
       </c>
       <c r="D656" s="1" t="s">
-        <v>2901</v>
+        <v>2906</v>
       </c>
       <c r="E656" s="1" t="s">
-        <v>2902</v>
-[...3 lines deleted...]
-      </c>
+        <v>2907</v>
+      </c>
+      <c r="F656" s="1"/>
     </row>
     <row r="657" spans="1:6">
       <c r="A657" s="1" t="s">
-        <v>2904</v>
-[...1 lines deleted...]
-      <c r="B657" s="1"/>
+        <v>2908</v>
+      </c>
+      <c r="B657" s="1" t="s">
+        <v>2909</v>
+      </c>
       <c r="C657" s="1" t="s">
-        <v>2900</v>
+        <v>2905</v>
       </c>
       <c r="D657" s="1" t="s">
-        <v>2905</v>
+        <v>2910</v>
       </c>
       <c r="E657" s="1" t="s">
-        <v>2906</v>
-[...1 lines deleted...]
-      <c r="F657" s="1"/>
+        <v>2911</v>
+      </c>
+      <c r="F657" s="1" t="s">
+        <v>2912</v>
+      </c>
     </row>
     <row r="658" spans="1:6">
       <c r="A658" s="1" t="s">
-        <v>2907</v>
-[...3 lines deleted...]
-      </c>
+        <v>2913</v>
+      </c>
+      <c r="B658" s="1"/>
       <c r="C658" s="1" t="s">
-        <v>2900</v>
+        <v>2905</v>
       </c>
       <c r="D658" s="1" t="s">
-        <v>2909</v>
+        <v>2914</v>
       </c>
       <c r="E658" s="1" t="s">
-        <v>2910</v>
-[...3 lines deleted...]
-      </c>
+        <v>2915</v>
+      </c>
+      <c r="F658" s="1"/>
     </row>
     <row r="659" spans="1:6">
       <c r="A659" s="1" t="s">
-        <v>2912</v>
-[...3 lines deleted...]
-      </c>
+        <v>2916</v>
+      </c>
+      <c r="B659" s="1"/>
       <c r="C659" s="1" t="s">
-        <v>2914</v>
+        <v>2905</v>
       </c>
       <c r="D659" s="1" t="s">
-        <v>2915</v>
+        <v>2917</v>
       </c>
       <c r="E659" s="1" t="s">
-        <v>2916</v>
+        <v>2918</v>
       </c>
       <c r="F659" s="1"/>
     </row>
     <row r="660" spans="1:6">
       <c r="A660" s="1" t="s">
-        <v>2917</v>
+        <v>2919</v>
       </c>
       <c r="B660" s="1" t="s">
-        <v>2918</v>
+        <v>2920</v>
       </c>
       <c r="C660" s="1" t="s">
-        <v>2914</v>
+        <v>2921</v>
       </c>
       <c r="D660" s="1" t="s">
-        <v>2919</v>
+        <v>2922</v>
       </c>
       <c r="E660" s="1" t="s">
-        <v>2920</v>
+        <v>2923</v>
       </c>
       <c r="F660" s="1" t="s">
-        <v>2921</v>
+        <v>2924</v>
       </c>
     </row>
     <row r="661" spans="1:6">
       <c r="A661" s="1" t="s">
-        <v>2922</v>
+        <v>2925</v>
       </c>
       <c r="B661" s="1"/>
       <c r="C661" s="1" t="s">
-        <v>2914</v>
+        <v>2921</v>
       </c>
       <c r="D661" s="1" t="s">
-        <v>2923</v>
+        <v>2926</v>
       </c>
       <c r="E661" s="1" t="s">
-        <v>2924</v>
+        <v>2927</v>
       </c>
       <c r="F661" s="1"/>
     </row>
     <row r="662" spans="1:6">
       <c r="A662" s="1" t="s">
-        <v>2925</v>
-[...1 lines deleted...]
-      <c r="B662" s="1"/>
+        <v>2928</v>
+      </c>
+      <c r="B662" s="1" t="s">
+        <v>2929</v>
+      </c>
       <c r="C662" s="1" t="s">
-        <v>2914</v>
-[...1 lines deleted...]
-      <c r="D662" s="1"/>
+        <v>2921</v>
+      </c>
+      <c r="D662" s="1" t="s">
+        <v>2930</v>
+      </c>
       <c r="E662" s="1" t="s">
-        <v>2926</v>
-[...1 lines deleted...]
-      <c r="F662" s="1"/>
+        <v>2931</v>
+      </c>
+      <c r="F662" s="1" t="s">
+        <v>2932</v>
+      </c>
     </row>
     <row r="663" spans="1:6">
       <c r="A663" s="1" t="s">
-        <v>2927</v>
+        <v>2933</v>
       </c>
       <c r="B663" s="1" t="s">
-        <v>2928</v>
+        <v>2934</v>
       </c>
       <c r="C663" s="1" t="s">
-        <v>2914</v>
+        <v>2935</v>
       </c>
       <c r="D663" s="1" t="s">
-        <v>2929</v>
+        <v>2936</v>
       </c>
       <c r="E663" s="1" t="s">
-        <v>2930</v>
-[...3 lines deleted...]
-      </c>
+        <v>2937</v>
+      </c>
+      <c r="F663" s="1"/>
     </row>
     <row r="664" spans="1:6">
       <c r="A664" s="1" t="s">
-        <v>2932</v>
+        <v>2938</v>
       </c>
       <c r="B664" s="1" t="s">
-        <v>2933</v>
+        <v>2939</v>
       </c>
       <c r="C664" s="1" t="s">
-        <v>2914</v>
+        <v>2935</v>
       </c>
       <c r="D664" s="1" t="s">
-        <v>2934</v>
+        <v>2940</v>
       </c>
       <c r="E664" s="1" t="s">
-        <v>2935</v>
+        <v>2941</v>
       </c>
       <c r="F664" s="1" t="s">
-        <v>2936</v>
+        <v>2942</v>
       </c>
     </row>
     <row r="665" spans="1:6">
       <c r="A665" s="1" t="s">
-        <v>2937</v>
-[...3 lines deleted...]
-      </c>
+        <v>2943</v>
+      </c>
+      <c r="B665" s="1"/>
       <c r="C665" s="1" t="s">
-        <v>2914</v>
+        <v>2935</v>
       </c>
       <c r="D665" s="1" t="s">
-        <v>2939</v>
+        <v>2944</v>
       </c>
       <c r="E665" s="1" t="s">
-        <v>2940</v>
-[...3 lines deleted...]
-      </c>
+        <v>2945</v>
+      </c>
+      <c r="F665" s="1"/>
     </row>
     <row r="666" spans="1:6">
       <c r="A666" s="1" t="s">
-        <v>2942</v>
-[...3 lines deleted...]
-      </c>
+        <v>2946</v>
+      </c>
+      <c r="B666" s="1"/>
       <c r="C666" s="1" t="s">
-        <v>2914</v>
-[...3 lines deleted...]
-      </c>
+        <v>2935</v>
+      </c>
+      <c r="D666" s="1"/>
       <c r="E666" s="1" t="s">
-        <v>2945</v>
-[...3 lines deleted...]
-      </c>
+        <v>2947</v>
+      </c>
+      <c r="F666" s="1"/>
     </row>
     <row r="667" spans="1:6">
       <c r="A667" s="1" t="s">
-        <v>2947</v>
+        <v>2948</v>
       </c>
       <c r="B667" s="1" t="s">
-        <v>2943</v>
+        <v>2949</v>
       </c>
       <c r="C667" s="1" t="s">
-        <v>2914</v>
+        <v>2935</v>
       </c>
       <c r="D667" s="1" t="s">
-        <v>2948</v>
+        <v>2950</v>
       </c>
       <c r="E667" s="1" t="s">
-        <v>2949</v>
+        <v>2951</v>
       </c>
       <c r="F667" s="1" t="s">
-        <v>2950</v>
+        <v>2952</v>
       </c>
     </row>
     <row r="668" spans="1:6">
       <c r="A668" s="1" t="s">
-        <v>2951</v>
+        <v>2953</v>
       </c>
       <c r="B668" s="1" t="s">
-        <v>2952</v>
+        <v>2954</v>
       </c>
       <c r="C668" s="1" t="s">
-        <v>2953</v>
+        <v>2935</v>
       </c>
       <c r="D668" s="1" t="s">
-        <v>2954</v>
+        <v>2955</v>
       </c>
       <c r="E668" s="1" t="s">
-        <v>2955</v>
-[...1 lines deleted...]
-      <c r="F668" s="1"/>
+        <v>2956</v>
+      </c>
+      <c r="F668" s="1" t="s">
+        <v>2957</v>
+      </c>
     </row>
     <row r="669" spans="1:6">
       <c r="A669" s="1" t="s">
-        <v>2956</v>
+        <v>2958</v>
       </c>
       <c r="B669" s="1" t="s">
-        <v>2957</v>
+        <v>2959</v>
       </c>
       <c r="C669" s="1" t="s">
-        <v>2953</v>
+        <v>2935</v>
       </c>
       <c r="D669" s="1" t="s">
-        <v>2958</v>
+        <v>2960</v>
       </c>
       <c r="E669" s="1" t="s">
-        <v>2959</v>
+        <v>2961</v>
       </c>
       <c r="F669" s="1" t="s">
-        <v>2960</v>
+        <v>2962</v>
       </c>
     </row>
     <row r="670" spans="1:6">
       <c r="A670" s="1" t="s">
-        <v>2961</v>
-[...1 lines deleted...]
-      <c r="B670" s="1"/>
+        <v>2963</v>
+      </c>
+      <c r="B670" s="1" t="s">
+        <v>2964</v>
+      </c>
       <c r="C670" s="1" t="s">
-        <v>2953</v>
+        <v>2935</v>
       </c>
       <c r="D670" s="1" t="s">
-        <v>2962</v>
+        <v>2965</v>
       </c>
       <c r="E670" s="1" t="s">
-        <v>2963</v>
-[...1 lines deleted...]
-      <c r="F670" s="1"/>
+        <v>2966</v>
+      </c>
+      <c r="F670" s="1" t="s">
+        <v>2967</v>
+      </c>
     </row>
     <row r="671" spans="1:6">
       <c r="A671" s="1" t="s">
+        <v>2968</v>
+      </c>
+      <c r="B671" s="1" t="s">
         <v>2964</v>
       </c>
-      <c r="B671" s="1"/>
       <c r="C671" s="1" t="s">
-        <v>2953</v>
+        <v>2935</v>
       </c>
       <c r="D671" s="1" t="s">
-        <v>257</v>
+        <v>2969</v>
       </c>
       <c r="E671" s="1" t="s">
-        <v>2965</v>
+        <v>2970</v>
       </c>
       <c r="F671" s="1" t="s">
-        <v>259</v>
+        <v>2971</v>
       </c>
     </row>
     <row r="672" spans="1:6">
       <c r="A672" s="1" t="s">
-        <v>2966</v>
+        <v>2972</v>
       </c>
       <c r="B672" s="1" t="s">
-        <v>2967</v>
+        <v>2973</v>
       </c>
       <c r="C672" s="1" t="s">
-        <v>2968</v>
+        <v>2974</v>
       </c>
       <c r="D672" s="1" t="s">
-        <v>2969</v>
+        <v>2975</v>
       </c>
       <c r="E672" s="1" t="s">
-        <v>2970</v>
+        <v>2976</v>
       </c>
       <c r="F672" s="1"/>
     </row>
     <row r="673" spans="1:6">
       <c r="A673" s="1" t="s">
-        <v>2971</v>
+        <v>2977</v>
       </c>
       <c r="B673" s="1" t="s">
-        <v>2972</v>
+        <v>2978</v>
       </c>
       <c r="C673" s="1" t="s">
-        <v>2973</v>
+        <v>2974</v>
       </c>
       <c r="D673" s="1" t="s">
-        <v>2974</v>
+        <v>2979</v>
       </c>
       <c r="E673" s="1" t="s">
-        <v>2975</v>
+        <v>2980</v>
       </c>
       <c r="F673" s="1" t="s">
-        <v>2976</v>
+        <v>2981</v>
       </c>
     </row>
     <row r="674" spans="1:6">
       <c r="A674" s="1" t="s">
-        <v>2977</v>
-[...3 lines deleted...]
-      </c>
+        <v>2982</v>
+      </c>
+      <c r="B674" s="1"/>
       <c r="C674" s="1" t="s">
-        <v>2973</v>
+        <v>2974</v>
       </c>
       <c r="D674" s="1" t="s">
-        <v>2979</v>
+        <v>2983</v>
       </c>
       <c r="E674" s="1" t="s">
-        <v>2980</v>
+        <v>2984</v>
       </c>
       <c r="F674" s="1"/>
     </row>
     <row r="675" spans="1:6">
       <c r="A675" s="1" t="s">
-        <v>2981</v>
-[...3 lines deleted...]
-      </c>
+        <v>2985</v>
+      </c>
+      <c r="B675" s="1"/>
       <c r="C675" s="1" t="s">
-        <v>2973</v>
+        <v>2974</v>
       </c>
       <c r="D675" s="1" t="s">
-        <v>2983</v>
+        <v>263</v>
       </c>
       <c r="E675" s="1" t="s">
-        <v>2984</v>
+        <v>2986</v>
       </c>
       <c r="F675" s="1" t="s">
-        <v>2985</v>
+        <v>265</v>
       </c>
     </row>
     <row r="676" spans="1:6">
       <c r="A676" s="1" t="s">
-        <v>2986</v>
-[...1 lines deleted...]
-      <c r="B676" s="1"/>
+        <v>2987</v>
+      </c>
+      <c r="B676" s="1" t="s">
+        <v>2988</v>
+      </c>
       <c r="C676" s="1" t="s">
-        <v>2973</v>
+        <v>2989</v>
       </c>
       <c r="D676" s="1" t="s">
-        <v>2987</v>
+        <v>2990</v>
       </c>
       <c r="E676" s="1" t="s">
-        <v>2988</v>
+        <v>2991</v>
       </c>
       <c r="F676" s="1"/>
     </row>
     <row r="677" spans="1:6">
       <c r="A677" s="1" t="s">
-        <v>2989</v>
-[...1 lines deleted...]
-      <c r="B677" s="1"/>
+        <v>2992</v>
+      </c>
+      <c r="B677" s="1" t="s">
+        <v>2993</v>
+      </c>
       <c r="C677" s="1" t="s">
-        <v>2973</v>
+        <v>2994</v>
       </c>
       <c r="D677" s="1" t="s">
-        <v>2990</v>
+        <v>2995</v>
       </c>
       <c r="E677" s="1" t="s">
-        <v>2991</v>
-[...1 lines deleted...]
-      <c r="F677" s="1"/>
+        <v>2996</v>
+      </c>
+      <c r="F677" s="1" t="s">
+        <v>2997</v>
+      </c>
     </row>
     <row r="678" spans="1:6">
       <c r="A678" s="1" t="s">
-        <v>2992</v>
-[...1 lines deleted...]
-      <c r="B678" s="1"/>
+        <v>2998</v>
+      </c>
+      <c r="B678" s="1" t="s">
+        <v>2999</v>
+      </c>
       <c r="C678" s="1" t="s">
-        <v>2973</v>
+        <v>2994</v>
       </c>
       <c r="D678" s="1" t="s">
-        <v>257</v>
+        <v>3000</v>
       </c>
       <c r="E678" s="1" t="s">
-        <v>2993</v>
-[...3 lines deleted...]
-      </c>
+        <v>3001</v>
+      </c>
+      <c r="F678" s="1"/>
     </row>
     <row r="679" spans="1:6">
       <c r="A679" s="1" t="s">
+        <v>3002</v>
+      </c>
+      <c r="B679" s="1" t="s">
+        <v>3003</v>
+      </c>
+      <c r="C679" s="1" t="s">
         <v>2994</v>
       </c>
-      <c r="B679" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D679" s="1" t="s">
-        <v>2996</v>
+        <v>3004</v>
       </c>
       <c r="E679" s="1" t="s">
-        <v>2997</v>
+        <v>3005</v>
       </c>
       <c r="F679" s="1" t="s">
-        <v>2998</v>
+        <v>3006</v>
       </c>
     </row>
     <row r="680" spans="1:6">
       <c r="A680" s="1" t="s">
-        <v>2999</v>
-[...3 lines deleted...]
-      </c>
+        <v>3007</v>
+      </c>
+      <c r="B680" s="1"/>
       <c r="C680" s="1" t="s">
-        <v>2973</v>
+        <v>2994</v>
       </c>
       <c r="D680" s="1" t="s">
-        <v>3001</v>
+        <v>3008</v>
       </c>
       <c r="E680" s="1" t="s">
-        <v>3002</v>
-[...3 lines deleted...]
-      </c>
+        <v>3009</v>
+      </c>
+      <c r="F680" s="1"/>
     </row>
     <row r="681" spans="1:6">
       <c r="A681" s="1" t="s">
-        <v>3004</v>
-[...3 lines deleted...]
-      </c>
+        <v>3010</v>
+      </c>
+      <c r="B681" s="1"/>
       <c r="C681" s="1" t="s">
-        <v>2973</v>
+        <v>2994</v>
       </c>
       <c r="D681" s="1" t="s">
-        <v>3006</v>
+        <v>3011</v>
       </c>
       <c r="E681" s="1" t="s">
-        <v>3007</v>
-[...3 lines deleted...]
-      </c>
+        <v>3012</v>
+      </c>
+      <c r="F681" s="1"/>
     </row>
     <row r="682" spans="1:6">
       <c r="A682" s="1" t="s">
-        <v>3009</v>
-[...3 lines deleted...]
-      </c>
+        <v>3013</v>
+      </c>
+      <c r="B682" s="1"/>
       <c r="C682" s="1" t="s">
-        <v>3011</v>
+        <v>2994</v>
       </c>
       <c r="D682" s="1" t="s">
-        <v>3012</v>
+        <v>263</v>
       </c>
       <c r="E682" s="1" t="s">
-        <v>3013</v>
+        <v>3014</v>
       </c>
       <c r="F682" s="1" t="s">
-        <v>3014</v>
+        <v>265</v>
       </c>
     </row>
     <row r="683" spans="1:6">
       <c r="A683" s="1" t="s">
         <v>3015</v>
       </c>
       <c r="B683" s="1" t="s">
         <v>3016</v>
       </c>
       <c r="C683" s="1" t="s">
-        <v>3011</v>
+        <v>2994</v>
       </c>
       <c r="D683" s="1" t="s">
         <v>3017</v>
       </c>
       <c r="E683" s="1" t="s">
         <v>3018</v>
       </c>
       <c r="F683" s="1" t="s">
         <v>3019</v>
       </c>
     </row>
     <row r="684" spans="1:6">
       <c r="A684" s="1" t="s">
         <v>3020</v>
       </c>
-      <c r="B684" s="1"/>
+      <c r="B684" s="1" t="s">
+        <v>3021</v>
+      </c>
       <c r="C684" s="1" t="s">
-        <v>3011</v>
+        <v>2994</v>
       </c>
       <c r="D684" s="1" t="s">
-        <v>3012</v>
+        <v>3022</v>
       </c>
       <c r="E684" s="1" t="s">
-        <v>3021</v>
+        <v>3023</v>
       </c>
       <c r="F684" s="1" t="s">
-        <v>3022</v>
+        <v>3024</v>
       </c>
     </row>
     <row r="685" spans="1:6">
       <c r="A685" s="1" t="s">
-        <v>3023</v>
-[...1 lines deleted...]
-      <c r="B685" s="1"/>
+        <v>3025</v>
+      </c>
+      <c r="B685" s="1" t="s">
+        <v>3026</v>
+      </c>
       <c r="C685" s="1" t="s">
-        <v>3011</v>
+        <v>2994</v>
       </c>
       <c r="D685" s="1" t="s">
-        <v>3024</v>
+        <v>3027</v>
       </c>
       <c r="E685" s="1" t="s">
-        <v>3025</v>
-[...1 lines deleted...]
-      <c r="F685" s="1"/>
+        <v>3028</v>
+      </c>
+      <c r="F685" s="1" t="s">
+        <v>3029</v>
+      </c>
     </row>
     <row r="686" spans="1:6">
       <c r="A686" s="1" t="s">
-        <v>3026</v>
-[...1 lines deleted...]
-      <c r="B686" s="1"/>
+        <v>3030</v>
+      </c>
+      <c r="B686" s="1" t="s">
+        <v>3031</v>
+      </c>
       <c r="C686" s="1" t="s">
-        <v>3011</v>
-[...1 lines deleted...]
-      <c r="D686" s="1"/>
+        <v>3032</v>
+      </c>
+      <c r="D686" s="1" t="s">
+        <v>3033</v>
+      </c>
       <c r="E686" s="1" t="s">
-        <v>3027</v>
-[...1 lines deleted...]
-      <c r="F686" s="1"/>
+        <v>3034</v>
+      </c>
+      <c r="F686" s="1" t="s">
+        <v>3035</v>
+      </c>
     </row>
     <row r="687" spans="1:6">
       <c r="A687" s="1" t="s">
-        <v>3028</v>
+        <v>3036</v>
       </c>
       <c r="B687" s="1" t="s">
-        <v>3029</v>
+        <v>3037</v>
       </c>
       <c r="C687" s="1" t="s">
-        <v>3011</v>
+        <v>3032</v>
       </c>
       <c r="D687" s="1" t="s">
-        <v>3030</v>
+        <v>3038</v>
       </c>
       <c r="E687" s="1" t="s">
-        <v>3031</v>
+        <v>3039</v>
       </c>
       <c r="F687" s="1" t="s">
-        <v>3032</v>
+        <v>3040</v>
       </c>
     </row>
     <row r="688" spans="1:6">
       <c r="A688" s="1" t="s">
+        <v>3041</v>
+      </c>
+      <c r="B688" s="1"/>
+      <c r="C688" s="1" t="s">
+        <v>3032</v>
+      </c>
+      <c r="D688" s="1" t="s">
         <v>3033</v>
       </c>
-      <c r="B688" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E688" s="1" t="s">
-        <v>3036</v>
+        <v>3042</v>
       </c>
       <c r="F688" s="1" t="s">
-        <v>3037</v>
+        <v>3043</v>
       </c>
     </row>
     <row r="689" spans="1:6">
       <c r="A689" s="1" t="s">
-        <v>3038</v>
-[...3 lines deleted...]
-      </c>
+        <v>3044</v>
+      </c>
+      <c r="B689" s="1"/>
       <c r="C689" s="1" t="s">
-        <v>3040</v>
+        <v>3032</v>
       </c>
       <c r="D689" s="1" t="s">
-        <v>3041</v>
+        <v>3045</v>
       </c>
       <c r="E689" s="1" t="s">
-        <v>1265</v>
+        <v>3046</v>
       </c>
       <c r="F689" s="1"/>
     </row>
     <row r="690" spans="1:6">
       <c r="A690" s="1" t="s">
-        <v>3042</v>
-[...3 lines deleted...]
-      </c>
+        <v>3047</v>
+      </c>
+      <c r="B690" s="1"/>
       <c r="C690" s="1" t="s">
-        <v>3044</v>
-[...3 lines deleted...]
-      </c>
+        <v>3032</v>
+      </c>
+      <c r="D690" s="1"/>
       <c r="E690" s="1" t="s">
-        <v>3046</v>
-[...3 lines deleted...]
-      </c>
+        <v>3048</v>
+      </c>
+      <c r="F690" s="1"/>
     </row>
     <row r="691" spans="1:6">
       <c r="A691" s="1" t="s">
-        <v>3048</v>
-[...1 lines deleted...]
-      <c r="B691" s="1"/>
+        <v>3049</v>
+      </c>
+      <c r="B691" s="1" t="s">
+        <v>3050</v>
+      </c>
       <c r="C691" s="1" t="s">
-        <v>3044</v>
+        <v>3032</v>
       </c>
       <c r="D691" s="1" t="s">
-        <v>3049</v>
+        <v>3051</v>
       </c>
       <c r="E691" s="1" t="s">
-        <v>3050</v>
-[...1 lines deleted...]
-      <c r="F691" s="1"/>
+        <v>3052</v>
+      </c>
+      <c r="F691" s="1" t="s">
+        <v>3053</v>
+      </c>
     </row>
     <row r="692" spans="1:6">
       <c r="A692" s="1" t="s">
-        <v>3051</v>
+        <v>3054</v>
       </c>
       <c r="B692" s="1" t="s">
-        <v>3052</v>
+        <v>3055</v>
       </c>
       <c r="C692" s="1" t="s">
-        <v>3044</v>
+        <v>3032</v>
       </c>
       <c r="D692" s="1" t="s">
-        <v>3053</v>
+        <v>3056</v>
       </c>
       <c r="E692" s="1" t="s">
-        <v>2479</v>
+        <v>3057</v>
       </c>
       <c r="F692" s="1" t="s">
-        <v>3047</v>
+        <v>3058</v>
       </c>
     </row>
     <row r="693" spans="1:6">
       <c r="A693" s="1" t="s">
-        <v>3054</v>
+        <v>3059</v>
       </c>
       <c r="B693" s="1" t="s">
-        <v>3055</v>
+        <v>3060</v>
       </c>
       <c r="C693" s="1" t="s">
-        <v>3056</v>
+        <v>3061</v>
       </c>
       <c r="D693" s="1" t="s">
-        <v>3057</v>
+        <v>3062</v>
       </c>
       <c r="E693" s="1" t="s">
-        <v>3058</v>
+        <v>1275</v>
       </c>
       <c r="F693" s="1"/>
     </row>
     <row r="694" spans="1:6">
       <c r="A694" s="1" t="s">
-        <v>3059</v>
+        <v>3063</v>
       </c>
       <c r="B694" s="1" t="s">
-        <v>3060</v>
+        <v>3064</v>
       </c>
       <c r="C694" s="1" t="s">
-        <v>3061</v>
+        <v>3065</v>
       </c>
       <c r="D694" s="1" t="s">
-        <v>3062</v>
+        <v>3066</v>
       </c>
       <c r="E694" s="1" t="s">
-        <v>3063</v>
+        <v>3067</v>
       </c>
       <c r="F694" s="1" t="s">
-        <v>3064</v>
+        <v>3068</v>
       </c>
     </row>
     <row r="695" spans="1:6">
       <c r="A695" s="1" t="s">
-        <v>3065</v>
+        <v>3069</v>
       </c>
       <c r="B695" s="1"/>
       <c r="C695" s="1" t="s">
-        <v>3061</v>
+        <v>3065</v>
       </c>
       <c r="D695" s="1" t="s">
-        <v>3066</v>
+        <v>3070</v>
       </c>
       <c r="E695" s="1" t="s">
-        <v>3067</v>
+        <v>3071</v>
       </c>
       <c r="F695" s="1"/>
     </row>
     <row r="696" spans="1:6">
       <c r="A696" s="1" t="s">
-        <v>3068</v>
+        <v>3072</v>
       </c>
       <c r="B696" s="1" t="s">
-        <v>3069</v>
+        <v>3073</v>
       </c>
       <c r="C696" s="1" t="s">
-        <v>3061</v>
+        <v>3065</v>
       </c>
       <c r="D696" s="1" t="s">
-        <v>3070</v>
+        <v>3066</v>
       </c>
       <c r="E696" s="1" t="s">
-        <v>3071</v>
-[...3 lines deleted...]
-      </c>
+        <v>3067</v>
+      </c>
+      <c r="F696" s="1"/>
     </row>
     <row r="697" spans="1:6">
       <c r="A697" s="1" t="s">
-        <v>3073</v>
+        <v>3074</v>
       </c>
       <c r="B697" s="1" t="s">
-        <v>3074</v>
+        <v>3075</v>
       </c>
       <c r="C697" s="1" t="s">
-        <v>3075</v>
+        <v>3076</v>
       </c>
       <c r="D697" s="1" t="s">
-        <v>3076</v>
+        <v>3077</v>
       </c>
       <c r="E697" s="1" t="s">
-        <v>3077</v>
+        <v>3078</v>
       </c>
       <c r="F697" s="1"/>
     </row>
     <row r="698" spans="1:6">
       <c r="A698" s="1" t="s">
-        <v>3078</v>
+        <v>3079</v>
       </c>
       <c r="B698" s="1" t="s">
-        <v>3079</v>
+        <v>3080</v>
       </c>
       <c r="C698" s="1" t="s">
-        <v>3080</v>
+        <v>3081</v>
       </c>
       <c r="D698" s="1" t="s">
-        <v>3081</v>
+        <v>3082</v>
       </c>
       <c r="E698" s="1" t="s">
-        <v>3082</v>
+        <v>3083</v>
       </c>
       <c r="F698" s="1" t="s">
-        <v>3083</v>
+        <v>3084</v>
       </c>
     </row>
     <row r="699" spans="1:6">
       <c r="A699" s="1" t="s">
-        <v>3084</v>
+        <v>3085</v>
       </c>
       <c r="B699" s="1"/>
       <c r="C699" s="1" t="s">
-        <v>3080</v>
+        <v>3081</v>
       </c>
       <c r="D699" s="1" t="s">
-        <v>3085</v>
+        <v>3086</v>
       </c>
       <c r="E699" s="1" t="s">
-        <v>3086</v>
+        <v>3087</v>
       </c>
       <c r="F699" s="1"/>
     </row>
     <row r="700" spans="1:6">
       <c r="A700" s="1" t="s">
-        <v>3087</v>
+        <v>3088</v>
       </c>
       <c r="B700" s="1" t="s">
-        <v>3088</v>
+        <v>3089</v>
       </c>
       <c r="C700" s="1" t="s">
-        <v>3080</v>
+        <v>3081</v>
       </c>
       <c r="D700" s="1" t="s">
-        <v>3089</v>
+        <v>3090</v>
       </c>
       <c r="E700" s="1" t="s">
-        <v>3090</v>
+        <v>3091</v>
       </c>
       <c r="F700" s="1" t="s">
-        <v>3091</v>
+        <v>3092</v>
       </c>
     </row>
     <row r="701" spans="1:6">
       <c r="A701" s="1" t="s">
-        <v>3092</v>
+        <v>3093</v>
       </c>
       <c r="B701" s="1" t="s">
-        <v>3093</v>
+        <v>3094</v>
       </c>
       <c r="C701" s="1" t="s">
-        <v>3080</v>
+        <v>3095</v>
       </c>
       <c r="D701" s="1" t="s">
-        <v>3094</v>
+        <v>3096</v>
       </c>
       <c r="E701" s="1" t="s">
-        <v>3095</v>
-[...3 lines deleted...]
-      </c>
+        <v>3097</v>
+      </c>
+      <c r="F701" s="1"/>
     </row>
     <row r="702" spans="1:6">
       <c r="A702" s="1" t="s">
-        <v>3097</v>
+        <v>3098</v>
       </c>
       <c r="B702" s="1" t="s">
-        <v>3098</v>
+        <v>3099</v>
       </c>
       <c r="C702" s="1" t="s">
-        <v>3080</v>
+        <v>3100</v>
       </c>
       <c r="D702" s="1" t="s">
-        <v>3099</v>
+        <v>3101</v>
       </c>
       <c r="E702" s="1" t="s">
-        <v>3100</v>
+        <v>3102</v>
       </c>
       <c r="F702" s="1" t="s">
-        <v>3101</v>
+        <v>3103</v>
       </c>
     </row>
     <row r="703" spans="1:6">
       <c r="A703" s="1" t="s">
-        <v>3102</v>
-[...3 lines deleted...]
-      </c>
+        <v>3104</v>
+      </c>
+      <c r="B703" s="1"/>
       <c r="C703" s="1" t="s">
-        <v>3080</v>
+        <v>3100</v>
       </c>
       <c r="D703" s="1" t="s">
-        <v>3104</v>
+        <v>3105</v>
       </c>
       <c r="E703" s="1" t="s">
-        <v>3105</v>
-[...1 lines deleted...]
-      <c r="F703" s="1" t="s">
         <v>3106</v>
       </c>
+      <c r="F703" s="1"/>
     </row>
     <row r="704" spans="1:6">
       <c r="A704" s="1" t="s">
         <v>3107</v>
       </c>
-      <c r="B704" s="1"/>
+      <c r="B704" s="1" t="s">
+        <v>3108</v>
+      </c>
       <c r="C704" s="1" t="s">
-        <v>3108</v>
+        <v>3100</v>
       </c>
       <c r="D704" s="1" t="s">
-        <v>257</v>
+        <v>3109</v>
       </c>
       <c r="E704" s="1" t="s">
-        <v>3109</v>
+        <v>3110</v>
       </c>
       <c r="F704" s="1" t="s">
-        <v>259</v>
+        <v>3111</v>
       </c>
     </row>
     <row r="705" spans="1:6">
       <c r="A705" s="1" t="s">
-        <v>3110</v>
+        <v>3112</v>
       </c>
       <c r="B705" s="1" t="s">
-        <v>3111</v>
+        <v>3113</v>
       </c>
       <c r="C705" s="1" t="s">
-        <v>3112</v>
+        <v>3100</v>
       </c>
       <c r="D705" s="1" t="s">
-        <v>3113</v>
+        <v>3114</v>
       </c>
       <c r="E705" s="1" t="s">
-        <v>3114</v>
-[...1 lines deleted...]
-      <c r="F705" s="1"/>
+        <v>3115</v>
+      </c>
+      <c r="F705" s="1" t="s">
+        <v>3116</v>
+      </c>
     </row>
     <row r="706" spans="1:6">
       <c r="A706" s="1" t="s">
-        <v>3115</v>
+        <v>3117</v>
       </c>
       <c r="B706" s="1" t="s">
-        <v>3116</v>
+        <v>3118</v>
       </c>
       <c r="C706" s="1" t="s">
-        <v>3117</v>
+        <v>3100</v>
       </c>
       <c r="D706" s="1" t="s">
-        <v>3118</v>
+        <v>3119</v>
       </c>
       <c r="E706" s="1" t="s">
-        <v>3119</v>
-[...1 lines deleted...]
-      <c r="F706" s="1"/>
+        <v>3120</v>
+      </c>
+      <c r="F706" s="1" t="s">
+        <v>3121</v>
+      </c>
     </row>
     <row r="707" spans="1:6">
       <c r="A707" s="1" t="s">
-        <v>3120</v>
+        <v>3122</v>
       </c>
       <c r="B707" s="1" t="s">
-        <v>3121</v>
+        <v>3123</v>
       </c>
       <c r="C707" s="1" t="s">
-        <v>3117</v>
+        <v>3100</v>
       </c>
       <c r="D707" s="1" t="s">
-        <v>3122</v>
+        <v>3124</v>
       </c>
       <c r="E707" s="1" t="s">
-        <v>3123</v>
+        <v>3125</v>
       </c>
       <c r="F707" s="1" t="s">
-        <v>3124</v>
+        <v>3126</v>
       </c>
     </row>
     <row r="708" spans="1:6">
       <c r="A708" s="1" t="s">
-        <v>3125</v>
-[...3 lines deleted...]
-      </c>
+        <v>3127</v>
+      </c>
+      <c r="B708" s="1"/>
       <c r="C708" s="1" t="s">
-        <v>3117</v>
+        <v>3128</v>
       </c>
       <c r="D708" s="1" t="s">
-        <v>3127</v>
+        <v>263</v>
       </c>
       <c r="E708" s="1" t="s">
-        <v>3128</v>
+        <v>3129</v>
       </c>
       <c r="F708" s="1" t="s">
-        <v>3129</v>
+        <v>265</v>
       </c>
     </row>
     <row r="709" spans="1:6">
       <c r="A709" s="1" t="s">
         <v>3130</v>
       </c>
       <c r="B709" s="1" t="s">
         <v>3131</v>
       </c>
       <c r="C709" s="1" t="s">
         <v>3132</v>
       </c>
       <c r="D709" s="1" t="s">
         <v>3133</v>
       </c>
       <c r="E709" s="1" t="s">
         <v>3134</v>
       </c>
-      <c r="F709" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F709" s="1"/>
     </row>
     <row r="710" spans="1:6">
       <c r="A710" s="1" t="s">
+        <v>3135</v>
+      </c>
+      <c r="B710" s="1" t="s">
         <v>3136</v>
       </c>
-      <c r="B710" s="1" t="s">
+      <c r="C710" s="1" t="s">
         <v>3137</v>
-      </c>
-[...1 lines deleted...]
-        <v>3132</v>
       </c>
       <c r="D710" s="1" t="s">
         <v>3138</v>
       </c>
       <c r="E710" s="1" t="s">
         <v>3139</v>
       </c>
-      <c r="F710" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F710" s="1"/>
     </row>
     <row r="711" spans="1:6">
       <c r="A711" s="1" t="s">
+        <v>3140</v>
+      </c>
+      <c r="B711" s="1" t="s">
         <v>3141</v>
       </c>
-      <c r="B711" s="1"/>
       <c r="C711" s="1" t="s">
-        <v>3132</v>
+        <v>3137</v>
       </c>
       <c r="D711" s="1" t="s">
-        <v>257</v>
+        <v>3142</v>
       </c>
       <c r="E711" s="1" t="s">
-        <v>3142</v>
+        <v>3143</v>
       </c>
       <c r="F711" s="1" t="s">
-        <v>259</v>
+        <v>3144</v>
       </c>
     </row>
     <row r="712" spans="1:6">
       <c r="A712" s="1" t="s">
-        <v>3143</v>
+        <v>3145</v>
       </c>
       <c r="B712" s="1" t="s">
-        <v>3144</v>
+        <v>3146</v>
       </c>
       <c r="C712" s="1" t="s">
-        <v>3132</v>
+        <v>3137</v>
       </c>
       <c r="D712" s="1" t="s">
-        <v>3145</v>
+        <v>3147</v>
       </c>
       <c r="E712" s="1" t="s">
-        <v>3146</v>
+        <v>3148</v>
       </c>
       <c r="F712" s="1" t="s">
-        <v>3147</v>
+        <v>3149</v>
       </c>
     </row>
     <row r="713" spans="1:6">
       <c r="A713" s="1" t="s">
-        <v>3148</v>
+        <v>3150</v>
       </c>
       <c r="B713" s="1" t="s">
-        <v>3149</v>
+        <v>3151</v>
       </c>
       <c r="C713" s="1" t="s">
-        <v>3132</v>
+        <v>3152</v>
       </c>
       <c r="D713" s="1" t="s">
-        <v>3150</v>
+        <v>3153</v>
       </c>
       <c r="E713" s="1" t="s">
-        <v>3151</v>
+        <v>3154</v>
       </c>
       <c r="F713" s="1" t="s">
-        <v>3152</v>
+        <v>3155</v>
       </c>
     </row>
     <row r="714" spans="1:6">
       <c r="A714" s="1" t="s">
-        <v>3153</v>
+        <v>3156</v>
       </c>
       <c r="B714" s="1" t="s">
-        <v>3154</v>
+        <v>3157</v>
       </c>
       <c r="C714" s="1" t="s">
-        <v>3132</v>
+        <v>3152</v>
       </c>
       <c r="D714" s="1" t="s">
-        <v>3155</v>
+        <v>3158</v>
       </c>
       <c r="E714" s="1" t="s">
-        <v>3156</v>
+        <v>3159</v>
       </c>
       <c r="F714" s="1" t="s">
-        <v>3157</v>
+        <v>3160</v>
       </c>
     </row>
     <row r="715" spans="1:6">
       <c r="A715" s="1" t="s">
-        <v>3158</v>
-[...3 lines deleted...]
-      </c>
+        <v>3161</v>
+      </c>
+      <c r="B715" s="1"/>
       <c r="C715" s="1" t="s">
-        <v>3132</v>
+        <v>3152</v>
       </c>
       <c r="D715" s="1" t="s">
-        <v>3150</v>
+        <v>263</v>
       </c>
       <c r="E715" s="1" t="s">
-        <v>3160</v>
+        <v>3162</v>
       </c>
       <c r="F715" s="1" t="s">
-        <v>3161</v>
+        <v>265</v>
       </c>
     </row>
     <row r="716" spans="1:6">
       <c r="A716" s="1" t="s">
-        <v>3162</v>
+        <v>3163</v>
       </c>
       <c r="B716" s="1" t="s">
-        <v>2659</v>
+        <v>3164</v>
       </c>
       <c r="C716" s="1" t="s">
-        <v>3163</v>
+        <v>3152</v>
       </c>
       <c r="D716" s="1" t="s">
-        <v>3164</v>
+        <v>3165</v>
       </c>
       <c r="E716" s="1" t="s">
-        <v>3165</v>
+        <v>3166</v>
       </c>
       <c r="F716" s="1" t="s">
-        <v>3166</v>
+        <v>3167</v>
       </c>
     </row>
     <row r="717" spans="1:6">
       <c r="A717" s="1" t="s">
-        <v>3167</v>
-[...1 lines deleted...]
-      <c r="B717" s="1"/>
+        <v>3168</v>
+      </c>
+      <c r="B717" s="1" t="s">
+        <v>3169</v>
+      </c>
       <c r="C717" s="1" t="s">
-        <v>3163</v>
+        <v>3152</v>
       </c>
       <c r="D717" s="1" t="s">
-        <v>3168</v>
+        <v>3170</v>
       </c>
       <c r="E717" s="1" t="s">
-        <v>3169</v>
+        <v>3171</v>
       </c>
       <c r="F717" s="1" t="s">
-        <v>3170</v>
+        <v>3172</v>
       </c>
     </row>
     <row r="718" spans="1:6">
       <c r="A718" s="1" t="s">
-        <v>3171</v>
+        <v>3173</v>
       </c>
       <c r="B718" s="1" t="s">
-        <v>3172</v>
+        <v>3174</v>
       </c>
       <c r="C718" s="1" t="s">
-        <v>3163</v>
+        <v>3152</v>
       </c>
       <c r="D718" s="1" t="s">
-        <v>3173</v>
+        <v>3175</v>
       </c>
       <c r="E718" s="1" t="s">
-        <v>3174</v>
+        <v>3176</v>
       </c>
       <c r="F718" s="1" t="s">
-        <v>3175</v>
+        <v>3177</v>
       </c>
     </row>
     <row r="719" spans="1:6">
       <c r="A719" s="1" t="s">
-        <v>3176</v>
+        <v>3178</v>
       </c>
       <c r="B719" s="1" t="s">
-        <v>3177</v>
+        <v>3179</v>
       </c>
       <c r="C719" s="1" t="s">
-        <v>3178</v>
+        <v>3152</v>
       </c>
       <c r="D719" s="1" t="s">
-        <v>3179</v>
+        <v>3170</v>
       </c>
       <c r="E719" s="1" t="s">
         <v>3180</v>
       </c>
       <c r="F719" s="1" t="s">
         <v>3181</v>
       </c>
     </row>
     <row r="720" spans="1:6">
       <c r="A720" s="1" t="s">
         <v>3182</v>
       </c>
       <c r="B720" s="1" t="s">
+        <v>2675</v>
+      </c>
+      <c r="C720" s="1" t="s">
         <v>3183</v>
-      </c>
-[...1 lines deleted...]
-        <v>3178</v>
       </c>
       <c r="D720" s="1" t="s">
         <v>3184</v>
       </c>
       <c r="E720" s="1" t="s">
         <v>3185</v>
       </c>
       <c r="F720" s="1" t="s">
         <v>3186</v>
       </c>
     </row>
     <row r="721" spans="1:6">
       <c r="A721" s="1" t="s">
         <v>3187</v>
       </c>
-      <c r="B721" s="1" t="s">
+      <c r="B721" s="1"/>
+      <c r="C721" s="1" t="s">
+        <v>3183</v>
+      </c>
+      <c r="D721" s="1" t="s">
         <v>3188</v>
       </c>
-      <c r="C721" s="1" t="s">
+      <c r="E721" s="1" t="s">
         <v>3189</v>
       </c>
-      <c r="D721" s="1" t="s">
+      <c r="F721" s="1" t="s">
         <v>3190</v>
-      </c>
-[...4 lines deleted...]
-        <v>3192</v>
       </c>
     </row>
     <row r="722" spans="1:6">
       <c r="A722" s="1" t="s">
+        <v>3191</v>
+      </c>
+      <c r="B722" s="1" t="s">
+        <v>3192</v>
+      </c>
+      <c r="C722" s="1" t="s">
+        <v>3183</v>
+      </c>
+      <c r="D722" s="1" t="s">
         <v>3193</v>
       </c>
-      <c r="B722" s="1" t="s">
+      <c r="E722" s="1" t="s">
         <v>3194</v>
       </c>
-      <c r="C722" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D722" s="1" t="s">
+      <c r="F722" s="1" t="s">
         <v>3195</v>
-      </c>
-[...4 lines deleted...]
-        <v>3197</v>
       </c>
     </row>
     <row r="723" spans="1:6">
       <c r="A723" s="1" t="s">
+        <v>3196</v>
+      </c>
+      <c r="B723" s="1" t="s">
+        <v>3197</v>
+      </c>
+      <c r="C723" s="1" t="s">
         <v>3198</v>
       </c>
-      <c r="B723" s="1" t="s">
+      <c r="D723" s="1" t="s">
         <v>3199</v>
       </c>
-      <c r="C723" s="1" t="s">
+      <c r="E723" s="1" t="s">
         <v>3200</v>
       </c>
-      <c r="D723" s="1" t="s">
+      <c r="F723" s="1" t="s">
         <v>3201</v>
-      </c>
-[...4 lines deleted...]
-        <v>3203</v>
       </c>
     </row>
     <row r="724" spans="1:6">
       <c r="A724" s="1" t="s">
+        <v>3202</v>
+      </c>
+      <c r="B724" s="1" t="s">
+        <v>3203</v>
+      </c>
+      <c r="C724" s="1" t="s">
+        <v>3198</v>
+      </c>
+      <c r="D724" s="1" t="s">
         <v>3204</v>
       </c>
-      <c r="B724" s="1" t="s">
+      <c r="E724" s="1" t="s">
         <v>3205</v>
       </c>
-      <c r="C724" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D724" s="1" t="s">
+      <c r="F724" s="1" t="s">
         <v>3206</v>
-      </c>
-[...4 lines deleted...]
-        <v>3208</v>
       </c>
     </row>
     <row r="725" spans="1:6">
       <c r="A725" s="1" t="s">
+        <v>3207</v>
+      </c>
+      <c r="B725" s="1" t="s">
+        <v>3208</v>
+      </c>
+      <c r="C725" s="1" t="s">
         <v>3209</v>
-      </c>
-[...2 lines deleted...]
-        <v>3200</v>
       </c>
       <c r="D725" s="1" t="s">
         <v>3210</v>
       </c>
       <c r="E725" s="1" t="s">
         <v>3211</v>
       </c>
-      <c r="F725" s="1"/>
+      <c r="F725" s="1" t="s">
+        <v>3212</v>
+      </c>
     </row>
     <row r="726" spans="1:6">
       <c r="A726" s="1" t="s">
-        <v>3212</v>
+        <v>3213</v>
       </c>
       <c r="B726" s="1" t="s">
-        <v>3213</v>
+        <v>3214</v>
       </c>
       <c r="C726" s="1" t="s">
-        <v>3214</v>
+        <v>3209</v>
       </c>
       <c r="D726" s="1" t="s">
         <v>3215</v>
       </c>
       <c r="E726" s="1" t="s">
         <v>3216</v>
       </c>
       <c r="F726" s="1" t="s">
         <v>3217</v>
       </c>
     </row>
     <row r="727" spans="1:6">
       <c r="A727" s="1" t="s">
         <v>3218</v>
       </c>
-      <c r="B727" s="1"/>
+      <c r="B727" s="1" t="s">
+        <v>3219</v>
+      </c>
       <c r="C727" s="1" t="s">
-        <v>3214</v>
+        <v>3220</v>
       </c>
       <c r="D727" s="1" t="s">
-        <v>3219</v>
+        <v>3221</v>
       </c>
       <c r="E727" s="1" t="s">
-        <v>3220</v>
-[...1 lines deleted...]
-      <c r="F727" s="1"/>
+        <v>3222</v>
+      </c>
+      <c r="F727" s="1" t="s">
+        <v>3223</v>
+      </c>
     </row>
     <row r="728" spans="1:6">
       <c r="A728" s="1" t="s">
-        <v>3221</v>
-[...1 lines deleted...]
-      <c r="B728" s="1"/>
+        <v>3224</v>
+      </c>
+      <c r="B728" s="1" t="s">
+        <v>3225</v>
+      </c>
       <c r="C728" s="1" t="s">
-        <v>3214</v>
+        <v>3220</v>
       </c>
       <c r="D728" s="1" t="s">
-        <v>3222</v>
+        <v>3226</v>
       </c>
       <c r="E728" s="1" t="s">
-        <v>3223</v>
+        <v>3227</v>
       </c>
       <c r="F728" s="1" t="s">
-        <v>3224</v>
+        <v>3228</v>
       </c>
     </row>
     <row r="729" spans="1:6">
       <c r="A729" s="1" t="s">
-        <v>3225</v>
-[...3 lines deleted...]
-      </c>
+        <v>3229</v>
+      </c>
+      <c r="B729" s="1"/>
       <c r="C729" s="1" t="s">
-        <v>3214</v>
+        <v>3220</v>
       </c>
       <c r="D729" s="1" t="s">
-        <v>3227</v>
+        <v>3230</v>
       </c>
       <c r="E729" s="1" t="s">
-        <v>3223</v>
-[...3 lines deleted...]
-      </c>
+        <v>3231</v>
+      </c>
+      <c r="F729" s="1"/>
     </row>
     <row r="730" spans="1:6">
       <c r="A730" s="1" t="s">
-        <v>3228</v>
+        <v>3232</v>
       </c>
       <c r="B730" s="1" t="s">
-        <v>3229</v>
+        <v>3233</v>
       </c>
       <c r="C730" s="1" t="s">
-        <v>3214</v>
+        <v>3234</v>
       </c>
       <c r="D730" s="1" t="s">
-        <v>3230</v>
+        <v>3235</v>
       </c>
       <c r="E730" s="1" t="s">
-        <v>3231</v>
+        <v>3236</v>
       </c>
       <c r="F730" s="1" t="s">
-        <v>3232</v>
+        <v>3237</v>
       </c>
     </row>
     <row r="731" spans="1:6">
       <c r="A731" s="1" t="s">
-        <v>3233</v>
-[...1 lines deleted...]
-      <c r="B731" s="1" t="s">
+        <v>3238</v>
+      </c>
+      <c r="B731" s="1"/>
+      <c r="C731" s="1" t="s">
         <v>3234</v>
       </c>
-      <c r="C731" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D731" s="1" t="s">
-        <v>3235</v>
+        <v>3239</v>
       </c>
       <c r="E731" s="1" t="s">
-        <v>3236</v>
-[...3 lines deleted...]
-      </c>
+        <v>3240</v>
+      </c>
+      <c r="F731" s="1"/>
     </row>
     <row r="732" spans="1:6">
       <c r="A732" s="1" t="s">
-        <v>3237</v>
-[...3 lines deleted...]
-      </c>
+        <v>3241</v>
+      </c>
+      <c r="B732" s="1"/>
       <c r="C732" s="1" t="s">
-        <v>3214</v>
+        <v>3234</v>
       </c>
       <c r="D732" s="1" t="s">
-        <v>3239</v>
+        <v>3242</v>
       </c>
       <c r="E732" s="1" t="s">
-        <v>3240</v>
+        <v>3243</v>
       </c>
       <c r="F732" s="1" t="s">
-        <v>3241</v>
+        <v>3244</v>
       </c>
     </row>
     <row r="733" spans="1:6">
       <c r="A733" s="1" t="s">
-        <v>3242</v>
+        <v>3245</v>
       </c>
       <c r="B733" s="1" t="s">
+        <v>3246</v>
+      </c>
+      <c r="C733" s="1" t="s">
         <v>3234</v>
       </c>
-      <c r="C733" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D733" s="1" t="s">
-        <v>3230</v>
+        <v>3247</v>
       </c>
       <c r="E733" s="1" t="s">
         <v>3243</v>
       </c>
       <c r="F733" s="1" t="s">
-        <v>3232</v>
+        <v>3244</v>
       </c>
     </row>
     <row r="734" spans="1:6">
       <c r="A734" s="1" t="s">
-        <v>3244</v>
+        <v>3248</v>
       </c>
       <c r="B734" s="1" t="s">
-        <v>3245</v>
+        <v>3249</v>
       </c>
       <c r="C734" s="1" t="s">
-        <v>3214</v>
+        <v>3234</v>
       </c>
       <c r="D734" s="1" t="s">
-        <v>3246</v>
+        <v>3250</v>
       </c>
       <c r="E734" s="1" t="s">
-        <v>3247</v>
+        <v>3251</v>
       </c>
       <c r="F734" s="1" t="s">
-        <v>3248</v>
+        <v>3252</v>
       </c>
     </row>
     <row r="735" spans="1:6">
       <c r="A735" s="1" t="s">
-        <v>3249</v>
+        <v>3253</v>
       </c>
       <c r="B735" s="1" t="s">
-        <v>3250</v>
+        <v>3254</v>
       </c>
       <c r="C735" s="1" t="s">
-        <v>3214</v>
+        <v>3234</v>
       </c>
       <c r="D735" s="1" t="s">
-        <v>3251</v>
+        <v>3255</v>
       </c>
       <c r="E735" s="1" t="s">
+        <v>3256</v>
+      </c>
+      <c r="F735" s="1" t="s">
         <v>3252</v>
-      </c>
-[...1 lines deleted...]
-        <v>3253</v>
       </c>
     </row>
     <row r="736" spans="1:6">
       <c r="A736" s="1" t="s">
-        <v>3254</v>
+        <v>3257</v>
       </c>
       <c r="B736" s="1" t="s">
-        <v>3255</v>
+        <v>3258</v>
       </c>
       <c r="C736" s="1" t="s">
-        <v>3214</v>
+        <v>3234</v>
       </c>
       <c r="D736" s="1" t="s">
-        <v>3256</v>
+        <v>3259</v>
       </c>
       <c r="E736" s="1" t="s">
-        <v>3257</v>
-[...1 lines deleted...]
-      <c r="F736" s="1"/>
+        <v>3260</v>
+      </c>
+      <c r="F736" s="1" t="s">
+        <v>3261</v>
+      </c>
     </row>
     <row r="737" spans="1:6">
       <c r="A737" s="1" t="s">
-        <v>3258</v>
+        <v>3262</v>
       </c>
       <c r="B737" s="1" t="s">
-        <v>3259</v>
+        <v>3254</v>
       </c>
       <c r="C737" s="1" t="s">
-        <v>3260</v>
+        <v>3234</v>
       </c>
       <c r="D737" s="1" t="s">
-        <v>3261</v>
+        <v>3250</v>
       </c>
       <c r="E737" s="1" t="s">
-        <v>3262</v>
+        <v>3263</v>
       </c>
       <c r="F737" s="1" t="s">
-        <v>3263</v>
+        <v>3252</v>
       </c>
     </row>
     <row r="738" spans="1:6">
       <c r="A738" s="1" t="s">
         <v>3264</v>
       </c>
-      <c r="B738" s="1"/>
+      <c r="B738" s="1" t="s">
+        <v>3265</v>
+      </c>
       <c r="C738" s="1" t="s">
-        <v>3260</v>
-[...1 lines deleted...]
-      <c r="D738" s="1"/>
+        <v>3234</v>
+      </c>
+      <c r="D738" s="1" t="s">
+        <v>3266</v>
+      </c>
       <c r="E738" s="1" t="s">
-        <v>3265</v>
-[...1 lines deleted...]
-      <c r="F738" s="1"/>
+        <v>3267</v>
+      </c>
+      <c r="F738" s="1" t="s">
+        <v>3268</v>
+      </c>
     </row>
     <row r="739" spans="1:6">
       <c r="A739" s="1" t="s">
-        <v>3266</v>
-[...1 lines deleted...]
-      <c r="B739" s="1"/>
+        <v>3269</v>
+      </c>
+      <c r="B739" s="1" t="s">
+        <v>3270</v>
+      </c>
       <c r="C739" s="1" t="s">
-        <v>3260</v>
-[...1 lines deleted...]
-      <c r="D739" s="1"/>
+        <v>3234</v>
+      </c>
+      <c r="D739" s="1" t="s">
+        <v>3271</v>
+      </c>
       <c r="E739" s="1" t="s">
-        <v>3267</v>
+        <v>3272</v>
       </c>
       <c r="F739" s="1" t="s">
-        <v>3268</v>
+        <v>3273</v>
       </c>
     </row>
     <row r="740" spans="1:6">
       <c r="A740" s="1" t="s">
-        <v>3269</v>
+        <v>3274</v>
       </c>
       <c r="B740" s="1" t="s">
-        <v>3270</v>
+        <v>3275</v>
       </c>
       <c r="C740" s="1" t="s">
-        <v>3260</v>
+        <v>3234</v>
       </c>
       <c r="D740" s="1" t="s">
-        <v>3271</v>
+        <v>3276</v>
       </c>
       <c r="E740" s="1" t="s">
-        <v>3272</v>
-[...3 lines deleted...]
-      </c>
+        <v>3277</v>
+      </c>
+      <c r="F740" s="1"/>
     </row>
     <row r="741" spans="1:6">
       <c r="A741" s="1" t="s">
-        <v>3274</v>
+        <v>3278</v>
       </c>
       <c r="B741" s="1" t="s">
-        <v>3275</v>
+        <v>3279</v>
       </c>
       <c r="C741" s="1" t="s">
-        <v>3260</v>
+        <v>3280</v>
       </c>
       <c r="D741" s="1" t="s">
-        <v>3276</v>
+        <v>3281</v>
       </c>
       <c r="E741" s="1" t="s">
-        <v>3277</v>
+        <v>3282</v>
       </c>
       <c r="F741" s="1" t="s">
-        <v>3278</v>
+        <v>3283</v>
       </c>
     </row>
     <row r="742" spans="1:6">
       <c r="A742" s="1" t="s">
-        <v>3279</v>
-[...3 lines deleted...]
-      </c>
+        <v>3284</v>
+      </c>
+      <c r="B742" s="1"/>
       <c r="C742" s="1" t="s">
-        <v>3260</v>
-[...1 lines deleted...]
-      <c r="D742" s="1" t="s">
         <v>3280</v>
       </c>
+      <c r="D742" s="1"/>
       <c r="E742" s="1" t="s">
-        <v>3281</v>
-[...3 lines deleted...]
-      </c>
+        <v>3285</v>
+      </c>
+      <c r="F742" s="1"/>
     </row>
     <row r="743" spans="1:6">
       <c r="A743" s="1" t="s">
-        <v>3283</v>
-[...3 lines deleted...]
-      </c>
+        <v>3286</v>
+      </c>
+      <c r="B743" s="1"/>
       <c r="C743" s="1" t="s">
-        <v>3260</v>
-[...3 lines deleted...]
-      </c>
+        <v>3280</v>
+      </c>
+      <c r="D743" s="1"/>
       <c r="E743" s="1" t="s">
-        <v>3286</v>
+        <v>3287</v>
       </c>
       <c r="F743" s="1" t="s">
-        <v>3287</v>
+        <v>3288</v>
       </c>
     </row>
     <row r="744" spans="1:6">
       <c r="A744" s="1" t="s">
-        <v>3288</v>
+        <v>3289</v>
       </c>
       <c r="B744" s="1" t="s">
-        <v>3289</v>
+        <v>3290</v>
       </c>
       <c r="C744" s="1" t="s">
-        <v>3290</v>
+        <v>3280</v>
       </c>
       <c r="D744" s="1" t="s">
         <v>3291</v>
       </c>
       <c r="E744" s="1" t="s">
         <v>3292</v>
       </c>
       <c r="F744" s="1" t="s">
         <v>3293</v>
       </c>
     </row>
     <row r="745" spans="1:6">
       <c r="A745" s="1" t="s">
         <v>3294</v>
       </c>
       <c r="B745" s="1" t="s">
         <v>3295</v>
       </c>
       <c r="C745" s="1" t="s">
-        <v>3290</v>
+        <v>3280</v>
       </c>
       <c r="D745" s="1" t="s">
         <v>3296</v>
       </c>
       <c r="E745" s="1" t="s">
         <v>3297</v>
       </c>
       <c r="F745" s="1" t="s">
         <v>3298</v>
       </c>
     </row>
     <row r="746" spans="1:6">
       <c r="A746" s="1" t="s">
         <v>3299</v>
       </c>
       <c r="B746" s="1" t="s">
+        <v>3295</v>
+      </c>
+      <c r="C746" s="1" t="s">
+        <v>3280</v>
+      </c>
+      <c r="D746" s="1" t="s">
         <v>3300</v>
       </c>
-      <c r="C746" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D746" s="1" t="s">
+      <c r="E746" s="1" t="s">
         <v>3301</v>
       </c>
-      <c r="E746" s="1" t="s">
+      <c r="F746" s="1" t="s">
         <v>3302</v>
-      </c>
-[...1 lines deleted...]
-        <v>3303</v>
       </c>
     </row>
     <row r="747" spans="1:6">
       <c r="A747" s="1" t="s">
+        <v>3303</v>
+      </c>
+      <c r="B747" s="1" t="s">
         <v>3304</v>
       </c>
-      <c r="B747" s="1"/>
       <c r="C747" s="1" t="s">
-        <v>3290</v>
+        <v>3280</v>
       </c>
       <c r="D747" s="1" t="s">
-        <v>257</v>
+        <v>3305</v>
       </c>
       <c r="E747" s="1" t="s">
-        <v>3305</v>
+        <v>3306</v>
       </c>
       <c r="F747" s="1" t="s">
-        <v>387</v>
+        <v>3307</v>
       </c>
     </row>
     <row r="748" spans="1:6">
       <c r="A748" s="1" t="s">
-        <v>3306</v>
-[...1 lines deleted...]
-      <c r="B748" s="1"/>
+        <v>3308</v>
+      </c>
+      <c r="B748" s="1" t="s">
+        <v>3309</v>
+      </c>
       <c r="C748" s="1" t="s">
-        <v>3290</v>
+        <v>3310</v>
       </c>
       <c r="D748" s="1" t="s">
-        <v>3307</v>
+        <v>3311</v>
       </c>
       <c r="E748" s="1" t="s">
-        <v>3308</v>
-[...1 lines deleted...]
-      <c r="F748" s="1"/>
+        <v>3312</v>
+      </c>
+      <c r="F748" s="1" t="s">
+        <v>3313</v>
+      </c>
     </row>
     <row r="749" spans="1:6">
       <c r="A749" s="1" t="s">
-        <v>3309</v>
+        <v>3314</v>
       </c>
       <c r="B749" s="1" t="s">
+        <v>3315</v>
+      </c>
+      <c r="C749" s="1" t="s">
         <v>3310</v>
       </c>
-      <c r="C749" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D749" s="1" t="s">
-        <v>3311</v>
+        <v>3316</v>
       </c>
       <c r="E749" s="1" t="s">
-        <v>3312</v>
+        <v>3317</v>
       </c>
       <c r="F749" s="1" t="s">
-        <v>3313</v>
+        <v>3318</v>
       </c>
     </row>
     <row r="750" spans="1:6">
       <c r="A750" s="1" t="s">
-        <v>3314</v>
+        <v>3319</v>
       </c>
       <c r="B750" s="1" t="s">
-        <v>3315</v>
+        <v>3320</v>
       </c>
       <c r="C750" s="1" t="s">
-        <v>3290</v>
+        <v>3310</v>
       </c>
       <c r="D750" s="1" t="s">
-        <v>3316</v>
+        <v>3321</v>
       </c>
       <c r="E750" s="1" t="s">
-        <v>3317</v>
+        <v>3322</v>
       </c>
       <c r="F750" s="1" t="s">
-        <v>3318</v>
+        <v>3323</v>
       </c>
     </row>
     <row r="751" spans="1:6">
       <c r="A751" s="1" t="s">
-        <v>3319</v>
-[...3 lines deleted...]
-      </c>
+        <v>3324</v>
+      </c>
+      <c r="B751" s="1"/>
       <c r="C751" s="1" t="s">
-        <v>3290</v>
+        <v>3310</v>
       </c>
       <c r="D751" s="1" t="s">
-        <v>3321</v>
+        <v>263</v>
       </c>
       <c r="E751" s="1" t="s">
-        <v>3322</v>
+        <v>3325</v>
       </c>
       <c r="F751" s="1" t="s">
-        <v>3323</v>
+        <v>397</v>
       </c>
     </row>
     <row r="752" spans="1:6">
       <c r="A752" s="1" t="s">
-        <v>3324</v>
-[...3 lines deleted...]
-      </c>
+        <v>3326</v>
+      </c>
+      <c r="B752" s="1"/>
       <c r="C752" s="1" t="s">
-        <v>3326</v>
+        <v>3310</v>
       </c>
       <c r="D752" s="1" t="s">
         <v>3327</v>
       </c>
       <c r="E752" s="1" t="s">
         <v>3328</v>
       </c>
       <c r="F752" s="1"/>
     </row>
     <row r="753" spans="1:6">
       <c r="A753" s="1" t="s">
         <v>3329</v>
       </c>
       <c r="B753" s="1" t="s">
-        <v>1435</v>
+        <v>3330</v>
       </c>
       <c r="C753" s="1" t="s">
-        <v>3326</v>
+        <v>3310</v>
       </c>
       <c r="D753" s="1" t="s">
-        <v>3330</v>
+        <v>3331</v>
       </c>
       <c r="E753" s="1" t="s">
-        <v>3331</v>
+        <v>3332</v>
       </c>
       <c r="F753" s="1" t="s">
-        <v>1437</v>
+        <v>3333</v>
       </c>
     </row>
     <row r="754" spans="1:6">
       <c r="A754" s="1" t="s">
-        <v>3332</v>
+        <v>3334</v>
       </c>
       <c r="B754" s="1" t="s">
-        <v>3333</v>
+        <v>3335</v>
       </c>
       <c r="C754" s="1" t="s">
-        <v>3334</v>
+        <v>3310</v>
       </c>
       <c r="D754" s="1" t="s">
-        <v>3335</v>
+        <v>3336</v>
       </c>
       <c r="E754" s="1" t="s">
-        <v>3336</v>
+        <v>3337</v>
       </c>
       <c r="F754" s="1" t="s">
-        <v>3337</v>
+        <v>3338</v>
       </c>
     </row>
     <row r="755" spans="1:6">
       <c r="A755" s="1" t="s">
-        <v>3338</v>
+        <v>3339</v>
       </c>
       <c r="B755" s="1" t="s">
-        <v>3339</v>
+        <v>3340</v>
       </c>
       <c r="C755" s="1" t="s">
-        <v>3334</v>
+        <v>3310</v>
       </c>
       <c r="D755" s="1" t="s">
-        <v>3340</v>
+        <v>3341</v>
       </c>
       <c r="E755" s="1" t="s">
-        <v>3341</v>
+        <v>3342</v>
       </c>
       <c r="F755" s="1" t="s">
-        <v>3337</v>
+        <v>3343</v>
       </c>
     </row>
     <row r="756" spans="1:6">
       <c r="A756" s="1" t="s">
-        <v>3342</v>
+        <v>3344</v>
       </c>
       <c r="B756" s="1" t="s">
-        <v>3343</v>
+        <v>3345</v>
       </c>
       <c r="C756" s="1" t="s">
-        <v>3334</v>
+        <v>3346</v>
       </c>
       <c r="D756" s="1" t="s">
-        <v>3344</v>
+        <v>3347</v>
       </c>
       <c r="E756" s="1" t="s">
-        <v>3345</v>
-[...3 lines deleted...]
-      </c>
+        <v>3348</v>
+      </c>
+      <c r="F756" s="1"/>
     </row>
     <row r="757" spans="1:6">
       <c r="A757" s="1" t="s">
-        <v>3347</v>
+        <v>3349</v>
       </c>
       <c r="B757" s="1" t="s">
-        <v>3348</v>
+        <v>1445</v>
       </c>
       <c r="C757" s="1" t="s">
-        <v>3334</v>
+        <v>3346</v>
       </c>
       <c r="D757" s="1" t="s">
-        <v>3349</v>
+        <v>3350</v>
       </c>
       <c r="E757" s="1" t="s">
-        <v>3350</v>
-[...1 lines deleted...]
-      <c r="F757" s="1"/>
+        <v>3351</v>
+      </c>
+      <c r="F757" s="1" t="s">
+        <v>1447</v>
+      </c>
     </row>
     <row r="758" spans="1:6">
       <c r="A758" s="1" t="s">
-        <v>3351</v>
-[...1 lines deleted...]
-      <c r="B758" s="1"/>
+        <v>3352</v>
+      </c>
+      <c r="B758" s="1" t="s">
+        <v>3353</v>
+      </c>
       <c r="C758" s="1" t="s">
-        <v>3334</v>
+        <v>3354</v>
       </c>
       <c r="D758" s="1" t="s">
-        <v>257</v>
+        <v>3355</v>
       </c>
       <c r="E758" s="1" t="s">
-        <v>3350</v>
+        <v>3356</v>
       </c>
       <c r="F758" s="1" t="s">
-        <v>387</v>
+        <v>3357</v>
       </c>
     </row>
     <row r="759" spans="1:6">
       <c r="A759" s="1" t="s">
-        <v>3352</v>
-[...1 lines deleted...]
-      <c r="B759" s="1"/>
+        <v>3358</v>
+      </c>
+      <c r="B759" s="1" t="s">
+        <v>3359</v>
+      </c>
       <c r="C759" s="1" t="s">
-        <v>3334</v>
+        <v>3354</v>
       </c>
       <c r="D759" s="1" t="s">
-        <v>875</v>
+        <v>3360</v>
       </c>
       <c r="E759" s="1" t="s">
-        <v>3353</v>
+        <v>3361</v>
       </c>
       <c r="F759" s="1" t="s">
-        <v>3354</v>
+        <v>3357</v>
       </c>
     </row>
     <row r="760" spans="1:6">
       <c r="A760" s="1" t="s">
-        <v>3355</v>
-[...1 lines deleted...]
-      <c r="B760" s="1"/>
+        <v>3362</v>
+      </c>
+      <c r="B760" s="1" t="s">
+        <v>3363</v>
+      </c>
       <c r="C760" s="1" t="s">
-        <v>3334</v>
+        <v>3354</v>
       </c>
       <c r="D760" s="1" t="s">
-        <v>3356</v>
+        <v>3364</v>
       </c>
       <c r="E760" s="1" t="s">
-        <v>3357</v>
-[...1 lines deleted...]
-      <c r="F760" s="1"/>
+        <v>3365</v>
+      </c>
+      <c r="F760" s="1" t="s">
+        <v>3366</v>
+      </c>
     </row>
     <row r="761" spans="1:6">
       <c r="A761" s="1" t="s">
-        <v>3358</v>
+        <v>3367</v>
       </c>
       <c r="B761" s="1" t="s">
-        <v>3359</v>
+        <v>3368</v>
       </c>
       <c r="C761" s="1" t="s">
-        <v>3360</v>
+        <v>3354</v>
       </c>
       <c r="D761" s="1" t="s">
-        <v>3361</v>
+        <v>3369</v>
       </c>
       <c r="E761" s="1" t="s">
-        <v>3362</v>
+        <v>3370</v>
       </c>
       <c r="F761" s="1"/>
     </row>
     <row r="762" spans="1:6">
       <c r="A762" s="1" t="s">
-        <v>3363</v>
-[...3 lines deleted...]
-      </c>
+        <v>3371</v>
+      </c>
+      <c r="B762" s="1"/>
       <c r="C762" s="1" t="s">
-        <v>3360</v>
+        <v>3354</v>
       </c>
       <c r="D762" s="1" t="s">
-        <v>3365</v>
+        <v>263</v>
       </c>
       <c r="E762" s="1" t="s">
-        <v>3366</v>
+        <v>3370</v>
       </c>
       <c r="F762" s="1" t="s">
-        <v>3367</v>
+        <v>397</v>
       </c>
     </row>
     <row r="763" spans="1:6">
       <c r="A763" s="1" t="s">
-        <v>3368</v>
+        <v>3372</v>
       </c>
       <c r="B763" s="1"/>
       <c r="C763" s="1" t="s">
-        <v>3360</v>
+        <v>3354</v>
       </c>
       <c r="D763" s="1" t="s">
-        <v>3369</v>
+        <v>885</v>
       </c>
       <c r="E763" s="1" t="s">
-        <v>3370</v>
-[...1 lines deleted...]
-      <c r="F763" s="1"/>
+        <v>3373</v>
+      </c>
+      <c r="F763" s="1" t="s">
+        <v>3374</v>
+      </c>
     </row>
     <row r="764" spans="1:6">
       <c r="A764" s="1" t="s">
-        <v>3371</v>
-[...3 lines deleted...]
-      </c>
+        <v>3375</v>
+      </c>
+      <c r="B764" s="1"/>
       <c r="C764" s="1" t="s">
-        <v>3373</v>
+        <v>3354</v>
       </c>
       <c r="D764" s="1" t="s">
-        <v>3374</v>
+        <v>3376</v>
       </c>
       <c r="E764" s="1" t="s">
-        <v>3375</v>
-[...3 lines deleted...]
-      </c>
+        <v>3377</v>
+      </c>
+      <c r="F764" s="1"/>
     </row>
     <row r="765" spans="1:6">
       <c r="A765" s="1" t="s">
-        <v>3377</v>
-[...1 lines deleted...]
-      <c r="B765" s="1"/>
+        <v>3378</v>
+      </c>
+      <c r="B765" s="1" t="s">
+        <v>3379</v>
+      </c>
       <c r="C765" s="1" t="s">
-        <v>3373</v>
+        <v>3380</v>
       </c>
       <c r="D765" s="1" t="s">
-        <v>3378</v>
+        <v>3381</v>
       </c>
       <c r="E765" s="1" t="s">
-        <v>3379</v>
+        <v>3382</v>
       </c>
       <c r="F765" s="1"/>
     </row>
     <row r="766" spans="1:6">
       <c r="A766" s="1" t="s">
+        <v>3383</v>
+      </c>
+      <c r="B766" s="1" t="s">
+        <v>3384</v>
+      </c>
+      <c r="C766" s="1" t="s">
         <v>3380</v>
       </c>
-      <c r="B766" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D766" s="1" t="s">
-        <v>3383</v>
+        <v>3385</v>
       </c>
       <c r="E766" s="1" t="s">
-        <v>3384</v>
+        <v>3386</v>
       </c>
       <c r="F766" s="1" t="s">
-        <v>3385</v>
+        <v>3387</v>
       </c>
     </row>
     <row r="767" spans="1:6">
       <c r="A767" s="1" t="s">
-        <v>3386</v>
+        <v>3388</v>
       </c>
       <c r="B767" s="1"/>
       <c r="C767" s="1" t="s">
-        <v>3382</v>
+        <v>3380</v>
       </c>
       <c r="D767" s="1" t="s">
-        <v>3387</v>
+        <v>3389</v>
       </c>
       <c r="E767" s="1" t="s">
-        <v>3388</v>
+        <v>3390</v>
       </c>
       <c r="F767" s="1"/>
     </row>
     <row r="768" spans="1:6">
       <c r="A768" s="1" t="s">
-        <v>3389</v>
+        <v>3391</v>
       </c>
       <c r="B768" s="1" t="s">
-        <v>3390</v>
+        <v>3392</v>
       </c>
       <c r="C768" s="1" t="s">
-        <v>3391</v>
+        <v>3393</v>
       </c>
       <c r="D768" s="1" t="s">
-        <v>3392</v>
+        <v>3394</v>
       </c>
       <c r="E768" s="1" t="s">
-        <v>3393</v>
-[...1 lines deleted...]
-      <c r="F768" s="1"/>
+        <v>3395</v>
+      </c>
+      <c r="F768" s="1" t="s">
+        <v>3396</v>
+      </c>
     </row>
     <row r="769" spans="1:6">
       <c r="A769" s="1" t="s">
-        <v>3394</v>
+        <v>3397</v>
       </c>
       <c r="B769" s="1"/>
       <c r="C769" s="1" t="s">
-        <v>3391</v>
+        <v>3393</v>
       </c>
       <c r="D769" s="1" t="s">
-        <v>3395</v>
+        <v>3398</v>
       </c>
       <c r="E769" s="1" t="s">
-        <v>3396</v>
+        <v>3399</v>
       </c>
       <c r="F769" s="1"/>
     </row>
     <row r="770" spans="1:6">
       <c r="A770" s="1" t="s">
-        <v>3397</v>
+        <v>3400</v>
       </c>
       <c r="B770" s="1" t="s">
-        <v>3398</v>
+        <v>3401</v>
       </c>
       <c r="C770" s="1" t="s">
-        <v>3399</v>
+        <v>3402</v>
       </c>
       <c r="D770" s="1" t="s">
-        <v>3400</v>
+        <v>3403</v>
       </c>
       <c r="E770" s="1" t="s">
-        <v>1315</v>
+        <v>3404</v>
       </c>
       <c r="F770" s="1" t="s">
-        <v>3401</v>
+        <v>3405</v>
       </c>
     </row>
     <row r="771" spans="1:6">
       <c r="A771" s="1" t="s">
+        <v>3406</v>
+      </c>
+      <c r="B771" s="1"/>
+      <c r="C771" s="1" t="s">
         <v>3402</v>
       </c>
-      <c r="B771" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D771" s="1" t="s">
-        <v>3405</v>
+        <v>3407</v>
       </c>
       <c r="E771" s="1" t="s">
-        <v>3406</v>
+        <v>3408</v>
       </c>
       <c r="F771" s="1"/>
     </row>
     <row r="772" spans="1:6">
       <c r="A772" s="1" t="s">
-        <v>3407</v>
+        <v>3409</v>
       </c>
       <c r="B772" s="1" t="s">
-        <v>3408</v>
+        <v>3410</v>
       </c>
       <c r="C772" s="1" t="s">
-        <v>3409</v>
+        <v>3411</v>
       </c>
       <c r="D772" s="1" t="s">
-        <v>3410</v>
+        <v>3412</v>
       </c>
       <c r="E772" s="1" t="s">
-        <v>3411</v>
+        <v>3413</v>
       </c>
       <c r="F772" s="1"/>
     </row>
     <row r="773" spans="1:6">
       <c r="A773" s="1" t="s">
-        <v>3412</v>
-[...3 lines deleted...]
-      </c>
+        <v>3414</v>
+      </c>
+      <c r="B773" s="1"/>
       <c r="C773" s="1" t="s">
-        <v>3414</v>
+        <v>3411</v>
       </c>
       <c r="D773" s="1" t="s">
         <v>3415</v>
       </c>
       <c r="E773" s="1" t="s">
         <v>3416</v>
       </c>
-      <c r="F773" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F773" s="1"/>
     </row>
     <row r="774" spans="1:6">
       <c r="A774" s="1" t="s">
+        <v>3417</v>
+      </c>
+      <c r="B774" s="1" t="s">
         <v>3418</v>
       </c>
-      <c r="B774" s="1" t="s">
+      <c r="C774" s="1" t="s">
         <v>3419</v>
-      </c>
-[...1 lines deleted...]
-        <v>3414</v>
       </c>
       <c r="D774" s="1" t="s">
         <v>3420</v>
       </c>
       <c r="E774" s="1" t="s">
+        <v>1325</v>
+      </c>
+      <c r="F774" s="1" t="s">
         <v>3421</v>
-      </c>
-[...1 lines deleted...]
-        <v>3422</v>
       </c>
     </row>
     <row r="775" spans="1:6">
       <c r="A775" s="1" t="s">
+        <v>3422</v>
+      </c>
+      <c r="B775" s="1" t="s">
         <v>3423</v>
       </c>
-      <c r="B775" s="1"/>
       <c r="C775" s="1" t="s">
-        <v>3414</v>
+        <v>3424</v>
       </c>
       <c r="D775" s="1" t="s">
-        <v>3424</v>
+        <v>3425</v>
       </c>
       <c r="E775" s="1" t="s">
-        <v>3425</v>
+        <v>3426</v>
       </c>
       <c r="F775" s="1"/>
     </row>
     <row r="776" spans="1:6">
       <c r="A776" s="1" t="s">
-        <v>3426</v>
+        <v>3427</v>
       </c>
       <c r="B776" s="1" t="s">
-        <v>3427</v>
+        <v>3428</v>
       </c>
       <c r="C776" s="1" t="s">
-        <v>3414</v>
+        <v>3429</v>
       </c>
       <c r="D776" s="1" t="s">
-        <v>3428</v>
+        <v>3430</v>
       </c>
       <c r="E776" s="1" t="s">
-        <v>3429</v>
-[...3 lines deleted...]
-      </c>
+        <v>3431</v>
+      </c>
+      <c r="F776" s="1"/>
     </row>
     <row r="777" spans="1:6">
       <c r="A777" s="1" t="s">
-        <v>3431</v>
+        <v>3432</v>
       </c>
       <c r="B777" s="1" t="s">
-        <v>3432</v>
+        <v>3433</v>
       </c>
       <c r="C777" s="1" t="s">
-        <v>3414</v>
+        <v>3434</v>
       </c>
       <c r="D777" s="1" t="s">
-        <v>3433</v>
+        <v>3435</v>
       </c>
       <c r="E777" s="1" t="s">
-        <v>3434</v>
+        <v>3436</v>
       </c>
       <c r="F777" s="1" t="s">
-        <v>3435</v>
+        <v>3437</v>
       </c>
     </row>
     <row r="778" spans="1:6">
       <c r="A778" s="1" t="s">
-        <v>3436</v>
+        <v>3438</v>
       </c>
       <c r="B778" s="1" t="s">
-        <v>3437</v>
+        <v>3439</v>
       </c>
       <c r="C778" s="1" t="s">
-        <v>3414</v>
+        <v>3434</v>
       </c>
       <c r="D778" s="1" t="s">
-        <v>3438</v>
+        <v>3440</v>
       </c>
       <c r="E778" s="1" t="s">
-        <v>3439</v>
+        <v>3441</v>
       </c>
       <c r="F778" s="1" t="s">
-        <v>3440</v>
+        <v>3442</v>
       </c>
     </row>
     <row r="779" spans="1:6">
       <c r="A779" s="1" t="s">
-        <v>3441</v>
-[...3 lines deleted...]
-      </c>
+        <v>3443</v>
+      </c>
+      <c r="B779" s="1"/>
       <c r="C779" s="1" t="s">
-        <v>3414</v>
+        <v>3434</v>
       </c>
       <c r="D779" s="1" t="s">
-        <v>3443</v>
+        <v>3444</v>
       </c>
       <c r="E779" s="1" t="s">
-        <v>3444</v>
-[...1 lines deleted...]
-      <c r="F779" s="1" t="s">
         <v>3445</v>
       </c>
+      <c r="F779" s="1"/>
     </row>
     <row r="780" spans="1:6">
       <c r="A780" s="1" t="s">
         <v>3446</v>
       </c>
       <c r="B780" s="1" t="s">
         <v>3447</v>
       </c>
       <c r="C780" s="1" t="s">
+        <v>3434</v>
+      </c>
+      <c r="D780" s="1" t="s">
         <v>3448</v>
       </c>
-      <c r="D780" s="1" t="s">
+      <c r="E780" s="1" t="s">
         <v>3449</v>
       </c>
-      <c r="E780" s="1" t="s">
+      <c r="F780" s="1" t="s">
         <v>3450</v>
-      </c>
-[...1 lines deleted...]
-        <v>3451</v>
       </c>
     </row>
     <row r="781" spans="1:6">
       <c r="A781" s="1" t="s">
+        <v>3451</v>
+      </c>
+      <c r="B781" s="1" t="s">
         <v>3452</v>
       </c>
-      <c r="B781" s="1"/>
       <c r="C781" s="1" t="s">
-        <v>3448</v>
+        <v>3434</v>
       </c>
       <c r="D781" s="1" t="s">
         <v>3453</v>
       </c>
       <c r="E781" s="1" t="s">
         <v>3454</v>
       </c>
       <c r="F781" s="1" t="s">
         <v>3455</v>
       </c>
     </row>
     <row r="782" spans="1:6">
       <c r="A782" s="1" t="s">
         <v>3456</v>
       </c>
       <c r="B782" s="1" t="s">
         <v>3457</v>
       </c>
       <c r="C782" s="1" t="s">
-        <v>3448</v>
+        <v>3434</v>
       </c>
       <c r="D782" s="1" t="s">
         <v>3458</v>
       </c>
       <c r="E782" s="1" t="s">
         <v>3459</v>
       </c>
       <c r="F782" s="1" t="s">
         <v>3460</v>
       </c>
     </row>
     <row r="783" spans="1:6">
       <c r="A783" s="1" t="s">
         <v>3461</v>
       </c>
       <c r="B783" s="1" t="s">
         <v>3462</v>
       </c>
       <c r="C783" s="1" t="s">
+        <v>3434</v>
+      </c>
+      <c r="D783" s="1" t="s">
         <v>3463</v>
       </c>
-      <c r="D783" s="1" t="s">
+      <c r="E783" s="1" t="s">
         <v>3464</v>
       </c>
-      <c r="E783" s="1" t="s">
+      <c r="F783" s="1" t="s">
         <v>3465</v>
-      </c>
-[...1 lines deleted...]
-        <v>3466</v>
       </c>
     </row>
     <row r="784" spans="1:6">
       <c r="A784" s="1" t="s">
+        <v>3466</v>
+      </c>
+      <c r="B784" s="1" t="s">
         <v>3467</v>
       </c>
-      <c r="B784" s="1"/>
       <c r="C784" s="1" t="s">
-        <v>3463</v>
+        <v>3468</v>
       </c>
       <c r="D784" s="1" t="s">
-        <v>3468</v>
+        <v>3469</v>
       </c>
       <c r="E784" s="1" t="s">
-        <v>3469</v>
-[...1 lines deleted...]
-      <c r="F784" s="1"/>
+        <v>3470</v>
+      </c>
+      <c r="F784" s="1" t="s">
+        <v>3471</v>
+      </c>
     </row>
     <row r="785" spans="1:6">
       <c r="A785" s="1" t="s">
-        <v>3470</v>
-[...3 lines deleted...]
-      </c>
+        <v>3472</v>
+      </c>
+      <c r="B785" s="1"/>
       <c r="C785" s="1" t="s">
-        <v>3472</v>
+        <v>3468</v>
       </c>
       <c r="D785" s="1" t="s">
         <v>3473</v>
       </c>
       <c r="E785" s="1" t="s">
         <v>3474</v>
       </c>
       <c r="F785" s="1" t="s">
         <v>3475</v>
       </c>
     </row>
     <row r="786" spans="1:6">
       <c r="A786" s="1" t="s">
         <v>3476</v>
       </c>
       <c r="B786" s="1" t="s">
         <v>3477</v>
       </c>
       <c r="C786" s="1" t="s">
+        <v>3468</v>
+      </c>
+      <c r="D786" s="1" t="s">
         <v>3478</v>
       </c>
-      <c r="D786" s="1" t="s">
+      <c r="E786" s="1" t="s">
         <v>3479</v>
       </c>
-      <c r="E786" s="1" t="s">
+      <c r="F786" s="1" t="s">
         <v>3480</v>
-      </c>
-[...1 lines deleted...]
-        <v>3481</v>
       </c>
     </row>
     <row r="787" spans="1:6">
       <c r="A787" s="1" t="s">
+        <v>3481</v>
+      </c>
+      <c r="B787" s="1" t="s">
         <v>3482</v>
       </c>
-      <c r="B787" s="1"/>
       <c r="C787" s="1" t="s">
         <v>3483</v>
       </c>
       <c r="D787" s="1" t="s">
         <v>3484</v>
       </c>
       <c r="E787" s="1" t="s">
         <v>3485</v>
       </c>
-      <c r="F787" s="1"/>
+      <c r="F787" s="1" t="s">
+        <v>3486</v>
+      </c>
     </row>
     <row r="788" spans="1:6">
       <c r="A788" s="1" t="s">
-        <v>3486</v>
-[...1 lines deleted...]
-      <c r="B788" s="1" t="s">
         <v>3487</v>
       </c>
+      <c r="B788" s="1"/>
       <c r="C788" s="1" t="s">
+        <v>3483</v>
+      </c>
+      <c r="D788" s="1" t="s">
         <v>3488</v>
       </c>
-      <c r="D788" s="1" t="s">
+      <c r="E788" s="1" t="s">
         <v>3489</v>
       </c>
-      <c r="E788" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F788" s="1"/>
     </row>
     <row r="789" spans="1:6">
       <c r="A789" s="1" t="s">
+        <v>3490</v>
+      </c>
+      <c r="B789" s="1" t="s">
+        <v>3491</v>
+      </c>
+      <c r="C789" s="1" t="s">
         <v>3492</v>
       </c>
-      <c r="B789" s="1" t="s">
+      <c r="D789" s="1" t="s">
         <v>3493</v>
       </c>
-      <c r="C789" s="1" t="s">
+      <c r="E789" s="1" t="s">
         <v>3494</v>
       </c>
-      <c r="D789" s="1" t="s">
+      <c r="F789" s="1" t="s">
         <v>3495</v>
-      </c>
-[...4 lines deleted...]
-        <v>3497</v>
       </c>
     </row>
     <row r="790" spans="1:6">
       <c r="A790" s="1" t="s">
+        <v>3496</v>
+      </c>
+      <c r="B790" s="1" t="s">
+        <v>3497</v>
+      </c>
+      <c r="C790" s="1" t="s">
         <v>3498</v>
-      </c>
-[...2 lines deleted...]
-        <v>3494</v>
       </c>
       <c r="D790" s="1" t="s">
         <v>3499</v>
       </c>
       <c r="E790" s="1" t="s">
         <v>3500</v>
       </c>
-      <c r="F790" s="1"/>
+      <c r="F790" s="1" t="s">
+        <v>3501</v>
+      </c>
     </row>
     <row r="791" spans="1:6">
       <c r="A791" s="1" t="s">
-        <v>3501</v>
-[...1 lines deleted...]
-      <c r="B791" s="1" t="s">
         <v>3502</v>
       </c>
+      <c r="B791" s="1"/>
       <c r="C791" s="1" t="s">
         <v>3503</v>
       </c>
       <c r="D791" s="1" t="s">
         <v>3504</v>
       </c>
       <c r="E791" s="1" t="s">
         <v>3505</v>
       </c>
       <c r="F791" s="1"/>
     </row>
     <row r="792" spans="1:6">
       <c r="A792" s="1" t="s">
         <v>3506</v>
       </c>
       <c r="B792" s="1" t="s">
         <v>3507</v>
       </c>
       <c r="C792" s="1" t="s">
         <v>3508</v>
       </c>
       <c r="D792" s="1" t="s">
         <v>3509</v>
       </c>
       <c r="E792" s="1" t="s">
         <v>3510</v>
       </c>
-      <c r="F792" s="1"/>
+      <c r="F792" s="1" t="s">
+        <v>3511</v>
+      </c>
     </row>
     <row r="793" spans="1:6">
       <c r="A793" s="1" t="s">
-        <v>3511</v>
-[...1 lines deleted...]
-      <c r="B793" s="1" t="s">
         <v>3512</v>
       </c>
+      <c r="B793" s="1"/>
       <c r="C793" s="1" t="s">
-        <v>3508</v>
+        <v>3513</v>
       </c>
       <c r="D793" s="1" t="s">
-        <v>3513</v>
+        <v>3514</v>
       </c>
       <c r="E793" s="1" t="s">
-        <v>3514</v>
-[...1 lines deleted...]
-      <c r="F793" s="1" t="s">
         <v>3515</v>
       </c>
+      <c r="F793" s="1"/>
     </row>
     <row r="794" spans="1:6">
       <c r="A794" s="1" t="s">
         <v>3516</v>
       </c>
       <c r="B794" s="1" t="s">
         <v>3517</v>
       </c>
       <c r="C794" s="1" t="s">
+        <v>3513</v>
+      </c>
+      <c r="D794" s="1" t="s">
         <v>3518</v>
       </c>
-      <c r="D794" s="1" t="s">
+      <c r="E794" s="1" t="s">
         <v>3519</v>
       </c>
-      <c r="E794" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F794" s="1"/>
     </row>
     <row r="795" spans="1:6">
       <c r="A795" s="1" t="s">
+        <v>3520</v>
+      </c>
+      <c r="B795" s="1" t="s">
+        <v>3521</v>
+      </c>
+      <c r="C795" s="1" t="s">
         <v>3522</v>
-      </c>
-[...2 lines deleted...]
-        <v>3518</v>
       </c>
       <c r="D795" s="1" t="s">
         <v>3523</v>
       </c>
       <c r="E795" s="1" t="s">
         <v>3524</v>
       </c>
       <c r="F795" s="1"/>
     </row>
     <row r="796" spans="1:6">
       <c r="A796" s="1" t="s">
         <v>3525</v>
       </c>
       <c r="B796" s="1" t="s">
         <v>3526</v>
       </c>
       <c r="C796" s="1" t="s">
-        <v>3518</v>
+        <v>3527</v>
       </c>
       <c r="D796" s="1" t="s">
-        <v>3527</v>
+        <v>3528</v>
       </c>
       <c r="E796" s="1" t="s">
-        <v>3528</v>
+        <v>3529</v>
       </c>
       <c r="F796" s="1"/>
     </row>
     <row r="797" spans="1:6">
       <c r="A797" s="1" t="s">
-        <v>3529</v>
+        <v>3530</v>
       </c>
       <c r="B797" s="1" t="s">
-        <v>3530</v>
+        <v>3531</v>
       </c>
       <c r="C797" s="1" t="s">
-        <v>3531</v>
+        <v>3527</v>
       </c>
       <c r="D797" s="1" t="s">
         <v>3532</v>
       </c>
       <c r="E797" s="1" t="s">
         <v>3533</v>
       </c>
       <c r="F797" s="1" t="s">
         <v>3534</v>
       </c>
     </row>
     <row r="798" spans="1:6">
       <c r="A798" s="1" t="s">
         <v>3535</v>
       </c>
-      <c r="B798" s="1"/>
+      <c r="B798" s="1" t="s">
+        <v>3536</v>
+      </c>
       <c r="C798" s="1" t="s">
-        <v>3531</v>
+        <v>3537</v>
       </c>
       <c r="D798" s="1" t="s">
-        <v>3536</v>
+        <v>3538</v>
       </c>
       <c r="E798" s="1" t="s">
-        <v>3537</v>
-[...1 lines deleted...]
-      <c r="F798" s="1"/>
+        <v>3539</v>
+      </c>
+      <c r="F798" s="1" t="s">
+        <v>3540</v>
+      </c>
     </row>
     <row r="799" spans="1:6">
       <c r="A799" s="1" t="s">
-        <v>3538</v>
-[...3 lines deleted...]
-      </c>
+        <v>3541</v>
+      </c>
+      <c r="B799" s="1"/>
       <c r="C799" s="1" t="s">
-        <v>3540</v>
+        <v>3537</v>
       </c>
       <c r="D799" s="1" t="s">
-        <v>3541</v>
+        <v>3542</v>
       </c>
       <c r="E799" s="1" t="s">
-        <v>3542</v>
-[...1 lines deleted...]
-      <c r="F799" s="1" t="s">
         <v>3543</v>
       </c>
+      <c r="F799" s="1"/>
     </row>
     <row r="800" spans="1:6">
       <c r="A800" s="1" t="s">
         <v>3544</v>
       </c>
-      <c r="B800" s="1"/>
+      <c r="B800" s="1" t="s">
+        <v>3545</v>
+      </c>
       <c r="C800" s="1" t="s">
-        <v>3540</v>
+        <v>3537</v>
       </c>
       <c r="D800" s="1" t="s">
-        <v>3545</v>
+        <v>3546</v>
       </c>
       <c r="E800" s="1" t="s">
-        <v>3546</v>
+        <v>3547</v>
       </c>
       <c r="F800" s="1"/>
     </row>
     <row r="801" spans="1:6">
       <c r="A801" s="1" t="s">
-        <v>3547</v>
+        <v>3548</v>
       </c>
       <c r="B801" s="1" t="s">
-        <v>3548</v>
+        <v>3549</v>
       </c>
       <c r="C801" s="1" t="s">
-        <v>3549</v>
+        <v>3550</v>
       </c>
       <c r="D801" s="1" t="s">
-        <v>3550</v>
+        <v>3551</v>
       </c>
       <c r="E801" s="1" t="s">
-        <v>3551</v>
-[...1 lines deleted...]
-      <c r="F801" s="1"/>
+        <v>3552</v>
+      </c>
+      <c r="F801" s="1" t="s">
+        <v>3553</v>
+      </c>
     </row>
     <row r="802" spans="1:6">
       <c r="A802" s="1" t="s">
-        <v>3552</v>
-[...3 lines deleted...]
-      </c>
+        <v>3554</v>
+      </c>
+      <c r="B802" s="1"/>
       <c r="C802" s="1" t="s">
-        <v>3549</v>
+        <v>3550</v>
       </c>
       <c r="D802" s="1" t="s">
-        <v>2207</v>
+        <v>3555</v>
       </c>
       <c r="E802" s="1" t="s">
-        <v>3553</v>
+        <v>3556</v>
       </c>
       <c r="F802" s="1"/>
     </row>
     <row r="803" spans="1:6">
       <c r="A803" s="1" t="s">
-        <v>3554</v>
+        <v>3557</v>
       </c>
       <c r="B803" s="1" t="s">
-        <v>3555</v>
+        <v>3558</v>
       </c>
       <c r="C803" s="1" t="s">
-        <v>3556</v>
+        <v>3559</v>
       </c>
       <c r="D803" s="1" t="s">
-        <v>3557</v>
+        <v>3560</v>
       </c>
       <c r="E803" s="1" t="s">
-        <v>3558</v>
+        <v>3561</v>
       </c>
       <c r="F803" s="1" t="s">
-        <v>3559</v>
+        <v>3562</v>
       </c>
     </row>
     <row r="804" spans="1:6">
       <c r="A804" s="1" t="s">
-        <v>3560</v>
-[...3 lines deleted...]
-      </c>
+        <v>3563</v>
+      </c>
+      <c r="B804" s="1"/>
       <c r="C804" s="1" t="s">
-        <v>3556</v>
+        <v>3559</v>
       </c>
       <c r="D804" s="1" t="s">
-        <v>3562</v>
+        <v>3564</v>
       </c>
       <c r="E804" s="1" t="s">
-        <v>3563</v>
-[...3 lines deleted...]
-      </c>
+        <v>3565</v>
+      </c>
+      <c r="F804" s="1"/>
     </row>
     <row r="805" spans="1:6">
       <c r="A805" s="1" t="s">
-        <v>3565</v>
+        <v>3566</v>
       </c>
       <c r="B805" s="1" t="s">
-        <v>3566</v>
+        <v>3567</v>
       </c>
       <c r="C805" s="1" t="s">
-        <v>3556</v>
+        <v>3568</v>
       </c>
       <c r="D805" s="1" t="s">
-        <v>3567</v>
+        <v>3569</v>
       </c>
       <c r="E805" s="1" t="s">
-        <v>3568</v>
-[...3 lines deleted...]
-      </c>
+        <v>3570</v>
+      </c>
+      <c r="F805" s="1"/>
     </row>
     <row r="806" spans="1:6">
       <c r="A806" s="1" t="s">
-        <v>3570</v>
+        <v>3571</v>
       </c>
       <c r="B806" s="1" t="s">
-        <v>3571</v>
+        <v>3567</v>
       </c>
       <c r="C806" s="1" t="s">
+        <v>3568</v>
+      </c>
+      <c r="D806" s="1" t="s">
+        <v>2217</v>
+      </c>
+      <c r="E806" s="1" t="s">
         <v>3572</v>
       </c>
-      <c r="D806" s="1" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="F806" s="1"/>
     </row>
     <row r="807" spans="1:6">
       <c r="A807" s="1" t="s">
+        <v>3573</v>
+      </c>
+      <c r="B807" s="1" t="s">
+        <v>3574</v>
+      </c>
+      <c r="C807" s="1" t="s">
+        <v>3575</v>
+      </c>
+      <c r="D807" s="1" t="s">
         <v>3576</v>
       </c>
-      <c r="B807" s="1" t="s">
+      <c r="E807" s="1" t="s">
         <v>3577</v>
       </c>
-      <c r="C807" s="1" t="s">
+      <c r="F807" s="1" t="s">
         <v>3578</v>
-      </c>
-[...7 lines deleted...]
-        <v>3581</v>
       </c>
     </row>
     <row r="808" spans="1:6">
       <c r="A808" s="1" t="s">
+        <v>3579</v>
+      </c>
+      <c r="B808" s="1" t="s">
+        <v>3580</v>
+      </c>
+      <c r="C808" s="1" t="s">
+        <v>3575</v>
+      </c>
+      <c r="D808" s="1" t="s">
+        <v>3581</v>
+      </c>
+      <c r="E808" s="1" t="s">
         <v>3582</v>
       </c>
-      <c r="B808" s="1"/>
-[...3 lines deleted...]
-      <c r="D808" s="1" t="s">
+      <c r="F808" s="1" t="s">
         <v>3583</v>
       </c>
-      <c r="E808" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F808" s="1"/>
     </row>
     <row r="809" spans="1:6">
       <c r="A809" s="1" t="s">
+        <v>3584</v>
+      </c>
+      <c r="B809" s="1" t="s">
         <v>3585</v>
       </c>
-      <c r="B809" s="1" t="s">
+      <c r="C809" s="1" t="s">
+        <v>3575</v>
+      </c>
+      <c r="D809" s="1" t="s">
         <v>3586</v>
       </c>
-      <c r="C809" s="1" t="s">
+      <c r="E809" s="1" t="s">
         <v>3587</v>
       </c>
-      <c r="D809" s="1" t="s">
+      <c r="F809" s="1" t="s">
         <v>3588</v>
-      </c>
-[...4 lines deleted...]
-        <v>3590</v>
       </c>
     </row>
     <row r="810" spans="1:6">
       <c r="A810" s="1" t="s">
+        <v>3589</v>
+      </c>
+      <c r="B810" s="1" t="s">
+        <v>3590</v>
+      </c>
+      <c r="C810" s="1" t="s">
         <v>3591</v>
-      </c>
-[...2 lines deleted...]
-        <v>3587</v>
       </c>
       <c r="D810" s="1" t="s">
         <v>3592</v>
       </c>
       <c r="E810" s="1" t="s">
         <v>3593</v>
       </c>
-      <c r="F810" s="1"/>
+      <c r="F810" s="1" t="s">
+        <v>3594</v>
+      </c>
     </row>
     <row r="811" spans="1:6">
       <c r="A811" s="1" t="s">
-        <v>3594</v>
+        <v>3595</v>
       </c>
       <c r="B811" s="1" t="s">
-        <v>3595</v>
+        <v>3596</v>
       </c>
       <c r="C811" s="1" t="s">
-        <v>3596</v>
+        <v>3597</v>
       </c>
       <c r="D811" s="1" t="s">
-        <v>3597</v>
+        <v>3598</v>
       </c>
       <c r="E811" s="1" t="s">
-        <v>3598</v>
+        <v>3599</v>
       </c>
       <c r="F811" s="1" t="s">
-        <v>3599</v>
+        <v>3600</v>
       </c>
     </row>
     <row r="812" spans="1:6">
       <c r="A812" s="1" t="s">
-        <v>3600</v>
+        <v>3601</v>
       </c>
       <c r="B812" s="1"/>
       <c r="C812" s="1" t="s">
-        <v>3596</v>
+        <v>3597</v>
       </c>
       <c r="D812" s="1" t="s">
-        <v>3601</v>
+        <v>3602</v>
       </c>
       <c r="E812" s="1" t="s">
-        <v>3602</v>
+        <v>3603</v>
       </c>
       <c r="F812" s="1"/>
     </row>
     <row r="813" spans="1:6">
       <c r="A813" s="1" t="s">
-        <v>3603</v>
+        <v>3604</v>
       </c>
       <c r="B813" s="1" t="s">
-        <v>3604</v>
+        <v>3605</v>
       </c>
       <c r="C813" s="1" t="s">
-        <v>3605</v>
+        <v>3606</v>
       </c>
       <c r="D813" s="1" t="s">
-        <v>3606</v>
+        <v>3607</v>
       </c>
       <c r="E813" s="1" t="s">
-        <v>3607</v>
-[...1 lines deleted...]
-      <c r="F813" s="1"/>
+        <v>3608</v>
+      </c>
+      <c r="F813" s="1" t="s">
+        <v>3609</v>
+      </c>
     </row>
     <row r="814" spans="1:6">
       <c r="A814" s="1" t="s">
-        <v>3608</v>
-[...3 lines deleted...]
-      </c>
+        <v>3610</v>
+      </c>
+      <c r="B814" s="1"/>
       <c r="C814" s="1" t="s">
-        <v>3605</v>
+        <v>3606</v>
       </c>
       <c r="D814" s="1" t="s">
-        <v>3610</v>
+        <v>3611</v>
       </c>
       <c r="E814" s="1" t="s">
-        <v>3611</v>
-[...1 lines deleted...]
-      <c r="F814" s="1" t="s">
         <v>3612</v>
       </c>
+      <c r="F814" s="1"/>
     </row>
     <row r="815" spans="1:6">
       <c r="A815" s="1" t="s">
         <v>3613</v>
       </c>
       <c r="B815" s="1" t="s">
         <v>3614</v>
       </c>
       <c r="C815" s="1" t="s">
         <v>3615</v>
       </c>
       <c r="D815" s="1" t="s">
         <v>3616</v>
       </c>
       <c r="E815" s="1" t="s">
         <v>3617</v>
       </c>
       <c r="F815" s="1" t="s">
         <v>3618</v>
       </c>
     </row>
     <row r="816" spans="1:6">
       <c r="A816" s="1" t="s">
         <v>3619</v>
       </c>
       <c r="B816" s="1"/>
       <c r="C816" s="1" t="s">
         <v>3615</v>
       </c>
       <c r="D816" s="1" t="s">
         <v>3620</v>
       </c>
       <c r="E816" s="1" t="s">
         <v>3621</v>
       </c>
       <c r="F816" s="1"/>
     </row>
     <row r="817" spans="1:6">
       <c r="A817" s="1" t="s">
         <v>3622</v>
       </c>
       <c r="B817" s="1" t="s">
         <v>3623</v>
       </c>
       <c r="C817" s="1" t="s">
-        <v>3615</v>
+        <v>3624</v>
       </c>
       <c r="D817" s="1" t="s">
-        <v>3624</v>
+        <v>3625</v>
       </c>
       <c r="E817" s="1" t="s">
-        <v>3625</v>
+        <v>3626</v>
       </c>
       <c r="F817" s="1"/>
     </row>
     <row r="818" spans="1:6">
       <c r="A818" s="1" t="s">
-        <v>3626</v>
+        <v>3627</v>
       </c>
       <c r="B818" s="1" t="s">
-        <v>3627</v>
+        <v>3628</v>
       </c>
       <c r="C818" s="1" t="s">
-        <v>3615</v>
+        <v>3624</v>
       </c>
       <c r="D818" s="1" t="s">
-        <v>3628</v>
+        <v>3629</v>
       </c>
       <c r="E818" s="1" t="s">
-        <v>3625</v>
+        <v>3630</v>
       </c>
       <c r="F818" s="1" t="s">
-        <v>3629</v>
+        <v>3631</v>
       </c>
     </row>
     <row r="819" spans="1:6">
       <c r="A819" s="1" t="s">
-        <v>3630</v>
+        <v>3632</v>
       </c>
       <c r="B819" s="1" t="s">
-        <v>3631</v>
+        <v>3633</v>
       </c>
       <c r="C819" s="1" t="s">
-        <v>3632</v>
+        <v>3634</v>
       </c>
       <c r="D819" s="1" t="s">
-        <v>3633</v>
+        <v>3635</v>
       </c>
       <c r="E819" s="1" t="s">
-        <v>3634</v>
+        <v>3636</v>
       </c>
       <c r="F819" s="1" t="s">
-        <v>3635</v>
+        <v>3637</v>
       </c>
     </row>
     <row r="820" spans="1:6">
       <c r="A820" s="1" t="s">
-        <v>3636</v>
-[...3 lines deleted...]
-      </c>
+        <v>3638</v>
+      </c>
+      <c r="B820" s="1"/>
       <c r="C820" s="1" t="s">
-        <v>3638</v>
+        <v>3634</v>
       </c>
       <c r="D820" s="1" t="s">
         <v>3639</v>
       </c>
       <c r="E820" s="1" t="s">
         <v>3640</v>
       </c>
-      <c r="F820" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F820" s="1"/>
     </row>
     <row r="821" spans="1:6">
       <c r="A821" s="1" t="s">
+        <v>3641</v>
+      </c>
+      <c r="B821" s="1" t="s">
         <v>3642</v>
       </c>
-      <c r="B821" s="1" t="s">
+      <c r="C821" s="1" t="s">
+        <v>3634</v>
+      </c>
+      <c r="D821" s="1" t="s">
         <v>3643</v>
       </c>
-      <c r="C821" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D821" s="1" t="s">
+      <c r="E821" s="1" t="s">
         <v>3644</v>
-      </c>
-[...1 lines deleted...]
-        <v>3645</v>
       </c>
       <c r="F821" s="1"/>
     </row>
     <row r="822" spans="1:6">
       <c r="A822" s="1" t="s">
+        <v>3645</v>
+      </c>
+      <c r="B822" s="1" t="s">
         <v>3646</v>
       </c>
-      <c r="B822" s="1" t="s">
+      <c r="C822" s="1" t="s">
+        <v>3634</v>
+      </c>
+      <c r="D822" s="1" t="s">
         <v>3647</v>
       </c>
-      <c r="C822" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D822" s="1" t="s">
+      <c r="E822" s="1" t="s">
+        <v>3644</v>
+      </c>
+      <c r="F822" s="1" t="s">
         <v>3648</v>
       </c>
-      <c r="E822" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F822" s="1"/>
     </row>
     <row r="823" spans="1:6">
       <c r="A823" s="1" t="s">
+        <v>3649</v>
+      </c>
+      <c r="B823" s="1" t="s">
         <v>3650</v>
       </c>
-      <c r="B823" s="1" t="s">
+      <c r="C823" s="1" t="s">
         <v>3651</v>
       </c>
-      <c r="C823" s="1" t="s">
+      <c r="D823" s="1" t="s">
         <v>3652</v>
       </c>
-      <c r="D823" s="1" t="s">
+      <c r="E823" s="1" t="s">
         <v>3653</v>
       </c>
-      <c r="E823" s="1" t="s">
+      <c r="F823" s="1" t="s">
         <v>3654</v>
-      </c>
-[...1 lines deleted...]
-        <v>3655</v>
       </c>
     </row>
     <row r="824" spans="1:6">
       <c r="A824" s="1" t="s">
+        <v>3655</v>
+      </c>
+      <c r="B824" s="1" t="s">
         <v>3656</v>
       </c>
-      <c r="B824" s="1"/>
       <c r="C824" s="1" t="s">
-        <v>3652</v>
+        <v>3657</v>
       </c>
       <c r="D824" s="1" t="s">
-        <v>3657</v>
+        <v>3658</v>
       </c>
       <c r="E824" s="1" t="s">
-        <v>3658</v>
-[...1 lines deleted...]
-      <c r="F824" s="1"/>
+        <v>3659</v>
+      </c>
+      <c r="F824" s="1" t="s">
+        <v>3660</v>
+      </c>
     </row>
     <row r="825" spans="1:6">
       <c r="A825" s="1" t="s">
-        <v>3659</v>
+        <v>3661</v>
       </c>
       <c r="B825" s="1" t="s">
-        <v>3660</v>
+        <v>3662</v>
       </c>
       <c r="C825" s="1" t="s">
-        <v>3652</v>
+        <v>3657</v>
       </c>
       <c r="D825" s="1" t="s">
-        <v>3661</v>
+        <v>3663</v>
       </c>
       <c r="E825" s="1" t="s">
-        <v>3662</v>
+        <v>3664</v>
       </c>
       <c r="F825" s="1"/>
     </row>
     <row r="826" spans="1:6">
       <c r="A826" s="1" t="s">
-        <v>3663</v>
+        <v>3665</v>
       </c>
       <c r="B826" s="1" t="s">
-        <v>3664</v>
+        <v>3666</v>
       </c>
       <c r="C826" s="1" t="s">
-        <v>3665</v>
+        <v>3657</v>
       </c>
       <c r="D826" s="1" t="s">
-        <v>3666</v>
+        <v>3667</v>
       </c>
       <c r="E826" s="1" t="s">
-        <v>3667</v>
+        <v>3668</v>
       </c>
       <c r="F826" s="1"/>
     </row>
     <row r="827" spans="1:6">
       <c r="A827" s="1" t="s">
-        <v>3668</v>
+        <v>3669</v>
       </c>
       <c r="B827" s="1" t="s">
-        <v>3669</v>
+        <v>3670</v>
       </c>
       <c r="C827" s="1" t="s">
-        <v>3670</v>
+        <v>3671</v>
       </c>
       <c r="D827" s="1" t="s">
-        <v>2744</v>
+        <v>3672</v>
       </c>
       <c r="E827" s="1" t="s">
-        <v>3671</v>
-[...1 lines deleted...]
-      <c r="F827" s="1"/>
+        <v>3673</v>
+      </c>
+      <c r="F827" s="1" t="s">
+        <v>3674</v>
+      </c>
     </row>
     <row r="828" spans="1:6">
       <c r="A828" s="1" t="s">
-        <v>3672</v>
+        <v>3675</v>
       </c>
       <c r="B828" s="1"/>
       <c r="C828" s="1" t="s">
-        <v>3670</v>
+        <v>3671</v>
       </c>
       <c r="D828" s="1" t="s">
-        <v>3673</v>
+        <v>3676</v>
       </c>
       <c r="E828" s="1" t="s">
-        <v>3674</v>
+        <v>3677</v>
       </c>
       <c r="F828" s="1"/>
     </row>
     <row r="829" spans="1:6">
       <c r="A829" s="1" t="s">
-        <v>3675</v>
+        <v>3678</v>
       </c>
       <c r="B829" s="1" t="s">
-        <v>3676</v>
+        <v>3679</v>
       </c>
       <c r="C829" s="1" t="s">
-        <v>3677</v>
+        <v>3671</v>
       </c>
       <c r="D829" s="1" t="s">
-        <v>3678</v>
+        <v>3680</v>
       </c>
       <c r="E829" s="1" t="s">
-        <v>3679</v>
-[...3 lines deleted...]
-      </c>
+        <v>3681</v>
+      </c>
+      <c r="F829" s="1"/>
     </row>
     <row r="830" spans="1:6">
       <c r="A830" s="1" t="s">
-        <v>3681</v>
-[...1 lines deleted...]
-      <c r="B830" s="1"/>
+        <v>3682</v>
+      </c>
+      <c r="B830" s="1" t="s">
+        <v>3683</v>
+      </c>
       <c r="C830" s="1" t="s">
-        <v>3677</v>
+        <v>3684</v>
       </c>
       <c r="D830" s="1" t="s">
-        <v>3682</v>
+        <v>3685</v>
       </c>
       <c r="E830" s="1" t="s">
-        <v>3683</v>
+        <v>3686</v>
       </c>
       <c r="F830" s="1"/>
     </row>
     <row r="831" spans="1:6">
       <c r="A831" s="1" t="s">
+        <v>3687</v>
+      </c>
+      <c r="B831" s="1" t="s">
+        <v>3688</v>
+      </c>
+      <c r="C831" s="1" t="s">
         <v>3684</v>
       </c>
-      <c r="B831" s="1"/>
-[...2 lines deleted...]
-      </c>
       <c r="D831" s="1" t="s">
-        <v>3686</v>
+        <v>3689</v>
       </c>
       <c r="E831" s="1" t="s">
-        <v>3687</v>
+        <v>3690</v>
       </c>
       <c r="F831" s="1" t="s">
-        <v>3688</v>
+        <v>3691</v>
       </c>
     </row>
     <row r="832" spans="1:6">
       <c r="A832" s="1" t="s">
-        <v>3689</v>
-[...1 lines deleted...]
-      <c r="B832" s="1"/>
+        <v>3692</v>
+      </c>
+      <c r="B832" s="1" t="s">
+        <v>3693</v>
+      </c>
       <c r="C832" s="1" t="s">
-        <v>3685</v>
-[...1 lines deleted...]
-      <c r="D832" s="1"/>
+        <v>3694</v>
+      </c>
+      <c r="D832" s="1" t="s">
+        <v>2760</v>
+      </c>
       <c r="E832" s="1" t="s">
-        <v>3690</v>
+        <v>3695</v>
       </c>
       <c r="F832" s="1"/>
     </row>
     <row r="833" spans="1:6">
       <c r="A833" s="1" t="s">
-        <v>3691</v>
+        <v>3696</v>
       </c>
       <c r="B833" s="1"/>
       <c r="C833" s="1" t="s">
-        <v>3685</v>
+        <v>3694</v>
       </c>
       <c r="D833" s="1" t="s">
-        <v>3692</v>
+        <v>3697</v>
       </c>
       <c r="E833" s="1" t="s">
-        <v>3693</v>
+        <v>3698</v>
       </c>
       <c r="F833" s="1"/>
     </row>
     <row r="834" spans="1:6">
       <c r="A834" s="1" t="s">
-        <v>3694</v>
-[...1 lines deleted...]
-      <c r="B834" s="1"/>
+        <v>3699</v>
+      </c>
+      <c r="B834" s="1" t="s">
+        <v>3700</v>
+      </c>
       <c r="C834" s="1" t="s">
-        <v>3685</v>
+        <v>3701</v>
       </c>
       <c r="D834" s="1" t="s">
-        <v>3695</v>
+        <v>3702</v>
       </c>
       <c r="E834" s="1" t="s">
-        <v>3696</v>
-[...1 lines deleted...]
-      <c r="F834" s="1"/>
+        <v>3703</v>
+      </c>
+      <c r="F834" s="1" t="s">
+        <v>3704</v>
+      </c>
     </row>
     <row r="835" spans="1:6">
       <c r="A835" s="1" t="s">
-        <v>3697</v>
+        <v>3705</v>
       </c>
       <c r="B835" s="1"/>
       <c r="C835" s="1" t="s">
-        <v>3685</v>
+        <v>3701</v>
       </c>
       <c r="D835" s="1" t="s">
-        <v>257</v>
+        <v>3706</v>
       </c>
       <c r="E835" s="1" t="s">
-        <v>3698</v>
-[...3 lines deleted...]
-      </c>
+        <v>3707</v>
+      </c>
+      <c r="F835" s="1"/>
     </row>
     <row r="836" spans="1:6">
       <c r="A836" s="1" t="s">
-        <v>3699</v>
-[...3 lines deleted...]
-      </c>
+        <v>3708</v>
+      </c>
+      <c r="B836" s="1"/>
       <c r="C836" s="1" t="s">
-        <v>3685</v>
+        <v>3709</v>
       </c>
       <c r="D836" s="1" t="s">
-        <v>3701</v>
+        <v>3710</v>
       </c>
       <c r="E836" s="1" t="s">
-        <v>3702</v>
+        <v>3711</v>
       </c>
       <c r="F836" s="1" t="s">
-        <v>3703</v>
+        <v>3712</v>
       </c>
     </row>
     <row r="837" spans="1:6">
       <c r="A837" s="1" t="s">
-        <v>3704</v>
-[...3 lines deleted...]
-      </c>
+        <v>3713</v>
+      </c>
+      <c r="B837" s="1"/>
       <c r="C837" s="1" t="s">
-        <v>3685</v>
-[...3 lines deleted...]
-      </c>
+        <v>3709</v>
+      </c>
+      <c r="D837" s="1"/>
       <c r="E837" s="1" t="s">
-        <v>3707</v>
-[...3 lines deleted...]
-      </c>
+        <v>3714</v>
+      </c>
+      <c r="F837" s="1"/>
     </row>
     <row r="838" spans="1:6">
       <c r="A838" s="1" t="s">
+        <v>3715</v>
+      </c>
+      <c r="B838" s="1"/>
+      <c r="C838" s="1" t="s">
         <v>3709</v>
       </c>
-      <c r="B838" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D838" s="1" t="s">
-        <v>3711</v>
+        <v>3716</v>
       </c>
       <c r="E838" s="1" t="s">
-        <v>3712</v>
-[...3 lines deleted...]
-      </c>
+        <v>3717</v>
+      </c>
+      <c r="F838" s="1"/>
     </row>
     <row r="839" spans="1:6">
       <c r="A839" s="1" t="s">
-        <v>3714</v>
-[...3 lines deleted...]
-      </c>
+        <v>3718</v>
+      </c>
+      <c r="B839" s="1"/>
       <c r="C839" s="1" t="s">
-        <v>3685</v>
+        <v>3709</v>
       </c>
       <c r="D839" s="1" t="s">
-        <v>3716</v>
+        <v>3719</v>
       </c>
       <c r="E839" s="1" t="s">
-        <v>3717</v>
-[...3 lines deleted...]
-      </c>
+        <v>3720</v>
+      </c>
+      <c r="F839" s="1"/>
     </row>
     <row r="840" spans="1:6">
       <c r="A840" s="1" t="s">
-        <v>3719</v>
-[...3 lines deleted...]
-      </c>
+        <v>3721</v>
+      </c>
+      <c r="B840" s="1"/>
       <c r="C840" s="1" t="s">
-        <v>3685</v>
+        <v>3709</v>
       </c>
       <c r="D840" s="1" t="s">
-        <v>3721</v>
+        <v>263</v>
       </c>
       <c r="E840" s="1" t="s">
         <v>3722</v>
       </c>
       <c r="F840" s="1" t="s">
-        <v>3723</v>
+        <v>265</v>
       </c>
     </row>
     <row r="841" spans="1:6">
       <c r="A841" s="1" t="s">
+        <v>3723</v>
+      </c>
+      <c r="B841" s="1" t="s">
         <v>3724</v>
       </c>
-      <c r="B841" s="1" t="s">
+      <c r="C841" s="1" t="s">
+        <v>3709</v>
+      </c>
+      <c r="D841" s="1" t="s">
         <v>3725</v>
       </c>
-      <c r="C841" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D841" s="1" t="s">
+      <c r="E841" s="1" t="s">
         <v>3726</v>
       </c>
-      <c r="E841" s="1" t="s">
+      <c r="F841" s="1" t="s">
         <v>3727</v>
-      </c>
-[...1 lines deleted...]
-        <v>3728</v>
       </c>
     </row>
     <row r="842" spans="1:6">
       <c r="A842" s="1" t="s">
+        <v>3728</v>
+      </c>
+      <c r="B842" s="1" t="s">
         <v>3729</v>
       </c>
-      <c r="B842" s="1" t="s">
+      <c r="C842" s="1" t="s">
+        <v>3709</v>
+      </c>
+      <c r="D842" s="1" t="s">
         <v>3730</v>
       </c>
-      <c r="C842" s="1" t="s">
+      <c r="E842" s="1" t="s">
         <v>3731</v>
       </c>
-      <c r="D842" s="1" t="s">
+      <c r="F842" s="1" t="s">
         <v>3732</v>
       </c>
-      <c r="E842" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F842" s="1"/>
     </row>
     <row r="843" spans="1:6">
       <c r="A843" s="1" t="s">
+        <v>3733</v>
+      </c>
+      <c r="B843" s="1" t="s">
         <v>3734</v>
       </c>
-      <c r="B843" s="1" t="s">
+      <c r="C843" s="1" t="s">
+        <v>3709</v>
+      </c>
+      <c r="D843" s="1" t="s">
         <v>3735</v>
       </c>
-      <c r="C843" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D843" s="1" t="s">
+      <c r="E843" s="1" t="s">
         <v>3736</v>
       </c>
-      <c r="E843" s="1" t="s">
+      <c r="F843" s="1" t="s">
         <v>3737</v>
-      </c>
-[...1 lines deleted...]
-        <v>3738</v>
       </c>
     </row>
     <row r="844" spans="1:6">
       <c r="A844" s="1" t="s">
+        <v>3738</v>
+      </c>
+      <c r="B844" s="1" t="s">
         <v>3739</v>
       </c>
-      <c r="B844" s="1"/>
       <c r="C844" s="1" t="s">
-        <v>3731</v>
+        <v>3709</v>
       </c>
       <c r="D844" s="1" t="s">
-        <v>257</v>
+        <v>3740</v>
       </c>
       <c r="E844" s="1" t="s">
-        <v>3740</v>
+        <v>3741</v>
       </c>
       <c r="F844" s="1" t="s">
-        <v>387</v>
+        <v>3742</v>
       </c>
     </row>
     <row r="845" spans="1:6">
       <c r="A845" s="1" t="s">
-        <v>3741</v>
-[...1 lines deleted...]
-      <c r="B845" s="1"/>
+        <v>3743</v>
+      </c>
+      <c r="B845" s="1" t="s">
+        <v>3744</v>
+      </c>
       <c r="C845" s="1" t="s">
-        <v>3731</v>
-[...1 lines deleted...]
-      <c r="D845" s="1"/>
+        <v>3709</v>
+      </c>
+      <c r="D845" s="1" t="s">
+        <v>3745</v>
+      </c>
       <c r="E845" s="1" t="s">
-        <v>3742</v>
-[...1 lines deleted...]
-      <c r="F845" s="1"/>
+        <v>3746</v>
+      </c>
+      <c r="F845" s="1" t="s">
+        <v>3747</v>
+      </c>
     </row>
     <row r="846" spans="1:6">
       <c r="A846" s="1" t="s">
-        <v>3743</v>
-[...1 lines deleted...]
-      <c r="B846" s="1"/>
+        <v>3748</v>
+      </c>
+      <c r="B846" s="1" t="s">
+        <v>3749</v>
+      </c>
       <c r="C846" s="1" t="s">
-        <v>3731</v>
+        <v>3709</v>
       </c>
       <c r="D846" s="1" t="s">
-        <v>3744</v>
+        <v>3750</v>
       </c>
       <c r="E846" s="1" t="s">
-        <v>3745</v>
-[...1 lines deleted...]
-      <c r="F846" s="1"/>
+        <v>3751</v>
+      </c>
+      <c r="F846" s="1" t="s">
+        <v>3752</v>
+      </c>
     </row>
     <row r="847" spans="1:6">
       <c r="A847" s="1" t="s">
-        <v>3746</v>
+        <v>3753</v>
       </c>
       <c r="B847" s="1" t="s">
-        <v>3747</v>
+        <v>3754</v>
       </c>
       <c r="C847" s="1" t="s">
-        <v>3731</v>
+        <v>3755</v>
       </c>
       <c r="D847" s="1" t="s">
-        <v>3748</v>
+        <v>3756</v>
       </c>
       <c r="E847" s="1" t="s">
-        <v>3749</v>
-[...3 lines deleted...]
-      </c>
+        <v>3757</v>
+      </c>
+      <c r="F847" s="1"/>
     </row>
     <row r="848" spans="1:6">
       <c r="A848" s="1" t="s">
-        <v>3751</v>
+        <v>3758</v>
       </c>
       <c r="B848" s="1" t="s">
-        <v>3752</v>
+        <v>3759</v>
       </c>
       <c r="C848" s="1" t="s">
-        <v>3731</v>
+        <v>3755</v>
       </c>
       <c r="D848" s="1" t="s">
-        <v>3753</v>
+        <v>3760</v>
       </c>
       <c r="E848" s="1" t="s">
-        <v>3754</v>
+        <v>3761</v>
       </c>
       <c r="F848" s="1" t="s">
-        <v>3755</v>
+        <v>3762</v>
       </c>
     </row>
     <row r="849" spans="1:6">
       <c r="A849" s="1" t="s">
-        <v>3756</v>
-[...3 lines deleted...]
-      </c>
+        <v>3763</v>
+      </c>
+      <c r="B849" s="1"/>
       <c r="C849" s="1" t="s">
-        <v>3731</v>
+        <v>3755</v>
       </c>
       <c r="D849" s="1" t="s">
-        <v>3758</v>
+        <v>263</v>
       </c>
       <c r="E849" s="1" t="s">
-        <v>3759</v>
+        <v>3764</v>
       </c>
       <c r="F849" s="1" t="s">
-        <v>3760</v>
+        <v>397</v>
       </c>
     </row>
     <row r="850" spans="1:6">
       <c r="A850" s="1" t="s">
-        <v>3761</v>
-[...3 lines deleted...]
-      </c>
+        <v>3765</v>
+      </c>
+      <c r="B850" s="1"/>
       <c r="C850" s="1" t="s">
-        <v>3731</v>
-[...3 lines deleted...]
-      </c>
+        <v>3755</v>
+      </c>
+      <c r="D850" s="1"/>
       <c r="E850" s="1" t="s">
-        <v>3764</v>
-[...3 lines deleted...]
-      </c>
+        <v>3766</v>
+      </c>
+      <c r="F850" s="1"/>
     </row>
     <row r="851" spans="1:6">
       <c r="A851" s="1" t="s">
-        <v>3766</v>
-[...1 lines deleted...]
-      <c r="B851" s="1" t="s">
         <v>3767</v>
       </c>
+      <c r="B851" s="1"/>
       <c r="C851" s="1" t="s">
+        <v>3755</v>
+      </c>
+      <c r="D851" s="1" t="s">
         <v>3768</v>
       </c>
-      <c r="D851" s="1" t="s">
+      <c r="E851" s="1" t="s">
         <v>3769</v>
       </c>
-      <c r="E851" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F851" s="1"/>
     </row>
     <row r="852" spans="1:6">
       <c r="A852" s="1" t="s">
+        <v>3770</v>
+      </c>
+      <c r="B852" s="1" t="s">
+        <v>3771</v>
+      </c>
+      <c r="C852" s="1" t="s">
+        <v>3755</v>
+      </c>
+      <c r="D852" s="1" t="s">
         <v>3772</v>
       </c>
-      <c r="B852" s="1" t="s">
+      <c r="E852" s="1" t="s">
         <v>3773</v>
       </c>
-      <c r="C852" s="1" t="s">
+      <c r="F852" s="1" t="s">
         <v>3774</v>
-      </c>
-[...7 lines deleted...]
-        <v>3777</v>
       </c>
     </row>
     <row r="853" spans="1:6">
       <c r="A853" s="1" t="s">
+        <v>3775</v>
+      </c>
+      <c r="B853" s="1" t="s">
+        <v>3776</v>
+      </c>
+      <c r="C853" s="1" t="s">
+        <v>3755</v>
+      </c>
+      <c r="D853" s="1" t="s">
+        <v>3777</v>
+      </c>
+      <c r="E853" s="1" t="s">
         <v>3778</v>
       </c>
-      <c r="B853" s="1" t="s">
+      <c r="F853" s="1" t="s">
         <v>3779</v>
-      </c>
-[...10 lines deleted...]
-        <v>3782</v>
       </c>
     </row>
     <row r="854" spans="1:6">
       <c r="A854" s="1" t="s">
+        <v>3780</v>
+      </c>
+      <c r="B854" s="1" t="s">
+        <v>3781</v>
+      </c>
+      <c r="C854" s="1" t="s">
+        <v>3755</v>
+      </c>
+      <c r="D854" s="1" t="s">
+        <v>3782</v>
+      </c>
+      <c r="E854" s="1" t="s">
         <v>3783</v>
       </c>
-      <c r="B854" s="1"/>
-[...3 lines deleted...]
-      <c r="D854" s="1" t="s">
+      <c r="F854" s="1" t="s">
         <v>3784</v>
       </c>
-      <c r="E854" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F854" s="1"/>
     </row>
     <row r="855" spans="1:6">
       <c r="A855" s="1" t="s">
+        <v>3785</v>
+      </c>
+      <c r="B855" s="1" t="s">
         <v>3786</v>
       </c>
-      <c r="B855" s="1" t="s">
+      <c r="C855" s="1" t="s">
+        <v>3755</v>
+      </c>
+      <c r="D855" s="1" t="s">
         <v>3787</v>
       </c>
-      <c r="C855" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D855" s="1" t="s">
+      <c r="E855" s="1" t="s">
         <v>3788</v>
       </c>
-      <c r="E855" s="1" t="s">
+      <c r="F855" s="1" t="s">
         <v>3789</v>
-      </c>
-[...1 lines deleted...]
-        <v>3790</v>
       </c>
     </row>
     <row r="856" spans="1:6">
       <c r="A856" s="1" t="s">
+        <v>3790</v>
+      </c>
+      <c r="B856" s="1" t="s">
         <v>3791</v>
       </c>
-      <c r="B856" s="1" t="s">
+      <c r="C856" s="1" t="s">
         <v>3792</v>
-      </c>
-[...1 lines deleted...]
-        <v>3774</v>
       </c>
       <c r="D856" s="1" t="s">
         <v>3793</v>
       </c>
       <c r="E856" s="1" t="s">
         <v>3794</v>
       </c>
       <c r="F856" s="1" t="s">
         <v>3795</v>
       </c>
     </row>
     <row r="857" spans="1:6">
       <c r="A857" s="1" t="s">
         <v>3796</v>
       </c>
       <c r="B857" s="1" t="s">
         <v>3797</v>
       </c>
       <c r="C857" s="1" t="s">
-        <v>3774</v>
+        <v>3798</v>
       </c>
       <c r="D857" s="1" t="s">
-        <v>3798</v>
+        <v>3799</v>
       </c>
       <c r="E857" s="1" t="s">
-        <v>3799</v>
+        <v>3800</v>
       </c>
       <c r="F857" s="1" t="s">
-        <v>3800</v>
+        <v>3801</v>
       </c>
     </row>
     <row r="858" spans="1:6">
       <c r="A858" s="1" t="s">
-        <v>3801</v>
+        <v>3802</v>
       </c>
       <c r="B858" s="1" t="s">
-        <v>3802</v>
+        <v>3803</v>
       </c>
       <c r="C858" s="1" t="s">
-        <v>3774</v>
+        <v>3798</v>
       </c>
       <c r="D858" s="1" t="s">
-        <v>3803</v>
+        <v>3804</v>
       </c>
       <c r="E858" s="1" t="s">
-        <v>3804</v>
+        <v>3805</v>
       </c>
       <c r="F858" s="1" t="s">
-        <v>3805</v>
+        <v>3806</v>
       </c>
     </row>
     <row r="859" spans="1:6">
       <c r="A859" s="1" t="s">
-        <v>3806</v>
-[...1 lines deleted...]
-      <c r="B859" s="1" t="s">
         <v>3807</v>
       </c>
+      <c r="B859" s="1"/>
       <c r="C859" s="1" t="s">
+        <v>3798</v>
+      </c>
+      <c r="D859" s="1" t="s">
         <v>3808</v>
       </c>
-      <c r="D859" s="1" t="s">
+      <c r="E859" s="1" t="s">
         <v>3809</v>
-      </c>
-[...1 lines deleted...]
-        <v>3810</v>
       </c>
       <c r="F859" s="1"/>
     </row>
     <row r="860" spans="1:6">
       <c r="A860" s="1" t="s">
+        <v>3810</v>
+      </c>
+      <c r="B860" s="1" t="s">
         <v>3811</v>
       </c>
-      <c r="B860" s="1" t="s">
+      <c r="C860" s="1" t="s">
+        <v>3798</v>
+      </c>
+      <c r="D860" s="1" t="s">
         <v>3812</v>
       </c>
-      <c r="C860" s="1" t="s">
+      <c r="E860" s="1" t="s">
         <v>3813</v>
       </c>
-      <c r="D860" s="1" t="s">
+      <c r="F860" s="1" t="s">
         <v>3814</v>
       </c>
-      <c r="E860" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F860" s="1"/>
     </row>
     <row r="861" spans="1:6">
       <c r="A861" s="1" t="s">
+        <v>3815</v>
+      </c>
+      <c r="B861" s="1" t="s">
         <v>3816</v>
       </c>
-      <c r="B861" s="1" t="s">
+      <c r="C861" s="1" t="s">
+        <v>3798</v>
+      </c>
+      <c r="D861" s="1" t="s">
         <v>3817</v>
       </c>
-      <c r="C861" s="1" t="s">
+      <c r="E861" s="1" t="s">
         <v>3818</v>
       </c>
-      <c r="D861" s="1" t="s">
+      <c r="F861" s="1" t="s">
         <v>3819</v>
-      </c>
-[...4 lines deleted...]
-        <v>3821</v>
       </c>
     </row>
     <row r="862" spans="1:6">
       <c r="A862" s="1" t="s">
+        <v>3820</v>
+      </c>
+      <c r="B862" s="1" t="s">
+        <v>3821</v>
+      </c>
+      <c r="C862" s="1" t="s">
+        <v>3798</v>
+      </c>
+      <c r="D862" s="1" t="s">
         <v>3822</v>
-      </c>
-[...5 lines deleted...]
-        <v>3819</v>
       </c>
       <c r="E862" s="1" t="s">
         <v>3823</v>
       </c>
       <c r="F862" s="1" t="s">
         <v>3824</v>
       </c>
     </row>
     <row r="863" spans="1:6">
       <c r="A863" s="1" t="s">
         <v>3825</v>
       </c>
-      <c r="B863" s="1"/>
+      <c r="B863" s="1" t="s">
+        <v>3826</v>
+      </c>
       <c r="C863" s="1" t="s">
-        <v>3818</v>
+        <v>3798</v>
       </c>
       <c r="D863" s="1" t="s">
-        <v>257</v>
+        <v>3827</v>
       </c>
       <c r="E863" s="1" t="s">
-        <v>3826</v>
-[...1 lines deleted...]
-      <c r="F863" s="1"/>
+        <v>3828</v>
+      </c>
+      <c r="F863" s="1" t="s">
+        <v>3829</v>
+      </c>
     </row>
     <row r="864" spans="1:6">
       <c r="A864" s="1" t="s">
-        <v>3827</v>
+        <v>3830</v>
       </c>
       <c r="B864" s="1" t="s">
-        <v>3828</v>
+        <v>3831</v>
       </c>
       <c r="C864" s="1" t="s">
-        <v>3818</v>
+        <v>3832</v>
       </c>
       <c r="D864" s="1" t="s">
-        <v>3829</v>
+        <v>3833</v>
       </c>
       <c r="E864" s="1" t="s">
-        <v>3830</v>
-[...3 lines deleted...]
-      </c>
+        <v>3834</v>
+      </c>
+      <c r="F864" s="1"/>
     </row>
     <row r="865" spans="1:6">
       <c r="A865" s="1" t="s">
-        <v>3832</v>
+        <v>3835</v>
       </c>
       <c r="B865" s="1" t="s">
-        <v>3833</v>
+        <v>3836</v>
       </c>
       <c r="C865" s="1" t="s">
-        <v>3834</v>
+        <v>3837</v>
       </c>
       <c r="D865" s="1" t="s">
-        <v>3835</v>
+        <v>3838</v>
       </c>
       <c r="E865" s="1" t="s">
-        <v>3836</v>
-[...3 lines deleted...]
-      </c>
+        <v>3839</v>
+      </c>
+      <c r="F865" s="1"/>
     </row>
     <row r="866" spans="1:6">
       <c r="A866" s="1" t="s">
-        <v>3838</v>
+        <v>3840</v>
       </c>
       <c r="B866" s="1" t="s">
-        <v>3839</v>
+        <v>3841</v>
       </c>
       <c r="C866" s="1" t="s">
-        <v>3840</v>
+        <v>3842</v>
       </c>
       <c r="D866" s="1" t="s">
-        <v>3841</v>
+        <v>3843</v>
       </c>
       <c r="E866" s="1" t="s">
-        <v>3842</v>
+        <v>3844</v>
       </c>
       <c r="F866" s="1" t="s">
-        <v>3843</v>
+        <v>3845</v>
       </c>
     </row>
     <row r="867" spans="1:6">
       <c r="A867" s="1" t="s">
-        <v>3844</v>
-[...3 lines deleted...]
-      </c>
+        <v>3846</v>
+      </c>
+      <c r="B867" s="1"/>
       <c r="C867" s="1" t="s">
-        <v>3846</v>
+        <v>3842</v>
       </c>
       <c r="D867" s="1" t="s">
+        <v>3843</v>
+      </c>
+      <c r="E867" s="1" t="s">
         <v>3847</v>
       </c>
-      <c r="E867" s="1" t="s">
+      <c r="F867" s="1" t="s">
         <v>3848</v>
-      </c>
-[...1 lines deleted...]
-        <v>3849</v>
       </c>
     </row>
     <row r="868" spans="1:6">
       <c r="A868" s="1" t="s">
-        <v>3850</v>
+        <v>3849</v>
       </c>
       <c r="B868" s="1"/>
       <c r="C868" s="1" t="s">
-        <v>3846</v>
+        <v>3842</v>
       </c>
       <c r="D868" s="1" t="s">
-        <v>3851</v>
+        <v>263</v>
       </c>
       <c r="E868" s="1" t="s">
-        <v>3852</v>
+        <v>3850</v>
       </c>
       <c r="F868" s="1"/>
     </row>
     <row r="869" spans="1:6">
       <c r="A869" s="1" t="s">
+        <v>3851</v>
+      </c>
+      <c r="B869" s="1" t="s">
+        <v>3852</v>
+      </c>
+      <c r="C869" s="1" t="s">
+        <v>3842</v>
+      </c>
+      <c r="D869" s="1" t="s">
         <v>3853</v>
       </c>
-      <c r="B869" s="1" t="s">
+      <c r="E869" s="1" t="s">
         <v>3854</v>
       </c>
-      <c r="C869" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D869" s="1" t="s">
+      <c r="F869" s="1" t="s">
         <v>3855</v>
-      </c>
-[...4 lines deleted...]
-        <v>3857</v>
       </c>
     </row>
     <row r="870" spans="1:6">
       <c r="A870" s="1" t="s">
+        <v>3856</v>
+      </c>
+      <c r="B870" s="1" t="s">
+        <v>3857</v>
+      </c>
+      <c r="C870" s="1" t="s">
         <v>3858</v>
       </c>
-      <c r="B870" s="1" t="s">
+      <c r="D870" s="1" t="s">
         <v>3859</v>
       </c>
-      <c r="C870" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D870" s="1" t="s">
+      <c r="E870" s="1" t="s">
         <v>3860</v>
       </c>
-      <c r="E870" s="1" t="s">
+      <c r="F870" s="1" t="s">
         <v>3861</v>
-      </c>
-[...1 lines deleted...]
-        <v>3862</v>
       </c>
     </row>
     <row r="871" spans="1:6">
       <c r="A871" s="1" t="s">
+        <v>3862</v>
+      </c>
+      <c r="B871" s="1" t="s">
         <v>3863</v>
       </c>
-      <c r="B871" s="1" t="s">
+      <c r="C871" s="1" t="s">
         <v>3864</v>
-      </c>
-[...1 lines deleted...]
-        <v>3846</v>
       </c>
       <c r="D871" s="1" t="s">
         <v>3865</v>
       </c>
       <c r="E871" s="1" t="s">
         <v>3866</v>
       </c>
       <c r="F871" s="1" t="s">
         <v>3867</v>
       </c>
     </row>
     <row r="872" spans="1:6">
       <c r="A872" s="1" t="s">
         <v>3868</v>
       </c>
-      <c r="B872" s="1"/>
+      <c r="B872" s="1" t="s">
+        <v>3869</v>
+      </c>
       <c r="C872" s="1" t="s">
-        <v>3846</v>
-[...1 lines deleted...]
-      <c r="D872" s="1"/>
+        <v>3870</v>
+      </c>
+      <c r="D872" s="1" t="s">
+        <v>3871</v>
+      </c>
       <c r="E872" s="1" t="s">
-        <v>3869</v>
+        <v>3872</v>
       </c>
       <c r="F872" s="1" t="s">
-        <v>3862</v>
+        <v>3873</v>
       </c>
     </row>
     <row r="873" spans="1:6">
       <c r="A873" s="1" t="s">
-        <v>3870</v>
+        <v>3874</v>
       </c>
       <c r="B873" s="1"/>
       <c r="C873" s="1" t="s">
-        <v>3846</v>
-[...1 lines deleted...]
-      <c r="D873" s="1"/>
+        <v>3870</v>
+      </c>
+      <c r="D873" s="1" t="s">
+        <v>3875</v>
+      </c>
       <c r="E873" s="1" t="s">
-        <v>3861</v>
+        <v>3876</v>
       </c>
       <c r="F873" s="1"/>
     </row>
     <row r="874" spans="1:6">
       <c r="A874" s="1" t="s">
-        <v>3871</v>
+        <v>3877</v>
       </c>
       <c r="B874" s="1" t="s">
-        <v>3872</v>
+        <v>3878</v>
       </c>
       <c r="C874" s="1" t="s">
-        <v>3846</v>
+        <v>3870</v>
       </c>
       <c r="D874" s="1" t="s">
-        <v>3873</v>
+        <v>3879</v>
       </c>
       <c r="E874" s="1" t="s">
-        <v>3874</v>
+        <v>3880</v>
       </c>
       <c r="F874" s="1" t="s">
-        <v>3875</v>
+        <v>3881</v>
       </c>
     </row>
     <row r="875" spans="1:6">
       <c r="A875" s="1" t="s">
-        <v>3876</v>
+        <v>3882</v>
       </c>
       <c r="B875" s="1" t="s">
-        <v>3877</v>
+        <v>3883</v>
       </c>
       <c r="C875" s="1" t="s">
-        <v>3846</v>
+        <v>3870</v>
       </c>
       <c r="D875" s="1" t="s">
-        <v>3878</v>
+        <v>3884</v>
       </c>
       <c r="E875" s="1" t="s">
-        <v>1777</v>
+        <v>3885</v>
       </c>
       <c r="F875" s="1" t="s">
-        <v>3879</v>
+        <v>3886</v>
       </c>
     </row>
     <row r="876" spans="1:6">
       <c r="A876" s="1" t="s">
-        <v>3880</v>
+        <v>3887</v>
       </c>
       <c r="B876" s="1" t="s">
-        <v>3881</v>
+        <v>3888</v>
       </c>
       <c r="C876" s="1" t="s">
-        <v>3846</v>
+        <v>3870</v>
       </c>
       <c r="D876" s="1" t="s">
-        <v>3882</v>
+        <v>3889</v>
       </c>
       <c r="E876" s="1" t="s">
-        <v>3883</v>
+        <v>3890</v>
       </c>
       <c r="F876" s="1" t="s">
-        <v>3884</v>
+        <v>3891</v>
       </c>
     </row>
     <row r="877" spans="1:6">
       <c r="A877" s="1" t="s">
-        <v>3885</v>
-[...1 lines deleted...]
-      <c r="B877" s="1" t="s">
+        <v>3892</v>
+      </c>
+      <c r="B877" s="1"/>
+      <c r="C877" s="1" t="s">
+        <v>3870</v>
+      </c>
+      <c r="D877" s="1"/>
+      <c r="E877" s="1" t="s">
+        <v>3893</v>
+      </c>
+      <c r="F877" s="1" t="s">
         <v>3886</v>
-      </c>
-[...10 lines deleted...]
-        <v>3890</v>
       </c>
     </row>
     <row r="878" spans="1:6">
       <c r="A878" s="1" t="s">
-        <v>3891</v>
-[...3 lines deleted...]
-      </c>
+        <v>3894</v>
+      </c>
+      <c r="B878" s="1"/>
       <c r="C878" s="1" t="s">
-        <v>3887</v>
-[...3 lines deleted...]
-      </c>
+        <v>3870</v>
+      </c>
+      <c r="D878" s="1"/>
       <c r="E878" s="1" t="s">
-        <v>3894</v>
-[...3 lines deleted...]
-      </c>
+        <v>3885</v>
+      </c>
+      <c r="F878" s="1"/>
     </row>
     <row r="879" spans="1:6">
       <c r="A879" s="1" t="s">
+        <v>3895</v>
+      </c>
+      <c r="B879" s="1" t="s">
         <v>3896</v>
       </c>
-      <c r="B879" s="1"/>
       <c r="C879" s="1" t="s">
-        <v>3887</v>
+        <v>3870</v>
       </c>
       <c r="D879" s="1" t="s">
-        <v>257</v>
+        <v>3897</v>
       </c>
       <c r="E879" s="1" t="s">
-        <v>3897</v>
+        <v>3898</v>
       </c>
       <c r="F879" s="1" t="s">
-        <v>259</v>
+        <v>3899</v>
       </c>
     </row>
     <row r="880" spans="1:6">
       <c r="A880" s="1" t="s">
-        <v>3898</v>
+        <v>3900</v>
       </c>
       <c r="B880" s="1" t="s">
-        <v>3899</v>
+        <v>3901</v>
       </c>
       <c r="C880" s="1" t="s">
-        <v>3887</v>
+        <v>3870</v>
       </c>
       <c r="D880" s="1" t="s">
-        <v>3900</v>
+        <v>3902</v>
       </c>
       <c r="E880" s="1" t="s">
-        <v>3901</v>
-[...1 lines deleted...]
-      <c r="F880" s="1"/>
+        <v>1787</v>
+      </c>
+      <c r="F880" s="1" t="s">
+        <v>3903</v>
+      </c>
     </row>
     <row r="881" spans="1:6">
       <c r="A881" s="1" t="s">
-        <v>3902</v>
+        <v>3904</v>
       </c>
       <c r="B881" s="1" t="s">
-        <v>3903</v>
+        <v>3905</v>
       </c>
       <c r="C881" s="1" t="s">
-        <v>3904</v>
+        <v>3870</v>
       </c>
       <c r="D881" s="1" t="s">
-        <v>3905</v>
+        <v>3906</v>
       </c>
       <c r="E881" s="1" t="s">
-        <v>3906</v>
+        <v>3907</v>
       </c>
       <c r="F881" s="1" t="s">
-        <v>3907</v>
+        <v>3908</v>
       </c>
     </row>
     <row r="882" spans="1:6">
       <c r="A882" s="1" t="s">
-        <v>3908</v>
+        <v>3909</v>
       </c>
       <c r="B882" s="1" t="s">
-        <v>3909</v>
+        <v>3910</v>
       </c>
       <c r="C882" s="1" t="s">
-        <v>3910</v>
+        <v>3911</v>
       </c>
       <c r="D882" s="1" t="s">
-        <v>3911</v>
+        <v>3912</v>
       </c>
       <c r="E882" s="1" t="s">
-        <v>3912</v>
+        <v>3913</v>
       </c>
       <c r="F882" s="1" t="s">
-        <v>3913</v>
+        <v>3914</v>
       </c>
     </row>
     <row r="883" spans="1:6">
       <c r="A883" s="1" t="s">
-        <v>3914</v>
+        <v>3915</v>
       </c>
       <c r="B883" s="1" t="s">
-        <v>3915</v>
+        <v>3916</v>
       </c>
       <c r="C883" s="1" t="s">
-        <v>3910</v>
+        <v>3911</v>
       </c>
       <c r="D883" s="1" t="s">
-        <v>3916</v>
+        <v>3917</v>
       </c>
       <c r="E883" s="1" t="s">
-        <v>3917</v>
+        <v>3918</v>
       </c>
       <c r="F883" s="1" t="s">
-        <v>3918</v>
+        <v>3919</v>
       </c>
     </row>
     <row r="884" spans="1:6">
       <c r="A884" s="1" t="s">
-        <v>3919</v>
+        <v>3920</v>
       </c>
       <c r="B884" s="1"/>
       <c r="C884" s="1" t="s">
-        <v>3910</v>
+        <v>3911</v>
       </c>
       <c r="D884" s="1" t="s">
-        <v>3920</v>
+        <v>263</v>
       </c>
       <c r="E884" s="1" t="s">
         <v>3921</v>
       </c>
       <c r="F884" s="1" t="s">
-        <v>3922</v>
+        <v>265</v>
       </c>
     </row>
     <row r="885" spans="1:6">
       <c r="A885" s="1" t="s">
+        <v>3922</v>
+      </c>
+      <c r="B885" s="1" t="s">
         <v>3923</v>
       </c>
-      <c r="B885" s="1"/>
       <c r="C885" s="1" t="s">
-        <v>3910</v>
+        <v>3911</v>
       </c>
       <c r="D885" s="1" t="s">
-        <v>257</v>
+        <v>3924</v>
       </c>
       <c r="E885" s="1" t="s">
-        <v>3924</v>
-[...3 lines deleted...]
-      </c>
+        <v>3925</v>
+      </c>
+      <c r="F885" s="1"/>
     </row>
     <row r="886" spans="1:6">
       <c r="A886" s="1" t="s">
-        <v>3925</v>
+        <v>3926</v>
       </c>
       <c r="B886" s="1" t="s">
-        <v>3926</v>
+        <v>3927</v>
       </c>
       <c r="C886" s="1" t="s">
-        <v>3910</v>
+        <v>3928</v>
       </c>
       <c r="D886" s="1" t="s">
-        <v>3927</v>
+        <v>3929</v>
       </c>
       <c r="E886" s="1" t="s">
-        <v>3928</v>
+        <v>3930</v>
       </c>
       <c r="F886" s="1" t="s">
-        <v>3929</v>
+        <v>3931</v>
       </c>
     </row>
     <row r="887" spans="1:6">
       <c r="A887" s="1" t="s">
-        <v>3930</v>
+        <v>3932</v>
       </c>
       <c r="B887" s="1" t="s">
-        <v>3931</v>
+        <v>3933</v>
       </c>
       <c r="C887" s="1" t="s">
-        <v>3910</v>
+        <v>3934</v>
       </c>
       <c r="D887" s="1" t="s">
-        <v>3932</v>
+        <v>3935</v>
       </c>
       <c r="E887" s="1" t="s">
-        <v>3933</v>
+        <v>3936</v>
       </c>
       <c r="F887" s="1" t="s">
-        <v>3934</v>
+        <v>3937</v>
       </c>
     </row>
     <row r="888" spans="1:6">
       <c r="A888" s="1" t="s">
-        <v>3935</v>
+        <v>3938</v>
       </c>
       <c r="B888" s="1" t="s">
-        <v>3936</v>
+        <v>3939</v>
       </c>
       <c r="C888" s="1" t="s">
-        <v>3910</v>
+        <v>3934</v>
       </c>
       <c r="D888" s="1" t="s">
-        <v>3937</v>
+        <v>3940</v>
       </c>
       <c r="E888" s="1" t="s">
-        <v>3938</v>
+        <v>3941</v>
       </c>
       <c r="F888" s="1" t="s">
-        <v>3939</v>
+        <v>3942</v>
       </c>
     </row>
     <row r="889" spans="1:6">
       <c r="A889" s="1" t="s">
-        <v>3940</v>
-[...3 lines deleted...]
-      </c>
+        <v>3943</v>
+      </c>
+      <c r="B889" s="1"/>
       <c r="C889" s="1" t="s">
-        <v>3910</v>
+        <v>3934</v>
       </c>
       <c r="D889" s="1" t="s">
-        <v>3942</v>
+        <v>3944</v>
       </c>
       <c r="E889" s="1" t="s">
-        <v>3943</v>
+        <v>3945</v>
       </c>
       <c r="F889" s="1" t="s">
-        <v>3944</v>
+        <v>3946</v>
       </c>
     </row>
     <row r="890" spans="1:6">
       <c r="A890" s="1" t="s">
-        <v>3945</v>
-[...3 lines deleted...]
-      </c>
+        <v>3947</v>
+      </c>
+      <c r="B890" s="1"/>
       <c r="C890" s="1" t="s">
-        <v>3947</v>
+        <v>3934</v>
       </c>
       <c r="D890" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="E890" s="1" t="s">
         <v>3948</v>
       </c>
-      <c r="E890" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F890" s="1" t="s">
-        <v>3950</v>
+        <v>397</v>
       </c>
     </row>
     <row r="891" spans="1:6">
       <c r="A891" s="1" t="s">
+        <v>3949</v>
+      </c>
+      <c r="B891" s="1" t="s">
+        <v>3950</v>
+      </c>
+      <c r="C891" s="1" t="s">
+        <v>3934</v>
+      </c>
+      <c r="D891" s="1" t="s">
         <v>3951</v>
       </c>
-      <c r="B891" s="1"/>
-[...3 lines deleted...]
-      <c r="D891" s="1" t="s">
+      <c r="E891" s="1" t="s">
         <v>3952</v>
       </c>
-      <c r="E891" s="1" t="s">
+      <c r="F891" s="1" t="s">
         <v>3953</v>
       </c>
-      <c r="F891" s="1"/>
     </row>
     <row r="892" spans="1:6">
       <c r="A892" s="1" t="s">
         <v>3954</v>
       </c>
       <c r="B892" s="1" t="s">
         <v>3955</v>
       </c>
       <c r="C892" s="1" t="s">
+        <v>3934</v>
+      </c>
+      <c r="D892" s="1" t="s">
         <v>3956</v>
       </c>
-      <c r="D892" s="1" t="s">
+      <c r="E892" s="1" t="s">
         <v>3957</v>
       </c>
-      <c r="E892" s="1" t="s">
+      <c r="F892" s="1" t="s">
         <v>3958</v>
-      </c>
-[...1 lines deleted...]
-        <v>3959</v>
       </c>
     </row>
     <row r="893" spans="1:6">
       <c r="A893" s="1" t="s">
+        <v>3959</v>
+      </c>
+      <c r="B893" s="1" t="s">
         <v>3960</v>
       </c>
-      <c r="B893" s="1"/>
       <c r="C893" s="1" t="s">
-        <v>3956</v>
+        <v>3934</v>
       </c>
       <c r="D893" s="1" t="s">
         <v>3961</v>
       </c>
       <c r="E893" s="1" t="s">
         <v>3962</v>
       </c>
-      <c r="F893" s="1"/>
+      <c r="F893" s="1" t="s">
+        <v>3963</v>
+      </c>
     </row>
     <row r="894" spans="1:6">
       <c r="A894" s="1" t="s">
-        <v>3963</v>
-[...1 lines deleted...]
-      <c r="B894" s="1"/>
+        <v>3964</v>
+      </c>
+      <c r="B894" s="1" t="s">
+        <v>3965</v>
+      </c>
       <c r="C894" s="1" t="s">
-        <v>3956</v>
+        <v>3934</v>
       </c>
       <c r="D894" s="1" t="s">
-        <v>3964</v>
+        <v>3966</v>
       </c>
       <c r="E894" s="1" t="s">
-        <v>3965</v>
-[...1 lines deleted...]
-      <c r="F894" s="1"/>
+        <v>3967</v>
+      </c>
+      <c r="F894" s="1" t="s">
+        <v>3968</v>
+      </c>
     </row>
     <row r="895" spans="1:6">
       <c r="A895" s="1" t="s">
-        <v>3966</v>
+        <v>3969</v>
       </c>
       <c r="B895" s="1" t="s">
-        <v>3967</v>
+        <v>3970</v>
       </c>
       <c r="C895" s="1" t="s">
-        <v>3956</v>
+        <v>3971</v>
       </c>
       <c r="D895" s="1" t="s">
-        <v>3968</v>
+        <v>3972</v>
       </c>
       <c r="E895" s="1" t="s">
-        <v>3969</v>
+        <v>3973</v>
       </c>
       <c r="F895" s="1" t="s">
-        <v>3970</v>
+        <v>3974</v>
       </c>
     </row>
     <row r="896" spans="1:6">
       <c r="A896" s="1" t="s">
+        <v>3975</v>
+      </c>
+      <c r="B896" s="1"/>
+      <c r="C896" s="1" t="s">
         <v>3971</v>
       </c>
-      <c r="B896" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D896" s="1" t="s">
-        <v>3973</v>
+        <v>3976</v>
       </c>
       <c r="E896" s="1" t="s">
-        <v>3974</v>
-[...3 lines deleted...]
-      </c>
+        <v>3977</v>
+      </c>
+      <c r="F896" s="1"/>
     </row>
     <row r="897" spans="1:6">
       <c r="A897" s="1" t="s">
-        <v>3976</v>
+        <v>3978</v>
       </c>
       <c r="B897" s="1" t="s">
-        <v>3955</v>
+        <v>3979</v>
       </c>
       <c r="C897" s="1" t="s">
-        <v>3956</v>
+        <v>3980</v>
       </c>
       <c r="D897" s="1" t="s">
-        <v>3977</v>
+        <v>3981</v>
       </c>
       <c r="E897" s="1" t="s">
-        <v>3978</v>
+        <v>3982</v>
       </c>
       <c r="F897" s="1" t="s">
-        <v>3979</v>
+        <v>3983</v>
       </c>
     </row>
     <row r="898" spans="1:6">
       <c r="A898" s="1" t="s">
+        <v>3984</v>
+      </c>
+      <c r="B898" s="1"/>
+      <c r="C898" s="1" t="s">
         <v>3980</v>
       </c>
-      <c r="B898" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D898" s="1" t="s">
-        <v>3982</v>
+        <v>3985</v>
       </c>
       <c r="E898" s="1" t="s">
-        <v>3983</v>
-[...3 lines deleted...]
-      </c>
+        <v>3986</v>
+      </c>
+      <c r="F898" s="1"/>
     </row>
     <row r="899" spans="1:6">
       <c r="A899" s="1" t="s">
-        <v>3985</v>
-[...3 lines deleted...]
-      </c>
+        <v>3987</v>
+      </c>
+      <c r="B899" s="1"/>
       <c r="C899" s="1" t="s">
-        <v>3987</v>
+        <v>3980</v>
       </c>
       <c r="D899" s="1" t="s">
         <v>3988</v>
       </c>
       <c r="E899" s="1" t="s">
         <v>3989</v>
       </c>
-      <c r="F899" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F899" s="1"/>
     </row>
     <row r="900" spans="1:6">
       <c r="A900" s="1" t="s">
+        <v>3990</v>
+      </c>
+      <c r="B900" s="1" t="s">
         <v>3991</v>
       </c>
-      <c r="B900" s="1" t="s">
+      <c r="C900" s="1" t="s">
+        <v>3980</v>
+      </c>
+      <c r="D900" s="1" t="s">
         <v>3992</v>
       </c>
-      <c r="C900" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D900" s="1" t="s">
+      <c r="E900" s="1" t="s">
         <v>3993</v>
       </c>
-      <c r="E900" s="1" t="s">
+      <c r="F900" s="1" t="s">
         <v>3994</v>
-      </c>
-[...1 lines deleted...]
-        <v>3995</v>
       </c>
     </row>
     <row r="901" spans="1:6">
       <c r="A901" s="1" t="s">
+        <v>3995</v>
+      </c>
+      <c r="B901" s="1" t="s">
         <v>3996</v>
       </c>
-      <c r="B901" s="1" t="s">
+      <c r="C901" s="1" t="s">
+        <v>3980</v>
+      </c>
+      <c r="D901" s="1" t="s">
         <v>3997</v>
       </c>
-      <c r="C901" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D901" s="1" t="s">
+      <c r="E901" s="1" t="s">
         <v>3998</v>
       </c>
-      <c r="E901" s="1" t="s">
+      <c r="F901" s="1" t="s">
         <v>3999</v>
-      </c>
-[...1 lines deleted...]
-        <v>4000</v>
       </c>
     </row>
     <row r="902" spans="1:6">
       <c r="A902" s="1" t="s">
+        <v>4000</v>
+      </c>
+      <c r="B902" s="1" t="s">
+        <v>3979</v>
+      </c>
+      <c r="C902" s="1" t="s">
+        <v>3980</v>
+      </c>
+      <c r="D902" s="1" t="s">
         <v>4001</v>
       </c>
-      <c r="B902" s="1"/>
-[...3 lines deleted...]
-      <c r="D902" s="1"/>
       <c r="E902" s="1" t="s">
         <v>4002</v>
       </c>
       <c r="F902" s="1" t="s">
         <v>4003</v>
       </c>
     </row>
     <row r="903" spans="1:6">
       <c r="A903" s="1" t="s">
         <v>4004</v>
       </c>
-      <c r="B903" s="1"/>
+      <c r="B903" s="1" t="s">
+        <v>4005</v>
+      </c>
       <c r="C903" s="1" t="s">
-        <v>3987</v>
+        <v>3980</v>
       </c>
       <c r="D903" s="1" t="s">
-        <v>4005</v>
+        <v>4006</v>
       </c>
       <c r="E903" s="1" t="s">
-        <v>4006</v>
-[...1 lines deleted...]
-      <c r="F903" s="1"/>
+        <v>4007</v>
+      </c>
+      <c r="F903" s="1" t="s">
+        <v>4008</v>
+      </c>
     </row>
     <row r="904" spans="1:6">
       <c r="A904" s="1" t="s">
-        <v>4007</v>
-[...1 lines deleted...]
-      <c r="B904" s="1"/>
+        <v>4009</v>
+      </c>
+      <c r="B904" s="1" t="s">
+        <v>4010</v>
+      </c>
       <c r="C904" s="1" t="s">
-        <v>3987</v>
+        <v>4011</v>
       </c>
       <c r="D904" s="1" t="s">
-        <v>4008</v>
+        <v>4012</v>
       </c>
       <c r="E904" s="1" t="s">
-        <v>4009</v>
-[...1 lines deleted...]
-      <c r="F904" s="1"/>
+        <v>4013</v>
+      </c>
+      <c r="F904" s="1" t="s">
+        <v>4014</v>
+      </c>
     </row>
     <row r="905" spans="1:6">
       <c r="A905" s="1" t="s">
-        <v>4010</v>
-[...1 lines deleted...]
-      <c r="B905" s="1"/>
+        <v>4015</v>
+      </c>
+      <c r="B905" s="1" t="s">
+        <v>4016</v>
+      </c>
       <c r="C905" s="1" t="s">
-        <v>3987</v>
+        <v>4011</v>
       </c>
       <c r="D905" s="1" t="s">
-        <v>257</v>
+        <v>4017</v>
       </c>
       <c r="E905" s="1" t="s">
-        <v>4011</v>
+        <v>4018</v>
       </c>
       <c r="F905" s="1" t="s">
-        <v>387</v>
+        <v>4019</v>
       </c>
     </row>
     <row r="906" spans="1:6">
       <c r="A906" s="1" t="s">
-        <v>4012</v>
-[...1 lines deleted...]
-      <c r="B906" s="1"/>
+        <v>4020</v>
+      </c>
+      <c r="B906" s="1" t="s">
+        <v>4021</v>
+      </c>
       <c r="C906" s="1" t="s">
-        <v>3987</v>
-[...1 lines deleted...]
-      <c r="D906" s="1"/>
+        <v>4011</v>
+      </c>
+      <c r="D906" s="1" t="s">
+        <v>4022</v>
+      </c>
       <c r="E906" s="1" t="s">
-        <v>4013</v>
-[...1 lines deleted...]
-      <c r="F906" s="1"/>
+        <v>4023</v>
+      </c>
+      <c r="F906" s="1" t="s">
+        <v>4024</v>
+      </c>
     </row>
     <row r="907" spans="1:6">
       <c r="A907" s="1" t="s">
-        <v>4014</v>
-[...3 lines deleted...]
-      </c>
+        <v>4025</v>
+      </c>
+      <c r="B907" s="1"/>
       <c r="C907" s="1" t="s">
-        <v>3987</v>
-[...3 lines deleted...]
-      </c>
+        <v>4011</v>
+      </c>
+      <c r="D907" s="1"/>
       <c r="E907" s="1" t="s">
-        <v>4017</v>
+        <v>4026</v>
       </c>
       <c r="F907" s="1" t="s">
-        <v>4018</v>
+        <v>4027</v>
       </c>
     </row>
     <row r="908" spans="1:6">
       <c r="A908" s="1" t="s">
-        <v>4019</v>
-[...3 lines deleted...]
-      </c>
+        <v>4028</v>
+      </c>
+      <c r="B908" s="1"/>
       <c r="C908" s="1" t="s">
-        <v>3987</v>
+        <v>4011</v>
       </c>
       <c r="D908" s="1" t="s">
-        <v>4021</v>
+        <v>4029</v>
       </c>
       <c r="E908" s="1" t="s">
-        <v>4022</v>
-[...3 lines deleted...]
-      </c>
+        <v>4030</v>
+      </c>
+      <c r="F908" s="1"/>
     </row>
     <row r="909" spans="1:6">
       <c r="A909" s="1" t="s">
-        <v>4024</v>
-[...3 lines deleted...]
-      </c>
+        <v>4031</v>
+      </c>
+      <c r="B909" s="1"/>
       <c r="C909" s="1" t="s">
-        <v>3987</v>
+        <v>4011</v>
       </c>
       <c r="D909" s="1" t="s">
-        <v>4026</v>
+        <v>4032</v>
       </c>
       <c r="E909" s="1" t="s">
-        <v>4027</v>
-[...3 lines deleted...]
-      </c>
+        <v>4033</v>
+      </c>
+      <c r="F909" s="1"/>
     </row>
     <row r="910" spans="1:6">
       <c r="A910" s="1" t="s">
-        <v>4029</v>
-[...3 lines deleted...]
-      </c>
+        <v>4034</v>
+      </c>
+      <c r="B910" s="1"/>
       <c r="C910" s="1" t="s">
-        <v>3987</v>
+        <v>4011</v>
       </c>
       <c r="D910" s="1" t="s">
-        <v>4031</v>
+        <v>263</v>
       </c>
       <c r="E910" s="1" t="s">
-        <v>4032</v>
+        <v>4035</v>
       </c>
       <c r="F910" s="1" t="s">
-        <v>4033</v>
+        <v>397</v>
       </c>
     </row>
     <row r="911" spans="1:6">
       <c r="A911" s="1" t="s">
-        <v>4034</v>
-[...3 lines deleted...]
-      </c>
+        <v>4036</v>
+      </c>
+      <c r="B911" s="1"/>
       <c r="C911" s="1" t="s">
-        <v>4036</v>
-[...1 lines deleted...]
-      <c r="D911" s="1" t="s">
+        <v>4011</v>
+      </c>
+      <c r="D911" s="1"/>
+      <c r="E911" s="1" t="s">
         <v>4037</v>
       </c>
-      <c r="E911" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F911" s="1"/>
     </row>
     <row r="912" spans="1:6">
       <c r="A912" s="1" t="s">
+        <v>4038</v>
+      </c>
+      <c r="B912" s="1" t="s">
+        <v>4039</v>
+      </c>
+      <c r="C912" s="1" t="s">
+        <v>4011</v>
+      </c>
+      <c r="D912" s="1" t="s">
         <v>4040</v>
       </c>
-      <c r="B912" s="1" t="s">
+      <c r="E912" s="1" t="s">
         <v>4041</v>
       </c>
-      <c r="C912" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D912" s="1" t="s">
+      <c r="F912" s="1" t="s">
         <v>4042</v>
-      </c>
-[...4 lines deleted...]
-        <v>4039</v>
       </c>
     </row>
     <row r="913" spans="1:6">
       <c r="A913" s="1" t="s">
+        <v>4043</v>
+      </c>
+      <c r="B913" s="1" t="s">
         <v>4044</v>
       </c>
-      <c r="B913" s="1" t="s">
+      <c r="C913" s="1" t="s">
+        <v>4011</v>
+      </c>
+      <c r="D913" s="1" t="s">
         <v>4045</v>
-      </c>
-[...4 lines deleted...]
-        <v>4037</v>
       </c>
       <c r="E913" s="1" t="s">
         <v>4046</v>
       </c>
       <c r="F913" s="1" t="s">
         <v>4047</v>
       </c>
     </row>
     <row r="914" spans="1:6">
       <c r="A914" s="1" t="s">
         <v>4048</v>
       </c>
       <c r="B914" s="1" t="s">
         <v>4049</v>
       </c>
       <c r="C914" s="1" t="s">
+        <v>4011</v>
+      </c>
+      <c r="D914" s="1" t="s">
         <v>4050</v>
       </c>
-      <c r="D914" s="1" t="s">
+      <c r="E914" s="1" t="s">
         <v>4051</v>
       </c>
-      <c r="E914" s="1" t="s">
+      <c r="F914" s="1" t="s">
         <v>4052</v>
-      </c>
-[...1 lines deleted...]
-        <v>4053</v>
       </c>
     </row>
     <row r="915" spans="1:6">
       <c r="A915" s="1" t="s">
+        <v>4053</v>
+      </c>
+      <c r="B915" s="1" t="s">
         <v>4054</v>
       </c>
-      <c r="B915" s="1"/>
       <c r="C915" s="1" t="s">
-        <v>4050</v>
+        <v>4011</v>
       </c>
       <c r="D915" s="1" t="s">
         <v>4055</v>
       </c>
       <c r="E915" s="1" t="s">
         <v>4056</v>
       </c>
-      <c r="F915" s="1"/>
+      <c r="F915" s="1" t="s">
+        <v>4057</v>
+      </c>
     </row>
     <row r="916" spans="1:6">
       <c r="A916" s="1" t="s">
-        <v>4057</v>
+        <v>4058</v>
       </c>
       <c r="B916" s="1" t="s">
-        <v>4058</v>
+        <v>4059</v>
       </c>
       <c r="C916" s="1" t="s">
-        <v>4050</v>
+        <v>4060</v>
       </c>
       <c r="D916" s="1" t="s">
-        <v>4059</v>
+        <v>4061</v>
       </c>
       <c r="E916" s="1" t="s">
-        <v>4060</v>
+        <v>4062</v>
       </c>
       <c r="F916" s="1" t="s">
-        <v>4061</v>
+        <v>4063</v>
       </c>
     </row>
     <row r="917" spans="1:6">
       <c r="A917" s="1" t="s">
-        <v>4062</v>
+        <v>4064</v>
       </c>
       <c r="B917" s="1" t="s">
+        <v>4065</v>
+      </c>
+      <c r="C917" s="1" t="s">
+        <v>4060</v>
+      </c>
+      <c r="D917" s="1" t="s">
+        <v>4066</v>
+      </c>
+      <c r="E917" s="1" t="s">
+        <v>4067</v>
+      </c>
+      <c r="F917" s="1" t="s">
         <v>4063</v>
-      </c>
-[...10 lines deleted...]
-        <v>4067</v>
       </c>
     </row>
     <row r="918" spans="1:6">
       <c r="A918" s="1" t="s">
         <v>4068</v>
       </c>
-      <c r="B918" s="1"/>
+      <c r="B918" s="1" t="s">
+        <v>4069</v>
+      </c>
       <c r="C918" s="1" t="s">
-        <v>4064</v>
+        <v>4060</v>
       </c>
       <c r="D918" s="1" t="s">
-        <v>4069</v>
+        <v>4061</v>
       </c>
       <c r="E918" s="1" t="s">
         <v>4070</v>
       </c>
-      <c r="F918" s="1"/>
+      <c r="F918" s="1" t="s">
+        <v>4071</v>
+      </c>
     </row>
     <row r="919" spans="1:6">
       <c r="A919" s="1" t="s">
-        <v>4071</v>
+        <v>4072</v>
       </c>
       <c r="B919" s="1" t="s">
-        <v>4072</v>
+        <v>4073</v>
       </c>
       <c r="C919" s="1" t="s">
-        <v>4064</v>
+        <v>4074</v>
       </c>
       <c r="D919" s="1" t="s">
-        <v>3932</v>
+        <v>4075</v>
       </c>
       <c r="E919" s="1" t="s">
-        <v>4073</v>
+        <v>4076</v>
       </c>
       <c r="F919" s="1" t="s">
-        <v>4074</v>
+        <v>4077</v>
       </c>
     </row>
     <row r="920" spans="1:6">
       <c r="A920" s="1" t="s">
-        <v>4075</v>
-[...3 lines deleted...]
-      </c>
+        <v>4078</v>
+      </c>
+      <c r="B920" s="1"/>
       <c r="C920" s="1" t="s">
-        <v>4077</v>
+        <v>4074</v>
       </c>
       <c r="D920" s="1" t="s">
-        <v>4078</v>
+        <v>4079</v>
       </c>
       <c r="E920" s="1" t="s">
-        <v>4079</v>
+        <v>4080</v>
       </c>
       <c r="F920" s="1"/>
     </row>
     <row r="921" spans="1:6">
       <c r="A921" s="1" t="s">
-        <v>4080</v>
+        <v>4081</v>
       </c>
       <c r="B921" s="1" t="s">
-        <v>4081</v>
+        <v>4082</v>
       </c>
       <c r="C921" s="1" t="s">
-        <v>4077</v>
+        <v>4074</v>
       </c>
       <c r="D921" s="1" t="s">
-        <v>4082</v>
+        <v>4083</v>
       </c>
       <c r="E921" s="1" t="s">
-        <v>4083</v>
+        <v>4084</v>
       </c>
       <c r="F921" s="1" t="s">
-        <v>4084</v>
+        <v>4085</v>
       </c>
     </row>
     <row r="922" spans="1:6">
       <c r="A922" s="1" t="s">
-        <v>4085</v>
-[...1 lines deleted...]
-      <c r="B922" s="1"/>
+        <v>4086</v>
+      </c>
+      <c r="B922" s="1" t="s">
+        <v>4087</v>
+      </c>
       <c r="C922" s="1" t="s">
-        <v>4077</v>
+        <v>4088</v>
       </c>
       <c r="D922" s="1" t="s">
-        <v>4086</v>
+        <v>4089</v>
       </c>
       <c r="E922" s="1" t="s">
-        <v>4087</v>
+        <v>4090</v>
       </c>
       <c r="F922" s="1" t="s">
-        <v>4088</v>
+        <v>4091</v>
       </c>
     </row>
     <row r="923" spans="1:6">
       <c r="A923" s="1" t="s">
-        <v>4089</v>
-[...3 lines deleted...]
-      </c>
+        <v>4092</v>
+      </c>
+      <c r="B923" s="1"/>
       <c r="C923" s="1" t="s">
-        <v>4091</v>
+        <v>4088</v>
       </c>
       <c r="D923" s="1" t="s">
-        <v>4092</v>
+        <v>4093</v>
       </c>
       <c r="E923" s="1" t="s">
-        <v>4093</v>
+        <v>4094</v>
       </c>
       <c r="F923" s="1"/>
     </row>
     <row r="924" spans="1:6">
       <c r="A924" s="1" t="s">
-        <v>4094</v>
-[...1 lines deleted...]
-      <c r="B924" s="1"/>
+        <v>4095</v>
+      </c>
+      <c r="B924" s="1" t="s">
+        <v>4096</v>
+      </c>
       <c r="C924" s="1" t="s">
-        <v>4091</v>
+        <v>4088</v>
       </c>
       <c r="D924" s="1" t="s">
-        <v>4095</v>
+        <v>3956</v>
       </c>
       <c r="E924" s="1" t="s">
-        <v>4096</v>
-[...1 lines deleted...]
-      <c r="F924" s="1"/>
+        <v>4097</v>
+      </c>
+      <c r="F924" s="1" t="s">
+        <v>4098</v>
+      </c>
     </row>
     <row r="925" spans="1:6">
       <c r="A925" s="1" t="s">
-        <v>4097</v>
-[...1 lines deleted...]
-      <c r="B925" s="1"/>
+        <v>4099</v>
+      </c>
+      <c r="B925" s="1" t="s">
+        <v>4100</v>
+      </c>
       <c r="C925" s="1" t="s">
-        <v>4091</v>
+        <v>4101</v>
       </c>
       <c r="D925" s="1" t="s">
-        <v>257</v>
+        <v>4102</v>
       </c>
       <c r="E925" s="1" t="s">
-        <v>4098</v>
-[...3 lines deleted...]
-      </c>
+        <v>4103</v>
+      </c>
+      <c r="F925" s="1"/>
     </row>
     <row r="926" spans="1:6">
       <c r="A926" s="1" t="s">
-        <v>4099</v>
+        <v>4104</v>
       </c>
       <c r="B926" s="1" t="s">
-        <v>4100</v>
+        <v>4105</v>
       </c>
       <c r="C926" s="1" t="s">
         <v>4101</v>
       </c>
       <c r="D926" s="1" t="s">
-        <v>4102</v>
+        <v>4106</v>
       </c>
       <c r="E926" s="1" t="s">
-        <v>4103</v>
+        <v>4107</v>
       </c>
       <c r="F926" s="1" t="s">
-        <v>4104</v>
+        <v>4108</v>
       </c>
     </row>
     <row r="927" spans="1:6">
       <c r="A927" s="1" t="s">
-        <v>4105</v>
-[...3 lines deleted...]
-      </c>
+        <v>4109</v>
+      </c>
+      <c r="B927" s="1"/>
       <c r="C927" s="1" t="s">
         <v>4101</v>
       </c>
       <c r="D927" s="1" t="s">
-        <v>4107</v>
+        <v>4110</v>
       </c>
       <c r="E927" s="1" t="s">
-        <v>4108</v>
+        <v>4111</v>
       </c>
       <c r="F927" s="1" t="s">
-        <v>4109</v>
+        <v>4112</v>
       </c>
     </row>
     <row r="928" spans="1:6">
       <c r="A928" s="1" t="s">
-        <v>4110</v>
+        <v>4113</v>
       </c>
       <c r="B928" s="1" t="s">
-        <v>4111</v>
+        <v>4114</v>
       </c>
       <c r="C928" s="1" t="s">
-        <v>4101</v>
+        <v>4115</v>
       </c>
       <c r="D928" s="1" t="s">
-        <v>4112</v>
+        <v>4116</v>
       </c>
       <c r="E928" s="1" t="s">
-        <v>4113</v>
-[...3 lines deleted...]
-      </c>
+        <v>4117</v>
+      </c>
+      <c r="F928" s="1"/>
     </row>
     <row r="929" spans="1:6">
       <c r="A929" s="1" t="s">
-        <v>4115</v>
+        <v>4118</v>
       </c>
       <c r="B929" s="1"/>
       <c r="C929" s="1" t="s">
-        <v>4101</v>
+        <v>4115</v>
       </c>
       <c r="D929" s="1" t="s">
-        <v>4102</v>
+        <v>4119</v>
       </c>
       <c r="E929" s="1" t="s">
-        <v>4116</v>
-[...3 lines deleted...]
-      </c>
+        <v>4120</v>
+      </c>
+      <c r="F929" s="1"/>
     </row>
     <row r="930" spans="1:6">
       <c r="A930" s="1" t="s">
-        <v>4118</v>
+        <v>4121</v>
       </c>
       <c r="B930" s="1"/>
       <c r="C930" s="1" t="s">
-        <v>4101</v>
+        <v>4115</v>
       </c>
       <c r="D930" s="1" t="s">
-        <v>4102</v>
+        <v>263</v>
       </c>
       <c r="E930" s="1" t="s">
-        <v>4119</v>
+        <v>4122</v>
       </c>
       <c r="F930" s="1" t="s">
-        <v>4120</v>
+        <v>265</v>
       </c>
     </row>
     <row r="931" spans="1:6">
       <c r="A931" s="1" t="s">
-        <v>4121</v>
-[...1 lines deleted...]
-      <c r="B931" s="1"/>
+        <v>4123</v>
+      </c>
+      <c r="B931" s="1" t="s">
+        <v>4124</v>
+      </c>
       <c r="C931" s="1" t="s">
-        <v>4101</v>
+        <v>4125</v>
       </c>
       <c r="D931" s="1" t="s">
-        <v>257</v>
+        <v>4126</v>
       </c>
       <c r="E931" s="1" t="s">
-        <v>4122</v>
+        <v>4127</v>
       </c>
       <c r="F931" s="1" t="s">
-        <v>387</v>
+        <v>4128</v>
       </c>
     </row>
     <row r="932" spans="1:6">
       <c r="A932" s="1" t="s">
-        <v>4123</v>
-[...1 lines deleted...]
-      <c r="B932" s="1"/>
+        <v>4129</v>
+      </c>
+      <c r="B932" s="1" t="s">
+        <v>4130</v>
+      </c>
       <c r="C932" s="1" t="s">
-        <v>4101</v>
+        <v>4125</v>
       </c>
       <c r="D932" s="1" t="s">
-        <v>4124</v>
+        <v>4131</v>
       </c>
       <c r="E932" s="1" t="s">
-        <v>4125</v>
-[...1 lines deleted...]
-      <c r="F932" s="1"/>
+        <v>4132</v>
+      </c>
+      <c r="F932" s="1" t="s">
+        <v>4133</v>
+      </c>
     </row>
     <row r="933" spans="1:6">
       <c r="A933" s="1" t="s">
-        <v>4126</v>
+        <v>4134</v>
       </c>
       <c r="B933" s="1" t="s">
-        <v>4127</v>
+        <v>4135</v>
       </c>
       <c r="C933" s="1" t="s">
-        <v>4101</v>
+        <v>4125</v>
       </c>
       <c r="D933" s="1" t="s">
-        <v>4128</v>
+        <v>4136</v>
       </c>
       <c r="E933" s="1" t="s">
-        <v>4129</v>
+        <v>4137</v>
       </c>
       <c r="F933" s="1" t="s">
-        <v>4130</v>
+        <v>4138</v>
       </c>
     </row>
     <row r="934" spans="1:6">
       <c r="A934" s="1" t="s">
-        <v>4131</v>
-[...3 lines deleted...]
-      </c>
+        <v>4139</v>
+      </c>
+      <c r="B934" s="1"/>
       <c r="C934" s="1" t="s">
-        <v>4101</v>
+        <v>4125</v>
       </c>
       <c r="D934" s="1" t="s">
-        <v>4133</v>
+        <v>4126</v>
       </c>
       <c r="E934" s="1" t="s">
-        <v>4134</v>
+        <v>4140</v>
       </c>
       <c r="F934" s="1" t="s">
-        <v>4135</v>
+        <v>4141</v>
       </c>
     </row>
     <row r="935" spans="1:6">
       <c r="A935" s="1" t="s">
-        <v>4136</v>
-[...3 lines deleted...]
-      </c>
+        <v>4142</v>
+      </c>
+      <c r="B935" s="1"/>
       <c r="C935" s="1" t="s">
-        <v>4101</v>
+        <v>4125</v>
       </c>
       <c r="D935" s="1" t="s">
-        <v>4138</v>
+        <v>4126</v>
       </c>
       <c r="E935" s="1" t="s">
-        <v>4139</v>
+        <v>4143</v>
       </c>
       <c r="F935" s="1" t="s">
-        <v>4140</v>
+        <v>4144</v>
       </c>
     </row>
     <row r="936" spans="1:6">
       <c r="A936" s="1" t="s">
-        <v>4141</v>
-[...3 lines deleted...]
-      </c>
+        <v>4145</v>
+      </c>
+      <c r="B936" s="1"/>
       <c r="C936" s="1" t="s">
-        <v>4101</v>
+        <v>4125</v>
       </c>
       <c r="D936" s="1" t="s">
-        <v>4142</v>
+        <v>263</v>
       </c>
       <c r="E936" s="1" t="s">
-        <v>4143</v>
+        <v>4146</v>
       </c>
       <c r="F936" s="1" t="s">
-        <v>4144</v>
+        <v>397</v>
       </c>
     </row>
     <row r="937" spans="1:6">
       <c r="A937" s="1" t="s">
-        <v>4145</v>
-[...3 lines deleted...]
-      </c>
+        <v>4147</v>
+      </c>
+      <c r="B937" s="1"/>
       <c r="C937" s="1" t="s">
-        <v>4101</v>
+        <v>4125</v>
       </c>
       <c r="D937" s="1" t="s">
-        <v>4146</v>
+        <v>4148</v>
       </c>
       <c r="E937" s="1" t="s">
-        <v>4147</v>
-[...3 lines deleted...]
-      </c>
+        <v>4149</v>
+      </c>
+      <c r="F937" s="1"/>
     </row>
     <row r="938" spans="1:6">
       <c r="A938" s="1" t="s">
-        <v>4149</v>
+        <v>4150</v>
       </c>
       <c r="B938" s="1" t="s">
-        <v>4150</v>
+        <v>4151</v>
       </c>
       <c r="C938" s="1" t="s">
-        <v>4101</v>
+        <v>4125</v>
       </c>
       <c r="D938" s="1" t="s">
-        <v>4151</v>
+        <v>4152</v>
       </c>
       <c r="E938" s="1" t="s">
-        <v>4152</v>
+        <v>4153</v>
       </c>
       <c r="F938" s="1" t="s">
-        <v>4153</v>
+        <v>4154</v>
       </c>
     </row>
     <row r="939" spans="1:6">
       <c r="A939" s="1" t="s">
-        <v>4154</v>
+        <v>4155</v>
       </c>
       <c r="B939" s="1" t="s">
-        <v>4155</v>
+        <v>4156</v>
       </c>
       <c r="C939" s="1" t="s">
-        <v>4101</v>
+        <v>4125</v>
       </c>
       <c r="D939" s="1" t="s">
-        <v>4156</v>
+        <v>4157</v>
       </c>
       <c r="E939" s="1" t="s">
-        <v>4157</v>
+        <v>4158</v>
       </c>
       <c r="F939" s="1" t="s">
-        <v>4158</v>
+        <v>4159</v>
       </c>
     </row>
     <row r="940" spans="1:6">
       <c r="A940" s="1" t="s">
-        <v>4159</v>
+        <v>4160</v>
       </c>
       <c r="B940" s="1" t="s">
-        <v>4160</v>
+        <v>4161</v>
       </c>
       <c r="C940" s="1" t="s">
-        <v>4101</v>
+        <v>4125</v>
       </c>
       <c r="D940" s="1" t="s">
-        <v>4161</v>
+        <v>4162</v>
       </c>
       <c r="E940" s="1" t="s">
-        <v>4162</v>
+        <v>4163</v>
       </c>
       <c r="F940" s="1" t="s">
-        <v>4163</v>
+        <v>4164</v>
       </c>
     </row>
     <row r="941" spans="1:6">
       <c r="A941" s="1" t="s">
-        <v>4164</v>
+        <v>4165</v>
       </c>
       <c r="B941" s="1" t="s">
-        <v>4165</v>
+        <v>3026</v>
       </c>
       <c r="C941" s="1" t="s">
-        <v>4101</v>
+        <v>4125</v>
       </c>
       <c r="D941" s="1" t="s">
         <v>4166</v>
       </c>
       <c r="E941" s="1" t="s">
         <v>4167</v>
       </c>
       <c r="F941" s="1" t="s">
         <v>4168</v>
       </c>
     </row>
     <row r="942" spans="1:6">
       <c r="A942" s="1" t="s">
         <v>4169</v>
       </c>
       <c r="B942" s="1" t="s">
+        <v>3026</v>
+      </c>
+      <c r="C942" s="1" t="s">
+        <v>4125</v>
+      </c>
+      <c r="D942" s="1" t="s">
         <v>4170</v>
       </c>
-      <c r="C942" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D942" s="1" t="s">
+      <c r="E942" s="1" t="s">
         <v>4171</v>
       </c>
-      <c r="E942" s="1" t="s">
+      <c r="F942" s="1" t="s">
         <v>4172</v>
-      </c>
-[...1 lines deleted...]
-        <v>4173</v>
       </c>
     </row>
     <row r="943" spans="1:6">
       <c r="A943" s="1" t="s">
+        <v>4173</v>
+      </c>
+      <c r="B943" s="1" t="s">
         <v>4174</v>
       </c>
-      <c r="B943" s="1" t="s">
+      <c r="C943" s="1" t="s">
+        <v>4125</v>
+      </c>
+      <c r="D943" s="1" t="s">
         <v>4175</v>
       </c>
-      <c r="C943" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D943" s="1" t="s">
+      <c r="E943" s="1" t="s">
         <v>4176</v>
       </c>
-      <c r="E943" s="1" t="s">
+      <c r="F943" s="1" t="s">
         <v>4177</v>
-      </c>
-[...1 lines deleted...]
-        <v>4178</v>
       </c>
     </row>
     <row r="944" spans="1:6">
       <c r="A944" s="1" t="s">
+        <v>4178</v>
+      </c>
+      <c r="B944" s="1" t="s">
         <v>4179</v>
       </c>
-      <c r="B944" s="1" t="s">
+      <c r="C944" s="1" t="s">
+        <v>4125</v>
+      </c>
+      <c r="D944" s="1" t="s">
         <v>4180</v>
       </c>
-      <c r="C944" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D944" s="1" t="s">
+      <c r="E944" s="1" t="s">
         <v>4181</v>
       </c>
-      <c r="E944" s="1" t="s">
+      <c r="F944" s="1" t="s">
         <v>4182</v>
-      </c>
-[...1 lines deleted...]
-        <v>4183</v>
       </c>
     </row>
     <row r="945" spans="1:6">
       <c r="A945" s="1" t="s">
+        <v>4183</v>
+      </c>
+      <c r="B945" s="1" t="s">
         <v>4184</v>
       </c>
-      <c r="B945" s="1" t="s">
+      <c r="C945" s="1" t="s">
+        <v>4125</v>
+      </c>
+      <c r="D945" s="1" t="s">
         <v>4185</v>
       </c>
-      <c r="C945" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D945" s="1" t="s">
+      <c r="E945" s="1" t="s">
         <v>4186</v>
       </c>
-      <c r="E945" s="1" t="s">
+      <c r="F945" s="1" t="s">
         <v>4187</v>
-      </c>
-[...1 lines deleted...]
-        <v>4188</v>
       </c>
     </row>
     <row r="946" spans="1:6">
       <c r="A946" s="1" t="s">
+        <v>4188</v>
+      </c>
+      <c r="B946" s="1" t="s">
         <v>4189</v>
       </c>
-      <c r="B946" s="1" t="s">
+      <c r="C946" s="1" t="s">
+        <v>4125</v>
+      </c>
+      <c r="D946" s="1" t="s">
         <v>4190</v>
       </c>
-      <c r="C946" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D946" s="1" t="s">
+      <c r="E946" s="1" t="s">
         <v>4191</v>
       </c>
-      <c r="E946" s="1" t="s">
+      <c r="F946" s="1" t="s">
         <v>4192</v>
-      </c>
-[...1 lines deleted...]
-        <v>4193</v>
       </c>
     </row>
     <row r="947" spans="1:6">
       <c r="A947" s="1" t="s">
+        <v>4193</v>
+      </c>
+      <c r="B947" s="1" t="s">
         <v>4194</v>
       </c>
-      <c r="B947" s="1"/>
       <c r="C947" s="1" t="s">
+        <v>4125</v>
+      </c>
+      <c r="D947" s="1" t="s">
         <v>4195</v>
       </c>
-      <c r="D947" s="1" t="s">
+      <c r="E947" s="1" t="s">
         <v>4196</v>
       </c>
-      <c r="E947" s="1" t="s">
+      <c r="F947" s="1" t="s">
         <v>4197</v>
       </c>
-      <c r="F947" s="1"/>
     </row>
     <row r="948" spans="1:6">
       <c r="A948" s="1" t="s">
         <v>4198</v>
       </c>
       <c r="B948" s="1" t="s">
         <v>4199</v>
       </c>
       <c r="C948" s="1" t="s">
+        <v>4125</v>
+      </c>
+      <c r="D948" s="1" t="s">
         <v>4200</v>
       </c>
-      <c r="D948" s="1" t="s">
+      <c r="E948" s="1" t="s">
         <v>4201</v>
       </c>
-      <c r="E948" s="1" t="s">
+      <c r="F948" s="1" t="s">
         <v>4202</v>
       </c>
-      <c r="F948" s="1"/>
     </row>
     <row r="949" spans="1:6">
       <c r="A949" s="1" t="s">
         <v>4203</v>
       </c>
       <c r="B949" s="1" t="s">
         <v>4204</v>
       </c>
       <c r="C949" s="1" t="s">
+        <v>4125</v>
+      </c>
+      <c r="D949" s="1" t="s">
         <v>4205</v>
       </c>
-      <c r="D949" s="1" t="s">
+      <c r="E949" s="1" t="s">
         <v>4206</v>
       </c>
-      <c r="E949" s="1" t="s">
+      <c r="F949" s="1" t="s">
         <v>4207</v>
-      </c>
-[...1 lines deleted...]
-        <v>4208</v>
       </c>
     </row>
     <row r="950" spans="1:6">
       <c r="A950" s="1" t="s">
+        <v>4208</v>
+      </c>
+      <c r="B950" s="1" t="s">
         <v>4209</v>
       </c>
-      <c r="B950" s="1"/>
       <c r="C950" s="1" t="s">
-        <v>4205</v>
+        <v>4125</v>
       </c>
       <c r="D950" s="1" t="s">
         <v>4210</v>
       </c>
       <c r="E950" s="1" t="s">
         <v>4211</v>
       </c>
-      <c r="F950" s="1"/>
+      <c r="F950" s="1" t="s">
+        <v>4212</v>
+      </c>
     </row>
     <row r="951" spans="1:6">
       <c r="A951" s="1" t="s">
-        <v>4212</v>
+        <v>4213</v>
       </c>
       <c r="B951" s="1" t="s">
-        <v>4213</v>
+        <v>4214</v>
       </c>
       <c r="C951" s="1" t="s">
-        <v>4205</v>
+        <v>4125</v>
       </c>
       <c r="D951" s="1" t="s">
-        <v>4214</v>
+        <v>4215</v>
       </c>
       <c r="E951" s="1" t="s">
-        <v>4215</v>
+        <v>4216</v>
       </c>
       <c r="F951" s="1" t="s">
-        <v>4216</v>
+        <v>4217</v>
       </c>
     </row>
     <row r="952" spans="1:6">
       <c r="A952" s="1" t="s">
-        <v>4217</v>
-[...1 lines deleted...]
-      <c r="B952" s="1" t="s">
         <v>4218</v>
       </c>
+      <c r="B952" s="1"/>
       <c r="C952" s="1" t="s">
         <v>4219</v>
       </c>
       <c r="D952" s="1" t="s">
         <v>4220</v>
       </c>
       <c r="E952" s="1" t="s">
         <v>4221</v>
       </c>
-      <c r="F952" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F952" s="1"/>
     </row>
     <row r="953" spans="1:6">
       <c r="A953" s="1" t="s">
+        <v>4222</v>
+      </c>
+      <c r="B953" s="1" t="s">
         <v>4223</v>
       </c>
-      <c r="B953" s="1"/>
       <c r="C953" s="1" t="s">
-        <v>4219</v>
+        <v>4224</v>
       </c>
       <c r="D953" s="1" t="s">
-        <v>4224</v>
+        <v>4225</v>
       </c>
       <c r="E953" s="1" t="s">
-        <v>4225</v>
+        <v>4226</v>
       </c>
       <c r="F953" s="1"/>
     </row>
     <row r="954" spans="1:6">
       <c r="A954" s="1" t="s">
-        <v>4226</v>
+        <v>4227</v>
       </c>
       <c r="B954" s="1" t="s">
-        <v>4227</v>
+        <v>4228</v>
       </c>
       <c r="C954" s="1" t="s">
-        <v>4219</v>
+        <v>4229</v>
       </c>
       <c r="D954" s="1" t="s">
-        <v>4228</v>
+        <v>4230</v>
       </c>
       <c r="E954" s="1" t="s">
-        <v>4229</v>
-[...1 lines deleted...]
-      <c r="F954" s="1"/>
+        <v>4231</v>
+      </c>
+      <c r="F954" s="1" t="s">
+        <v>4232</v>
+      </c>
     </row>
     <row r="955" spans="1:6">
       <c r="A955" s="1" t="s">
-        <v>4230</v>
-[...3 lines deleted...]
-      </c>
+        <v>4233</v>
+      </c>
+      <c r="B955" s="1"/>
       <c r="C955" s="1" t="s">
-        <v>4232</v>
+        <v>4229</v>
       </c>
       <c r="D955" s="1" t="s">
-        <v>4233</v>
+        <v>4234</v>
       </c>
       <c r="E955" s="1" t="s">
-        <v>4234</v>
-[...1 lines deleted...]
-      <c r="F955" s="1" t="s">
         <v>4235</v>
       </c>
+      <c r="F955" s="1"/>
     </row>
     <row r="956" spans="1:6">
       <c r="A956" s="1" t="s">
         <v>4236</v>
       </c>
       <c r="B956" s="1" t="s">
         <v>4237</v>
       </c>
       <c r="C956" s="1" t="s">
-        <v>4232</v>
+        <v>4229</v>
       </c>
       <c r="D956" s="1" t="s">
         <v>4238</v>
       </c>
       <c r="E956" s="1" t="s">
         <v>4239</v>
       </c>
       <c r="F956" s="1" t="s">
         <v>4240</v>
       </c>
     </row>
     <row r="957" spans="1:6">
       <c r="A957" s="1" t="s">
         <v>4241</v>
       </c>
       <c r="B957" s="1" t="s">
         <v>4242</v>
       </c>
       <c r="C957" s="1" t="s">
         <v>4243</v>
       </c>
       <c r="D957" s="1" t="s">
         <v>4244</v>
       </c>
       <c r="E957" s="1" t="s">
         <v>4245</v>
       </c>
-      <c r="F957" s="1"/>
+      <c r="F957" s="1" t="s">
+        <v>4246</v>
+      </c>
     </row>
     <row r="958" spans="1:6">
       <c r="A958" s="1" t="s">
-        <v>4246</v>
-[...1 lines deleted...]
-      <c r="B958" s="1" t="s">
         <v>4247</v>
       </c>
+      <c r="B958" s="1"/>
       <c r="C958" s="1" t="s">
+        <v>4243</v>
+      </c>
+      <c r="D958" s="1" t="s">
         <v>4248</v>
       </c>
-      <c r="D958" s="1" t="s">
+      <c r="E958" s="1" t="s">
         <v>4249</v>
       </c>
-      <c r="E958" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F958" s="1"/>
     </row>
     <row r="959" spans="1:6">
       <c r="A959" s="1" t="s">
+        <v>4250</v>
+      </c>
+      <c r="B959" s="1" t="s">
+        <v>4251</v>
+      </c>
+      <c r="C959" s="1" t="s">
+        <v>4243</v>
+      </c>
+      <c r="D959" s="1" t="s">
         <v>4252</v>
       </c>
-      <c r="B959" s="1"/>
-[...3 lines deleted...]
-      <c r="D959" s="1" t="s">
+      <c r="E959" s="1" t="s">
         <v>4253</v>
-      </c>
-[...1 lines deleted...]
-        <v>4254</v>
       </c>
       <c r="F959" s="1"/>
     </row>
     <row r="960" spans="1:6">
       <c r="A960" s="1" t="s">
+        <v>4254</v>
+      </c>
+      <c r="B960" s="1" t="s">
         <v>4255</v>
       </c>
-      <c r="B960" s="1" t="s">
+      <c r="C960" s="1" t="s">
         <v>4256</v>
       </c>
-      <c r="C960" s="1" t="s">
+      <c r="D960" s="1" t="s">
         <v>4257</v>
       </c>
-      <c r="D960" s="1" t="s">
+      <c r="E960" s="1" t="s">
         <v>4258</v>
       </c>
-      <c r="E960" s="1" t="s">
+      <c r="F960" s="1" t="s">
         <v>4259</v>
-      </c>
-[...1 lines deleted...]
-        <v>4260</v>
       </c>
     </row>
     <row r="961" spans="1:6">
       <c r="A961" s="1" t="s">
+        <v>4260</v>
+      </c>
+      <c r="B961" s="1" t="s">
         <v>4261</v>
       </c>
-      <c r="B961" s="1" t="s">
+      <c r="C961" s="1" t="s">
+        <v>4256</v>
+      </c>
+      <c r="D961" s="1" t="s">
         <v>4262</v>
       </c>
-      <c r="C961" s="1" t="s">
+      <c r="E961" s="1" t="s">
         <v>4263</v>
       </c>
-      <c r="D961" s="1" t="s">
+      <c r="F961" s="1" t="s">
         <v>4264</v>
       </c>
-      <c r="E961" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F961" s="1"/>
     </row>
     <row r="962" spans="1:6">
       <c r="A962" s="1" t="s">
+        <v>4265</v>
+      </c>
+      <c r="B962" s="1" t="s">
         <v>4266</v>
       </c>
-      <c r="B962" s="1" t="s">
+      <c r="C962" s="1" t="s">
         <v>4267</v>
       </c>
-      <c r="C962" s="1" t="s">
+      <c r="D962" s="1" t="s">
         <v>4268</v>
       </c>
-      <c r="D962" s="1" t="s">
+      <c r="E962" s="1" t="s">
         <v>4269</v>
-      </c>
-[...1 lines deleted...]
-        <v>4270</v>
       </c>
       <c r="F962" s="1"/>
     </row>
     <row r="963" spans="1:6">
       <c r="A963" s="1" t="s">
+        <v>4270</v>
+      </c>
+      <c r="B963" s="1" t="s">
         <v>4271</v>
       </c>
-      <c r="B963" s="1" t="s">
+      <c r="C963" s="1" t="s">
         <v>4272</v>
       </c>
-      <c r="C963" s="1" t="s">
+      <c r="D963" s="1" t="s">
         <v>4273</v>
       </c>
-      <c r="D963" s="1" t="s">
+      <c r="E963" s="1" t="s">
         <v>4274</v>
       </c>
-      <c r="E963" s="1" t="s">
+      <c r="F963" s="1" t="s">
         <v>4275</v>
-      </c>
-[...1 lines deleted...]
-        <v>4276</v>
       </c>
     </row>
     <row r="964" spans="1:6">
       <c r="A964" s="1" t="s">
+        <v>4276</v>
+      </c>
+      <c r="B964" s="1"/>
+      <c r="C964" s="1" t="s">
+        <v>4272</v>
+      </c>
+      <c r="D964" s="1" t="s">
         <v>4277</v>
       </c>
-      <c r="B964" s="1" t="s">
+      <c r="E964" s="1" t="s">
         <v>4278</v>
       </c>
-      <c r="C964" s="1" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="F964" s="1"/>
     </row>
     <row r="965" spans="1:6">
       <c r="A965" s="1" t="s">
+        <v>4279</v>
+      </c>
+      <c r="B965" s="1" t="s">
+        <v>4280</v>
+      </c>
+      <c r="C965" s="1" t="s">
+        <v>4281</v>
+      </c>
+      <c r="D965" s="1" t="s">
         <v>4282</v>
       </c>
-      <c r="B965" s="1" t="s">
+      <c r="E965" s="1" t="s">
         <v>4283</v>
       </c>
-      <c r="C965" s="1" t="s">
+      <c r="F965" s="1" t="s">
         <v>4284</v>
-      </c>
-[...7 lines deleted...]
-        <v>4287</v>
       </c>
     </row>
     <row r="966" spans="1:6">
       <c r="A966" s="1" t="s">
+        <v>4285</v>
+      </c>
+      <c r="B966" s="1" t="s">
+        <v>4286</v>
+      </c>
+      <c r="C966" s="1" t="s">
+        <v>4287</v>
+      </c>
+      <c r="D966" s="1" t="s">
         <v>4288</v>
       </c>
-      <c r="B966" s="1"/>
-[...3 lines deleted...]
-      <c r="D966" s="1" t="s">
+      <c r="E966" s="1" t="s">
         <v>4289</v>
-      </c>
-[...1 lines deleted...]
-        <v>4290</v>
       </c>
       <c r="F966" s="1"/>
     </row>
     <row r="967" spans="1:6">
       <c r="A967" s="1" t="s">
+        <v>4290</v>
+      </c>
+      <c r="B967" s="1" t="s">
         <v>4291</v>
       </c>
-      <c r="B967" s="1"/>
       <c r="C967" s="1" t="s">
-        <v>4284</v>
+        <v>4292</v>
       </c>
       <c r="D967" s="1" t="s">
-        <v>4289</v>
+        <v>4293</v>
       </c>
       <c r="E967" s="1" t="s">
-        <v>4292</v>
+        <v>4294</v>
       </c>
       <c r="F967" s="1"/>
     </row>
     <row r="968" spans="1:6">
       <c r="A968" s="1" t="s">
-        <v>4293</v>
+        <v>4295</v>
       </c>
       <c r="B968" s="1" t="s">
-        <v>4294</v>
+        <v>4296</v>
       </c>
       <c r="C968" s="1" t="s">
-        <v>4284</v>
+        <v>4297</v>
       </c>
       <c r="D968" s="1" t="s">
-        <v>4295</v>
+        <v>4298</v>
       </c>
       <c r="E968" s="1" t="s">
-        <v>4296</v>
+        <v>4299</v>
       </c>
       <c r="F968" s="1" t="s">
-        <v>4297</v>
+        <v>4300</v>
       </c>
     </row>
     <row r="969" spans="1:6">
       <c r="A969" s="1" t="s">
-        <v>4298</v>
+        <v>4301</v>
       </c>
       <c r="B969" s="1" t="s">
-        <v>4299</v>
+        <v>4302</v>
       </c>
       <c r="C969" s="1" t="s">
-        <v>4284</v>
+        <v>4297</v>
       </c>
       <c r="D969" s="1" t="s">
-        <v>4300</v>
+        <v>4303</v>
       </c>
       <c r="E969" s="1" t="s">
-        <v>4301</v>
+        <v>4304</v>
       </c>
       <c r="F969" s="1" t="s">
-        <v>4302</v>
+        <v>4305</v>
       </c>
     </row>
     <row r="970" spans="1:6">
       <c r="A970" s="1" t="s">
-        <v>4303</v>
+        <v>4306</v>
       </c>
       <c r="B970" s="1" t="s">
-        <v>4304</v>
+        <v>4307</v>
       </c>
       <c r="C970" s="1" t="s">
-        <v>4284</v>
+        <v>4308</v>
       </c>
       <c r="D970" s="1" t="s">
-        <v>4305</v>
+        <v>4309</v>
       </c>
       <c r="E970" s="1" t="s">
-        <v>4306</v>
+        <v>4310</v>
       </c>
       <c r="F970" s="1" t="s">
-        <v>4307</v>
+        <v>4311</v>
       </c>
     </row>
     <row r="971" spans="1:6">
       <c r="A971" s="1" t="s">
+        <v>4312</v>
+      </c>
+      <c r="B971" s="1"/>
+      <c r="C971" s="1" t="s">
         <v>4308</v>
       </c>
-      <c r="B971" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D971" s="1" t="s">
-        <v>4311</v>
+        <v>4313</v>
       </c>
       <c r="E971" s="1" t="s">
-        <v>4312</v>
-[...3 lines deleted...]
-      </c>
+        <v>4314</v>
+      </c>
+      <c r="F971" s="1"/>
     </row>
     <row r="972" spans="1:6">
       <c r="A972" s="1" t="s">
-        <v>4314</v>
+        <v>4315</v>
       </c>
       <c r="B972" s="1"/>
       <c r="C972" s="1" t="s">
-        <v>4310</v>
+        <v>4308</v>
       </c>
       <c r="D972" s="1" t="s">
-        <v>4315</v>
+        <v>4313</v>
       </c>
       <c r="E972" s="1" t="s">
         <v>4316</v>
       </c>
       <c r="F972" s="1"/>
     </row>
     <row r="973" spans="1:6">
       <c r="A973" s="1" t="s">
         <v>4317</v>
       </c>
-      <c r="B973" s="1"/>
+      <c r="B973" s="1" t="s">
+        <v>4318</v>
+      </c>
       <c r="C973" s="1" t="s">
-        <v>4310</v>
+        <v>4308</v>
       </c>
       <c r="D973" s="1" t="s">
-        <v>257</v>
+        <v>4319</v>
       </c>
       <c r="E973" s="1" t="s">
-        <v>4318</v>
+        <v>4320</v>
       </c>
       <c r="F973" s="1" t="s">
-        <v>259</v>
+        <v>4321</v>
       </c>
     </row>
     <row r="974" spans="1:6">
       <c r="A974" s="1" t="s">
-        <v>4319</v>
+        <v>4322</v>
       </c>
       <c r="B974" s="1" t="s">
-        <v>4320</v>
+        <v>4323</v>
       </c>
       <c r="C974" s="1" t="s">
-        <v>4310</v>
+        <v>4308</v>
       </c>
       <c r="D974" s="1" t="s">
-        <v>4321</v>
+        <v>4324</v>
       </c>
       <c r="E974" s="1" t="s">
-        <v>4322</v>
+        <v>4325</v>
       </c>
       <c r="F974" s="1" t="s">
-        <v>4323</v>
+        <v>4326</v>
       </c>
     </row>
     <row r="975" spans="1:6">
       <c r="A975" s="1" t="s">
-        <v>4324</v>
+        <v>4327</v>
       </c>
       <c r="B975" s="1" t="s">
-        <v>4325</v>
+        <v>4328</v>
       </c>
       <c r="C975" s="1" t="s">
-        <v>4326</v>
+        <v>4308</v>
       </c>
       <c r="D975" s="1" t="s">
-        <v>4327</v>
+        <v>4329</v>
       </c>
       <c r="E975" s="1" t="s">
-        <v>4328</v>
-[...1 lines deleted...]
-      <c r="F975" s="1"/>
+        <v>4330</v>
+      </c>
+      <c r="F975" s="1" t="s">
+        <v>4331</v>
+      </c>
     </row>
     <row r="976" spans="1:6">
       <c r="A976" s="1" t="s">
-        <v>4329</v>
+        <v>4332</v>
       </c>
       <c r="B976" s="1" t="s">
-        <v>4330</v>
+        <v>4333</v>
       </c>
       <c r="C976" s="1" t="s">
-        <v>4326</v>
+        <v>4334</v>
       </c>
       <c r="D976" s="1" t="s">
-        <v>4331</v>
+        <v>4335</v>
       </c>
       <c r="E976" s="1" t="s">
-        <v>4332</v>
+        <v>4336</v>
       </c>
       <c r="F976" s="1" t="s">
-        <v>4333</v>
+        <v>4337</v>
       </c>
     </row>
     <row r="977" spans="1:6">
       <c r="A977" s="1" t="s">
-        <v>4334</v>
+        <v>4338</v>
       </c>
       <c r="B977" s="1"/>
       <c r="C977" s="1" t="s">
-        <v>4326</v>
+        <v>4334</v>
       </c>
       <c r="D977" s="1" t="s">
-        <v>4335</v>
+        <v>4339</v>
       </c>
       <c r="E977" s="1" t="s">
-        <v>4336</v>
+        <v>4340</v>
       </c>
       <c r="F977" s="1"/>
     </row>
     <row r="978" spans="1:6">
       <c r="A978" s="1" t="s">
-        <v>4337</v>
-[...3 lines deleted...]
-      </c>
+        <v>4341</v>
+      </c>
+      <c r="B978" s="1"/>
       <c r="C978" s="1" t="s">
-        <v>4339</v>
+        <v>4334</v>
       </c>
       <c r="D978" s="1" t="s">
-        <v>4340</v>
+        <v>263</v>
       </c>
       <c r="E978" s="1" t="s">
-        <v>4341</v>
+        <v>4342</v>
       </c>
       <c r="F978" s="1" t="s">
-        <v>4342</v>
+        <v>265</v>
       </c>
     </row>
     <row r="979" spans="1:6">
       <c r="A979" s="1" t="s">
         <v>4343</v>
       </c>
       <c r="B979" s="1" t="s">
         <v>4344</v>
       </c>
       <c r="C979" s="1" t="s">
-        <v>4339</v>
+        <v>4334</v>
       </c>
       <c r="D979" s="1" t="s">
         <v>4345</v>
       </c>
       <c r="E979" s="1" t="s">
         <v>4346</v>
       </c>
       <c r="F979" s="1" t="s">
         <v>4347</v>
       </c>
     </row>
     <row r="980" spans="1:6">
       <c r="A980" s="1" t="s">
         <v>4348</v>
       </c>
       <c r="B980" s="1" t="s">
         <v>4349</v>
       </c>
       <c r="C980" s="1" t="s">
         <v>4350</v>
       </c>
       <c r="D980" s="1" t="s">
         <v>4351</v>
       </c>
       <c r="E980" s="1" t="s">
         <v>4352</v>
       </c>
-      <c r="F980" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F980" s="1"/>
     </row>
     <row r="981" spans="1:6">
       <c r="A981" s="1" t="s">
+        <v>4353</v>
+      </c>
+      <c r="B981" s="1" t="s">
         <v>4354</v>
       </c>
-      <c r="B981" s="1"/>
       <c r="C981" s="1" t="s">
         <v>4350</v>
       </c>
       <c r="D981" s="1" t="s">
         <v>4355</v>
       </c>
       <c r="E981" s="1" t="s">
         <v>4356</v>
       </c>
-      <c r="F981" s="1"/>
+      <c r="F981" s="1" t="s">
+        <v>4357</v>
+      </c>
     </row>
     <row r="982" spans="1:6">
       <c r="A982" s="1" t="s">
-        <v>4357</v>
+        <v>4358</v>
       </c>
       <c r="B982" s="1" t="s">
-        <v>4358</v>
+        <v>4359</v>
       </c>
       <c r="C982" s="1" t="s">
-        <v>4359</v>
+        <v>4360</v>
       </c>
       <c r="D982" s="1" t="s">
-        <v>4360</v>
+        <v>4361</v>
       </c>
       <c r="E982" s="1" t="s">
-        <v>3058</v>
-[...1 lines deleted...]
-      <c r="F982" s="1"/>
+        <v>4362</v>
+      </c>
+      <c r="F982" s="1" t="s">
+        <v>4363</v>
+      </c>
     </row>
     <row r="983" spans="1:6">
       <c r="A983" s="1" t="s">
-        <v>4361</v>
+        <v>4364</v>
       </c>
       <c r="B983" s="1" t="s">
-        <v>4362</v>
+        <v>4365</v>
       </c>
       <c r="C983" s="1" t="s">
-        <v>4363</v>
+        <v>4360</v>
       </c>
       <c r="D983" s="1" t="s">
-        <v>4364</v>
+        <v>4366</v>
       </c>
       <c r="E983" s="1" t="s">
-        <v>4365</v>
-[...1 lines deleted...]
-      <c r="F983" s="1"/>
+        <v>4367</v>
+      </c>
+      <c r="F983" s="1" t="s">
+        <v>4368</v>
+      </c>
     </row>
     <row r="984" spans="1:6">
       <c r="A984" s="1" t="s">
-        <v>4366</v>
+        <v>4369</v>
       </c>
       <c r="B984" s="1" t="s">
-        <v>4367</v>
+        <v>4370</v>
       </c>
       <c r="C984" s="1" t="s">
-        <v>4368</v>
+        <v>4371</v>
       </c>
       <c r="D984" s="1" t="s">
-        <v>4369</v>
+        <v>4372</v>
       </c>
       <c r="E984" s="1" t="s">
-        <v>4370</v>
-[...1 lines deleted...]
-      <c r="F984" s="1"/>
+        <v>4373</v>
+      </c>
+      <c r="F984" s="1" t="s">
+        <v>4374</v>
+      </c>
     </row>
     <row r="985" spans="1:6">
       <c r="A985" s="1" t="s">
+        <v>4375</v>
+      </c>
+      <c r="B985" s="1"/>
+      <c r="C985" s="1" t="s">
         <v>4371</v>
       </c>
-      <c r="B985" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D985" s="1" t="s">
-        <v>4372</v>
+        <v>4376</v>
       </c>
       <c r="E985" s="1" t="s">
-        <v>4373</v>
-[...3 lines deleted...]
-      </c>
+        <v>4377</v>
+      </c>
+      <c r="F985" s="1"/>
     </row>
     <row r="986" spans="1:6">
       <c r="A986" s="1" t="s">
-        <v>4375</v>
-[...1 lines deleted...]
-      <c r="B986" s="1"/>
+        <v>4378</v>
+      </c>
+      <c r="B986" s="1" t="s">
+        <v>4379</v>
+      </c>
       <c r="C986" s="1" t="s">
-        <v>4376</v>
+        <v>4380</v>
       </c>
       <c r="D986" s="1" t="s">
-        <v>4377</v>
+        <v>4381</v>
       </c>
       <c r="E986" s="1" t="s">
-        <v>2479</v>
+        <v>3078</v>
       </c>
       <c r="F986" s="1"/>
     </row>
     <row r="987" spans="1:6">
       <c r="A987" s="1" t="s">
-        <v>4378</v>
-[...1 lines deleted...]
-      <c r="B987" s="1"/>
+        <v>4382</v>
+      </c>
+      <c r="B987" s="1" t="s">
+        <v>4383</v>
+      </c>
       <c r="C987" s="1" t="s">
-        <v>4376</v>
+        <v>4384</v>
       </c>
       <c r="D987" s="1" t="s">
-        <v>2420</v>
+        <v>4385</v>
       </c>
       <c r="E987" s="1" t="s">
-        <v>4379</v>
+        <v>4386</v>
       </c>
       <c r="F987" s="1"/>
     </row>
     <row r="988" spans="1:6">
       <c r="A988" s="1" t="s">
-        <v>4380</v>
+        <v>4387</v>
       </c>
       <c r="B988" s="1" t="s">
-        <v>4381</v>
+        <v>4388</v>
       </c>
       <c r="C988" s="1" t="s">
-        <v>4382</v>
+        <v>4389</v>
       </c>
       <c r="D988" s="1" t="s">
-        <v>4383</v>
+        <v>4390</v>
       </c>
       <c r="E988" s="1" t="s">
-        <v>4384</v>
-[...3 lines deleted...]
-      </c>
+        <v>4391</v>
+      </c>
+      <c r="F988" s="1"/>
     </row>
     <row r="989" spans="1:6">
       <c r="A989" s="1" t="s">
-        <v>4386</v>
+        <v>4392</v>
       </c>
       <c r="B989" s="1" t="s">
-        <v>4387</v>
+        <v>4388</v>
       </c>
       <c r="C989" s="1" t="s">
-        <v>4388</v>
+        <v>4389</v>
       </c>
       <c r="D989" s="1" t="s">
-        <v>4389</v>
+        <v>4393</v>
       </c>
       <c r="E989" s="1" t="s">
-        <v>4390</v>
-[...1 lines deleted...]
-      <c r="F989" s="1"/>
+        <v>4394</v>
+      </c>
+      <c r="F989" s="1" t="s">
+        <v>4395</v>
+      </c>
     </row>
     <row r="990" spans="1:6">
       <c r="A990" s="1" t="s">
-        <v>4391</v>
-[...3 lines deleted...]
-      </c>
+        <v>4396</v>
+      </c>
+      <c r="B990" s="1"/>
       <c r="C990" s="1" t="s">
-        <v>4393</v>
+        <v>4397</v>
       </c>
       <c r="D990" s="1" t="s">
-        <v>4394</v>
+        <v>4398</v>
       </c>
       <c r="E990" s="1" t="s">
-        <v>4395</v>
-[...3 lines deleted...]
-      </c>
+        <v>2495</v>
+      </c>
+      <c r="F990" s="1"/>
     </row>
     <row r="991" spans="1:6">
       <c r="A991" s="1" t="s">
+        <v>4399</v>
+      </c>
+      <c r="B991" s="1"/>
+      <c r="C991" s="1" t="s">
         <v>4397</v>
       </c>
-      <c r="B991" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D991" s="1" t="s">
-        <v>4399</v>
+        <v>2436</v>
       </c>
       <c r="E991" s="1" t="s">
         <v>4400</v>
       </c>
       <c r="F991" s="1"/>
     </row>
     <row r="992" spans="1:6">
       <c r="A992" s="1" t="s">
         <v>4401</v>
       </c>
       <c r="B992" s="1" t="s">
         <v>4402</v>
       </c>
       <c r="C992" s="1" t="s">
-        <v>4393</v>
+        <v>4403</v>
       </c>
       <c r="D992" s="1" t="s">
-        <v>4403</v>
+        <v>4404</v>
       </c>
       <c r="E992" s="1" t="s">
-        <v>4404</v>
-[...1 lines deleted...]
-      <c r="F992" s="1"/>
+        <v>4405</v>
+      </c>
+      <c r="F992" s="1" t="s">
+        <v>4406</v>
+      </c>
     </row>
     <row r="993" spans="1:6">
       <c r="A993" s="1" t="s">
-        <v>4405</v>
+        <v>4407</v>
       </c>
       <c r="B993" s="1" t="s">
-        <v>4406</v>
+        <v>4408</v>
       </c>
       <c r="C993" s="1" t="s">
-        <v>4393</v>
+        <v>4409</v>
       </c>
       <c r="D993" s="1" t="s">
-        <v>4407</v>
+        <v>4410</v>
       </c>
       <c r="E993" s="1" t="s">
-        <v>4408</v>
-[...3 lines deleted...]
-      </c>
+        <v>4411</v>
+      </c>
+      <c r="F993" s="1"/>
     </row>
     <row r="994" spans="1:6">
       <c r="A994" s="1" t="s">
-        <v>4410</v>
+        <v>4412</v>
       </c>
       <c r="B994" s="1" t="s">
-        <v>4411</v>
+        <v>4413</v>
       </c>
       <c r="C994" s="1" t="s">
-        <v>4393</v>
+        <v>4414</v>
       </c>
       <c r="D994" s="1" t="s">
-        <v>4412</v>
+        <v>4415</v>
       </c>
       <c r="E994" s="1" t="s">
-        <v>4413</v>
+        <v>4416</v>
       </c>
       <c r="F994" s="1" t="s">
-        <v>4414</v>
+        <v>4417</v>
       </c>
     </row>
     <row r="995" spans="1:6">
       <c r="A995" s="1" t="s">
-        <v>4415</v>
-[...1 lines deleted...]
-      <c r="B995" s="1"/>
+        <v>4418</v>
+      </c>
+      <c r="B995" s="1" t="s">
+        <v>4419</v>
+      </c>
       <c r="C995" s="1" t="s">
-        <v>4393</v>
+        <v>4414</v>
       </c>
       <c r="D995" s="1" t="s">
-        <v>4416</v>
+        <v>4420</v>
       </c>
       <c r="E995" s="1" t="s">
-        <v>4417</v>
+        <v>4421</v>
       </c>
       <c r="F995" s="1"/>
     </row>
     <row r="996" spans="1:6">
       <c r="A996" s="1" t="s">
-        <v>4418</v>
-[...1 lines deleted...]
-      <c r="B996" s="1"/>
+        <v>4422</v>
+      </c>
+      <c r="B996" s="1" t="s">
+        <v>4423</v>
+      </c>
       <c r="C996" s="1" t="s">
-        <v>4393</v>
+        <v>4414</v>
       </c>
       <c r="D996" s="1" t="s">
-        <v>4419</v>
+        <v>4424</v>
       </c>
       <c r="E996" s="1" t="s">
-        <v>4420</v>
-[...3 lines deleted...]
-      </c>
+        <v>4425</v>
+      </c>
+      <c r="F996" s="1"/>
     </row>
     <row r="997" spans="1:6">
       <c r="A997" s="1" t="s">
-        <v>4422</v>
-[...1 lines deleted...]
-      <c r="B997" s="1"/>
+        <v>4426</v>
+      </c>
+      <c r="B997" s="1" t="s">
+        <v>4427</v>
+      </c>
       <c r="C997" s="1" t="s">
-        <v>4393</v>
+        <v>4414</v>
       </c>
       <c r="D997" s="1" t="s">
-        <v>257</v>
+        <v>4428</v>
       </c>
       <c r="E997" s="1" t="s">
-        <v>4423</v>
+        <v>4429</v>
       </c>
       <c r="F997" s="1" t="s">
-        <v>387</v>
+        <v>4430</v>
       </c>
     </row>
     <row r="998" spans="1:6">
       <c r="A998" s="1" t="s">
-        <v>4424</v>
-[...1 lines deleted...]
-      <c r="B998" s="1"/>
+        <v>4431</v>
+      </c>
+      <c r="B998" s="1" t="s">
+        <v>4432</v>
+      </c>
       <c r="C998" s="1" t="s">
-        <v>4393</v>
+        <v>4414</v>
       </c>
       <c r="D998" s="1" t="s">
-        <v>257</v>
+        <v>4433</v>
       </c>
       <c r="E998" s="1" t="s">
-        <v>4425</v>
+        <v>4434</v>
       </c>
       <c r="F998" s="1" t="s">
-        <v>387</v>
+        <v>4435</v>
       </c>
     </row>
     <row r="999" spans="1:6">
       <c r="A999" s="1" t="s">
-        <v>4426</v>
+        <v>4436</v>
       </c>
       <c r="B999" s="1"/>
       <c r="C999" s="1" t="s">
-        <v>4393</v>
+        <v>4414</v>
       </c>
       <c r="D999" s="1" t="s">
-        <v>257</v>
+        <v>4437</v>
       </c>
       <c r="E999" s="1" t="s">
-        <v>4427</v>
-[...3 lines deleted...]
-      </c>
+        <v>4438</v>
+      </c>
+      <c r="F999" s="1"/>
     </row>
     <row r="1000" spans="1:6">
       <c r="A1000" s="1" t="s">
-        <v>4428</v>
+        <v>4439</v>
       </c>
       <c r="B1000" s="1"/>
       <c r="C1000" s="1" t="s">
-        <v>4393</v>
+        <v>4414</v>
       </c>
       <c r="D1000" s="1" t="s">
-        <v>4429</v>
+        <v>4440</v>
       </c>
       <c r="E1000" s="1" t="s">
-        <v>4430</v>
-[...1 lines deleted...]
-      <c r="F1000" s="1"/>
+        <v>4441</v>
+      </c>
+      <c r="F1000" s="1" t="s">
+        <v>4442</v>
+      </c>
     </row>
     <row r="1001" spans="1:6">
       <c r="A1001" s="1" t="s">
-        <v>4431</v>
+        <v>4443</v>
       </c>
       <c r="B1001" s="1"/>
       <c r="C1001" s="1" t="s">
-        <v>4393</v>
+        <v>4414</v>
       </c>
       <c r="D1001" s="1" t="s">
-        <v>4432</v>
+        <v>263</v>
       </c>
       <c r="E1001" s="1" t="s">
-        <v>4433</v>
-[...1 lines deleted...]
-      <c r="F1001" s="1"/>
+        <v>4444</v>
+      </c>
+      <c r="F1001" s="1" t="s">
+        <v>397</v>
+      </c>
     </row>
     <row r="1002" spans="1:6">
       <c r="A1002" s="1" t="s">
-        <v>4434</v>
+        <v>4445</v>
       </c>
       <c r="B1002" s="1"/>
       <c r="C1002" s="1" t="s">
-        <v>4393</v>
+        <v>4414</v>
       </c>
       <c r="D1002" s="1" t="s">
-        <v>4435</v>
+        <v>263</v>
       </c>
       <c r="E1002" s="1" t="s">
-        <v>4436</v>
-[...1 lines deleted...]
-      <c r="F1002" s="1"/>
+        <v>4446</v>
+      </c>
+      <c r="F1002" s="1" t="s">
+        <v>397</v>
+      </c>
     </row>
     <row r="1003" spans="1:6">
       <c r="A1003" s="1" t="s">
-        <v>4437</v>
+        <v>4447</v>
       </c>
       <c r="B1003" s="1"/>
       <c r="C1003" s="1" t="s">
-        <v>4393</v>
+        <v>4414</v>
       </c>
       <c r="D1003" s="1" t="s">
-        <v>4438</v>
+        <v>263</v>
       </c>
       <c r="E1003" s="1" t="s">
-        <v>4439</v>
-[...1 lines deleted...]
-      <c r="F1003" s="1"/>
+        <v>4448</v>
+      </c>
+      <c r="F1003" s="1" t="s">
+        <v>397</v>
+      </c>
     </row>
     <row r="1004" spans="1:6">
       <c r="A1004" s="1" t="s">
-        <v>4440</v>
+        <v>4449</v>
       </c>
       <c r="B1004" s="1"/>
       <c r="C1004" s="1" t="s">
-        <v>4393</v>
+        <v>4414</v>
       </c>
       <c r="D1004" s="1" t="s">
-        <v>4441</v>
+        <v>4450</v>
       </c>
       <c r="E1004" s="1" t="s">
-        <v>4442</v>
+        <v>4451</v>
       </c>
       <c r="F1004" s="1"/>
     </row>
     <row r="1005" spans="1:6">
       <c r="A1005" s="1" t="s">
-        <v>4443</v>
+        <v>4452</v>
       </c>
       <c r="B1005" s="1"/>
       <c r="C1005" s="1" t="s">
-        <v>4393</v>
+        <v>4414</v>
       </c>
       <c r="D1005" s="1" t="s">
-        <v>4444</v>
+        <v>4453</v>
       </c>
       <c r="E1005" s="1" t="s">
-        <v>4445</v>
+        <v>4454</v>
       </c>
       <c r="F1005" s="1"/>
     </row>
     <row r="1006" spans="1:6">
       <c r="A1006" s="1" t="s">
-        <v>4446</v>
+        <v>4455</v>
       </c>
       <c r="B1006" s="1"/>
       <c r="C1006" s="1" t="s">
-        <v>4393</v>
+        <v>4414</v>
       </c>
       <c r="D1006" s="1" t="s">
-        <v>4447</v>
+        <v>4456</v>
       </c>
       <c r="E1006" s="1" t="s">
-        <v>4448</v>
+        <v>4457</v>
       </c>
       <c r="F1006" s="1"/>
     </row>
     <row r="1007" spans="1:6">
       <c r="A1007" s="1" t="s">
-        <v>4449</v>
+        <v>4458</v>
       </c>
       <c r="B1007" s="1"/>
       <c r="C1007" s="1" t="s">
-        <v>4393</v>
+        <v>4414</v>
       </c>
       <c r="D1007" s="1" t="s">
-        <v>4450</v>
+        <v>4459</v>
       </c>
       <c r="E1007" s="1" t="s">
-        <v>4451</v>
+        <v>4460</v>
       </c>
       <c r="F1007" s="1"/>
     </row>
     <row r="1008" spans="1:6">
       <c r="A1008" s="1" t="s">
-        <v>4452</v>
+        <v>4461</v>
       </c>
       <c r="B1008" s="1"/>
       <c r="C1008" s="1" t="s">
-        <v>4393</v>
+        <v>4414</v>
       </c>
       <c r="D1008" s="1" t="s">
-        <v>4453</v>
+        <v>4462</v>
       </c>
       <c r="E1008" s="1" t="s">
-        <v>4454</v>
+        <v>4463</v>
       </c>
       <c r="F1008" s="1"/>
     </row>
     <row r="1009" spans="1:6">
       <c r="A1009" s="1" t="s">
-        <v>4455</v>
-[...3 lines deleted...]
-      </c>
+        <v>4464</v>
+      </c>
+      <c r="B1009" s="1"/>
       <c r="C1009" s="1" t="s">
-        <v>4393</v>
+        <v>4414</v>
       </c>
       <c r="D1009" s="1" t="s">
-        <v>4457</v>
+        <v>4465</v>
       </c>
       <c r="E1009" s="1" t="s">
-        <v>4458</v>
-[...3 lines deleted...]
-      </c>
+        <v>4466</v>
+      </c>
+      <c r="F1009" s="1"/>
     </row>
     <row r="1010" spans="1:6">
       <c r="A1010" s="1" t="s">
-        <v>4460</v>
-[...3 lines deleted...]
-      </c>
+        <v>4467</v>
+      </c>
+      <c r="B1010" s="1"/>
       <c r="C1010" s="1" t="s">
-        <v>4393</v>
+        <v>4414</v>
       </c>
       <c r="D1010" s="1" t="s">
-        <v>4462</v>
+        <v>4468</v>
       </c>
       <c r="E1010" s="1" t="s">
-        <v>4463</v>
-[...3 lines deleted...]
-      </c>
+        <v>4469</v>
+      </c>
+      <c r="F1010" s="1"/>
     </row>
     <row r="1011" spans="1:6">
       <c r="A1011" s="1" t="s">
-        <v>4465</v>
-[...3 lines deleted...]
-      </c>
+        <v>4470</v>
+      </c>
+      <c r="B1011" s="1"/>
       <c r="C1011" s="1" t="s">
-        <v>4393</v>
+        <v>4414</v>
       </c>
       <c r="D1011" s="1" t="s">
-        <v>4467</v>
+        <v>4471</v>
       </c>
       <c r="E1011" s="1" t="s">
-        <v>4468</v>
-[...3 lines deleted...]
-      </c>
+        <v>4472</v>
+      </c>
+      <c r="F1011" s="1"/>
     </row>
     <row r="1012" spans="1:6">
       <c r="A1012" s="1" t="s">
-        <v>4470</v>
-[...3 lines deleted...]
-      </c>
+        <v>4473</v>
+      </c>
+      <c r="B1012" s="1"/>
       <c r="C1012" s="1" t="s">
-        <v>4393</v>
+        <v>4414</v>
       </c>
       <c r="D1012" s="1" t="s">
-        <v>4472</v>
+        <v>4474</v>
       </c>
       <c r="E1012" s="1" t="s">
-        <v>4473</v>
-[...3 lines deleted...]
-      </c>
+        <v>4475</v>
+      </c>
+      <c r="F1012" s="1"/>
     </row>
     <row r="1013" spans="1:6">
       <c r="A1013" s="1" t="s">
-        <v>4475</v>
+        <v>4476</v>
       </c>
       <c r="B1013" s="1" t="s">
-        <v>4476</v>
+        <v>4477</v>
       </c>
       <c r="C1013" s="1" t="s">
-        <v>4393</v>
+        <v>4414</v>
       </c>
       <c r="D1013" s="1" t="s">
-        <v>4477</v>
+        <v>4478</v>
       </c>
       <c r="E1013" s="1" t="s">
-        <v>4478</v>
+        <v>4479</v>
       </c>
       <c r="F1013" s="1" t="s">
-        <v>4479</v>
+        <v>4480</v>
       </c>
     </row>
     <row r="1014" spans="1:6">
       <c r="A1014" s="1" t="s">
-        <v>4480</v>
+        <v>4481</v>
       </c>
       <c r="B1014" s="1" t="s">
-        <v>4481</v>
+        <v>4482</v>
       </c>
       <c r="C1014" s="1" t="s">
-        <v>4393</v>
+        <v>4414</v>
       </c>
       <c r="D1014" s="1" t="s">
-        <v>4482</v>
+        <v>4483</v>
       </c>
       <c r="E1014" s="1" t="s">
-        <v>4483</v>
+        <v>4484</v>
       </c>
       <c r="F1014" s="1" t="s">
-        <v>4484</v>
+        <v>4485</v>
       </c>
     </row>
     <row r="1015" spans="1:6">
       <c r="A1015" s="1" t="s">
-        <v>4485</v>
+        <v>4486</v>
       </c>
       <c r="B1015" s="1" t="s">
-        <v>4486</v>
+        <v>4487</v>
       </c>
       <c r="C1015" s="1" t="s">
-        <v>4393</v>
+        <v>4414</v>
       </c>
       <c r="D1015" s="1" t="s">
-        <v>4487</v>
+        <v>4488</v>
       </c>
       <c r="E1015" s="1" t="s">
-        <v>4488</v>
+        <v>4489</v>
       </c>
       <c r="F1015" s="1" t="s">
-        <v>4489</v>
+        <v>4490</v>
       </c>
     </row>
     <row r="1016" spans="1:6">
       <c r="A1016" s="1" t="s">
-        <v>4490</v>
+        <v>4491</v>
       </c>
       <c r="B1016" s="1" t="s">
-        <v>4491</v>
+        <v>4492</v>
       </c>
       <c r="C1016" s="1" t="s">
-        <v>4492</v>
+        <v>4414</v>
       </c>
       <c r="D1016" s="1" t="s">
         <v>4493</v>
       </c>
       <c r="E1016" s="1" t="s">
         <v>4494</v>
       </c>
-      <c r="F1016" s="1"/>
+      <c r="F1016" s="1" t="s">
+        <v>4495</v>
+      </c>
     </row>
     <row r="1017" spans="1:6">
       <c r="A1017" s="1" t="s">
-        <v>4495</v>
+        <v>4496</v>
       </c>
       <c r="B1017" s="1" t="s">
-        <v>4496</v>
+        <v>4497</v>
       </c>
       <c r="C1017" s="1" t="s">
-        <v>4497</v>
+        <v>4414</v>
       </c>
       <c r="D1017" s="1" t="s">
         <v>4498</v>
       </c>
       <c r="E1017" s="1" t="s">
         <v>4499</v>
       </c>
-      <c r="F1017" s="1"/>
+      <c r="F1017" s="1" t="s">
+        <v>4500</v>
+      </c>
     </row>
     <row r="1018" spans="1:6">
       <c r="A1018" s="1" t="s">
-        <v>4500</v>
+        <v>4501</v>
       </c>
       <c r="B1018" s="1" t="s">
-        <v>4496</v>
+        <v>4502</v>
       </c>
       <c r="C1018" s="1" t="s">
-        <v>4497</v>
+        <v>4414</v>
       </c>
       <c r="D1018" s="1" t="s">
-        <v>4501</v>
+        <v>4503</v>
       </c>
       <c r="E1018" s="1" t="s">
-        <v>4502</v>
+        <v>4504</v>
       </c>
       <c r="F1018" s="1" t="s">
-        <v>4503</v>
+        <v>4505</v>
       </c>
     </row>
     <row r="1019" spans="1:6">
       <c r="A1019" s="1" t="s">
-        <v>4504</v>
+        <v>4506</v>
       </c>
       <c r="B1019" s="1" t="s">
-        <v>4496</v>
+        <v>4507</v>
       </c>
       <c r="C1019" s="1" t="s">
-        <v>4497</v>
+        <v>4414</v>
       </c>
       <c r="D1019" s="1" t="s">
-        <v>4501</v>
+        <v>4508</v>
       </c>
       <c r="E1019" s="1" t="s">
-        <v>4502</v>
+        <v>4509</v>
       </c>
       <c r="F1019" s="1" t="s">
-        <v>4503</v>
+        <v>4510</v>
       </c>
     </row>
     <row r="1020" spans="1:6">
       <c r="A1020" s="1" t="s">
-        <v>4505</v>
+        <v>4511</v>
       </c>
       <c r="B1020" s="1" t="s">
-        <v>4506</v>
+        <v>4512</v>
       </c>
       <c r="C1020" s="1" t="s">
-        <v>4497</v>
+        <v>4414</v>
       </c>
       <c r="D1020" s="1" t="s">
-        <v>4507</v>
+        <v>4513</v>
       </c>
       <c r="E1020" s="1" t="s">
-        <v>4508</v>
+        <v>4514</v>
       </c>
       <c r="F1020" s="1" t="s">
-        <v>4503</v>
+        <v>4515</v>
       </c>
     </row>
     <row r="1021" spans="1:6">
       <c r="A1021" s="1" t="s">
-        <v>4509</v>
+        <v>4511</v>
       </c>
       <c r="B1021" s="1" t="s">
-        <v>4510</v>
+        <v>4512</v>
       </c>
       <c r="C1021" s="1" t="s">
-        <v>4497</v>
+        <v>4414</v>
       </c>
       <c r="D1021" s="1" t="s">
-        <v>4511</v>
+        <v>4513</v>
       </c>
       <c r="E1021" s="1" t="s">
-        <v>4502</v>
+        <v>4516</v>
       </c>
       <c r="F1021" s="1" t="s">
-        <v>4512</v>
+        <v>4515</v>
       </c>
     </row>
     <row r="1022" spans="1:6">
       <c r="A1022" s="1" t="s">
-        <v>4513</v>
+        <v>4517</v>
       </c>
       <c r="B1022" s="1" t="s">
-        <v>4514</v>
+        <v>4518</v>
       </c>
       <c r="C1022" s="1" t="s">
-        <v>4515</v>
+        <v>4519</v>
       </c>
       <c r="D1022" s="1" t="s">
-        <v>4516</v>
+        <v>4520</v>
       </c>
       <c r="E1022" s="1" t="s">
-        <v>4517</v>
+        <v>4521</v>
       </c>
       <c r="F1022" s="1"/>
     </row>
     <row r="1023" spans="1:6">
       <c r="A1023" s="1" t="s">
-        <v>4518</v>
-[...1 lines deleted...]
-      <c r="B1023" s="1"/>
+        <v>4522</v>
+      </c>
+      <c r="B1023" s="1" t="s">
+        <v>4523</v>
+      </c>
       <c r="C1023" s="1" t="s">
-        <v>4519</v>
+        <v>4524</v>
       </c>
       <c r="D1023" s="1" t="s">
-        <v>4520</v>
+        <v>4525</v>
       </c>
       <c r="E1023" s="1" t="s">
-        <v>4521</v>
+        <v>4526</v>
       </c>
       <c r="F1023" s="1"/>
     </row>
     <row r="1024" spans="1:6">
       <c r="A1024" s="1" t="s">
-        <v>4522</v>
-[...1 lines deleted...]
-      <c r="B1024" s="1"/>
+        <v>4527</v>
+      </c>
+      <c r="B1024" s="1" t="s">
+        <v>4523</v>
+      </c>
       <c r="C1024" s="1" t="s">
-        <v>4519</v>
+        <v>4524</v>
       </c>
       <c r="D1024" s="1" t="s">
-        <v>4523</v>
+        <v>4528</v>
       </c>
       <c r="E1024" s="1" t="s">
-        <v>4524</v>
+        <v>4529</v>
       </c>
       <c r="F1024" s="1" t="s">
-        <v>4525</v>
+        <v>4530</v>
       </c>
     </row>
     <row r="1025" spans="1:6">
       <c r="A1025" s="1" t="s">
-        <v>4526</v>
+        <v>4531</v>
       </c>
       <c r="B1025" s="1" t="s">
-        <v>4527</v>
+        <v>4523</v>
       </c>
       <c r="C1025" s="1" t="s">
+        <v>4524</v>
+      </c>
+      <c r="D1025" s="1" t="s">
         <v>4528</v>
       </c>
-      <c r="D1025" s="1" t="s">
+      <c r="E1025" s="1" t="s">
         <v>4529</v>
       </c>
-      <c r="E1025" s="1" t="s">
+      <c r="F1025" s="1" t="s">
         <v>4530</v>
-      </c>
-[...1 lines deleted...]
-        <v>4531</v>
       </c>
     </row>
     <row r="1026" spans="1:6">
       <c r="A1026" s="1" t="s">
         <v>4532</v>
       </c>
-      <c r="B1026" s="1"/>
+      <c r="B1026" s="1" t="s">
+        <v>4533</v>
+      </c>
       <c r="C1026" s="1" t="s">
-        <v>4528</v>
+        <v>4524</v>
       </c>
       <c r="D1026" s="1" t="s">
-        <v>257</v>
+        <v>4534</v>
       </c>
       <c r="E1026" s="1" t="s">
-        <v>4533</v>
+        <v>4535</v>
       </c>
       <c r="F1026" s="1" t="s">
-        <v>259</v>
+        <v>4530</v>
       </c>
     </row>
     <row r="1027" spans="1:6">
       <c r="A1027" s="1" t="s">
-        <v>4534</v>
+        <v>4536</v>
       </c>
       <c r="B1027" s="1" t="s">
-        <v>4535</v>
+        <v>4537</v>
       </c>
       <c r="C1027" s="1" t="s">
-        <v>4528</v>
+        <v>4524</v>
       </c>
       <c r="D1027" s="1" t="s">
-        <v>4536</v>
+        <v>4538</v>
       </c>
       <c r="E1027" s="1" t="s">
-        <v>4537</v>
+        <v>4529</v>
       </c>
       <c r="F1027" s="1" t="s">
-        <v>4538</v>
+        <v>4539</v>
       </c>
     </row>
     <row r="1028" spans="1:6">
       <c r="A1028" s="1" t="s">
-        <v>4539</v>
+        <v>4540</v>
       </c>
       <c r="B1028" s="1" t="s">
-        <v>4540</v>
+        <v>4541</v>
       </c>
       <c r="C1028" s="1" t="s">
-        <v>4541</v>
+        <v>4542</v>
       </c>
       <c r="D1028" s="1" t="s">
-        <v>4542</v>
+        <v>4543</v>
       </c>
       <c r="E1028" s="1" t="s">
-        <v>4543</v>
-[...1 lines deleted...]
-      <c r="F1028" s="1" t="s">
         <v>4544</v>
       </c>
+      <c r="F1028" s="1"/>
     </row>
     <row r="1029" spans="1:6">
       <c r="A1029" s="1" t="s">
         <v>4545</v>
       </c>
-      <c r="B1029" s="1" t="s">
+      <c r="B1029" s="1"/>
+      <c r="C1029" s="1" t="s">
         <v>4546</v>
       </c>
-      <c r="C1029" s="1" t="s">
+      <c r="D1029" s="1" t="s">
         <v>4547</v>
       </c>
-      <c r="D1029" s="1" t="s">
+      <c r="E1029" s="1" t="s">
         <v>4548</v>
-      </c>
-[...1 lines deleted...]
-        <v>4549</v>
       </c>
       <c r="F1029" s="1"/>
     </row>
     <row r="1030" spans="1:6">
       <c r="A1030" s="1" t="s">
+        <v>4549</v>
+      </c>
+      <c r="B1030" s="1"/>
+      <c r="C1030" s="1" t="s">
+        <v>4546</v>
+      </c>
+      <c r="D1030" s="1" t="s">
         <v>4550</v>
       </c>
-      <c r="B1030" s="1" t="s">
+      <c r="E1030" s="1" t="s">
         <v>4551</v>
       </c>
-      <c r="C1030" s="1" t="s">
+      <c r="F1030" s="1" t="s">
         <v>4552</v>
       </c>
-      <c r="D1030" s="1" t="s">
-[...5 lines deleted...]
-      <c r="F1030" s="1"/>
     </row>
     <row r="1031" spans="1:6">
       <c r="A1031" s="1" t="s">
+        <v>4553</v>
+      </c>
+      <c r="B1031" s="1" t="s">
+        <v>4554</v>
+      </c>
+      <c r="C1031" s="1" t="s">
         <v>4555</v>
       </c>
-      <c r="B1031" s="1" t="s">
+      <c r="D1031" s="1" t="s">
         <v>4556</v>
       </c>
-      <c r="C1031" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D1031" s="1" t="s">
+      <c r="E1031" s="1" t="s">
         <v>4557</v>
       </c>
-      <c r="E1031" s="1" t="s">
+      <c r="F1031" s="1" t="s">
         <v>4558</v>
-      </c>
-[...1 lines deleted...]
-        <v>4559</v>
       </c>
     </row>
     <row r="1032" spans="1:6">
       <c r="A1032" s="1" t="s">
-        <v>4560</v>
+        <v>4559</v>
       </c>
       <c r="B1032" s="1"/>
       <c r="C1032" s="1" t="s">
-        <v>4552</v>
-[...1 lines deleted...]
-      <c r="D1032" s="1"/>
+        <v>4555</v>
+      </c>
+      <c r="D1032" s="1" t="s">
+        <v>263</v>
+      </c>
       <c r="E1032" s="1" t="s">
-        <v>4561</v>
-[...1 lines deleted...]
-      <c r="F1032" s="1"/>
+        <v>4560</v>
+      </c>
+      <c r="F1032" s="1" t="s">
+        <v>265</v>
+      </c>
     </row>
     <row r="1033" spans="1:6">
       <c r="A1033" s="1" t="s">
+        <v>4561</v>
+      </c>
+      <c r="B1033" s="1" t="s">
         <v>4562</v>
       </c>
-      <c r="B1033" s="1"/>
       <c r="C1033" s="1" t="s">
-        <v>4552</v>
+        <v>4555</v>
       </c>
       <c r="D1033" s="1" t="s">
         <v>4563</v>
       </c>
       <c r="E1033" s="1" t="s">
         <v>4564</v>
       </c>
-      <c r="F1033" s="1"/>
+      <c r="F1033" s="1" t="s">
+        <v>4565</v>
+      </c>
     </row>
     <row r="1034" spans="1:6">
       <c r="A1034" s="1" t="s">
-        <v>4565</v>
+        <v>4566</v>
       </c>
       <c r="B1034" s="1" t="s">
-        <v>4566</v>
+        <v>4567</v>
       </c>
       <c r="C1034" s="1" t="s">
-        <v>4552</v>
+        <v>4568</v>
       </c>
       <c r="D1034" s="1" t="s">
-        <v>4567</v>
+        <v>4569</v>
       </c>
       <c r="E1034" s="1" t="s">
-        <v>4568</v>
+        <v>4570</v>
       </c>
       <c r="F1034" s="1" t="s">
-        <v>4569</v>
+        <v>4571</v>
       </c>
     </row>
     <row r="1035" spans="1:6">
       <c r="A1035" s="1" t="s">
-        <v>4570</v>
+        <v>4572</v>
       </c>
       <c r="B1035" s="1" t="s">
-        <v>4571</v>
+        <v>4573</v>
       </c>
       <c r="C1035" s="1" t="s">
-        <v>4572</v>
+        <v>4574</v>
       </c>
       <c r="D1035" s="1" t="s">
-        <v>4573</v>
+        <v>4575</v>
       </c>
       <c r="E1035" s="1" t="s">
-        <v>4574</v>
+        <v>4576</v>
       </c>
       <c r="F1035" s="1"/>
     </row>
     <row r="1036" spans="1:6">
       <c r="A1036" s="1" t="s">
-        <v>4575</v>
+        <v>4577</v>
       </c>
       <c r="B1036" s="1" t="s">
-        <v>4576</v>
+        <v>4578</v>
       </c>
       <c r="C1036" s="1" t="s">
-        <v>4577</v>
+        <v>4579</v>
       </c>
       <c r="D1036" s="1" t="s">
-        <v>4578</v>
+        <v>4580</v>
       </c>
       <c r="E1036" s="1" t="s">
-        <v>4579</v>
-[...3 lines deleted...]
-      </c>
+        <v>4581</v>
+      </c>
+      <c r="F1036" s="1"/>
     </row>
     <row r="1037" spans="1:6">
       <c r="A1037" s="1" t="s">
-        <v>4581</v>
+        <v>4582</v>
       </c>
       <c r="B1037" s="1" t="s">
-        <v>4582</v>
+        <v>4583</v>
       </c>
       <c r="C1037" s="1" t="s">
-        <v>4583</v>
+        <v>4579</v>
       </c>
       <c r="D1037" s="1" t="s">
         <v>4584</v>
       </c>
       <c r="E1037" s="1" t="s">
         <v>4585</v>
       </c>
-      <c r="F1037" s="1"/>
+      <c r="F1037" s="1" t="s">
+        <v>4586</v>
+      </c>
     </row>
     <row r="1038" spans="1:6">
       <c r="A1038" s="1" t="s">
-        <v>4586</v>
-[...1 lines deleted...]
-      <c r="B1038" s="1" t="s">
         <v>4587</v>
       </c>
+      <c r="B1038" s="1"/>
       <c r="C1038" s="1" t="s">
+        <v>4579</v>
+      </c>
+      <c r="D1038" s="1"/>
+      <c r="E1038" s="1" t="s">
         <v>4588</v>
       </c>
-      <c r="D1038" s="1" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="F1038" s="1"/>
     </row>
     <row r="1039" spans="1:6">
       <c r="A1039" s="1" t="s">
-        <v>4592</v>
-[...3 lines deleted...]
-      </c>
+        <v>4589</v>
+      </c>
+      <c r="B1039" s="1"/>
       <c r="C1039" s="1" t="s">
-        <v>4588</v>
+        <v>4579</v>
       </c>
       <c r="D1039" s="1" t="s">
-        <v>4594</v>
+        <v>4590</v>
       </c>
       <c r="E1039" s="1" t="s">
-        <v>4595</v>
-[...3 lines deleted...]
-      </c>
+        <v>4591</v>
+      </c>
+      <c r="F1039" s="1"/>
     </row>
     <row r="1040" spans="1:6">
       <c r="A1040" s="1" t="s">
-        <v>4597</v>
+        <v>4592</v>
       </c>
       <c r="B1040" s="1" t="s">
-        <v>4587</v>
+        <v>4593</v>
       </c>
       <c r="C1040" s="1" t="s">
-        <v>4588</v>
+        <v>4579</v>
       </c>
       <c r="D1040" s="1" t="s">
-        <v>4598</v>
+        <v>4594</v>
       </c>
       <c r="E1040" s="1" t="s">
-        <v>4599</v>
+        <v>4595</v>
       </c>
       <c r="F1040" s="1" t="s">
-        <v>4591</v>
+        <v>4596</v>
       </c>
     </row>
     <row r="1041" spans="1:6">
       <c r="A1041" s="1" t="s">
+        <v>4597</v>
+      </c>
+      <c r="B1041" s="1" t="s">
+        <v>4598</v>
+      </c>
+      <c r="C1041" s="1" t="s">
+        <v>4599</v>
+      </c>
+      <c r="D1041" s="1" t="s">
         <v>4600</v>
-      </c>
-[...5 lines deleted...]
-        <v>257</v>
       </c>
       <c r="E1041" s="1" t="s">
         <v>4601</v>
       </c>
-      <c r="F1041" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1041" s="1"/>
     </row>
     <row r="1042" spans="1:6">
       <c r="A1042" s="1" t="s">
         <v>4602</v>
       </c>
-      <c r="B1042" s="1"/>
+      <c r="B1042" s="1" t="s">
+        <v>4603</v>
+      </c>
       <c r="C1042" s="1" t="s">
-        <v>4588</v>
+        <v>4604</v>
       </c>
       <c r="D1042" s="1" t="s">
-        <v>257</v>
+        <v>4605</v>
       </c>
       <c r="E1042" s="1" t="s">
-        <v>4603</v>
+        <v>4606</v>
       </c>
       <c r="F1042" s="1" t="s">
-        <v>387</v>
+        <v>4607</v>
       </c>
     </row>
     <row r="1043" spans="1:6">
       <c r="A1043" s="1" t="s">
-        <v>4604</v>
+        <v>4608</v>
       </c>
       <c r="B1043" s="1" t="s">
-        <v>4605</v>
+        <v>4609</v>
       </c>
       <c r="C1043" s="1" t="s">
-        <v>4588</v>
+        <v>4610</v>
       </c>
       <c r="D1043" s="1" t="s">
-        <v>4606</v>
+        <v>4611</v>
       </c>
       <c r="E1043" s="1" t="s">
-        <v>4607</v>
-[...3 lines deleted...]
-      </c>
+        <v>4612</v>
+      </c>
+      <c r="F1043" s="1"/>
     </row>
     <row r="1044" spans="1:6">
       <c r="A1044" s="1" t="s">
-        <v>4609</v>
+        <v>4613</v>
       </c>
       <c r="B1044" s="1" t="s">
-        <v>4610</v>
+        <v>4614</v>
       </c>
       <c r="C1044" s="1" t="s">
-        <v>4588</v>
+        <v>4615</v>
       </c>
       <c r="D1044" s="1" t="s">
-        <v>4611</v>
+        <v>4616</v>
       </c>
       <c r="E1044" s="1" t="s">
-        <v>4612</v>
+        <v>4617</v>
       </c>
       <c r="F1044" s="1" t="s">
-        <v>4613</v>
+        <v>4618</v>
       </c>
     </row>
     <row r="1045" spans="1:6">
       <c r="A1045" s="1" t="s">
-        <v>4614</v>
+        <v>4619</v>
       </c>
       <c r="B1045" s="1" t="s">
+        <v>4620</v>
+      </c>
+      <c r="C1045" s="1" t="s">
         <v>4615</v>
       </c>
-      <c r="C1045" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D1045" s="1" t="s">
-        <v>4616</v>
+        <v>4621</v>
       </c>
       <c r="E1045" s="1" t="s">
-        <v>4617</v>
+        <v>4622</v>
       </c>
       <c r="F1045" s="1" t="s">
-        <v>4618</v>
+        <v>4623</v>
       </c>
     </row>
     <row r="1046" spans="1:6">
       <c r="A1046" s="1" t="s">
-        <v>4619</v>
+        <v>4624</v>
       </c>
       <c r="B1046" s="1" t="s">
-        <v>4620</v>
+        <v>4614</v>
       </c>
       <c r="C1046" s="1" t="s">
-        <v>4621</v>
+        <v>4615</v>
       </c>
       <c r="D1046" s="1" t="s">
-        <v>4622</v>
+        <v>4625</v>
       </c>
       <c r="E1046" s="1" t="s">
-        <v>4623</v>
-[...1 lines deleted...]
-      <c r="F1046" s="1"/>
+        <v>4626</v>
+      </c>
+      <c r="F1046" s="1" t="s">
+        <v>4618</v>
+      </c>
     </row>
     <row r="1047" spans="1:6">
       <c r="A1047" s="1" t="s">
-        <v>4624</v>
-[...3 lines deleted...]
-      </c>
+        <v>4627</v>
+      </c>
+      <c r="B1047" s="1"/>
       <c r="C1047" s="1" t="s">
-        <v>4621</v>
+        <v>4615</v>
       </c>
       <c r="D1047" s="1" t="s">
-        <v>4626</v>
+        <v>263</v>
       </c>
       <c r="E1047" s="1" t="s">
-        <v>4627</v>
+        <v>4628</v>
       </c>
       <c r="F1047" s="1" t="s">
-        <v>4628</v>
+        <v>397</v>
       </c>
     </row>
     <row r="1048" spans="1:6">
       <c r="A1048" s="1" t="s">
         <v>4629</v>
       </c>
       <c r="B1048" s="1"/>
       <c r="C1048" s="1" t="s">
-        <v>4621</v>
-[...1 lines deleted...]
-      <c r="D1048" s="1"/>
+        <v>4615</v>
+      </c>
+      <c r="D1048" s="1" t="s">
+        <v>263</v>
+      </c>
       <c r="E1048" s="1" t="s">
         <v>4630</v>
       </c>
-      <c r="F1048" s="1"/>
+      <c r="F1048" s="1" t="s">
+        <v>397</v>
+      </c>
     </row>
     <row r="1049" spans="1:6">
       <c r="A1049" s="1" t="s">
         <v>4631</v>
       </c>
       <c r="B1049" s="1" t="s">
         <v>4632</v>
       </c>
       <c r="C1049" s="1" t="s">
-        <v>4621</v>
+        <v>4615</v>
       </c>
       <c r="D1049" s="1" t="s">
         <v>4633</v>
       </c>
       <c r="E1049" s="1" t="s">
         <v>4634</v>
       </c>
       <c r="F1049" s="1" t="s">
         <v>4635</v>
       </c>
     </row>
     <row r="1050" spans="1:6">
       <c r="A1050" s="1" t="s">
         <v>4636</v>
       </c>
       <c r="B1050" s="1" t="s">
         <v>4637</v>
       </c>
       <c r="C1050" s="1" t="s">
-        <v>4621</v>
+        <v>4615</v>
       </c>
       <c r="D1050" s="1" t="s">
         <v>4638</v>
       </c>
       <c r="E1050" s="1" t="s">
         <v>4639</v>
       </c>
       <c r="F1050" s="1" t="s">
         <v>4640</v>
       </c>
     </row>
     <row r="1051" spans="1:6">
       <c r="A1051" s="1" t="s">
         <v>4641</v>
       </c>
-      <c r="B1051" s="1"/>
+      <c r="B1051" s="1" t="s">
+        <v>4642</v>
+      </c>
       <c r="C1051" s="1" t="s">
-        <v>4621</v>
+        <v>4615</v>
       </c>
       <c r="D1051" s="1" t="s">
-        <v>4642</v>
+        <v>4643</v>
       </c>
       <c r="E1051" s="1" t="s">
-        <v>4643</v>
-[...1 lines deleted...]
-      <c r="F1051" s="1"/>
+        <v>4644</v>
+      </c>
+      <c r="F1051" s="1" t="s">
+        <v>4645</v>
+      </c>
     </row>
     <row r="1052" spans="1:6">
       <c r="A1052" s="1" t="s">
-        <v>4644</v>
+        <v>4646</v>
       </c>
       <c r="B1052" s="1" t="s">
-        <v>4645</v>
+        <v>4647</v>
       </c>
       <c r="C1052" s="1" t="s">
-        <v>4646</v>
+        <v>4648</v>
       </c>
       <c r="D1052" s="1" t="s">
-        <v>4647</v>
+        <v>4649</v>
       </c>
       <c r="E1052" s="1" t="s">
-        <v>4648</v>
-[...3 lines deleted...]
-      </c>
+        <v>4650</v>
+      </c>
+      <c r="F1052" s="1"/>
     </row>
     <row r="1053" spans="1:6">
       <c r="A1053" s="1" t="s">
-        <v>4650</v>
+        <v>4651</v>
       </c>
       <c r="B1053" s="1" t="s">
-        <v>4651</v>
+        <v>4652</v>
       </c>
       <c r="C1053" s="1" t="s">
-        <v>4652</v>
+        <v>4648</v>
       </c>
       <c r="D1053" s="1" t="s">
         <v>4653</v>
       </c>
       <c r="E1053" s="1" t="s">
         <v>4654</v>
       </c>
       <c r="F1053" s="1" t="s">
         <v>4655</v>
       </c>
     </row>
     <row r="1054" spans="1:6">
       <c r="A1054" s="1" t="s">
         <v>4656</v>
       </c>
-      <c r="B1054" s="1" t="s">
+      <c r="B1054" s="1"/>
+      <c r="C1054" s="1" t="s">
+        <v>4648</v>
+      </c>
+      <c r="D1054" s="1"/>
+      <c r="E1054" s="1" t="s">
         <v>4657</v>
       </c>
-      <c r="C1054" s="1" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="F1054" s="1"/>
     </row>
     <row r="1055" spans="1:6">
       <c r="A1055" s="1" t="s">
+        <v>4658</v>
+      </c>
+      <c r="B1055" s="1" t="s">
+        <v>4659</v>
+      </c>
+      <c r="C1055" s="1" t="s">
+        <v>4648</v>
+      </c>
+      <c r="D1055" s="1" t="s">
+        <v>4660</v>
+      </c>
+      <c r="E1055" s="1" t="s">
         <v>4661</v>
       </c>
-      <c r="B1055" s="1"/>
-[...6 lines deleted...]
-      <c r="E1055" s="1" t="s">
+      <c r="F1055" s="1" t="s">
         <v>4662</v>
-      </c>
-[...1 lines deleted...]
-        <v>387</v>
       </c>
     </row>
     <row r="1056" spans="1:6">
       <c r="A1056" s="1" t="s">
         <v>4663</v>
       </c>
-      <c r="B1056" s="1"/>
+      <c r="B1056" s="1" t="s">
+        <v>4664</v>
+      </c>
       <c r="C1056" s="1" t="s">
-        <v>4652</v>
+        <v>4648</v>
       </c>
       <c r="D1056" s="1" t="s">
-        <v>4664</v>
+        <v>4665</v>
       </c>
       <c r="E1056" s="1" t="s">
-        <v>4665</v>
-[...1 lines deleted...]
-      <c r="F1056" s="1"/>
+        <v>4666</v>
+      </c>
+      <c r="F1056" s="1" t="s">
+        <v>4667</v>
+      </c>
     </row>
     <row r="1057" spans="1:6">
       <c r="A1057" s="1" t="s">
-        <v>4666</v>
-[...3 lines deleted...]
-      </c>
+        <v>4668</v>
+      </c>
+      <c r="B1057" s="1"/>
       <c r="C1057" s="1" t="s">
-        <v>4668</v>
+        <v>4648</v>
       </c>
       <c r="D1057" s="1" t="s">
-        <v>4658</v>
+        <v>4669</v>
       </c>
       <c r="E1057" s="1" t="s">
-        <v>4669</v>
-[...1 lines deleted...]
-      <c r="F1057" s="1" t="s">
         <v>4670</v>
       </c>
+      <c r="F1057" s="1"/>
     </row>
     <row r="1058" spans="1:6">
       <c r="A1058" s="1" t="s">
         <v>4671</v>
       </c>
-      <c r="B1058" s="1"/>
+      <c r="B1058" s="1" t="s">
+        <v>4672</v>
+      </c>
       <c r="C1058" s="1" t="s">
-        <v>4668</v>
+        <v>4673</v>
       </c>
       <c r="D1058" s="1" t="s">
-        <v>4672</v>
+        <v>4674</v>
       </c>
       <c r="E1058" s="1" t="s">
-        <v>4673</v>
+        <v>4675</v>
       </c>
       <c r="F1058" s="1" t="s">
-        <v>4674</v>
+        <v>4676</v>
       </c>
     </row>
     <row r="1059" spans="1:6">
       <c r="A1059" s="1" t="s">
-        <v>4675</v>
-[...1 lines deleted...]
-      <c r="B1059" s="1"/>
+        <v>4677</v>
+      </c>
+      <c r="B1059" s="1" t="s">
+        <v>4678</v>
+      </c>
       <c r="C1059" s="1" t="s">
-        <v>4668</v>
+        <v>4679</v>
       </c>
       <c r="D1059" s="1" t="s">
-        <v>4676</v>
+        <v>4680</v>
       </c>
       <c r="E1059" s="1" t="s">
-        <v>4677</v>
-[...1 lines deleted...]
-      <c r="F1059" s="1"/>
+        <v>4681</v>
+      </c>
+      <c r="F1059" s="1" t="s">
+        <v>4682</v>
+      </c>
     </row>
     <row r="1060" spans="1:6">
       <c r="A1060" s="1" t="s">
-        <v>4678</v>
-[...1 lines deleted...]
-      <c r="B1060" s="1"/>
+        <v>4683</v>
+      </c>
+      <c r="B1060" s="1" t="s">
+        <v>4684</v>
+      </c>
       <c r="C1060" s="1" t="s">
-        <v>4668</v>
+        <v>4679</v>
       </c>
       <c r="D1060" s="1" t="s">
-        <v>4679</v>
+        <v>4685</v>
       </c>
       <c r="E1060" s="1" t="s">
-        <v>4680</v>
-[...1 lines deleted...]
-      <c r="F1060" s="1"/>
+        <v>4686</v>
+      </c>
+      <c r="F1060" s="1" t="s">
+        <v>4687</v>
+      </c>
     </row>
     <row r="1061" spans="1:6">
       <c r="A1061" s="1" t="s">
-        <v>4681</v>
+        <v>4688</v>
       </c>
       <c r="B1061" s="1"/>
       <c r="C1061" s="1" t="s">
-        <v>4668</v>
+        <v>4679</v>
       </c>
       <c r="D1061" s="1" t="s">
-        <v>4682</v>
+        <v>263</v>
       </c>
       <c r="E1061" s="1" t="s">
-        <v>4683</v>
-[...1 lines deleted...]
-      <c r="F1061" s="1"/>
+        <v>4689</v>
+      </c>
+      <c r="F1061" s="1" t="s">
+        <v>397</v>
+      </c>
     </row>
     <row r="1062" spans="1:6">
       <c r="A1062" s="1" t="s">
-        <v>4684</v>
+        <v>4690</v>
       </c>
       <c r="B1062" s="1"/>
       <c r="C1062" s="1" t="s">
+        <v>4679</v>
+      </c>
+      <c r="D1062" s="1" t="s">
+        <v>4691</v>
+      </c>
+      <c r="E1062" s="1" t="s">
+        <v>4692</v>
+      </c>
+      <c r="F1062" s="1"/>
+    </row>
+    <row r="1063" spans="1:6">
+      <c r="A1063" s="1" t="s">
+        <v>4693</v>
+      </c>
+      <c r="B1063" s="1" t="s">
+        <v>4694</v>
+      </c>
+      <c r="C1063" s="1" t="s">
+        <v>4695</v>
+      </c>
+      <c r="D1063" s="1" t="s">
         <v>4685</v>
       </c>
-      <c r="D1062" s="1" t="s">
-[...5 lines deleted...]
-      <c r="F1062" s="1"/>
+      <c r="E1063" s="1" t="s">
+        <v>4696</v>
+      </c>
+      <c r="F1063" s="1" t="s">
+        <v>4697</v>
+      </c>
+    </row>
+    <row r="1064" spans="1:6">
+      <c r="A1064" s="1" t="s">
+        <v>4698</v>
+      </c>
+      <c r="B1064" s="1"/>
+      <c r="C1064" s="1" t="s">
+        <v>4695</v>
+      </c>
+      <c r="D1064" s="1" t="s">
+        <v>4699</v>
+      </c>
+      <c r="E1064" s="1" t="s">
+        <v>4700</v>
+      </c>
+      <c r="F1064" s="1" t="s">
+        <v>4701</v>
+      </c>
+    </row>
+    <row r="1065" spans="1:6">
+      <c r="A1065" s="1" t="s">
+        <v>4702</v>
+      </c>
+      <c r="B1065" s="1"/>
+      <c r="C1065" s="1" t="s">
+        <v>4695</v>
+      </c>
+      <c r="D1065" s="1" t="s">
+        <v>4703</v>
+      </c>
+      <c r="E1065" s="1" t="s">
+        <v>4704</v>
+      </c>
+      <c r="F1065" s="1"/>
+    </row>
+    <row r="1066" spans="1:6">
+      <c r="A1066" s="1" t="s">
+        <v>4705</v>
+      </c>
+      <c r="B1066" s="1"/>
+      <c r="C1066" s="1" t="s">
+        <v>4695</v>
+      </c>
+      <c r="D1066" s="1" t="s">
+        <v>4706</v>
+      </c>
+      <c r="E1066" s="1" t="s">
+        <v>4707</v>
+      </c>
+      <c r="F1066" s="1"/>
+    </row>
+    <row r="1067" spans="1:6">
+      <c r="A1067" s="1" t="s">
+        <v>4708</v>
+      </c>
+      <c r="B1067" s="1"/>
+      <c r="C1067" s="1" t="s">
+        <v>4695</v>
+      </c>
+      <c r="D1067" s="1" t="s">
+        <v>4709</v>
+      </c>
+      <c r="E1067" s="1" t="s">
+        <v>4710</v>
+      </c>
+      <c r="F1067" s="1"/>
+    </row>
+    <row r="1068" spans="1:6">
+      <c r="A1068" s="1" t="s">
+        <v>4711</v>
+      </c>
+      <c r="B1068" s="1"/>
+      <c r="C1068" s="1" t="s">
+        <v>4712</v>
+      </c>
+      <c r="D1068" s="1" t="s">
+        <v>4713</v>
+      </c>
+      <c r="E1068" s="1" t="s">
+        <v>4714</v>
+      </c>
+      <c r="F1068" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">